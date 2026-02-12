--- v0 (2026-01-16)
+++ v1 (2026-02-12)
@@ -602,100 +602,124 @@
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="1155CC"/>
             <w:kern w:val="0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:val="es-ES_tradnl"/>
             <w14:ligatures w14:val="none"/>
           </w:rPr>
           <w:t>collegeboard.org/mysat</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B5DEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t> y luego seleccionar cada colegio o universidad donde desean recibir puntajes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="629508D8" w14:textId="537E5D45" w:rsidR="003B5DEF" w:rsidRPr="003B5DEF" w:rsidRDefault="003B5DEF" w:rsidP="00977AD7">
+    <w:p w14:paraId="629508D8" w14:textId="2AD8393C" w:rsidR="003B5DEF" w:rsidRPr="003B5DEF" w:rsidRDefault="003B5DEF" w:rsidP="00977AD7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B5DEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">o Las solicitudes de “envíos de puntajes” </w:t>
       </w:r>
       <w:r w:rsidR="00977AD7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>sobre</w:t>
       </w:r>
       <w:r w:rsidRPr="003B5DEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> los cuatro “envíos de puntajes” gratuitos o las solicitudes enviadas después del día del examen cuestan $14.00 cada una.</w:t>
+        <w:t xml:space="preserve"> los cuatro “envíos de puntajes” gratuitos o las solicitudes enviadas después del día del examen cuestan $1</w:t>
+      </w:r>
+      <w:r w:rsidR="00247693">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B5DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.00 cada una.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A8126FB" w14:textId="77777777" w:rsidR="003B5DEF" w:rsidRPr="003B5DEF" w:rsidRDefault="003B5DEF" w:rsidP="003B5DEF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B5DEF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
           <w14:ligatures w14:val="none"/>
@@ -1615,58 +1639,60 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003B5DEF"/>
     <w:rsid w:val="00005999"/>
+    <w:rsid w:val="00247693"/>
     <w:rsid w:val="003373F9"/>
     <w:rsid w:val="0034516B"/>
     <w:rsid w:val="0038155B"/>
     <w:rsid w:val="003B5DEF"/>
     <w:rsid w:val="004F7EAA"/>
     <w:rsid w:val="007619C9"/>
     <w:rsid w:val="00977AD7"/>
     <w:rsid w:val="00990642"/>
+    <w:rsid w:val="009D6B4A"/>
     <w:rsid w:val="00B8093E"/>
     <w:rsid w:val="00BE0BA2"/>
     <w:rsid w:val="00CC2809"/>
     <w:rsid w:val="00D109A7"/>
     <w:rsid w:val="00DD6D9A"/>
     <w:rsid w:val="00E966F9"/>
     <w:rsid w:val="00EC440D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>