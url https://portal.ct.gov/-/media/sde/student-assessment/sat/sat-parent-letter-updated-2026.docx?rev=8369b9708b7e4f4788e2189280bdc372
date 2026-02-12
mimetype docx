--- v0 (2026-01-26)
+++ v1 (2026-02-12)
@@ -219,57 +219,71 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B06BDFA" w14:textId="77777777" w:rsidR="00AF0519" w:rsidRDefault="00AF0519" w:rsidP="00B93BB2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Parents and students have control over the release of the score </w:t>
       </w:r>
       <w:r w:rsidR="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">to colleges and universities </w:t>
       </w:r>
       <w:r w:rsidR="003C69D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">from the </w:t>
+        <w:t xml:space="preserve">from </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003C69D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>Connecticut SAT School Day</w:t>
+        <w:t>Connecticut</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B93BB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SAT School Day</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>. If students and parents wa</w:t>
       </w:r>
       <w:r w:rsidR="00D84104">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>nt a</w:t>
       </w:r>
       <w:r w:rsidR="004F625B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> score from the </w:t>
       </w:r>
       <w:r w:rsidR="009A7ADA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Connecticut SAT School Day</w:t>
       </w:r>
@@ -381,70 +395,114 @@
         </w:rPr>
         <w:t xml:space="preserve"> Students </w:t>
       </w:r>
       <w:r w:rsidR="00022B04">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">will be </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">given </w:t>
       </w:r>
       <w:r w:rsidR="00BC7D5F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>the opportunity to enter their four</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> free score sends prior to or on test day.</w:t>
+        <w:t xml:space="preserve"> free </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>score sends</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior to or on test day.</w:t>
       </w:r>
       <w:r w:rsidR="00C237C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Students will have the ability to add or change their score sends up to three days after they take the test. </w:t>
+        <w:t xml:space="preserve"> Students will have the ability to add or change their </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C237C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>score sends</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C237C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> up to three days after they take the test. </w:t>
       </w:r>
       <w:r w:rsidR="00C237C0" w:rsidRPr="00C237C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">To do so, students must use their credentials </w:t>
       </w:r>
       <w:r w:rsidR="00C237C0" w:rsidRPr="00C237C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>from their sign in ticket to sign back into Bluebook and they can add/change score sends there.</w:t>
+        <w:t xml:space="preserve">from their sign in ticket to sign back into Bluebook and they can add/change </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C237C0" w:rsidRPr="00C237C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>score sends</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C237C0" w:rsidRPr="00C237C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2981D8DF" w14:textId="77777777" w:rsidR="001E2A80" w:rsidRPr="00B93BB2" w:rsidRDefault="001E2A80" w:rsidP="00B93BB2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7569BE7F" w14:textId="77777777" w:rsidR="00CC7080" w:rsidRPr="00B93BB2" w:rsidRDefault="00AF0519" w:rsidP="00B93BB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -472,76 +530,62 @@
       <w:r w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, students must </w:t>
       </w:r>
       <w:r w:rsidR="001E2A80" w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">already </w:t>
       </w:r>
       <w:r w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">have or create a College Board account at </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00B93BB2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>collegeboard.</w:t>
+          <w:t>collegeboard.org/</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00B93BB2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:bCs/>
           </w:rPr>
-          <w:t>o</w:t>
+          <w:t>mysat</w:t>
         </w:r>
-        <w:r w:rsidRPr="00B93BB2">
-[...14 lines deleted...]
-        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
@@ -577,51 +621,51 @@
       <w:r w:rsidR="001E2A80" w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">they want </w:t>
       </w:r>
       <w:r w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>to receive scores</w:t>
       </w:r>
       <w:r w:rsidR="00CC7080" w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74BE0605" w14:textId="77777777" w:rsidR="00AF0519" w:rsidRPr="00671CDC" w:rsidRDefault="00AF0519" w:rsidP="00671CDC">
+    <w:p w14:paraId="74BE0605" w14:textId="38B8BD74" w:rsidR="00AF0519" w:rsidRPr="00671CDC" w:rsidRDefault="00AF0519" w:rsidP="00671CDC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Requests for “score sends” </w:t>
       </w:r>
       <w:r w:rsidR="00947A52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>over the four free “score sends</w:t>
       </w:r>
       <w:r w:rsidR="00B25432">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -630,55 +674,55 @@
       </w:r>
       <w:r w:rsidR="00947A52">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">or requests submitted </w:t>
       </w:r>
       <w:r w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">after </w:t>
       </w:r>
       <w:r w:rsidR="00671CDC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">test day </w:t>
       </w:r>
       <w:r w:rsidR="00D95EDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>are $1</w:t>
       </w:r>
-      <w:r w:rsidR="00C237C0">
-[...3 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00B35759">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00D95EDF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.00</w:t>
       </w:r>
       <w:r w:rsidR="002A5D02" w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> each</w:t>
       </w:r>
       <w:r w:rsidR="00CC7080" w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1131,51 +1175,69 @@
         </w:rPr>
         <w:t xml:space="preserve">The deadline to completely remove scores is </w:t>
       </w:r>
       <w:r w:rsidR="00095D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>the f</w:t>
       </w:r>
       <w:r w:rsidR="00C237C0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ifth</w:t>
       </w:r>
       <w:r w:rsidR="00095D33">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> week day after testing ends.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00095D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>week day</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00095D33">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after testing ends.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72774B24" w14:textId="77777777" w:rsidR="00CC7080" w:rsidRPr="00B93BB2" w:rsidRDefault="00095D33" w:rsidP="00B93BB2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>SAT scores from the</w:t>
       </w:r>
       <w:r w:rsidR="00CC7080" w:rsidRPr="00B93BB2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1291,65 +1353,51 @@
       </w:r>
       <w:r w:rsidR="004B0DD8" w:rsidRPr="00BB5E35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> or the </w:t>
       </w:r>
       <w:r w:rsidR="00D84104">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">CSDE </w:t>
       </w:r>
       <w:r w:rsidR="004B0DD8" w:rsidRPr="00BB5E35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">SAT web page at </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="004B0DD8" w:rsidRPr="00BB5E35">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
-          <w:t>www.ct.gov/</w:t>
-[...13 lines deleted...]
-          <w:t>de/sat</w:t>
+          <w:t>www.ct.gov/sde/sat</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB5E35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A3DCF61" w14:textId="77777777" w:rsidR="00363A2C" w:rsidRPr="00BC1BF4" w:rsidRDefault="00363A2C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3049C32F" w14:textId="77777777" w:rsidR="00B244E2" w:rsidRDefault="00B93BB2" w:rsidP="00B244E2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1393,61 +1441,61 @@
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB5E35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="MS Mincho" w:hAnsi="Times New Roman"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>[INSERT TITLE]</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007822EA" w:rsidRPr="00D84104" w:rsidSect="00E1700B">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="288" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57BB3251" w14:textId="77777777" w:rsidR="00D27504" w:rsidRDefault="00D27504" w:rsidP="00BA3EDE">
+    <w:p w14:paraId="55ED5214" w14:textId="77777777" w:rsidR="00C50E64" w:rsidRDefault="00C50E64" w:rsidP="00BA3EDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1020E4E6" w14:textId="77777777" w:rsidR="00D27504" w:rsidRDefault="00D27504" w:rsidP="00BA3EDE">
+    <w:p w14:paraId="27D092FD" w14:textId="77777777" w:rsidR="00C50E64" w:rsidRDefault="00C50E64" w:rsidP="00BA3EDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -1485,61 +1533,61 @@
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DCA2E7A" w14:textId="77777777" w:rsidR="00D27504" w:rsidRDefault="00D27504" w:rsidP="00BA3EDE">
+    <w:p w14:paraId="465F36F9" w14:textId="77777777" w:rsidR="00C50E64" w:rsidRDefault="00C50E64" w:rsidP="00BA3EDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="618C4753" w14:textId="77777777" w:rsidR="00D27504" w:rsidRDefault="00D27504" w:rsidP="00BA3EDE">
+    <w:p w14:paraId="45C7EACA" w14:textId="77777777" w:rsidR="00C50E64" w:rsidRDefault="00C50E64" w:rsidP="00BA3EDE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="446306E7" w14:textId="77777777" w:rsidR="00363A2C" w:rsidRPr="00363A2C" w:rsidRDefault="00363A2C" w:rsidP="00363A2C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00363A2C">
       <w:rPr>
         <w:sz w:val="28"/>
@@ -2639,78 +2687,61 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="498036489">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2060010035">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1731491103">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1970746205">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="702443424">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="313536426">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1431121654">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1071273283">
     <w:abstractNumId w:val="3"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...7 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="680206399">
     <w:abstractNumId w:val="6"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...7 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B244E2"/>
@@ -2868,50 +2899,51 @@
     <w:rsid w:val="003F320D"/>
     <w:rsid w:val="003F3B45"/>
     <w:rsid w:val="00404A00"/>
     <w:rsid w:val="00406239"/>
     <w:rsid w:val="00410D94"/>
     <w:rsid w:val="0041377C"/>
     <w:rsid w:val="004170F2"/>
     <w:rsid w:val="004208DB"/>
     <w:rsid w:val="004233BB"/>
     <w:rsid w:val="00423A43"/>
     <w:rsid w:val="00433389"/>
     <w:rsid w:val="00433451"/>
     <w:rsid w:val="00435126"/>
     <w:rsid w:val="00437627"/>
     <w:rsid w:val="00447911"/>
     <w:rsid w:val="00451375"/>
     <w:rsid w:val="00451820"/>
     <w:rsid w:val="00455268"/>
     <w:rsid w:val="00461604"/>
     <w:rsid w:val="00462019"/>
     <w:rsid w:val="00464A0F"/>
     <w:rsid w:val="00465C88"/>
     <w:rsid w:val="00467613"/>
     <w:rsid w:val="00467F34"/>
     <w:rsid w:val="00472625"/>
+    <w:rsid w:val="004806F4"/>
     <w:rsid w:val="0048196D"/>
     <w:rsid w:val="00483238"/>
     <w:rsid w:val="0049212A"/>
     <w:rsid w:val="004A4287"/>
     <w:rsid w:val="004B0DD8"/>
     <w:rsid w:val="004B3F71"/>
     <w:rsid w:val="004B77C9"/>
     <w:rsid w:val="004C0AC6"/>
     <w:rsid w:val="004C21EC"/>
     <w:rsid w:val="004C7610"/>
     <w:rsid w:val="004D10A1"/>
     <w:rsid w:val="004E453E"/>
     <w:rsid w:val="004E598C"/>
     <w:rsid w:val="004E6A91"/>
     <w:rsid w:val="004F625B"/>
     <w:rsid w:val="00502725"/>
     <w:rsid w:val="0050450E"/>
     <w:rsid w:val="005113DE"/>
     <w:rsid w:val="00514FF7"/>
     <w:rsid w:val="005203C8"/>
     <w:rsid w:val="00523203"/>
     <w:rsid w:val="005277BE"/>
     <w:rsid w:val="005339E3"/>
     <w:rsid w:val="00544DFE"/>
     <w:rsid w:val="00546222"/>
@@ -3010,50 +3042,51 @@
     <w:rsid w:val="00755CB8"/>
     <w:rsid w:val="007563F2"/>
     <w:rsid w:val="00757D57"/>
     <w:rsid w:val="00760EF7"/>
     <w:rsid w:val="00762BAF"/>
     <w:rsid w:val="0076634B"/>
     <w:rsid w:val="007736B3"/>
     <w:rsid w:val="00775371"/>
     <w:rsid w:val="007822EA"/>
     <w:rsid w:val="007856DA"/>
     <w:rsid w:val="007875C6"/>
     <w:rsid w:val="007A6591"/>
     <w:rsid w:val="007A7155"/>
     <w:rsid w:val="007A73C9"/>
     <w:rsid w:val="007C5AF3"/>
     <w:rsid w:val="007D55AD"/>
     <w:rsid w:val="007D71C2"/>
     <w:rsid w:val="007E45E0"/>
     <w:rsid w:val="007E60E1"/>
     <w:rsid w:val="007F15F2"/>
     <w:rsid w:val="007F2DC5"/>
     <w:rsid w:val="007F59D9"/>
     <w:rsid w:val="008019EF"/>
     <w:rsid w:val="00801DA3"/>
     <w:rsid w:val="00802766"/>
+    <w:rsid w:val="00803480"/>
     <w:rsid w:val="008049BB"/>
     <w:rsid w:val="00806370"/>
     <w:rsid w:val="00811844"/>
     <w:rsid w:val="00812C50"/>
     <w:rsid w:val="008149C9"/>
     <w:rsid w:val="00820706"/>
     <w:rsid w:val="00822D48"/>
     <w:rsid w:val="00823FC9"/>
     <w:rsid w:val="00825352"/>
     <w:rsid w:val="008272BD"/>
     <w:rsid w:val="00831A88"/>
     <w:rsid w:val="00833650"/>
     <w:rsid w:val="00843499"/>
     <w:rsid w:val="00846366"/>
     <w:rsid w:val="008562A1"/>
     <w:rsid w:val="00856E2C"/>
     <w:rsid w:val="00873D03"/>
     <w:rsid w:val="0087466B"/>
     <w:rsid w:val="00881BE3"/>
     <w:rsid w:val="00893E0D"/>
     <w:rsid w:val="00896833"/>
     <w:rsid w:val="008A05D9"/>
     <w:rsid w:val="008A1904"/>
     <w:rsid w:val="008A2A6C"/>
     <w:rsid w:val="008A39F7"/>
@@ -3143,50 +3176,51 @@
     <w:rsid w:val="00AA06C4"/>
     <w:rsid w:val="00AA0B0C"/>
     <w:rsid w:val="00AA140E"/>
     <w:rsid w:val="00AA3986"/>
     <w:rsid w:val="00AA5127"/>
     <w:rsid w:val="00AA73A9"/>
     <w:rsid w:val="00AB09AC"/>
     <w:rsid w:val="00AB3F26"/>
     <w:rsid w:val="00AB5159"/>
     <w:rsid w:val="00AC0FE2"/>
     <w:rsid w:val="00AC340D"/>
     <w:rsid w:val="00AD06B0"/>
     <w:rsid w:val="00AD0EA7"/>
     <w:rsid w:val="00AD698A"/>
     <w:rsid w:val="00AD7725"/>
     <w:rsid w:val="00AE196D"/>
     <w:rsid w:val="00AF0519"/>
     <w:rsid w:val="00B035CA"/>
     <w:rsid w:val="00B13385"/>
     <w:rsid w:val="00B244E2"/>
     <w:rsid w:val="00B25432"/>
     <w:rsid w:val="00B25A5A"/>
     <w:rsid w:val="00B263C0"/>
     <w:rsid w:val="00B27537"/>
     <w:rsid w:val="00B34266"/>
+    <w:rsid w:val="00B35759"/>
     <w:rsid w:val="00B50B16"/>
     <w:rsid w:val="00B51B41"/>
     <w:rsid w:val="00B54ED8"/>
     <w:rsid w:val="00B56577"/>
     <w:rsid w:val="00B57F55"/>
     <w:rsid w:val="00B60C59"/>
     <w:rsid w:val="00B61C95"/>
     <w:rsid w:val="00B63CFD"/>
     <w:rsid w:val="00B64A7F"/>
     <w:rsid w:val="00B64A9B"/>
     <w:rsid w:val="00B663DE"/>
     <w:rsid w:val="00B704DB"/>
     <w:rsid w:val="00B70547"/>
     <w:rsid w:val="00B742A0"/>
     <w:rsid w:val="00B85719"/>
     <w:rsid w:val="00B935AC"/>
     <w:rsid w:val="00B93BB2"/>
     <w:rsid w:val="00B971C6"/>
     <w:rsid w:val="00BA02AD"/>
     <w:rsid w:val="00BA3EDE"/>
     <w:rsid w:val="00BA623A"/>
     <w:rsid w:val="00BA71E8"/>
     <w:rsid w:val="00BA7BFA"/>
     <w:rsid w:val="00BB2EE0"/>
     <w:rsid w:val="00BB556C"/>
@@ -3201,50 +3235,51 @@
     <w:rsid w:val="00BE2E8B"/>
     <w:rsid w:val="00BE452A"/>
     <w:rsid w:val="00BE5327"/>
     <w:rsid w:val="00BE64F2"/>
     <w:rsid w:val="00BE6948"/>
     <w:rsid w:val="00BE75BF"/>
     <w:rsid w:val="00BF3187"/>
     <w:rsid w:val="00BF3A7E"/>
     <w:rsid w:val="00C02A2F"/>
     <w:rsid w:val="00C073DB"/>
     <w:rsid w:val="00C07AC0"/>
     <w:rsid w:val="00C16016"/>
     <w:rsid w:val="00C1627D"/>
     <w:rsid w:val="00C16903"/>
     <w:rsid w:val="00C17529"/>
     <w:rsid w:val="00C224FB"/>
     <w:rsid w:val="00C237C0"/>
     <w:rsid w:val="00C256EF"/>
     <w:rsid w:val="00C27048"/>
     <w:rsid w:val="00C27A72"/>
     <w:rsid w:val="00C3475E"/>
     <w:rsid w:val="00C34DC7"/>
     <w:rsid w:val="00C44E7D"/>
     <w:rsid w:val="00C456A8"/>
     <w:rsid w:val="00C50E02"/>
+    <w:rsid w:val="00C50E64"/>
     <w:rsid w:val="00C56D87"/>
     <w:rsid w:val="00C61BA5"/>
     <w:rsid w:val="00C62ABD"/>
     <w:rsid w:val="00C70C84"/>
     <w:rsid w:val="00C71B22"/>
     <w:rsid w:val="00C81455"/>
     <w:rsid w:val="00C84BCD"/>
     <w:rsid w:val="00C946E2"/>
     <w:rsid w:val="00CA000F"/>
     <w:rsid w:val="00CA1551"/>
     <w:rsid w:val="00CA5DFB"/>
     <w:rsid w:val="00CB4A76"/>
     <w:rsid w:val="00CB5597"/>
     <w:rsid w:val="00CB65AD"/>
     <w:rsid w:val="00CB6CFA"/>
     <w:rsid w:val="00CB743B"/>
     <w:rsid w:val="00CB757B"/>
     <w:rsid w:val="00CB7D0B"/>
     <w:rsid w:val="00CC01C1"/>
     <w:rsid w:val="00CC0548"/>
     <w:rsid w:val="00CC2972"/>
     <w:rsid w:val="00CC6D8B"/>
     <w:rsid w:val="00CC7080"/>
     <w:rsid w:val="00CD0EEB"/>
     <w:rsid w:val="00CD3A98"/>
@@ -3790,50 +3825,51 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
@@ -4478,75 +4514,75 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>440</Words>
-  <Characters>2511</Characters>
+  <Words>456</Words>
+  <Characters>2341</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>The College Board</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2946</CharactersWithSpaces>
+  <CharactersWithSpaces>2789</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>786512</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.ct.gov/sde/sat</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7143485</vt:i4>
       </vt:variant>
       <vt:variant>