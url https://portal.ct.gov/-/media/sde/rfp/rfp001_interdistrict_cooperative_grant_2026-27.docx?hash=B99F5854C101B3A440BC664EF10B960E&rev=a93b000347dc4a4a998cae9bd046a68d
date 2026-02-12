--- v0 (2025-12-05)
+++ v1 (2026-02-12)
@@ -409,75 +409,75 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CE0978A" w14:textId="77777777" w:rsidR="00AE61C0" w:rsidRPr="00F71845" w:rsidRDefault="00AE61C0" w:rsidP="00AE61C0">
       <w:pPr>
         <w:ind w:left="540" w:right="180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F225A35" w14:textId="77777777" w:rsidR="00AE61C0" w:rsidRPr="00F71845" w:rsidRDefault="00AE61C0" w:rsidP="00AE61C0">
       <w:pPr>
         <w:ind w:left="540" w:right="180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33EB6B43" w14:textId="77777777" w:rsidR="00AE61C0" w:rsidRPr="00F71845" w:rsidRDefault="00AE61C0" w:rsidP="00AE61C0">
+    <w:p w14:paraId="33EB6B43" w14:textId="2E863707" w:rsidR="00AE61C0" w:rsidRPr="00F71845" w:rsidRDefault="00AE61C0" w:rsidP="00AE61C0">
       <w:pPr>
         <w:ind w:left="540" w:right="180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F71845">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Applications Due: January 2</w:t>
-[...7 lines deleted...]
-        <w:t>3</w:t>
+        <w:t xml:space="preserve">Applications Due: </w:t>
+      </w:r>
+      <w:r w:rsidR="00066A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>February 6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F71845">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="697EB22B" w14:textId="77777777" w:rsidR="00AE61C0" w:rsidRPr="00F71845" w:rsidRDefault="00AE61C0" w:rsidP="00AE61C0">
       <w:pPr>
         <w:ind w:left="540" w:right="180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
@@ -4222,94 +4222,94 @@
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F71845">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Submission Requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C251A78" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56752DF5" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
+    <w:p w14:paraId="56752DF5" w14:textId="37304804" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F71845">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">A completed application </w:t>
       </w:r>
       <w:r w:rsidRPr="00F71845">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>as a single document</w:t>
       </w:r>
       <w:r w:rsidRPr="00F71845">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, the content and format of which appears in Appendix A. The completed application must be received electronically by 4 p.m. on January 2</w:t>
-[...6 lines deleted...]
-        <w:t>3</w:t>
+        <w:t xml:space="preserve">, the content and format of which appears in Appendix A. The completed application must be received electronically by 4 p.m. on </w:t>
+      </w:r>
+      <w:r w:rsidR="00066A36">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>February 6</w:t>
       </w:r>
       <w:r w:rsidRPr="00F71845">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6870EAF7" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -5320,82 +5320,89 @@
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Release Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC1B15" w:rsidRPr="00F71845" w14:paraId="6D32A745" w14:textId="77777777" w:rsidTr="00CC1B15">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29C9B45C" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00A8461C">
+          <w:p w14:paraId="29C9B45C" w14:textId="19CB7BB3" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00066A36" w:rsidP="00A8461C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F71845">
-[...5 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F71845">
+              <w:t>February</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC1B15" w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC1B15" w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, 202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00CC1B15">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A19071D" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00A8461C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -6385,654 +6392,779 @@
       </w:r>
       <w:r w:rsidRPr="00CC1B15">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22593E7B" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00AE61C0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2515"/>
-        <w:gridCol w:w="1620"/>
-        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="3600"/>
         <w:gridCol w:w="1752"/>
         <w:gridCol w:w="1483"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CC1B15" w14:paraId="2C8B29B3" w14:textId="77777777" w:rsidTr="00CC1B15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2515" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F5EFBCB" w14:textId="519F06C3" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00AE61C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Program Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6835" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="59EE7855" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00AE61C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC1B15" w14:paraId="3613E7C2" w14:textId="77777777" w:rsidTr="00CC1B15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2515" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71CB832D" w14:textId="4E9BD655" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00AE61C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Name of Applicant District/ Agency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6835" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="27745CAC" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00AE61C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC1B15" w14:paraId="51226E45" w14:textId="77777777" w:rsidTr="00CC1B15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2515" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34AEDCF0" w14:textId="049A2E32" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Check the Appropriate Sponsor Type </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>( i.e.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>, School Boards, RESCs or Nonsectarian, Nonprofit)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="61F2B08F" w14:textId="6F2EFAC8" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00FF2E81" w:rsidP="001953D2">
+          </w:tcPr>
+          <w:p w14:paraId="61F2B08F" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:ind w:left="339" w:hanging="339"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...32 lines deleted...]
-            <w:r w:rsidR="00CC1B15">
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check12"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Cooperative Arrangement between two or</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CC1B15" w:rsidRPr="00F71845">
+            <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>more local or regional school boards</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A5E6DC2" w14:textId="77777777" w:rsidR="001953D2" w:rsidRDefault="00CC1B15" w:rsidP="001953D2">
+          <w:p w14:paraId="366C3C36" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:ind w:left="159" w:hanging="159"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="714EAA6C" w14:textId="4B67D069" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00FF2E81" w:rsidP="001953D2">
+          <w:p w14:paraId="714EAA6C" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
+            <w:pPr>
+              <w:ind w:left="339" w:hanging="339"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check13"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Cooperative Arrangement between a RESC and two or more local or regional school boards</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71ECE406" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:ind w:left="159" w:hanging="159"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...87 lines deleted...]
-              <w:t xml:space="preserve">Nonsectarian Nonprofit </w:t>
+          </w:p>
+          <w:p w14:paraId="27F49E83" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check14"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Nonsectarian Nonprofit </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CC387A8" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3235" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="1AF62927" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>RESC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if applicable): </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E6184A1" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="70957CDB" w14:textId="485675ED" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00FF2E81" w:rsidP="00CC1B15">
+          <w:p w14:paraId="70957CDB" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:ind w:left="400"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...25 lines deleted...]
-            <w:r w:rsidR="001953D2" w:rsidRPr="00F71845">
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check6"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ACES</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31E3DD8A" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
+            <w:pPr>
+              <w:ind w:left="400"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check7"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CES</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DB6B3E7" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
+            <w:pPr>
+              <w:ind w:left="400"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CREC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3520644F" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
+            <w:pPr>
+              <w:ind w:left="400"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check9"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EASTCONN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36B4F7CD" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
+            <w:pPr>
+              <w:ind w:left="400"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check10"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> LEARN</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="579349CA" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRPr="00F71845" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
+            <w:pPr>
+              <w:ind w:left="400"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check11"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CC1B15" w:rsidRPr="00F71845">
-[...236 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00CC1B15" w:rsidRPr="00F71845">
+            <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>EdAdvance</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="335EA666" w14:textId="4882ADD0" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC1B15" w14:paraId="295C60FA" w14:textId="77777777" w:rsidTr="00CC1B15">
@@ -7053,97 +7185,107 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Application Type (Select one) and provide dates (mm/dd/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>yy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...45 lines deleted...]
-              <w:t>Summer</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="65C3B751" w14:textId="76DD1B3C" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Summer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5415453C" w14:textId="3131019C" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>From:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
           </w:tcPr>
@@ -7160,97 +7302,107 @@
               <w:t>To:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC1B15" w14:paraId="192E35EC" w14:textId="77777777" w:rsidTr="00CC1B15">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2515" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="007EF2FA" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...45 lines deleted...]
-              <w:t>Summer Residential</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="6F161CE4" w14:textId="1B6AC6B5" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check15"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Summer Residential</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CAB3F2F" w14:textId="087391E6" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>From:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1483" w:type="dxa"/>
           </w:tcPr>
@@ -7267,85 +7419,102 @@
               <w:t>To:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC1B15" w14:paraId="0999D28F" w14:textId="77777777" w:rsidTr="00CC1B15">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2515" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1CD76535" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...33 lines deleted...]
-            <w:r w:rsidR="00CC1B15" w:rsidRPr="00F71845">
+          </w:tcPr>
+          <w:p w14:paraId="18EF2AE4" w14:textId="6A55D59C" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check16"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Summer and Academic Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F7044D9" w14:textId="51534EAC" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>From:</w:t>
             </w:r>
           </w:p>
@@ -7367,85 +7536,102 @@
               <w:t>To:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC1B15" w14:paraId="7909F9E4" w14:textId="77777777" w:rsidTr="00CC1B15">
         <w:trPr>
           <w:trHeight w:val="293"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2515" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6D2F720E" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...33 lines deleted...]
-            <w:r w:rsidR="00CC1B15" w:rsidRPr="00F71845">
+          </w:tcPr>
+          <w:p w14:paraId="3E6FB18F" w14:textId="79F0A2ED" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check17"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Academic Year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1752" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31B58449" w14:textId="32933B63" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>From:</w:t>
             </w:r>
           </w:p>
@@ -7469,123 +7655,123 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC1B15" w14:paraId="630CD933" w14:textId="77777777" w:rsidTr="00CC1B15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2515" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58012ABD" w14:textId="606C3B3F" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Funds Requested</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6835" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3FD17F49" w14:textId="3329C68A" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC1B15" w14:paraId="5A8177DA" w14:textId="77777777" w:rsidTr="00CC1B15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2515" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EF576E1" w14:textId="5B700890" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Projected Number of Students Who Will Participate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6835" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="29DE9186" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC1B15" w14:paraId="24EF0CAF" w14:textId="77777777" w:rsidTr="00CC1B15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2515" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33DFCC8C" w14:textId="4FBC6672" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Program Length (Entire Duration of the Program)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6835" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="61C5C75B" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRDefault="00EE75DD" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of Hours=   </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27A92358" w14:textId="77777777" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2BB6F558" w14:textId="5AB84FFC" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
@@ -7600,261 +7786,297 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE75DD" w14:paraId="17D0ABC9" w14:textId="77777777" w:rsidTr="00CC1B15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2515" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C720256" w14:textId="020FAA69" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Average Number of Contact Hours per Student</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6835" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="0EDECE9F" w14:textId="77777777" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Number of Hours=</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40C0FAF4" w14:textId="77777777" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6CD08D7B" w14:textId="723700CB" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00CC1B15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>(Must be at least 30 hours)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3B30DCAA" w14:textId="77777777" w:rsidR="00CC1B15" w:rsidRDefault="00CC1B15" w:rsidP="00AE61C0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="416D8E41" w14:textId="77777777" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00AE61C0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D642628" w14:textId="77777777" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00AE61C0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00B25734" w14:textId="77777777" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00AE61C0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C63614A" w14:textId="77777777" w:rsidR="00DF5C42" w:rsidRDefault="00DF5C42" w:rsidP="00AE61C0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4135"/>
+        <w:gridCol w:w="5215"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00EE75DD" w14:paraId="4E7144D5" w14:textId="77777777" w:rsidTr="00EE75DD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="43351089" w14:textId="21BB6926" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00EE75DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Fiscal Agent (if other than applicant)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5215" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="65C840F8" w14:textId="77777777" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00EE75DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE75DD" w14:paraId="350709B4" w14:textId="77777777" w:rsidTr="00EE75DD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6A6A77F1" w14:textId="2DBD9E70" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00EE75DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fiscal Agent Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5215" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="11884D38" w14:textId="77777777" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00EE75DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE75DD" w14:paraId="6038DC70" w14:textId="77777777" w:rsidTr="00EE75DD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6A0C063F" w14:textId="5E73FB0A" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00EE75DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fiscal Agent Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5215" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6A588024" w14:textId="77777777" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00EE75DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE75DD" w14:paraId="7F94FE14" w14:textId="77777777" w:rsidTr="00EE75DD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="006D9C18" w14:textId="22728BFF" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00EE75DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fiscal Agent Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5215" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="0809EB50" w14:textId="77777777" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00EE75DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE75DD" w14:paraId="2DC02813" w14:textId="77777777" w:rsidTr="00EE75DD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4135" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="11E43C71" w14:textId="1F71758E" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00EE75DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Program Contact Person’s </w:t>
             </w:r>
             <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
               <w:t>Name and Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5215" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7BEF7DF5" w14:textId="77777777" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00EE75DD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1A6569A1" w14:textId="77777777" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00AE61C0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D95F293" w14:textId="77777777" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00AE61C0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -8441,62 +8663,62 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="364E5792" w14:textId="4F2ED71D" w:rsidR="00EE75DD" w:rsidRDefault="00EE75DD" w:rsidP="00AE61C0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE75DD">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">To access district level staff and student race ethnicity data from the CSDE, direct your internet browser to https://portal.ct.gov/sde/, scroll down then click: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="079C3311" wp14:editId="285B702B">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="079C3311" wp14:editId="175080DE">
             <wp:extent cx="640080" cy="170815"/>
             <wp:effectExtent l="0" t="0" r="7620" b="635"/>
-            <wp:docPr id="782380517" name="Picture 1" descr="link to get to CSDE Edsight webpage"/>
+            <wp:docPr id="782380517" name="Picture 1" descr="EdSight"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="782380517" name="Picture 1" descr="link to get to CSDE Edsight webpage"/>
+                    <pic:cNvPr id="782380517" name="Picture 1" descr="EdSight"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="640080" cy="170815"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -16114,436 +16336,477 @@
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sample Scoring Rubric (Do Not Submit with Application)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="066F33B2" w14:textId="77777777" w:rsidR="00B06631" w:rsidRDefault="00B06631" w:rsidP="00B06631">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2605"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2065"/>
+        <w:gridCol w:w="1959"/>
+        <w:gridCol w:w="2291"/>
+        <w:gridCol w:w="2456"/>
+        <w:gridCol w:w="2644"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B06631" w:rsidRPr="00F71845" w14:paraId="2105B8A1" w14:textId="77777777" w:rsidTr="003614BF">
+      <w:tr w:rsidR="00B06631" w:rsidRPr="00F71845" w14:paraId="2105B8A1" w14:textId="77777777" w:rsidTr="00A8461C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="1998" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70662D2D" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00A8461C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Applicant Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6745" w:type="dxa"/>
+            <w:tcW w:w="7578" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1AE01155" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00A8461C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B06631" w:rsidRPr="00F71845" w14:paraId="626CD886" w14:textId="77777777" w:rsidTr="003614BF">
-[...2 lines deleted...]
-            <w:tcW w:w="9350" w:type="dxa"/>
+      <w:tr w:rsidR="00B06631" w:rsidRPr="00F71845" w14:paraId="626CD886" w14:textId="77777777" w:rsidTr="00A8461C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="7388CEA7" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00A8461C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1DEEFF7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Check One Box:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B06631" w:rsidRPr="00F71845" w14:paraId="4C5FE266" w14:textId="77777777" w:rsidTr="003614BF">
+      <w:tr w:rsidR="00B06631" w:rsidRPr="00F71845" w14:paraId="4C5FE266" w14:textId="77777777" w:rsidTr="00A8461C">
         <w:trPr>
           <w:trHeight w:val="615"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
-[...46 lines deleted...]
-              <w:t>Summer Program</w:t>
+            <w:tcW w:w="1998" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04BB7043" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00A8461C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Summer Program </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25CE7D2E" w14:textId="2622EB7A" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00FF2E81" w:rsidP="00A8461C">
-[...39 lines deleted...]
-            <w:r w:rsidR="00B06631" w:rsidRPr="00F71845">
+          <w:p w14:paraId="25CE7D2E" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00A8461C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Summer Residential </w:t>
             </w:r>
-          </w:p>
-[...43 lines deleted...]
-            <w:r w:rsidR="00B06631" w:rsidRPr="2957CBDD">
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA50215" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00A8461C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="2957CBDD">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Summer and Academic Year </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2065" w:type="dxa"/>
+            <w:r w:rsidRPr="2957CBDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="2957CBDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="2957CBDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="2957CBDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="2957CBDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2718" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3E4DDE8F" w14:textId="31923826" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00FF2E81" w:rsidP="003614BF">
-[...39 lines deleted...]
-            <w:r w:rsidR="00B06631" w:rsidRPr="00F71845">
+          <w:p w14:paraId="3E4DDE8F" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00A8461C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F71845">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Academic Year </w:t>
             </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F71845">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B06631" w:rsidRPr="00F71845" w14:paraId="460111BA" w14:textId="77777777" w:rsidTr="003614BF">
+      <w:tr w:rsidR="00B06631" w:rsidRPr="00F71845" w14:paraId="460111BA" w14:textId="77777777" w:rsidTr="00A8461C">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="1998" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="157D43B7" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00A8461C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1DEEFF7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t xml:space="preserve">Reviewer Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6745" w:type="dxa"/>
+            <w:tcW w:w="7578" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="019B8319" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00A8461C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B06631" w:rsidRPr="00F71845" w14:paraId="01BD15B6" w14:textId="77777777" w:rsidTr="003614BF">
+      <w:tr w:rsidR="00B06631" w:rsidRPr="00F71845" w14:paraId="01BD15B6" w14:textId="77777777" w:rsidTr="00A8461C">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="1998" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3211D687" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00A8461C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1DEEFF7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Reviewer Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6745" w:type="dxa"/>
+            <w:tcW w:w="7578" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="715FC2B2" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00A8461C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B06631" w:rsidRPr="00F71845" w14:paraId="5D4ECD24" w14:textId="77777777" w:rsidTr="003614BF">
+      <w:tr w:rsidR="00B06631" w:rsidRPr="00F71845" w14:paraId="5D4ECD24" w14:textId="77777777" w:rsidTr="00A8461C">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2605" w:type="dxa"/>
+            <w:tcW w:w="1998" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DF6A216" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00A8461C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1DEEFF7F">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>Date Reviewed</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09B4FDF7" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00A8461C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6745" w:type="dxa"/>
+            <w:tcW w:w="7578" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7F7F9A49" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00A8461C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="69204221" w14:textId="77777777" w:rsidR="00B06631" w:rsidRDefault="00B06631" w:rsidP="00AE61C0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26172D80" w14:textId="77777777" w:rsidR="00B06631" w:rsidRPr="00F71845" w:rsidRDefault="00B06631" w:rsidP="00B06631">
       <w:pPr>
         <w:rPr>
@@ -25591,58 +25854,50 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5CF25049" w14:textId="49793630" w:rsidR="006750AF" w:rsidRDefault="006750AF" w:rsidP="006750AF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
@@ -28575,109 +28830,109 @@
   <w:num w:numId="21" w16cid:durableId="565410901">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="596403713">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1040859140">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1810240540">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1042286333">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE61C0"/>
-    <w:rsid w:val="001953D2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003614BF"/>
+    <w:rsid w:val="00066A36"/>
     <w:rsid w:val="00440407"/>
-    <w:rsid w:val="00564141"/>
     <w:rsid w:val="00662B24"/>
     <w:rsid w:val="006750AF"/>
     <w:rsid w:val="00744881"/>
+    <w:rsid w:val="007B7D6C"/>
     <w:rsid w:val="00964874"/>
     <w:rsid w:val="009E6271"/>
     <w:rsid w:val="009F01DC"/>
-    <w:rsid w:val="00AE126D"/>
     <w:rsid w:val="00AE61C0"/>
     <w:rsid w:val="00B06631"/>
+    <w:rsid w:val="00B35219"/>
+    <w:rsid w:val="00B53998"/>
     <w:rsid w:val="00BD4CE3"/>
-    <w:rsid w:val="00C41B60"/>
+    <w:rsid w:val="00C155CF"/>
+    <w:rsid w:val="00C575BB"/>
     <w:rsid w:val="00CC1B15"/>
     <w:rsid w:val="00D95B04"/>
     <w:rsid w:val="00DF5C42"/>
     <w:rsid w:val="00E56602"/>
     <w:rsid w:val="00EE75DD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="36F71176"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E7775A0E-5BF7-4E27-A707-CDD4397E6C26}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
@@ -29909,71 +30164,50 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...19 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007FFD12CA87741147A5AFC17CDF6601CF" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a76c7cc5f2c98a1b36ea0d5b8176d53e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="be3f5c5c-26a7-495a-a458-32a4757a81f1" xmlns:ns3="54ac615c-fb59-4e15-8a03-1a962e696030" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8cf4e0295e18a946f28232085afaf475" ns2:_="" ns3:_="">
     <xsd:import namespace="be3f5c5c-26a7-495a-a458-32a4757a81f1"/>
     <xsd:import namespace="54ac615c-fb59-4e15-8a03-1a962e696030"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -30184,132 +30418,153 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Comments xmlns="be3f5c5c-26a7-495a-a458-32a4757a81f1">Some sections need to be reviewed again</Comments>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="be3f5c5c-26a7-495a-a458-32a4757a81f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="54ac615c-fb59-4e15-8a03-1a962e696030" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A598BF4D-B82E-441B-846A-2E6940EDADA3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC472273-C18E-4D35-A017-EEF4BC0C6727}">
-[...23 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36E5D0AF-A26E-41AA-A2E9-B6EAA0A2566B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="be3f5c5c-26a7-495a-a458-32a4757a81f1"/>
     <ds:schemaRef ds:uri="54ac615c-fb59-4e15-8a03-1a962e696030"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2216620F-2192-42EB-A229-E7C6F29BA1F4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC472273-C18E-4D35-A017-EEF4BC0C6727}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="be3f5c5c-26a7-495a-a458-32a4757a81f1"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="54ac615c-fb59-4e15-8a03-1a962e696030"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>34</Pages>
-  <Words>7135</Words>
-  <Characters>40674</Characters>
+  <Words>7174</Words>
+  <Characters>40894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>338</Lines>
+  <Lines>340</Lines>
   <Paragraphs>95</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>47714</CharactersWithSpaces>
+  <CharactersWithSpaces>47973</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>RFP001 Interdistrict Cooperative Grant 2026-27</dc:title>
   <dc:subject/>
   <dc:creator>Casey, Brenna</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007FFD12CA87741147A5AFC17CDF6601CF</vt:lpwstr>
   </property>