--- v0 (2026-01-13)
+++ v1 (2026-02-11)
@@ -1,99 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\FelderK\My Documents\PSIS\WEb Docs\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ctgovexec-my.sharepoint.com/personal/renee_brousseau_ct_gov/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8F174CDC-4C21-4266-9769-EBD347C877A1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{18AF3DBD-7C75-4073-989B-2599D970EF27}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-76910" yWindow="2820" windowWidth="38620" windowHeight="21100" xr2:uid="{E4B867F3-A57A-478D-BBDF-AAC90E914060}"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="19396" windowHeight="11475" xr2:uid="{ECEE3DAD-215D-45BE-A150-1C1C9FBAA543}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="ExternalData_1" localSheetId="0">Sheet1!$A$1:$E$1138</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{9B77A5D1-5C6A-4752-B276-EA74DDF2711D}" name="Connection" type="4" refreshedVersion="8" background="1" saveData="1">
+  <connection id="1" xr16:uid="{8B4CE362-14DD-4E45-A192-0DDF73267C4C}" name="Connection" type="4" refreshedVersion="8" background="1" saveData="1">
     <webPr sourceData="1" parsePre="1" consecutive="1" url="https://www.csde.state.ct.us/districts/psis/districtcontact.asp" htmlTables="1">
       <tables count="1">
         <x v="1"/>
       </tables>
     </webPr>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2286" uniqueCount="1654">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2285" uniqueCount="1653">
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>1 - Andover School District</t>
   </si>
   <si>
     <t>Rosemary Crandall</t>
   </si>
   <si>
     <t>(860) 742-7339</t>
   </si>
   <si>
@@ -486,54 +486,54 @@
   <si>
     <t>860-774-9732</t>
   </si>
   <si>
     <t>raynor@brooklynschools.org</t>
   </si>
   <si>
     <t>Lisa Donovan</t>
   </si>
   <si>
     <t>donovan@brooklynschools.org</t>
   </si>
   <si>
     <t>21 - Canaan School District</t>
   </si>
   <si>
     <t>Laurie Wadsworth</t>
   </si>
   <si>
     <t>860 824 7791</t>
   </si>
   <si>
     <t>wadsworth@kelloggschool.org</t>
   </si>
   <si>
-    <t>Stacey Calo</t>
-[...2 lines deleted...]
-    <t>calo@kelloggschool.org</t>
+    <t>Andrew Deacon</t>
+  </si>
+  <si>
+    <t>deacon@kelloggschool.org</t>
   </si>
   <si>
     <t>22 - Canterbury School District</t>
   </si>
   <si>
     <t>Dottie Horn</t>
   </si>
   <si>
     <t>(860) 546-6950</t>
   </si>
   <si>
     <t>dhorn@canterburypublicschools.org</t>
   </si>
   <si>
     <t>Chris Bitgood</t>
   </si>
   <si>
     <t>cbitgood@canterburypublicschools.org</t>
   </si>
   <si>
     <t>karl adams</t>
   </si>
   <si>
     <t>karlhadams@gmail.com</t>
   </si>
@@ -1152,57 +1152,57 @@
   <si>
     <t>tdabbondanza@ellingtonschools.net</t>
   </si>
   <si>
     <t>Glomelyn Webber</t>
   </si>
   <si>
     <t>860-896-2300, x113</t>
   </si>
   <si>
     <t>gwebber@ellingtonschools.net</t>
   </si>
   <si>
     <t>49 - Enfield School District</t>
   </si>
   <si>
     <t>Kerry Wiley</t>
   </si>
   <si>
     <t>860-253-5167</t>
   </si>
   <si>
     <t>kwiley@enfieldschools.org</t>
   </si>
   <si>
-    <t>Guy Bourassa</t>
-[...5 lines deleted...]
-    <t>gbourassa@enfieldschools.org</t>
+    <t>Bradford Wilder</t>
+  </si>
+  <si>
+    <t>860-538-8248</t>
+  </si>
+  <si>
+    <t>bwilder@enfieldschools.org</t>
   </si>
   <si>
     <t>Laurie Carr</t>
   </si>
   <si>
     <t>860-253-6520</t>
   </si>
   <si>
     <t>lcarr@enfieldschools.org</t>
   </si>
   <si>
     <t>50 - Essex School District</t>
   </si>
   <si>
     <t>Deb Campion</t>
   </si>
   <si>
     <t>860-767-8215</t>
   </si>
   <si>
     <t>dcampion@reg4.k12.ct.us</t>
   </si>
   <si>
     <t>51 - Fairfield School District</t>
   </si>
@@ -1317,68 +1317,68 @@
   <si>
     <t>56 - Granby School District</t>
   </si>
   <si>
     <t>John Kroninger</t>
   </si>
   <si>
     <t>973-610-1448</t>
   </si>
   <si>
     <t>kroningerj@granbyschools.org</t>
   </si>
   <si>
     <t>Michelle Crowley</t>
   </si>
   <si>
     <t>860-844-5259</t>
   </si>
   <si>
     <t>CrowleyM@granbyschools.org</t>
   </si>
   <si>
     <t>57 - Greenwich School District</t>
   </si>
   <si>
+    <t>Carrie Steers</t>
+  </si>
+  <si>
+    <t>203-987-1360</t>
+  </si>
+  <si>
+    <t>carrie_steers@greenwich.k12.ct.us</t>
+  </si>
+  <si>
     <t>Jennifer Lau</t>
   </si>
   <si>
     <t>203-625-7431</t>
   </si>
   <si>
     <t>jennifer_lau@greenwich.k12.ct.us</t>
   </si>
   <si>
-    <t>Carrie Steers</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">             SIS: Aspen/X2</t>
   </si>
   <si>
     <t>58 - Griswold School District</t>
   </si>
   <si>
     <t>Lisa Sawyer</t>
   </si>
   <si>
     <t>860 376-7666</t>
   </si>
   <si>
     <t>lsawyer@griswoldpublicschools.org</t>
   </si>
   <si>
     <t>Robin Drobiak</t>
   </si>
   <si>
     <t>860-376-7600</t>
   </si>
   <si>
     <t>rdrobiak@griswoldpublicschools.org</t>
   </si>
   <si>
     <t>Sarah Guillet</t>
@@ -1890,57 +1890,57 @@
   <si>
     <t>860-848-1228</t>
   </si>
   <si>
     <t>jlemay@montvilleschools.org</t>
   </si>
   <si>
     <t>Nicholas Savoie</t>
   </si>
   <si>
     <t>nsavoie@montvilleschools.org</t>
   </si>
   <si>
     <t>88 - Naugatuck School District</t>
   </si>
   <si>
     <t>Erica Veronesi</t>
   </si>
   <si>
     <t>203-720-5419</t>
   </si>
   <si>
     <t>Erica.Veronesi@naugatuck.k12.ct.us</t>
   </si>
   <si>
-    <t>Alan Merly</t>
+    <t>Mark Brousseau</t>
   </si>
   <si>
     <t>203-720-5265</t>
   </si>
   <si>
-    <t>Alan.Merly@naugatuck.k12.ct.us</t>
+    <t>mark.brousseau@naugatuck.k12.ct.us</t>
   </si>
   <si>
     <t>89 - New Britain School District</t>
   </si>
   <si>
     <t>Margaret Kochanowicz</t>
   </si>
   <si>
     <t>860-832-4691</t>
   </si>
   <si>
     <t>kochanow@csdnb.org</t>
   </si>
   <si>
     <t>Helen Talalaj</t>
   </si>
   <si>
     <t>860-832-4698</t>
   </si>
   <si>
     <t>talalaj@csdnb.org</t>
   </si>
   <si>
     <t>90 - New Canaan School District</t>
   </si>
@@ -2628,54 +2628,54 @@
   <si>
     <t>malt@rockyhillps.com</t>
   </si>
   <si>
     <t>Tom Kennison</t>
   </si>
   <si>
     <t>(860) 258-7701 x1177</t>
   </si>
   <si>
     <t>kennisont@rockyhillps.com</t>
   </si>
   <si>
     <t>121 - Salem School District</t>
   </si>
   <si>
     <t>Laurie Barberi</t>
   </si>
   <si>
     <t>(860) 859-0267</t>
   </si>
   <si>
     <t>lbarberi@salem.cen.ct.gov</t>
   </si>
   <si>
-    <t>Daniel Driscoll</t>
-[...2 lines deleted...]
-    <t>ddriscoll@salem.cen.ct.gov</t>
+    <t>Megin Sechen</t>
+  </si>
+  <si>
+    <t>msechen@salem.cen.ct.gov</t>
   </si>
   <si>
     <t>122 - Salisbury School District</t>
   </si>
   <si>
     <t>Pat Stevens</t>
   </si>
   <si>
     <t>(860) 435-9871 100</t>
   </si>
   <si>
     <t>pstevens@salisburycentral.org</t>
   </si>
   <si>
     <t>Sue Bucceri</t>
   </si>
   <si>
     <t>(860) 435-9871</t>
   </si>
   <si>
     <t>SBucceri@salisburycentral.org</t>
   </si>
   <si>
     <t>123 - Scotland School District</t>
   </si>
@@ -3570,57 +3570,57 @@
   <si>
     <t>pstevens@willingtonct.org</t>
   </si>
   <si>
     <t>161 - Wilton School District</t>
   </si>
   <si>
     <t>Matt Hepfer</t>
   </si>
   <si>
     <t>203-762-3381</t>
   </si>
   <si>
     <t>hepferm@wiltonps.org</t>
   </si>
   <si>
     <t>Lucille DeNovio</t>
   </si>
   <si>
     <t>denoviol@wiltonps.org</t>
   </si>
   <si>
     <t>162 - Winchester School District</t>
   </si>
   <si>
-    <t>Charlene Passini</t>
-[...5 lines deleted...]
-    <t>charlene.passini@winchesterschools.org</t>
+    <t>Lorena Emanuel</t>
+  </si>
+  <si>
+    <t>203-558-2568</t>
+  </si>
+  <si>
+    <t>L.Emanuel@twinlakestech.org</t>
   </si>
   <si>
     <t>Matthew Morgado</t>
   </si>
   <si>
     <t>860-379-0706</t>
   </si>
   <si>
     <t>matthew.morgado@winchesterschools.org</t>
   </si>
   <si>
     <t>163 - Windham School District</t>
   </si>
   <si>
     <t>JoAnne Guerraz</t>
   </si>
   <si>
     <t>(860) 465-2145</t>
   </si>
   <si>
     <t>jguerraz@windham.k12.ct.us</t>
   </si>
   <si>
     <t>Neil Weathers</t>
   </si>
@@ -5008,53 +5008,50 @@
     <t>Karin Hughes</t>
   </si>
   <si>
     <t>860-928-6575 x1105</t>
   </si>
   <si>
     <t>khughes@woodstockacademy.org</t>
   </si>
   <si>
     <t>Katie Durga</t>
   </si>
   <si>
     <t>860-928-6575 X1122</t>
   </si>
   <si>
     <t>kldurga@woodstockacademy.org</t>
   </si>
   <si>
     <t>Michael Harten</t>
   </si>
   <si>
     <t>860-928-6575 x1107</t>
   </si>
   <si>
     <t>mharten@woodstockacademy.org</t>
-  </si>
-[...1 lines deleted...]
-    <t>Updated 1-12-26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -5070,51 +5067,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" growShrinkType="overwriteClear" connectionId="1" xr16:uid="{5E03DFA1-7201-4C67-9CB7-7ED5C70C95C3}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="1" applyPatternFormats="1" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" growShrinkType="overwriteClear" connectionId="1" xr16:uid="{BABA3A13-AA6E-4385-8894-137DFFD22A65}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="1" applyPatternFormats="1" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5393,83 +5390,78 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FCDEE9AA-8B1B-4691-8F7B-41D8ABA9ABBF}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{867DAB99-182F-4845-B7B9-B681F9412420}">
   <dimension ref="A1:E1138"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="47.53125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.86328125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.6640625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.86328125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="C1" t="s">
         <v>1</v>
       </c>
       <c r="D1" t="s">
         <v>1</v>
       </c>
       <c r="E1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.45">
-      <c r="A2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C2" t="s">
         <v>2</v>
       </c>
       <c r="D2" t="s">
         <v>3</v>
       </c>
       <c r="E2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>6</v>
       </c>
       <c r="D5" t="s">
         <v>7</v>
       </c>
       <c r="E5" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.45">