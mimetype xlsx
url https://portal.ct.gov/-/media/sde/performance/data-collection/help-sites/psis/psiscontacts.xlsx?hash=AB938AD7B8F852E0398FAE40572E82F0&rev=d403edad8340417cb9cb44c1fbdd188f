--- v0 (2025-12-24)
+++ v1 (2026-02-12)
@@ -6,94 +6,94 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ctgovexec-my.sharepoint.com/personal/renee_brousseau_ct_gov/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F2AB0E4B-05D3-4A35-94C8-0F07989EF6BB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{18AF3DBD-7C75-4073-989B-2599D970EF27}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-98" yWindow="-98" windowWidth="19396" windowHeight="11475" xr2:uid="{D14F7AAD-BF4A-45D3-9BDE-2E0195D234BE}"/>
+    <workbookView xWindow="-98" yWindow="-98" windowWidth="19396" windowHeight="11475" xr2:uid="{ECEE3DAD-215D-45BE-A150-1C1C9FBAA543}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0">Sheet1!$A$1:$E$1140</definedName>
+    <definedName name="ExternalData_1" localSheetId="0">Sheet1!$A$1:$E$1138</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{FAC2DB2F-D7D5-4B9A-B03E-79D4643CF095}" name="Connection" type="4" refreshedVersion="8" background="1" saveData="1">
+  <connection id="1" xr16:uid="{8B4CE362-14DD-4E45-A192-0DDF73267C4C}" name="Connection" type="4" refreshedVersion="8" background="1" saveData="1">
     <webPr sourceData="1" parsePre="1" consecutive="1" url="https://www.csde.state.ct.us/districts/psis/districtcontact.asp" htmlTables="1">
       <tables count="1">
         <x v="1"/>
       </tables>
     </webPr>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2293" uniqueCount="1658">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2285" uniqueCount="1653">
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>1 - Andover School District</t>
   </si>
   <si>
     <t>Rosemary Crandall</t>
   </si>
   <si>
     <t>(860) 742-7339</t>
   </si>
   <si>
@@ -486,54 +486,54 @@
   <si>
     <t>860-774-9732</t>
   </si>
   <si>
     <t>raynor@brooklynschools.org</t>
   </si>
   <si>
     <t>Lisa Donovan</t>
   </si>
   <si>
     <t>donovan@brooklynschools.org</t>
   </si>
   <si>
     <t>21 - Canaan School District</t>
   </si>
   <si>
     <t>Laurie Wadsworth</t>
   </si>
   <si>
     <t>860 824 7791</t>
   </si>
   <si>
     <t>wadsworth@kelloggschool.org</t>
   </si>
   <si>
-    <t>Stacey Calo</t>
-[...2 lines deleted...]
-    <t>calo@kelloggschool.org</t>
+    <t>Andrew Deacon</t>
+  </si>
+  <si>
+    <t>deacon@kelloggschool.org</t>
   </si>
   <si>
     <t>22 - Canterbury School District</t>
   </si>
   <si>
     <t>Dottie Horn</t>
   </si>
   <si>
     <t>(860) 546-6950</t>
   </si>
   <si>
     <t>dhorn@canterburypublicschools.org</t>
   </si>
   <si>
     <t>Chris Bitgood</t>
   </si>
   <si>
     <t>cbitgood@canterburypublicschools.org</t>
   </si>
   <si>
     <t>karl adams</t>
   </si>
   <si>
     <t>karlhadams@gmail.com</t>
   </si>
@@ -1059,57 +1059,57 @@
   <si>
     <t>rswan@east-haven.k12.ct.us</t>
   </si>
   <si>
     <t>45 - East Lyme School District</t>
   </si>
   <si>
     <t>Stacey Muscarella</t>
   </si>
   <si>
     <t>860-739-3966 X 5628</t>
   </si>
   <si>
     <t>stacey.muscarella@elpsk12.org</t>
   </si>
   <si>
     <t>Jeanne LeBlanc</t>
   </si>
   <si>
     <t>860-739-3966 X 5616</t>
   </si>
   <si>
     <t>Jeanne.LeBlanc@elpsk12.org</t>
   </si>
   <si>
-    <t>Cynthia Campbell</t>
-[...5 lines deleted...]
-    <t>Cynthia.Campbell@elpsk12.org</t>
+    <t>Kimberly Davis</t>
+  </si>
+  <si>
+    <t>860-739-3966 x5609</t>
+  </si>
+  <si>
+    <t>Kimberly.Davis@elpsk12.org</t>
   </si>
   <si>
     <t>46 - Easton School District</t>
   </si>
   <si>
     <t>Donna Viselli</t>
   </si>
   <si>
     <t>203-261-3607 x607</t>
   </si>
   <si>
     <t>dviselli@er9.org</t>
   </si>
   <si>
     <t>Susan Cahalan</t>
   </si>
   <si>
     <t>203-268-8651 x411</t>
   </si>
   <si>
     <t>scahalan@er9.org</t>
   </si>
   <si>
     <t>Diana Mesa</t>
   </si>
@@ -1152,57 +1152,57 @@
   <si>
     <t>tdabbondanza@ellingtonschools.net</t>
   </si>
   <si>
     <t>Glomelyn Webber</t>
   </si>
   <si>
     <t>860-896-2300, x113</t>
   </si>
   <si>
     <t>gwebber@ellingtonschools.net</t>
   </si>
   <si>
     <t>49 - Enfield School District</t>
   </si>
   <si>
     <t>Kerry Wiley</t>
   </si>
   <si>
     <t>860-253-5167</t>
   </si>
   <si>
     <t>kwiley@enfieldschools.org</t>
   </si>
   <si>
-    <t>Guy Bourassa</t>
-[...5 lines deleted...]
-    <t>gbourassa@enfieldschools.org</t>
+    <t>Bradford Wilder</t>
+  </si>
+  <si>
+    <t>860-538-8248</t>
+  </si>
+  <si>
+    <t>bwilder@enfieldschools.org</t>
   </si>
   <si>
     <t>Laurie Carr</t>
   </si>
   <si>
     <t>860-253-6520</t>
   </si>
   <si>
     <t>lcarr@enfieldschools.org</t>
   </si>
   <si>
     <t>50 - Essex School District</t>
   </si>
   <si>
     <t>Deb Campion</t>
   </si>
   <si>
     <t>860-767-8215</t>
   </si>
   <si>
     <t>dcampion@reg4.k12.ct.us</t>
   </si>
   <si>
     <t>51 - Fairfield School District</t>
   </si>
@@ -1317,68 +1317,68 @@
   <si>
     <t>56 - Granby School District</t>
   </si>
   <si>
     <t>John Kroninger</t>
   </si>
   <si>
     <t>973-610-1448</t>
   </si>
   <si>
     <t>kroningerj@granbyschools.org</t>
   </si>
   <si>
     <t>Michelle Crowley</t>
   </si>
   <si>
     <t>860-844-5259</t>
   </si>
   <si>
     <t>CrowleyM@granbyschools.org</t>
   </si>
   <si>
     <t>57 - Greenwich School District</t>
   </si>
   <si>
+    <t>Carrie Steers</t>
+  </si>
+  <si>
+    <t>203-987-1360</t>
+  </si>
+  <si>
+    <t>carrie_steers@greenwich.k12.ct.us</t>
+  </si>
+  <si>
     <t>Jennifer Lau</t>
   </si>
   <si>
     <t>203-625-7431</t>
   </si>
   <si>
     <t>jennifer_lau@greenwich.k12.ct.us</t>
   </si>
   <si>
-    <t>Carrie Steers</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">             SIS: Aspen/X2</t>
   </si>
   <si>
     <t>58 - Griswold School District</t>
   </si>
   <si>
     <t>Lisa Sawyer</t>
   </si>
   <si>
     <t>860 376-7666</t>
   </si>
   <si>
     <t>lsawyer@griswoldpublicschools.org</t>
   </si>
   <si>
     <t>Robin Drobiak</t>
   </si>
   <si>
     <t>860-376-7600</t>
   </si>
   <si>
     <t>rdrobiak@griswoldpublicschools.org</t>
   </si>
   <si>
     <t>Sarah Guillet</t>
@@ -1890,57 +1890,57 @@
   <si>
     <t>860-848-1228</t>
   </si>
   <si>
     <t>jlemay@montvilleschools.org</t>
   </si>
   <si>
     <t>Nicholas Savoie</t>
   </si>
   <si>
     <t>nsavoie@montvilleschools.org</t>
   </si>
   <si>
     <t>88 - Naugatuck School District</t>
   </si>
   <si>
     <t>Erica Veronesi</t>
   </si>
   <si>
     <t>203-720-5419</t>
   </si>
   <si>
     <t>Erica.Veronesi@naugatuck.k12.ct.us</t>
   </si>
   <si>
-    <t>Alan Merly</t>
+    <t>Mark Brousseau</t>
   </si>
   <si>
     <t>203-720-5265</t>
   </si>
   <si>
-    <t>Alan.Merly@naugatuck.k12.ct.us</t>
+    <t>mark.brousseau@naugatuck.k12.ct.us</t>
   </si>
   <si>
     <t>89 - New Britain School District</t>
   </si>
   <si>
     <t>Margaret Kochanowicz</t>
   </si>
   <si>
     <t>860-832-4691</t>
   </si>
   <si>
     <t>kochanow@csdnb.org</t>
   </si>
   <si>
     <t>Helen Talalaj</t>
   </si>
   <si>
     <t>860-832-4698</t>
   </si>
   <si>
     <t>talalaj@csdnb.org</t>
   </si>
   <si>
     <t>90 - New Canaan School District</t>
   </si>
@@ -2628,54 +2628,54 @@
   <si>
     <t>malt@rockyhillps.com</t>
   </si>
   <si>
     <t>Tom Kennison</t>
   </si>
   <si>
     <t>(860) 258-7701 x1177</t>
   </si>
   <si>
     <t>kennisont@rockyhillps.com</t>
   </si>
   <si>
     <t>121 - Salem School District</t>
   </si>
   <si>
     <t>Laurie Barberi</t>
   </si>
   <si>
     <t>(860) 859-0267</t>
   </si>
   <si>
     <t>lbarberi@salem.cen.ct.gov</t>
   </si>
   <si>
-    <t>Daniel Driscoll</t>
-[...2 lines deleted...]
-    <t>ddriscoll@salem.cen.ct.gov</t>
+    <t>Megin Sechen</t>
+  </si>
+  <si>
+    <t>msechen@salem.cen.ct.gov</t>
   </si>
   <si>
     <t>122 - Salisbury School District</t>
   </si>
   <si>
     <t>Pat Stevens</t>
   </si>
   <si>
     <t>(860) 435-9871 100</t>
   </si>
   <si>
     <t>pstevens@salisburycentral.org</t>
   </si>
   <si>
     <t>Sue Bucceri</t>
   </si>
   <si>
     <t>(860) 435-9871</t>
   </si>
   <si>
     <t>SBucceri@salisburycentral.org</t>
   </si>
   <si>
     <t>123 - Scotland School District</t>
   </si>
@@ -2742,57 +2742,57 @@
   <si>
     <t>cwebb@sharoncenterschool.org</t>
   </si>
   <si>
     <t>126 - Shelton School District</t>
   </si>
   <si>
     <t>William Nicol</t>
   </si>
   <si>
     <t>(203) 924-6530 x376</t>
   </si>
   <si>
     <t>wnicol@sheltonpublicschools.org</t>
   </si>
   <si>
     <t>Kenneth Saranich</t>
   </si>
   <si>
     <t>(203) 924-1023 x306</t>
   </si>
   <si>
     <t>ksaranich@sheltonpublicschools.org</t>
   </si>
   <si>
-    <t>Glenn Newman</t>
-[...5 lines deleted...]
-    <t>gnewman@sheltonpublicschools.org</t>
+    <t>Amanda Sanfilippo</t>
+  </si>
+  <si>
+    <t>(203) 924 6530 x377</t>
+  </si>
+  <si>
+    <t>asanfilippo@sheltonpublicschools.org</t>
   </si>
   <si>
     <t>127 - Sherman School District</t>
   </si>
   <si>
     <t>Karen Fildes</t>
   </si>
   <si>
     <t>(860) 355-3793 x315</t>
   </si>
   <si>
     <t>fildesk@shermanschool.com</t>
   </si>
   <si>
     <t>Jake Siciliano</t>
   </si>
   <si>
     <t>860-350-9165</t>
   </si>
   <si>
     <t>sicilianoj@shermanschool.com</t>
   </si>
   <si>
     <t>128 - Simsbury School District</t>
   </si>
@@ -3570,57 +3570,57 @@
   <si>
     <t>pstevens@willingtonct.org</t>
   </si>
   <si>
     <t>161 - Wilton School District</t>
   </si>
   <si>
     <t>Matt Hepfer</t>
   </si>
   <si>
     <t>203-762-3381</t>
   </si>
   <si>
     <t>hepferm@wiltonps.org</t>
   </si>
   <si>
     <t>Lucille DeNovio</t>
   </si>
   <si>
     <t>denoviol@wiltonps.org</t>
   </si>
   <si>
     <t>162 - Winchester School District</t>
   </si>
   <si>
-    <t>Charlene Passini</t>
-[...5 lines deleted...]
-    <t>charlene.passini@winchesterschools.org</t>
+    <t>Lorena Emanuel</t>
+  </si>
+  <si>
+    <t>203-558-2568</t>
+  </si>
+  <si>
+    <t>L.Emanuel@twinlakestech.org</t>
   </si>
   <si>
     <t>Matthew Morgado</t>
   </si>
   <si>
     <t>860-379-0706</t>
   </si>
   <si>
     <t>matthew.morgado@winchesterschools.org</t>
   </si>
   <si>
     <t>163 - Windham School District</t>
   </si>
   <si>
     <t>JoAnne Guerraz</t>
   </si>
   <si>
     <t>(860) 465-2145</t>
   </si>
   <si>
     <t>jguerraz@windham.k12.ct.us</t>
   </si>
   <si>
     <t>Neil Weathers</t>
   </si>
@@ -4653,56 +4653,50 @@
   <si>
     <t>288 - Achievement First Hartford Academy District</t>
   </si>
   <si>
     <t>289 - Elm City College Preparatory School District</t>
   </si>
   <si>
     <t>290 - Brass City Charter School District</t>
   </si>
   <si>
     <t>Nancy Landona</t>
   </si>
   <si>
     <t>203-527-5942</t>
   </si>
   <si>
     <t>nlandona@brasscitycharter.org</t>
   </si>
   <si>
     <t>Barbara Ruggiero</t>
   </si>
   <si>
     <t>bruggiero@brasscitycharter.org</t>
   </si>
   <si>
-    <t>Diane Wasilewski</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">             SIS: Alma</t>
   </si>
   <si>
     <t>291 - Elm City Montessori School District</t>
   </si>
   <si>
     <t>David Weinreb</t>
   </si>
   <si>
     <t>914-393-7671</t>
   </si>
   <si>
     <t>david.weinreb@elmcitymontessori.org</t>
   </si>
   <si>
     <t>Julia Webb</t>
   </si>
   <si>
     <t>475-220-4100</t>
   </si>
   <si>
     <t>julia.webb@elmcitymontessori.org</t>
   </si>
   <si>
     <t>Florisca Carter</t>
@@ -4920,75 +4914,66 @@
   <si>
     <t>Ari Burger</t>
   </si>
   <si>
     <t>203-706-6803</t>
   </si>
   <si>
     <t>Ari.Burger@ct.gov</t>
   </si>
   <si>
     <t>Amanda Brekke</t>
   </si>
   <si>
     <t>860-500-4400</t>
   </si>
   <si>
     <t>amanda.brekke@ct.gov</t>
   </si>
   <si>
     <t xml:space="preserve">             SIS: system developed in house</t>
   </si>
   <si>
     <t>900 - Connecticut Technical Education and Career System</t>
   </si>
   <si>
+    <t>Stephanie Kilburn</t>
+  </si>
+  <si>
+    <t>203-767-8929</t>
+  </si>
+  <si>
+    <t>stephanie.kilburn@cttech.org</t>
+  </si>
+  <si>
     <t>Nichola Bankuty</t>
   </si>
   <si>
     <t>203-927-3725</t>
   </si>
   <si>
     <t>nichola.bankuty@cttech.org</t>
-  </si>
-[...16 lines deleted...]
-    <t>jessica.rinaldo@cttech.org</t>
   </si>
   <si>
     <t>901 - Norwich Free Academy District</t>
   </si>
   <si>
     <t>Amanda Hynes</t>
   </si>
   <si>
     <t>(860) 425-5531</t>
   </si>
   <si>
     <t>hynesa@nfaschool.org</t>
   </si>
   <si>
     <t>Anthony Girasoli</t>
   </si>
   <si>
     <t>(860) 425-5533</t>
   </si>
   <si>
     <t>girasolia@nfaschool.org</t>
   </si>
   <si>
     <t>Brett Monroe</t>
   </si>
@@ -5082,51 +5067,51 @@
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" growShrinkType="overwriteClear" connectionId="1" xr16:uid="{F2FCD8C6-D5F8-429C-B113-599AB19F5273}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="1" applyPatternFormats="1" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" growShrinkType="overwriteClear" connectionId="1" xr16:uid="{BABA3A13-AA6E-4385-8894-137DFFD22A65}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="1" applyPatternFormats="1" applyAlignmentFormats="0" applyWidthHeightFormats="0"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5405,52 +5390,52 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2FB328B8-CC60-4246-A965-567AAB73004B}">
-  <dimension ref="A1:E1140"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{867DAB99-182F-4845-B7B9-B681F9412420}">
+  <dimension ref="A1:E1138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="47.53125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.86328125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="18.6640625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.86328125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="C1" t="s">
         <v>1</v>
       </c>
       <c r="D1" t="s">
         <v>1</v>
       </c>
       <c r="E1" t="s">
         <v>1</v>
       </c>
     </row>
@@ -13198,713 +13183,685 @@
         <v>1529</v>
       </c>
       <c r="D1051" t="s">
         <v>1530</v>
       </c>
       <c r="E1051" t="s">
         <v>1531</v>
       </c>
     </row>
     <row r="1052" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1052" t="s">
         <v>9</v>
       </c>
       <c r="C1052" t="s">
         <v>1532</v>
       </c>
       <c r="D1052" t="s">
         <v>1530</v>
       </c>
       <c r="E1052" t="s">
         <v>1533</v>
       </c>
     </row>
     <row r="1053" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1053" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C1053" t="s">
         <v>1534</v>
       </c>
-      <c r="D1053" t="s">
-[...2 lines deleted...]
-      <c r="E1053" t="s">
+    </row>
+    <row r="1056" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1056" t="s">
         <v>1535</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A1054" t="s">
+      <c r="C1056" t="s">
         <v>1536</v>
+      </c>
+      <c r="D1056" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E1056" t="s">
+        <v>1538</v>
       </c>
     </row>
     <row r="1057" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1057" t="s">
-        <v>1537</v>
+        <v>9</v>
       </c>
       <c r="C1057" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="D1057" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="E1057" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="1058" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1058" t="s">
         <v>9</v>
       </c>
       <c r="C1058" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="D1058" t="s">
-        <v>1542</v>
+        <v>1540</v>
       </c>
       <c r="E1058" t="s">
         <v>1543</v>
       </c>
     </row>
     <row r="1059" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1059" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C1059" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1062" t="s">
         <v>1544</v>
       </c>
-      <c r="D1059" t="s">
-[...2 lines deleted...]
-      <c r="E1059" t="s">
+      <c r="C1062" t="s">
         <v>1545</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>14</v>
+      <c r="D1062">
+        <v>4753320354</v>
+      </c>
+      <c r="E1062" t="s">
+        <v>1546</v>
       </c>
     </row>
     <row r="1063" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1063" t="s">
-        <v>1546</v>
+        <v>9</v>
       </c>
       <c r="C1063" t="s">
         <v>1547</v>
       </c>
       <c r="D1063">
-        <v>4753320354</v>
+        <v>4753190742</v>
       </c>
       <c r="E1063" t="s">
         <v>1548</v>
       </c>
     </row>
     <row r="1064" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1064" t="s">
         <v>9</v>
       </c>
       <c r="C1064" t="s">
         <v>1549</v>
       </c>
       <c r="D1064">
-        <v>4753190742</v>
+        <v>2033067942</v>
       </c>
       <c r="E1064" t="s">
         <v>1550</v>
       </c>
     </row>
     <row r="1065" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1065" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C1065" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1068" t="s">
         <v>1551</v>
       </c>
-      <c r="D1065">
-[...2 lines deleted...]
-      <c r="E1065" t="s">
+      <c r="C1068" t="s">
         <v>1552</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>14</v>
+      <c r="D1068">
+        <v>2033761067</v>
+      </c>
+      <c r="E1068" t="s">
+        <v>1553</v>
       </c>
     </row>
     <row r="1069" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1069" t="s">
-        <v>1553</v>
+        <v>9</v>
       </c>
       <c r="C1069" t="s">
         <v>1554</v>
       </c>
       <c r="D1069">
-        <v>2033761067</v>
+        <v>2039808212</v>
       </c>
       <c r="E1069" t="s">
         <v>1555</v>
       </c>
     </row>
     <row r="1070" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1070" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C1070" t="s">
         <v>1556</v>
       </c>
-      <c r="D1070">
-[...2 lines deleted...]
-      <c r="E1070" t="s">
+    </row>
+    <row r="1073" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1073" t="s">
         <v>1557</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A1071" t="s">
+      <c r="C1073" t="s">
         <v>1558</v>
+      </c>
+      <c r="D1073" t="s">
+        <v>1559</v>
+      </c>
+      <c r="E1073" t="s">
+        <v>1560</v>
       </c>
     </row>
     <row r="1074" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1074" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1074" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D1074" t="s">
         <v>1559</v>
-      </c>
-[...4 lines deleted...]
-        <v>1561</v>
       </c>
       <c r="E1074" t="s">
         <v>1562</v>
       </c>
     </row>
     <row r="1075" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1075" t="s">
         <v>9</v>
       </c>
       <c r="C1075" t="s">
         <v>1563</v>
       </c>
       <c r="D1075" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="E1075" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="1076" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1076" t="s">
-        <v>9</v>
-[...4 lines deleted...]
-      <c r="D1076" t="s">
         <v>1566</v>
       </c>
-      <c r="E1076" t="s">
+    </row>
+    <row r="1079" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1079" t="s">
         <v>1567</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A1077" t="s">
+      <c r="C1079" t="s">
         <v>1568</v>
+      </c>
+      <c r="D1079">
+        <v>8609378836</v>
+      </c>
+      <c r="E1079" t="s">
+        <v>1569</v>
       </c>
     </row>
     <row r="1080" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1080" t="s">
-        <v>1569</v>
+        <v>9</v>
       </c>
       <c r="C1080" t="s">
         <v>1570</v>
       </c>
       <c r="D1080">
-        <v>8609378836</v>
+        <v>4754225900</v>
       </c>
       <c r="E1080" t="s">
         <v>1571</v>
       </c>
     </row>
     <row r="1081" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1081" t="s">
         <v>9</v>
       </c>
       <c r="C1081" t="s">
         <v>1572</v>
       </c>
       <c r="D1081">
-        <v>4754225900</v>
+        <v>9178383684</v>
       </c>
       <c r="E1081" t="s">
         <v>1573</v>
       </c>
     </row>
     <row r="1082" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1082" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C1082" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1085" t="s">
         <v>1574</v>
       </c>
-      <c r="D1082">
-[...8 lines deleted...]
-        <v>14</v>
+      <c r="C1085" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D1085">
+        <v>2033761067</v>
+      </c>
+      <c r="E1085" t="s">
+        <v>1553</v>
       </c>
     </row>
     <row r="1086" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1086" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1086" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D1086">
+        <v>7046988797</v>
+      </c>
+      <c r="E1086" t="s">
         <v>1576</v>
-      </c>
-[...7 lines deleted...]
-        <v>1555</v>
       </c>
     </row>
     <row r="1087" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1087" t="s">
         <v>9</v>
       </c>
       <c r="C1087" t="s">
-        <v>1577</v>
+        <v>1554</v>
       </c>
       <c r="D1087">
-        <v>7046988797</v>
+        <v>2039808212</v>
       </c>
       <c r="E1087" t="s">
-        <v>1578</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="1088" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1088" t="s">
-        <v>9</v>
-[...13 lines deleted...]
-        <v>14</v>
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1091" t="s">
+        <v>1577</v>
+      </c>
+      <c r="C1091" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D1091">
+        <v>2039783799</v>
+      </c>
+      <c r="E1091" t="s">
+        <v>1579</v>
       </c>
     </row>
     <row r="1092" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1092" t="s">
-        <v>1579</v>
+        <v>9</v>
       </c>
       <c r="C1092" t="s">
         <v>1580</v>
       </c>
       <c r="D1092">
-        <v>2039783799</v>
+        <v>3473301452</v>
       </c>
       <c r="E1092" t="s">
         <v>1581</v>
       </c>
     </row>
     <row r="1093" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1093" t="s">
         <v>9</v>
       </c>
       <c r="C1093" t="s">
         <v>1582</v>
       </c>
-      <c r="D1093">
-        <v>3473301452</v>
+      <c r="D1093" t="s">
+        <v>1583</v>
       </c>
       <c r="E1093" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="1094" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1094" t="s">
-        <v>9</v>
-[...4 lines deleted...]
-      <c r="D1094" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1097" t="s">
         <v>1585</v>
       </c>
-      <c r="E1094" t="s">
+      <c r="C1097" t="s">
         <v>1586</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>14</v>
+      <c r="D1097" t="s">
+        <v>1587</v>
+      </c>
+      <c r="E1097" t="s">
+        <v>1588</v>
       </c>
     </row>
     <row r="1098" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1098" t="s">
-        <v>1587</v>
+        <v>9</v>
       </c>
       <c r="C1098" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="D1098" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="E1098" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="1099" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1099" t="s">
         <v>9</v>
       </c>
       <c r="C1099" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="D1099" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="E1099" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
     </row>
     <row r="1100" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1100" t="s">
-        <v>9</v>
-[...4 lines deleted...]
-      <c r="D1100" t="s">
         <v>1595</v>
       </c>
-      <c r="E1100" t="s">
+    </row>
+    <row r="1103" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1103" t="s">
         <v>1596</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A1101" t="s">
+      <c r="C1103" t="s">
         <v>1597</v>
+      </c>
+      <c r="D1103">
+        <v>8602627175</v>
+      </c>
+      <c r="E1103" t="s">
+        <v>1598</v>
       </c>
     </row>
     <row r="1104" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1104" t="s">
-        <v>1598</v>
+        <v>9</v>
       </c>
       <c r="C1104" t="s">
         <v>1599</v>
       </c>
       <c r="D1104">
-        <v>8602627175</v>
+        <v>8602626990</v>
       </c>
       <c r="E1104" t="s">
         <v>1600</v>
       </c>
     </row>
     <row r="1105" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1105" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="C1105" t="s">
         <v>1601</v>
       </c>
-      <c r="D1105">
-[...2 lines deleted...]
-      <c r="E1105" t="s">
+    </row>
+    <row r="1108" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1108" t="s">
         <v>1602</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A1106" t="s">
+      <c r="C1108" t="s">
         <v>1603</v>
+      </c>
+      <c r="D1108" t="s">
+        <v>1604</v>
+      </c>
+      <c r="E1108" t="s">
+        <v>1605</v>
       </c>
     </row>
     <row r="1109" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1109" t="s">
-        <v>1604</v>
+        <v>9</v>
       </c>
       <c r="C1109" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="D1109" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="E1109" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="1110" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1110" t="s">
         <v>9</v>
       </c>
       <c r="C1110" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="D1110" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="E1110" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="1111" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1111" t="s">
-        <v>9</v>
-[...4 lines deleted...]
-      <c r="D1111" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1114" t="s">
         <v>1612</v>
       </c>
-      <c r="E1111" t="s">
+      <c r="C1114" t="s">
         <v>1613</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>14</v>
+      <c r="D1114" t="s">
+        <v>1614</v>
+      </c>
+      <c r="E1114" t="s">
+        <v>1615</v>
       </c>
     </row>
     <row r="1115" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1115" t="s">
-        <v>1614</v>
+        <v>9</v>
       </c>
       <c r="C1115" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="D1115" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="E1115" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="1116" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1116" t="s">
-        <v>9</v>
-[...4 lines deleted...]
-      <c r="D1116" t="s">
         <v>1619</v>
       </c>
-      <c r="E1116" t="s">
+    </row>
+    <row r="1119" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1119" t="s">
         <v>1620</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A1117" t="s">
+      <c r="C1119" t="s">
         <v>1621</v>
+      </c>
+      <c r="D1119" t="s">
+        <v>1622</v>
+      </c>
+      <c r="E1119" t="s">
+        <v>1623</v>
       </c>
     </row>
     <row r="1120" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1120" t="s">
-        <v>1622</v>
+        <v>9</v>
       </c>
       <c r="C1120" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="D1120" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="E1120" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="1121" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1121" t="s">
-        <v>9</v>
-[...4 lines deleted...]
-      <c r="D1121" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1124" t="s">
         <v>1627</v>
       </c>
-      <c r="E1121" t="s">
+      <c r="C1124" t="s">
         <v>1628</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C1122" t="s">
+      <c r="D1124" t="s">
         <v>1629</v>
       </c>
-      <c r="D1122" t="s">
+      <c r="E1124" t="s">
         <v>1630</v>
       </c>
-      <c r="E1122" t="s">
+    </row>
+    <row r="1125" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1125" t="s">
         <v>1631</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>14</v>
+      <c r="D1125" t="s">
+        <v>1632</v>
+      </c>
+      <c r="E1125" t="s">
+        <v>1633</v>
       </c>
     </row>
     <row r="1126" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1126" t="s">
-        <v>1632</v>
+        <v>9</v>
       </c>
       <c r="C1126" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="D1126" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="E1126" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="1127" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1127" t="s">
-        <v>9</v>
-[...4 lines deleted...]
-      <c r="D1127" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1130" t="s">
         <v>1637</v>
       </c>
-      <c r="E1127" t="s">
+      <c r="C1130" t="s">
         <v>1638</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C1128" t="s">
+      <c r="D1130" t="s">
         <v>1639</v>
       </c>
-      <c r="D1128" t="s">
+      <c r="E1130" t="s">
         <v>1640</v>
       </c>
-      <c r="E1128" t="s">
+    </row>
+    <row r="1131" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1131" t="s">
         <v>1641</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>14</v>
+      <c r="D1131" t="s">
+        <v>1639</v>
+      </c>
+      <c r="E1131" t="s">
+        <v>1642</v>
       </c>
     </row>
     <row r="1132" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1132" t="s">
-        <v>1642</v>
-[...1 lines deleted...]
-      <c r="C1132" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1135" t="s">
         <v>1643</v>
       </c>
-      <c r="D1132" t="s">
+      <c r="C1135" t="s">
         <v>1644</v>
       </c>
-      <c r="E1132" t="s">
+      <c r="D1135" t="s">
         <v>1645</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="C1133" t="s">
+      <c r="E1135" t="s">
         <v>1646</v>
       </c>
-      <c r="D1133" t="s">
-[...2 lines deleted...]
-      <c r="E1133" t="s">
+    </row>
+    <row r="1136" spans="1:5" x14ac:dyDescent="0.45">
+      <c r="A1136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1136" t="s">
         <v>1647</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>14</v>
+      <c r="D1136" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E1136" t="s">
+        <v>1649</v>
       </c>
     </row>
     <row r="1137" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1137" t="s">
-        <v>1648</v>
+        <v>9</v>
       </c>
       <c r="C1137" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="D1137" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="E1137" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="1138" spans="1:5" x14ac:dyDescent="0.45">
       <c r="A1138" t="s">
-        <v>9</v>
-[...26 lines deleted...]
-      <c r="A1140" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>