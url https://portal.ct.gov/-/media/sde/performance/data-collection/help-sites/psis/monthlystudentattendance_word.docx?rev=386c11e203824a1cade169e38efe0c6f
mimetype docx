--- v0 (2025-12-10)
+++ v1 (2026-02-11)
@@ -9,147 +9,138 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008251ED" w:rsidRPr="00C9198E" w:rsidRDefault="005D7C8F" w:rsidP="008C1C9B">
+    <w:p w:rsidR="008251ED" w:rsidRPr="00C9198E" w:rsidRDefault="001A527B" w:rsidP="008C1C9B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="600"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="10212"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc338924489"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>2021-22</w:t>
+        <w:t>2020-21</w:t>
       </w:r>
       <w:r w:rsidR="00337421" w:rsidRPr="00337421">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001A527B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Monthly </w:t>
       </w:r>
       <w:r w:rsidR="00337421" w:rsidRPr="00337421">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Student </w:t>
       </w:r>
-      <w:r w:rsidR="001A527B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Membership and Attendance</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
       <w:r w:rsidR="008251ED" w:rsidRPr="00C9198E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>.0)</w:t>
+        <w:t xml:space="preserve"> (Version 1.0)</w:t>
       </w:r>
       <w:r w:rsidR="008C1C9B" w:rsidRPr="00C9198E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="008251ED" w:rsidRPr="00C11E16" w:rsidRDefault="008251ED" w:rsidP="008251ED">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008251ED" w:rsidRPr="00C11E16" w:rsidRDefault="008251ED" w:rsidP="008251ED">
       <w:pPr>
         <w:spacing w:before="120"/>
@@ -2033,82 +2024,66 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AB38B3" w:rsidRPr="00AB38B3" w:rsidRDefault="005D7C8F">
+          <w:p w:rsidR="00AB38B3" w:rsidRPr="00AB38B3" w:rsidRDefault="00AB38B3">
             <w:pPr>
               <w:pStyle w:val="xxmsonormal"/>
               <w:ind w:left="3"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2021</w:t>
+              <w:t>2020 or 2021</w:t>
             </w:r>
-            <w:r w:rsidR="00AB38B3">
-[...14 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB38B3" w:rsidTr="00AB38B3">
         <w:trPr>
           <w:trHeight w:val="75"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="115" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00AB38B3" w:rsidRPr="00AB38B3" w:rsidRDefault="00AB38B3">
@@ -3849,58 +3824,58 @@
     <w:p w:rsidR="00004051" w:rsidRPr="00C11E16" w:rsidRDefault="00004051" w:rsidP="008251ED">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00004051" w:rsidRPr="00C11E16" w:rsidSect="003C254E">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="720" w:footer="288" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A84AF3" w:rsidRDefault="00A84AF3">
+    <w:p w:rsidR="00445FB8" w:rsidRDefault="00445FB8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A84AF3" w:rsidRDefault="00A84AF3">
+    <w:p w:rsidR="00445FB8" w:rsidRDefault="00445FB8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3938,84 +3913,84 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
+    <w:altName w:val="Yu Gothic UI"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Khmer UI">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="0000204A" w:usb2="00010000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A84AF3" w:rsidRDefault="00A84AF3">
+    <w:p w:rsidR="00445FB8" w:rsidRDefault="00445FB8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A84AF3" w:rsidRDefault="00A84AF3">
+    <w:p w:rsidR="00445FB8" w:rsidRDefault="00445FB8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="009E636F" w:rsidRPr="001D651A" w:rsidRDefault="009E636F" w:rsidP="00293269">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:color w:val="auto"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003403A4">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Khmer UI"/>
@@ -10442,60 +10417,62 @@
   </w:num>
   <w:num w:numId="48">
     <w:abstractNumId w:val="51"/>
   </w:num>
   <w:num w:numId="49">
     <w:abstractNumId w:val="44"/>
   </w:num>
   <w:num w:numId="50">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="51">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="52">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="53">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="45"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:view w:val="normal"/>
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="_AMO_ReportControlsVisible" w:val="Empty"/>
     <w:docVar w:name="_AMO_XmlVersion" w:val="Empty"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00C87D36"/>
     <w:rsid w:val="000012FD"/>
     <w:rsid w:val="00001383"/>
     <w:rsid w:val="00001689"/>
@@ -11252,51 +11229,50 @@
     <w:rsid w:val="005B1C17"/>
     <w:rsid w:val="005B3126"/>
     <w:rsid w:val="005B4575"/>
     <w:rsid w:val="005B4B04"/>
     <w:rsid w:val="005B4E49"/>
     <w:rsid w:val="005B6B1E"/>
     <w:rsid w:val="005C448F"/>
     <w:rsid w:val="005C466B"/>
     <w:rsid w:val="005C668C"/>
     <w:rsid w:val="005C7118"/>
     <w:rsid w:val="005C72A5"/>
     <w:rsid w:val="005C7353"/>
     <w:rsid w:val="005C7BC4"/>
     <w:rsid w:val="005C7EED"/>
     <w:rsid w:val="005D0F95"/>
     <w:rsid w:val="005D14FF"/>
     <w:rsid w:val="005D23BB"/>
     <w:rsid w:val="005D2C11"/>
     <w:rsid w:val="005D387F"/>
     <w:rsid w:val="005D405D"/>
     <w:rsid w:val="005D4424"/>
     <w:rsid w:val="005D491D"/>
     <w:rsid w:val="005D5FBD"/>
     <w:rsid w:val="005D610A"/>
     <w:rsid w:val="005D663A"/>
-    <w:rsid w:val="005D7C8F"/>
     <w:rsid w:val="005E2284"/>
     <w:rsid w:val="005E3A4E"/>
     <w:rsid w:val="005E64F7"/>
     <w:rsid w:val="005E68B9"/>
     <w:rsid w:val="005E6D11"/>
     <w:rsid w:val="005F268F"/>
     <w:rsid w:val="005F2F80"/>
     <w:rsid w:val="005F3895"/>
     <w:rsid w:val="005F4411"/>
     <w:rsid w:val="005F4A95"/>
     <w:rsid w:val="005F4ACA"/>
     <w:rsid w:val="005F613D"/>
     <w:rsid w:val="005F72BD"/>
     <w:rsid w:val="005F7DCF"/>
     <w:rsid w:val="005F7E7C"/>
     <w:rsid w:val="006015A9"/>
     <w:rsid w:val="00604C27"/>
     <w:rsid w:val="0060505F"/>
     <w:rsid w:val="00606EC5"/>
     <w:rsid w:val="00611E32"/>
     <w:rsid w:val="00611F0B"/>
     <w:rsid w:val="0061387D"/>
     <w:rsid w:val="00613E07"/>
     <w:rsid w:val="00614560"/>
     <w:rsid w:val="006156F9"/>
@@ -11872,51 +11848,50 @@
     <w:rsid w:val="00A56A82"/>
     <w:rsid w:val="00A571C9"/>
     <w:rsid w:val="00A57C07"/>
     <w:rsid w:val="00A61745"/>
     <w:rsid w:val="00A64087"/>
     <w:rsid w:val="00A64E48"/>
     <w:rsid w:val="00A653F6"/>
     <w:rsid w:val="00A657CD"/>
     <w:rsid w:val="00A66554"/>
     <w:rsid w:val="00A67FCA"/>
     <w:rsid w:val="00A71EE7"/>
     <w:rsid w:val="00A7220F"/>
     <w:rsid w:val="00A72FD5"/>
     <w:rsid w:val="00A73839"/>
     <w:rsid w:val="00A73844"/>
     <w:rsid w:val="00A74AD9"/>
     <w:rsid w:val="00A7599F"/>
     <w:rsid w:val="00A75CB9"/>
     <w:rsid w:val="00A7610D"/>
     <w:rsid w:val="00A77822"/>
     <w:rsid w:val="00A77DC7"/>
     <w:rsid w:val="00A82EED"/>
     <w:rsid w:val="00A83946"/>
     <w:rsid w:val="00A83968"/>
     <w:rsid w:val="00A83D57"/>
-    <w:rsid w:val="00A84AF3"/>
     <w:rsid w:val="00A84B80"/>
     <w:rsid w:val="00A85852"/>
     <w:rsid w:val="00A860B6"/>
     <w:rsid w:val="00A8684B"/>
     <w:rsid w:val="00A86CF4"/>
     <w:rsid w:val="00A86F69"/>
     <w:rsid w:val="00A905DD"/>
     <w:rsid w:val="00A927C7"/>
     <w:rsid w:val="00A932F2"/>
     <w:rsid w:val="00A93470"/>
     <w:rsid w:val="00A9466C"/>
     <w:rsid w:val="00A94987"/>
     <w:rsid w:val="00A95512"/>
     <w:rsid w:val="00A957CC"/>
     <w:rsid w:val="00A95A94"/>
     <w:rsid w:val="00A97033"/>
     <w:rsid w:val="00AA0EE4"/>
     <w:rsid w:val="00AA29B8"/>
     <w:rsid w:val="00AA4B81"/>
     <w:rsid w:val="00AA4D46"/>
     <w:rsid w:val="00AA54EF"/>
     <w:rsid w:val="00AA5EBA"/>
     <w:rsid w:val="00AA7A33"/>
     <w:rsid w:val="00AA7E8E"/>
     <w:rsid w:val="00AB0027"/>
@@ -12508,58 +12483,57 @@
     <w:rsid w:val="00FE6673"/>
     <w:rsid w:val="00FE6D30"/>
     <w:rsid w:val="00FE7A88"/>
     <w:rsid w:val="00FF0D7F"/>
     <w:rsid w:val="00FF2A98"/>
     <w:rsid w:val="00FF626B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="4141640F"/>
   <w15:docId w15:val="{E344A268-9009-4C91-93E3-4E5B08A06405}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:qFormat="1"/>
@@ -16546,179 +16520,184 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...17 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007D02F4CEE6846E42A612954FB6E7B998" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cdcda8099d073eea4204f9fc7cd709b4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4aeb20c0e3442673af7ee10786458764">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/office/internal/2005/internalDocumentation" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type" ma:readOnly="true"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="lastPrinted" minOccurs="0" maxOccurs="1" type="xsd:dateTime"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE12C6A2-92FC-4ACC-9FB5-E405B30F094D}">
-[...23 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50D9E4C2-CBCF-45A4-9435-4B827527CEA2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/internal/2005/internalDocumentation"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E23BCF22-2288-4E39-BE5F-F3E449148C80}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9F9C95F-14AE-4AB6-AFDE-A18EF32152DC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE12C6A2-92FC-4ACC-9FB5-E405B30F094D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F2BEC7B-D533-4646-ACBC-12634B721310}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7CBC258-C2D7-4468-B457-EF8CFC6301E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>238</Words>
-  <Characters>1362</Characters>
+  <Words>288</Words>
+  <Characters>1312</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Record Layout</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CT State Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1597</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="534" baseType="variant">
       <vt:variant>
         <vt:i4>6488119</vt:i4>