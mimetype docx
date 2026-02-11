--- v0 (2025-12-07)
+++ v1 (2026-02-11)
@@ -1,5527 +1,4143 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="75A1E1F8" w14:textId="1939D1D8" w:rsidR="0071456F" w:rsidRPr="00333E76" w:rsidRDefault="0071456F" w:rsidP="0071456F">
+    <w:p w14:paraId="5BD9C606" w14:textId="5B35B0E5" w:rsidR="000D7DD4" w:rsidRPr="005738D4" w:rsidRDefault="000D7DD4" w:rsidP="004E126E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005738D4">
+        <w:t xml:space="preserve">Standardized Recipe Form </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1786E">
+        <w:t xml:space="preserve">for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64994" w:rsidRPr="00A64994">
+        <w:t>Summer Food Service Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="146DB180" w14:textId="7B4CF359" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="00A64994">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="14490"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="115"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00333E76">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk219197202"/>
+      <w:r w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Recipe name:</w:t>
       </w:r>
-      <w:r w:rsidR="004A6422" w:rsidRPr="00333E76">
+      <w:r w:rsidR="00A64994" w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...92 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64994" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="655D2209" w14:textId="4C86D1F4" w:rsidR="0071456F" w:rsidRPr="00333E76" w:rsidRDefault="0071456F" w:rsidP="004A6422">
+    <w:p w14:paraId="4F3F4800" w14:textId="106F9CC0" w:rsidR="00C07B56" w:rsidRPr="00A64994" w:rsidRDefault="00C07B56" w:rsidP="009E07C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="9900"/>
           <w:tab w:val="right" w:pos="14490"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
+        <w:spacing w:after="240"/>
         <w:ind w:left="115"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00333E76">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Category</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="004A6422" w:rsidRPr="00333E76">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-      <w:r w:rsidR="004A6422" w:rsidRPr="00333E76">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Recipe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="004A6422" w:rsidRPr="00333E76">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> number</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      <w:r w:rsidR="004A6422" w:rsidRPr="00333E76">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="004A6422" w:rsidRPr="00333E76">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Number</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:noProof/>
-[...52 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of servings: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A64994" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...204 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14616" w:type="dxa"/>
-[...9 lines deleted...]
-        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4338"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="6858"/>
+        <w:gridCol w:w="4495"/>
+        <w:gridCol w:w="1800"/>
+        <w:gridCol w:w="1890"/>
+        <w:gridCol w:w="6349"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0071456F" w:rsidRPr="00333E76" w14:paraId="7E0F4AD0" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="007E09DA" w:rsidRPr="0028438D" w14:paraId="6C165CF2" w14:textId="77777777" w:rsidTr="00C07B56">
         <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4495" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ECF3FA"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="73F213D8" w14:textId="2016FC6A" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028438D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ingredients</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ECF3FA"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F03809" w14:textId="2CDE4042" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028438D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Weight</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ECF3FA"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A280C5" w14:textId="6553DDF8" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028438D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Measure</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ECF3FA"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F32D4B1" w14:textId="5D77638F" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028438D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Directions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E09DA" w:rsidRPr="0028438D" w14:paraId="7458A3CB" w14:textId="77777777" w:rsidTr="005B4D3F">
+        <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...86 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F8972B" w14:textId="77777777" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BCC0BC9" w14:textId="77777777" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DECFC94" w14:textId="77777777" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A29C72" w14:textId="77777777" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3380C" w:rsidRPr="00333E76" w14:paraId="1AA37CA6" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="005B4D3F" w:rsidRPr="0028438D" w14:paraId="6722B11D" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D41C7F" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B5601FD" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D97162F" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="583AE9A8" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3380C" w:rsidRPr="00333E76" w14:paraId="2A67D405" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="005B4D3F" w:rsidRPr="0028438D" w14:paraId="65A86935" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B3521FC" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10656BB5" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE1CA36" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A1729B8" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3380C" w:rsidRPr="00333E76" w14:paraId="7F1D908B" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="005B4D3F" w:rsidRPr="0028438D" w14:paraId="15D52268" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E2D0002" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6625D0" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CC59BA5" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F0BED1" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3380C" w:rsidRPr="00333E76" w14:paraId="5F9328DC" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="005B4D3F" w:rsidRPr="0028438D" w14:paraId="502D4F6C" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="419B63A3" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="014A44BA" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="193B4540" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11DC6C24" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3380C" w:rsidRPr="00333E76" w14:paraId="66446F16" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="005B4D3F" w:rsidRPr="0028438D" w14:paraId="2E833143" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46EC7546" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="785BD3EB" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DDE83C" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D234E64" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3380C" w:rsidRPr="00333E76" w14:paraId="3D63EAA8" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="005B4D3F" w:rsidRPr="0028438D" w14:paraId="60F47E27" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE59C57" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35ABA327" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="149ED814" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD420A1" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3380C" w:rsidRPr="00333E76" w14:paraId="5EA3CF5C" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="000911B4" w:rsidRPr="0028438D" w14:paraId="20270547" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D051067" w14:textId="77777777" w:rsidR="000911B4" w:rsidRPr="0028438D" w:rsidRDefault="000911B4" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76534337" w14:textId="77777777" w:rsidR="000911B4" w:rsidRPr="0028438D" w:rsidRDefault="000911B4" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7346824C" w14:textId="77777777" w:rsidR="000911B4" w:rsidRPr="0028438D" w:rsidRDefault="000911B4" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73019E69" w14:textId="77777777" w:rsidR="000911B4" w:rsidRPr="0028438D" w:rsidRDefault="000911B4" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3380C" w:rsidRPr="00333E76" w14:paraId="35677D6D" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="005B4D3F" w:rsidRPr="0028438D" w14:paraId="2AF73CF0" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="240A3FF3" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38442060" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="289AC736" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D92F45" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3380C" w:rsidRPr="00333E76" w14:paraId="615EFD85" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="43C31EF5" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="393FF672" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DE44C9" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B01B6E7" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD27444" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C3380C" w:rsidRPr="00333E76" w14:paraId="3BD1B01A" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="60B173A9" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="099FC327" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="510E63B1" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="301363CE" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E89BE4" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D61FD" w:rsidRPr="00333E76" w14:paraId="1FAF922F" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="1A5291C5" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3405461A" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="495F2BB6" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="631CBDE8" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60AE507C" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D61FD" w:rsidRPr="00333E76" w14:paraId="40B8F9E7" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="777C69AC" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65246778" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A2539D" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E6E92E4" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6305FB09" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6422" w:rsidRPr="00333E76" w14:paraId="145CA24F" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="542AF597" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20827893" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48585427" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA13135" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E9C4AC" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004A6422" w:rsidRPr="00333E76" w14:paraId="2F681E5F" w14:textId="77777777" w:rsidTr="008D1F92">
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="56D15FD4" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
+          <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4338" w:type="dxa"/>
-[...46 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F19E2DD" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F20EC49" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D15889B" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E268536" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="12763FF7" w14:textId="77777777" w:rsidTr="005B4D3F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA1B204" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F371520" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F324603" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B4D5AD" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="7FC835A5" w14:textId="77777777" w:rsidTr="005B4D3F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B917800" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66B55D75" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56CF39F4" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EF276C" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="33F37CDC" w14:textId="77777777" w:rsidTr="005B4D3F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8BEBD5" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21E328B7" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="229DC242" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19322649" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2DFC675C" w14:textId="77777777" w:rsidR="008D1F92" w:rsidRPr="00333E76" w:rsidRDefault="008D1F92" w:rsidP="00507D82">
-[...9 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId9"/>
+    <w:p w14:paraId="0DA85341" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRDefault="005F51AC" w:rsidP="0028438D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72CE528B" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="005F51AC" w:rsidRDefault="005F51AC" w:rsidP="005F51AC"/>
+    <w:p w14:paraId="2BBE95D9" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRDefault="005F51AC" w:rsidP="0028438D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:sectPr w:rsidR="005F51AC" w:rsidSect="00817831">
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:footerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="first" r:id="rId10"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
-          <w:pgMar w:top="1152" w:right="648" w:bottom="576" w:left="648" w:header="576" w:footer="576" w:gutter="0"/>
-[...1478 lines deleted...]
-          <w:pgMar w:top="1152" w:right="648" w:bottom="576" w:left="648" w:header="576" w:footer="576" w:gutter="0"/>
+          <w:pgMar w:top="720" w:right="648" w:bottom="576" w:left="648" w:header="576" w:footer="576" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1ACED01E" w14:textId="77777777" w:rsidR="00857506" w:rsidRPr="00333E76" w:rsidRDefault="00B865D7" w:rsidP="00B865D7">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p w14:paraId="30F59DF4" w14:textId="5543307F" w:rsidR="00F56833" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="00060A90">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk219197214"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:t>Serving size and yield</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C27546" w14:textId="56B6F9C8" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Serving size:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42164011" w14:textId="2FB26862" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Yield:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E210B7D" w14:textId="728884D5" w:rsidR="005B4D3F" w:rsidRPr="005F51AC" w:rsidRDefault="005B4D3F" w:rsidP="005F51AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005F51AC">
+        <w:t>Cooking time and temperature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73914159" w14:textId="3BB66FFF" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="00C07B56">
+      <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:jc w:val="left"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> defines a standardized recipe as one that has been tried, adapted, and retried at least three times and has been found to produce the same good results and yield every time when the exact procedures are used with the same type of equipment and the same quantity and quality of ingredients. Standardized quantity recipes produce 25 or more servings. </w:t>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Conventional oven</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6A680F" w14:textId="6A5B4DBB" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Temperature:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56C257F6" w14:textId="4BC1E420" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Time:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E88582" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="00060A90">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Convection oven</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBBD9EE" w14:textId="6859720B" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Temperature:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE3F9D5" w14:textId="4A7908B5" w:rsidR="00C07B56" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Time:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66FD7E03" w14:textId="09C8AC59" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="0028438D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:t>Meal pattern contribution (based on serving size)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F870FA" w14:textId="204FD322" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Meats/meat alternates (ounce equivalents):</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="631320CD" w14:textId="31638EDA" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Grains (ounce equivalents)</w:t>
+      </w:r>
+      <w:r w:rsidR="00604C71" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FDE4D95" w14:textId="536C1052" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fruits (cups):</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB970A9" w14:textId="73BAEC6F" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vegetables (cups):</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00060A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk219197220"/>
+      <w:r w:rsidRPr="00060A90">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+        </w:rPr>
+        <w:t>Nutrients per serving</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3168BFC9" w14:textId="3172C3D0" w:rsidR="00B865D7" w:rsidRPr="00333E76" w:rsidRDefault="00B865D7" w:rsidP="00857506">
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> (page 1) using the guidance below.</w:t>
+    <w:p w14:paraId="73A590D1" w14:textId="4932FDEE" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Calories:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9A02C9" w14:textId="650D4593" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Total fat (g</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7BE0" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rams [g]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CEFC657" w14:textId="44447205" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cholesterol (milligrams </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7BE0" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mg</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7BE0" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70096469" w14:textId="10D70C80" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sodium (mg):</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71ADC54E" w14:textId="25074672" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Iron (mg):</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7632A12E" w14:textId="661D0A11" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Protein (g):</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2417DD2D" w14:textId="232642E1" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Saturated fat (g):</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76AB6171" w14:textId="0DE085D0" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Total sugars (g):</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FCCA5DE" w14:textId="676D45D6" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vitamin D (micrograms </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7BE0" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mcg</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7BE0" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00060A90" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">retinol activity equivalent </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7BE0" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>RAE</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7BE0" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32772BF6" w14:textId="08F45200" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Potassium (mg)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64994" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E460E3A" w14:textId="1FFA7BD4" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Carbohydrate (g):</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45053BD0" w14:textId="03181A87" w:rsidR="005B4D3F" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dietary fiber (g):</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF3E6CA" w14:textId="4EBE532E" w:rsidR="0028438D" w:rsidRPr="00A64994" w:rsidRDefault="005B4D3F" w:rsidP="008630E5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Calcium (mg):</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="1A925677" w14:textId="5A73B3DA" w:rsidR="00B865D7" w:rsidRPr="00333E76" w:rsidRDefault="00B865D7" w:rsidP="00B865D7">
-[...952 lines deleted...]
-        <w:sectPr w:rsidR="00E83632" w:rsidSect="00E83632">
+    <w:p w14:paraId="498782AB" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRDefault="005F51AC" w:rsidP="0028438D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005F51AC" w:rsidSect="005F51AC">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
           <w:pgMar w:top="1152" w:right="648" w:bottom="576" w:left="648" w:header="576" w:footer="576" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34B12029" w14:textId="0DF464D9" w:rsidR="00B865D7" w:rsidRPr="00B865D7" w:rsidRDefault="00B865D7" w:rsidP="00257BD5">
+    <w:p w14:paraId="56D1E009" w14:textId="77777777" w:rsidR="0028438D" w:rsidRDefault="0028438D" w:rsidP="0028438D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14132DD9" w14:textId="65F4737F" w:rsidR="00AC505C" w:rsidRPr="0028438D" w:rsidRDefault="00AC505C" w:rsidP="0028438D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>The U.S. Department of Agriculture (USDA) defines a standardized recipe as one that has been tried, adapted, and retried at least three times and has been found to produce the same good results and yield every time when the exact procedures are used with the same type of equipment and the same quantity and quality of ingredients. Standardized quantity recipes produce 25 or more servings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170D3C80" w14:textId="77777777" w:rsidR="00AC505C" w:rsidRPr="0028438D" w:rsidRDefault="00AC505C" w:rsidP="0028438D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:t>Instructions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4398CEAF" w14:textId="77777777" w:rsidR="00F92C47" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="006D055F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Recipe information:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> List the recipe name, category (e.g., entrées, vegetables, fruits, grains), and number.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="583DF34D" w14:textId="3B08EF0B" w:rsidR="00F92C47" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="006D055F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ingredients:</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the ingredients in the order of preparation. For each ingredient, indicate the specific type and form of food, e.g., “rice, long grained, cooked,” “corn, canned,” “macaroni, uncooked,” “cheese, cheddar, grated,” and “ground beef, raw.” For guidance on ingredient descriptions, refer to the USDA’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:i/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Food Buying Guide for Child Nutrition Programs</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BABC81B" w14:textId="3B92F8AD" w:rsidR="00F92C47" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="006D055F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Weight and measure:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>List the weight and volume measure of each ingredient. Use standard abbreviations for units of measure, e.g., teaspoon (tsp), tablespoon (Tbsp), cup (c), quart (qt), gallon (gal), ounce (oz), pound (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>), and fluid ounces (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oz). List quantities in common units, e.g., 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 oz instead of 20 oz, 2 gal 3 cups instead of 35 cups, and ½ cup instead of 8 Tbsp. For more information, refer to the Institute of Child Nutrition’s </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk94765411"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ICN) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:i/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Basics at a Glance</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>poster</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and visit the “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Portion Control</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” section of the CSDE’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="StyleHyperlinkLatinBodyCSArialComplexBodyCSAri1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Menu Planning for Child Nutrition Programs </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>webpage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6828ACAA" w14:textId="7DBB69FA" w:rsidR="00F92C47" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="006D055F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Directions:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> List detailed step-by-step instructions for preparation, cooking, and serving, including equipment (e.g., number and size of pans), oven temperature and cooking time, and serving directions and utensils. Include food safety guidelines for proper thawing, internal cooking, holding, serving, and storage temperatures. Indicate Critical Control Points (CCPs) as appropriate for the recipe, e.g., “CCP: Cool to 41 °F or lower within 4 hours,” “CCP: Heat to 165° F or higher for at least 15 seconds,” and “CCP: Hold for hot service at 135° F or higher.” </w:t>
+      </w:r>
+      <w:r w:rsidR="006636BB" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For more information, visit the “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="HACCP" w:history="1">
+        <w:r w:rsidR="006636BB" w:rsidRPr="0028438D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Hazard Analysis Critical Control Point (HACCP)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006636BB" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>” section of the CSDE’s Food Safety for Child Nutrition Programs webpage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B74F56F" w14:textId="6E62F05F" w:rsidR="00F92C47" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="006D055F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Serving size and yield:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indicate the serving size, i.e., the amount of a single portion in volume or weight, such as ½ cup or </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">2 ounces. Indicate the recipe yield, i.e., the total weight or volume and number of servings available for service after production is complete, e.g., “50 servings: 23 pounds 4 ounces” and “50 servings: 1 quart 2 ¼ cups.” Determine the yield and servings by conducting a yield study to measure and count the actual servings made from the recipe (refer to the CSDE’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:i/>
+            <w:iCs/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Yield Study Data Form for the Child Nutrition Programs</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50F890F2" w14:textId="2EA9475A" w:rsidR="006D055F" w:rsidRDefault="00F92C47" w:rsidP="006D055F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cooking time and temperature: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Indicate the oven temperature and cooking time for conventional ovens and convection ovens, if applicable.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D055F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ADD63DC" w14:textId="50D0452B" w:rsidR="00F92C47" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="00E508B1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Meal pattern</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contribution </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(based on serving size): </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Indicate how</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one serving of the recipe credits toward the CACFP meal patterns. Use the USDA’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:i/>
+            <w:iCs/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Food Buying Guide for Child Nutrition Programs</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to determine crediting information for recipe ingredients.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For information on the crediting requirements, visit the CSDE’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00A64994">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Crediting Foods in the Summer Food Service Program</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> webpage</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and refer to the CSDE’s </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk189810561"/>
+      <w:r w:rsidR="00E508B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">resource, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00A64994">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>Crediting Summary Charts for the Summer Food Service Program Meal Patterns</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00E508B1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_Hlk189810613"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk170481741"/>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00E508B1">
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resources on meeting the meal pattern and crediting requirements, refer to the CSDE’s </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk219197002"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="000D7DD4">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00A64994">
+        <w:instrText>HYPERLINK "https://portal.ct.gov/-/media/sde/nutrition/sfsp/creditingsfsp/resources_sfsp_meal_patterns.pdf"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="000D7DD4">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00A64994">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Meal Pattern and Crediting Resources for the Summer Food Service Program</w:t>
+      </w:r>
+      <w:r w:rsidR="000D7DD4">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="000D7DD4" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:i/>
+          <w:color w:val="0000FF"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="03679CFF" w14:textId="43F6EC89" w:rsidR="009E3FF9" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="006D055F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nutrient information: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Indicate the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nutrients per serving. Additional nutrients can be included.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04946EAE" w14:textId="7041A224" w:rsidR="0028438D" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="00C07B56">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">resources on developing and using standardized recipes, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>visit the “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Standardized Recipes</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>” section of the CSDE’s Crediting Documentation for the Child Nutrition Programs webpage.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For examples of standardized recipes for Child Nutrition Programs, visit the ICN’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Child Nutrition Recipe Box</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website</w:t>
+      </w:r>
+      <w:r w:rsidR="005F51AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323E21B1" w14:textId="36356208" w:rsidR="005F51AC" w:rsidRDefault="00ED2B5D" w:rsidP="00A64994">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="12" w:color="006600"/>
+          <w:top w:val="single" w:sz="4" w:space="14" w:color="006600"/>
           <w:left w:val="single" w:sz="4" w:space="14" w:color="006600"/>
-          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="006600"/>
+          <w:bottom w:val="single" w:sz="4" w:space="14" w:color="006600"/>
           <w:right w:val="single" w:sz="4" w:space="14" w:color="006600"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4F7ED"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...19 lines deleted...]
-        <w:r w:rsidR="00257BD5">
+        <w:spacing w:before="600" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="1138"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="1B1B1B"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk164352340"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For more information, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_Hlk97361838"/>
+      <w:r w:rsidR="009D3469" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visit the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67B60" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="00E67B60" w:rsidRPr="0028438D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-            <w:u w:val="none"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:bCs/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="en"/>
           </w:rPr>
           <w:t>Standardized Recipes</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00B865D7">
-[...27 lines deleted...]
-      <w:r w:rsidRPr="00B865D7">
+      <w:r w:rsidR="00E67B60" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC505C" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">section </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="009D3469" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CSDE’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7EF0" w:rsidRPr="00BB5B78">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Crediting Documentation for the Child Nutrition Programs</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7EF0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D3469" w:rsidRPr="00A64994">
+        <w:t xml:space="preserve">webpage </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64994">
+        <w:t xml:space="preserve">or contact the </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidR="00A64994" w:rsidRPr="00A64994">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00A64994" w:rsidRPr="00A64994">
+        <w:instrText>HYPERLINK "https://portal.ct.gov/SDE/Nutrition/Summer-Food-Service-Program/Contact"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00A64994" w:rsidRPr="00A64994">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00A64994" w:rsidRPr="00A64994">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...66 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t>Summer Meals staff</w:t>
+      </w:r>
+      <w:r w:rsidR="00A64994" w:rsidRPr="00A64994">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00A64994" w:rsidRPr="00A64994">
+        <w:t xml:space="preserve"> at the Connecticut State Department of Education, Bureau of Child Nutrition Programs, 450 Columbus Boulevard, Suite 504, Hartford, CT 06103-1841.This document is available at https://portal.ct.gov/-/media/sde/nutrition/sfsp/creditingsfsp/standardized_recipe_form_sfsp.docx.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F51AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="1B1B1B"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="488C7A99" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="005F51AC" w:rsidRDefault="005F51AC" w:rsidP="00BA7B5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34F59E59" w14:textId="77777777" w:rsidR="00B865D7" w:rsidRPr="00B865D7" w:rsidRDefault="00B865D7" w:rsidP="00257BD5">
-[...10 lines deleted...]
-        <w:sectPr w:rsidR="00B865D7" w:rsidRPr="00B865D7" w:rsidSect="003B4A65">
+    <w:p w14:paraId="6F94DD3C" w14:textId="77777777" w:rsidR="00561CDC" w:rsidRPr="005F51AC" w:rsidRDefault="00561CDC" w:rsidP="00BA7B5B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="1B1B1B"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00561CDC" w:rsidRPr="005F51AC" w:rsidSect="00B769A9">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
           <w:pgMar w:top="1152" w:right="648" w:bottom="576" w:left="648" w:header="576" w:footer="576" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="284A2BC0" w14:textId="48C7650C" w:rsidR="00257BD5" w:rsidRPr="00257BD5" w:rsidRDefault="00257BD5" w:rsidP="00257BD5">
+    <w:p w14:paraId="37D60624" w14:textId="77777777" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="00C07B56">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In accordance with federal civil rights law and U.S. Department of Agriculture (USDA) civil rights regulations and policies, this institution is prohibited from discriminating </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00257BD5">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>on the basis of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00257BD5">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> race, color, national origin, sex (including gender identity and sexual orientation), disability, age, or reprisal or retaliation for prior civil rights activity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="407D25A3" w14:textId="77777777" w:rsidR="00257BD5" w:rsidRPr="00257BD5" w:rsidRDefault="00257BD5" w:rsidP="00257BD5">
-[...10 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w14:paraId="28B66221" w14:textId="77777777" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="005F51AC">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Program information may be made available in languages other than English. Persons with disabilities who require alternative means of communication to obtain program information (e.g., Braille, large print, audiotape, American Sign Language), should contact the responsible state or local agency that administers the program or USDA’s TARGET Center at (202) 720-2600 (voice and TTY) or contact USDA through the Federal Relay Service at (800) 877-8339.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C19C398" w14:textId="77777777" w:rsidR="00257BD5" w:rsidRPr="00257BD5" w:rsidRDefault="00257BD5" w:rsidP="00257BD5">
+    <w:p w14:paraId="77DF57AA" w14:textId="77777777" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="005F51AC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="210" w:after="120" w:line="288" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To file a program discrimination complaint, a Complainant should complete a Form AD-3027, USDA Program Discrimination Complaint Form which can be obtained online at: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Hlk187725035"/>
-[...4 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk187725035"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00257BD5">
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.usda.gov/sites/default/files/documents/ad-3027.pdf"</w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00257BD5">
-[...10 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00257BD5">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
       </w:r>
-      <w:r w:rsidRPr="00257BD5">
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00257BD5">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from any USDA office, by calling (866) 632-9992, or by writing a letter addressed to USDA. The letter must contain the complainant’s name, address, telephone number, and a written description of the alleged discriminatory action in sufficient detail to inform the Assistant Secretary for Civil Rights (ASCR) about the nature and date of an alleged civil rights violation. The completed AD-3027 form or letter must be submitted to USDA by:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23716ED8" w14:textId="3891960C" w:rsidR="00257BD5" w:rsidRPr="00257BD5" w:rsidRDefault="00257BD5" w:rsidP="00257BD5">
+    <w:p w14:paraId="4E330021" w14:textId="0AB01E8D" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="00C07B56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="20"/>
-[...64 lines deleted...]
-      <w:r w:rsidRPr="00257BD5">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mail: U.S. Department of Agriculture</w:t>
       </w:r>
-      <w:r w:rsidRPr="00257BD5">
+      <w:r w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Office of the Assistant Secretary for Civil Rights</w:t>
       </w:r>
-      <w:r w:rsidRPr="00257BD5">
+      <w:r w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>1400 Independence Avenue, SW</w:t>
       </w:r>
-      <w:r w:rsidRPr="00257BD5">
+      <w:r w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Washington, D.C. 20250-9410; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B61907" w14:textId="05A128D9" w:rsidR="00257BD5" w:rsidRPr="00257BD5" w:rsidRDefault="00257BD5" w:rsidP="00257BD5">
+    <w:p w14:paraId="1598D712" w14:textId="08959544" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="00C07B56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>fax: (833) 256-1665 or (202) 690-7442; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51EB0319" w14:textId="77777777" w:rsidR="00257BD5" w:rsidRPr="00257BD5" w:rsidRDefault="00257BD5" w:rsidP="00257BD5">
+    <w:p w14:paraId="237F824A" w14:textId="4BFABED3" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="00C07B56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="21"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>email:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00257BD5">
+      <w:r w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
-        <w:r w:rsidRPr="00257BD5">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="0028438D">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:color w:val="0000FF"/>
-            <w:sz w:val="20"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>program.intake@usda.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3FE2C2F4" w14:textId="77777777" w:rsidR="00257BD5" w:rsidRPr="00257BD5" w:rsidRDefault="00257BD5" w:rsidP="00257BD5">
+    <w:p w14:paraId="6DB625ED" w14:textId="77777777" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="005F51AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5834"/>
         </w:tabs>
-        <w:spacing w:before="210" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00257BD5">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This institution is an equal opportunity provider.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352A4EB1" w14:textId="4FED1B6E" w:rsidR="00B865D7" w:rsidRPr="00257BD5" w:rsidRDefault="00B865D7" w:rsidP="00257BD5">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="00AD73E5" w14:textId="1A5C092D" w:rsidR="00CC0241" w:rsidRPr="0028438D" w:rsidRDefault="00561CDC" w:rsidP="00C07B56">
+      <w:pPr>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="115"/>
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
-      <w:r w:rsidRPr="00257BD5">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Connecticut State Department of Education is committed to a policy of equal opportunity/affirmative action for all qualified </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00257BD5">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>persons</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00257BD5">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The Connecticut Department of Education does not discriminate in any employment practice, education program, or educational activity on the basis of race; color; religious creed; age; sex; pregnancy; sexual orientation; workplace hazards to reproductive systems, gender identity or expression; marital status; national origin; ancestry; retaliation for previously opposed discrimination or coercion, intellectual disability; genetic information; learning disability; physical disability (including, but not limited to, blindness); mental disability (past/present history thereof); military or veteran status; status as a victim of domestic violence; or criminal record in state employment, unless there is a bona fide occupational qualification excluding persons in any of the aforementioned protected classes. Inquiries regarding the Connecticut State Department of Education’s nondiscrimination policies should be directed to: Attorney Louis Todisco, Connecticut State Department of Education, by mail 450 Columbus Boulevard, Hartford, CT 06103-1841; or by telephone 860-713-6594; or by email </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
-        <w:r w:rsidRPr="00257BD5">
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="0028438D">
           <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:color w:val="0000FF"/>
-            <w:sz w:val="20"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>louis.todisco@ct.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00257BD5">
+      <w:r w:rsidRPr="0028438D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...34 lines deleted...]
-    <w:sectPr w:rsidR="003F5E6F" w:rsidRPr="00B865D7" w:rsidSect="0050221C">
+    <w:sectPr w:rsidR="00CC0241" w:rsidRPr="0028438D" w:rsidSect="001036FE">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="1152" w:right="648" w:bottom="576" w:left="648" w:header="576" w:footer="576" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:cols w:num="2" w:space="576" w:equalWidth="0">
+        <w:col w:w="8352" w:space="576"/>
+        <w:col w:w="5616"/>
+      </w:cols>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7684FA4F" w14:textId="77777777" w:rsidR="00AB5082" w:rsidRDefault="00AB5082" w:rsidP="008A346D">
+    <w:p w14:paraId="46EE7D4D" w14:textId="77777777" w:rsidR="00B769A9" w:rsidRDefault="00B769A9" w:rsidP="008A346D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="61E56F41" w14:textId="77777777" w:rsidR="00AB5082" w:rsidRDefault="00AB5082" w:rsidP="008A346D">
+    <w:p w14:paraId="191D8F69" w14:textId="77777777" w:rsidR="00B769A9" w:rsidRDefault="00B769A9" w:rsidP="008A346D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Narrow">
-    <w:panose1 w:val="020B0606020202030204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="283122FC" w14:textId="7DB145E8" w:rsidR="0050221C" w:rsidRPr="00333E76" w:rsidRDefault="00333E76" w:rsidP="00333E76">
+  <w:p w14:paraId="40681441" w14:textId="0AF33828" w:rsidR="00F15E1F" w:rsidRPr="007668C7" w:rsidRDefault="007668C7" w:rsidP="007668C7">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="14670"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Revised </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">April 2025 </w:t>
+      <w:t xml:space="preserve">Revised </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
+      <w:t>January 2026</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...26 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
-[...24 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...17 lines deleted...]
-    <w:r>
+    <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>22</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="24BED81C" w14:textId="4D6E925D" w:rsidR="0050221C" w:rsidRPr="00B865D7" w:rsidRDefault="00452140" w:rsidP="00452140">
+  <w:p w14:paraId="4E89AAA9" w14:textId="6D36BF79" w:rsidR="007D6C40" w:rsidRPr="007668C7" w:rsidRDefault="007668C7" w:rsidP="007668C7">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="14670"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Revised </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00333E76">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>April</w:t>
+      <w:t xml:space="preserve">Revised </w:t>
     </w:r>
-    <w:r w:rsidR="00257BD5">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2025 </w:t>
+      <w:t>January 2026</w:t>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>13</w:t>
+      <w:t>22</w:t>
     </w:r>
-    <w:r w:rsidRPr="00B865D7">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-      </w:rPr>
-[...340 lines deleted...]
-        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6087687B" w14:textId="77777777" w:rsidR="00AB5082" w:rsidRDefault="00AB5082" w:rsidP="008A346D">
+    <w:p w14:paraId="58B048E7" w14:textId="77777777" w:rsidR="00B769A9" w:rsidRDefault="00B769A9" w:rsidP="008A346D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="77999011" w14:textId="77777777" w:rsidR="00AB5082" w:rsidRDefault="00AB5082" w:rsidP="008A346D">
+    <w:p w14:paraId="06CDC536" w14:textId="77777777" w:rsidR="00B769A9" w:rsidRDefault="00B769A9" w:rsidP="008A346D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="618BAB01" w14:textId="77777777" w:rsidR="0050221C" w:rsidRPr="00F15E1F" w:rsidRDefault="0050221C" w:rsidP="005F0014">
+  <w:p w14:paraId="2C8CDA7D" w14:textId="7078D373" w:rsidR="008A346D" w:rsidRPr="00AC505C" w:rsidRDefault="008A346D" w:rsidP="0048225D">
     <w:pPr>
       <w:pStyle w:val="Title"/>
-      <w:rPr>
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:spacing w:after="360"/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00F15E1F">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+    <w:r w:rsidRPr="00AC505C">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Standardized Recipe Form</w:t>
     </w:r>
-    <w:r>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+    <w:r w:rsidR="00650BA5" w:rsidRPr="00AC505C">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t xml:space="preserve"> for the SFSP</w:t>
+      <w:t xml:space="preserve"> for </w:t>
     </w:r>
-  </w:p>
-[...9 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:r w:rsidR="00FC7EF0">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-    </w:pPr>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:t xml:space="preserve">the </w:t>
+    </w:r>
+    <w:r w:rsidR="00A64994" w:rsidRPr="00A64994">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>Standardized Recipe Form for the Summer Food Service Program (SFSP)</w:t>
-[...67 lines deleted...]
-      <w:t xml:space="preserve"> for the Summer Food Service Program (SFSP)</w:t>
+      <w:t>Summer Food Service Program</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05332B35"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -6790,167 +5406,50 @@
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68E02B74"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="69B0617A"/>
-[...115 lines deleted...]
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70B06A4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC8AD78C"/>
     <w:lvl w:ilvl="0" w:tplc="D8FCC2FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1260"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
@@ -7051,544 +5550,577 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7A1A157F"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78994D11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A6720612"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="960E417A"/>
+    <w:lvl w:ilvl="0" w:tplc="35BE3686">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="818882774">
+  <w:num w:numId="1" w16cid:durableId="1002053243">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2052878092">
+  <w:num w:numId="2" w16cid:durableId="1749229391">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1745910399">
+  <w:num w:numId="3" w16cid:durableId="1363436341">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1592009762">
+  <w:num w:numId="4" w16cid:durableId="277219524">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1831172906">
+  <w:num w:numId="5" w16cid:durableId="526211064">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="524054648">
+  <w:num w:numId="6" w16cid:durableId="1715887272">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1170372654">
+  <w:num w:numId="7" w16cid:durableId="1683631104">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1242375880">
+  <w:num w:numId="8" w16cid:durableId="254170664">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1693455132">
+  <w:num w:numId="9" w16cid:durableId="1075929903">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="648441145">
+  <w:num w:numId="10" w16cid:durableId="1536651907">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="898396900">
+  <w:num w:numId="11" w16cid:durableId="1970283263">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="771047795">
+  <w:num w:numId="12" w16cid:durableId="836651679">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="309216333">
+  <w:num w:numId="13" w16cid:durableId="1733851230">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="567687495">
+  <w:num w:numId="14" w16cid:durableId="518548130">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="698168209">
+  <w:num w:numId="15" w16cid:durableId="1536888004">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1687974069">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="16" w16cid:durableId="1209948356">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="807550918">
+  <w:num w:numId="17" w16cid:durableId="1625502882">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1621692259">
+  <w:num w:numId="18" w16cid:durableId="1356274484">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="801773162">
+  <w:num w:numId="19" w16cid:durableId="1146706735">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="553472218">
-[...5 lines deleted...]
-  <w:num w:numId="22" w16cid:durableId="164052080">
+  <w:num w:numId="20" w16cid:durableId="669137104">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="567150118">
+  <w:num w:numId="21" w16cid:durableId="567150118">
     <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1195192818">
+    <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="F+Evr+Rqj6CixmDGCyIk7DZN08wQzs89OiJBQkev52y12QtK/KalJLPzNnJjIuC3nTnk3GBq1/YN0nhpasJD0w==" w:salt="7aBBdkUV5iyHz0gnftgCmw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-[...2 lines deleted...]
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="31745"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0002348F"/>
     <w:rsid w:val="0002348F"/>
     <w:rsid w:val="000239A5"/>
     <w:rsid w:val="0003288C"/>
     <w:rsid w:val="00044614"/>
+    <w:rsid w:val="00060A90"/>
+    <w:rsid w:val="00062F3C"/>
     <w:rsid w:val="00074632"/>
-    <w:rsid w:val="000824E4"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000B4E30"/>
+    <w:rsid w:val="00081391"/>
+    <w:rsid w:val="000911B4"/>
+    <w:rsid w:val="000A379F"/>
+    <w:rsid w:val="000A658A"/>
+    <w:rsid w:val="000D7DD4"/>
     <w:rsid w:val="000E306E"/>
-    <w:rsid w:val="000F7EA9"/>
+    <w:rsid w:val="001036FE"/>
     <w:rsid w:val="001105B0"/>
-    <w:rsid w:val="00121E72"/>
+    <w:rsid w:val="0013371E"/>
+    <w:rsid w:val="00136266"/>
     <w:rsid w:val="00141AA4"/>
     <w:rsid w:val="00147D92"/>
-    <w:rsid w:val="00156B72"/>
     <w:rsid w:val="00160A62"/>
+    <w:rsid w:val="0016663A"/>
+    <w:rsid w:val="0016787E"/>
     <w:rsid w:val="001707FA"/>
     <w:rsid w:val="00174771"/>
-    <w:rsid w:val="001819FD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00195814"/>
+    <w:rsid w:val="001900C5"/>
     <w:rsid w:val="001A60B0"/>
     <w:rsid w:val="001C2D74"/>
+    <w:rsid w:val="001C5C52"/>
+    <w:rsid w:val="001C64C5"/>
+    <w:rsid w:val="001C7FAB"/>
+    <w:rsid w:val="001D2C39"/>
+    <w:rsid w:val="001E0FEC"/>
+    <w:rsid w:val="001E6300"/>
     <w:rsid w:val="00205A58"/>
     <w:rsid w:val="00216698"/>
     <w:rsid w:val="00217D69"/>
     <w:rsid w:val="00220A80"/>
-    <w:rsid w:val="00230375"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00260F48"/>
+    <w:rsid w:val="00254382"/>
+    <w:rsid w:val="002648E4"/>
+    <w:rsid w:val="00266458"/>
+    <w:rsid w:val="0028438D"/>
     <w:rsid w:val="002908ED"/>
-    <w:rsid w:val="00295938"/>
     <w:rsid w:val="002A0320"/>
-    <w:rsid w:val="002A6250"/>
-    <w:rsid w:val="002F0721"/>
+    <w:rsid w:val="00302838"/>
     <w:rsid w:val="003041A2"/>
+    <w:rsid w:val="00305253"/>
     <w:rsid w:val="00307903"/>
     <w:rsid w:val="00321FE8"/>
-    <w:rsid w:val="00333E76"/>
+    <w:rsid w:val="0033680F"/>
     <w:rsid w:val="00344DBF"/>
-    <w:rsid w:val="00345EC4"/>
     <w:rsid w:val="00347799"/>
     <w:rsid w:val="00360C62"/>
     <w:rsid w:val="00362B13"/>
-    <w:rsid w:val="00367907"/>
     <w:rsid w:val="003679D5"/>
-    <w:rsid w:val="003B4A65"/>
+    <w:rsid w:val="00372A26"/>
+    <w:rsid w:val="003C786C"/>
+    <w:rsid w:val="003D2563"/>
+    <w:rsid w:val="003E7061"/>
+    <w:rsid w:val="003F03AD"/>
     <w:rsid w:val="003F1369"/>
-    <w:rsid w:val="003F5E6F"/>
-    <w:rsid w:val="00415480"/>
+    <w:rsid w:val="003F3342"/>
+    <w:rsid w:val="003F5305"/>
+    <w:rsid w:val="004106FE"/>
+    <w:rsid w:val="0041395D"/>
     <w:rsid w:val="0042363F"/>
+    <w:rsid w:val="0042473F"/>
     <w:rsid w:val="00444447"/>
     <w:rsid w:val="00450618"/>
-    <w:rsid w:val="00451ADC"/>
-    <w:rsid w:val="00452140"/>
     <w:rsid w:val="004556E8"/>
-    <w:rsid w:val="004A6422"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004B5197"/>
+    <w:rsid w:val="00477A69"/>
+    <w:rsid w:val="0048225D"/>
+    <w:rsid w:val="004A7495"/>
+    <w:rsid w:val="004B267A"/>
+    <w:rsid w:val="004E126E"/>
+    <w:rsid w:val="004E5C4A"/>
     <w:rsid w:val="004E67AD"/>
-    <w:rsid w:val="004F5AF6"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00522ED7"/>
+    <w:rsid w:val="00507035"/>
+    <w:rsid w:val="00514C5E"/>
+    <w:rsid w:val="00543DF3"/>
     <w:rsid w:val="00544731"/>
-    <w:rsid w:val="00567010"/>
+    <w:rsid w:val="00553F20"/>
+    <w:rsid w:val="00561CDC"/>
     <w:rsid w:val="00567F9B"/>
+    <w:rsid w:val="005738D4"/>
     <w:rsid w:val="005753E6"/>
+    <w:rsid w:val="00582D2D"/>
+    <w:rsid w:val="005A0644"/>
     <w:rsid w:val="005A19F4"/>
-    <w:rsid w:val="005C483B"/>
+    <w:rsid w:val="005B4D3F"/>
+    <w:rsid w:val="005D4C99"/>
     <w:rsid w:val="005D6AC2"/>
-    <w:rsid w:val="005E2AD0"/>
-    <w:rsid w:val="005F0014"/>
+    <w:rsid w:val="005E5811"/>
+    <w:rsid w:val="005F51AC"/>
+    <w:rsid w:val="00604C71"/>
     <w:rsid w:val="00611F0C"/>
     <w:rsid w:val="00632E79"/>
-    <w:rsid w:val="0064382B"/>
     <w:rsid w:val="00650BA5"/>
+    <w:rsid w:val="0065609D"/>
+    <w:rsid w:val="006636BB"/>
+    <w:rsid w:val="00690710"/>
+    <w:rsid w:val="006A0F1A"/>
     <w:rsid w:val="006A2ECD"/>
+    <w:rsid w:val="006A7263"/>
     <w:rsid w:val="006A7CE9"/>
+    <w:rsid w:val="006A7E6F"/>
     <w:rsid w:val="006B3D5A"/>
-    <w:rsid w:val="006C43A1"/>
+    <w:rsid w:val="006D055F"/>
+    <w:rsid w:val="006D30B7"/>
     <w:rsid w:val="006F496A"/>
-    <w:rsid w:val="006F7D89"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007460EE"/>
+    <w:rsid w:val="00724785"/>
+    <w:rsid w:val="00742036"/>
     <w:rsid w:val="00753647"/>
+    <w:rsid w:val="007668C7"/>
+    <w:rsid w:val="0077252D"/>
+    <w:rsid w:val="007725CA"/>
     <w:rsid w:val="0077783D"/>
     <w:rsid w:val="00795A81"/>
-    <w:rsid w:val="007B4DFC"/>
+    <w:rsid w:val="007A3085"/>
+    <w:rsid w:val="007B1BBF"/>
     <w:rsid w:val="007C0304"/>
-    <w:rsid w:val="007C1302"/>
-    <w:rsid w:val="007D0CFA"/>
     <w:rsid w:val="007D2428"/>
+    <w:rsid w:val="007D244E"/>
     <w:rsid w:val="007D6C40"/>
     <w:rsid w:val="007D7FA4"/>
-    <w:rsid w:val="00821C11"/>
-    <w:rsid w:val="00846922"/>
+    <w:rsid w:val="007E09DA"/>
+    <w:rsid w:val="007F056E"/>
+    <w:rsid w:val="00801A1F"/>
+    <w:rsid w:val="00811220"/>
+    <w:rsid w:val="008128F1"/>
+    <w:rsid w:val="00817831"/>
+    <w:rsid w:val="0084795A"/>
     <w:rsid w:val="00853C52"/>
-    <w:rsid w:val="00857506"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00864458"/>
+    <w:rsid w:val="008555E8"/>
+    <w:rsid w:val="008630E5"/>
+    <w:rsid w:val="00865756"/>
     <w:rsid w:val="008712E8"/>
+    <w:rsid w:val="008758C0"/>
     <w:rsid w:val="00876939"/>
     <w:rsid w:val="00876B60"/>
-    <w:rsid w:val="008963A3"/>
     <w:rsid w:val="008A346D"/>
+    <w:rsid w:val="008B57CF"/>
     <w:rsid w:val="008B62F4"/>
-    <w:rsid w:val="008D1F92"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0090381F"/>
+    <w:rsid w:val="008E5B53"/>
     <w:rsid w:val="0091380D"/>
     <w:rsid w:val="0092722F"/>
     <w:rsid w:val="00927CD9"/>
-    <w:rsid w:val="0093173F"/>
-    <w:rsid w:val="00954FC1"/>
+    <w:rsid w:val="00973FCD"/>
+    <w:rsid w:val="00974B6C"/>
     <w:rsid w:val="00986B2D"/>
     <w:rsid w:val="00986ECD"/>
-    <w:rsid w:val="009B2DAA"/>
     <w:rsid w:val="009D0DBE"/>
-    <w:rsid w:val="009D5EDD"/>
+    <w:rsid w:val="009D3469"/>
+    <w:rsid w:val="009D4D9D"/>
     <w:rsid w:val="009D61FD"/>
+    <w:rsid w:val="009E07C6"/>
+    <w:rsid w:val="009E172A"/>
+    <w:rsid w:val="009E3FF9"/>
     <w:rsid w:val="009E524E"/>
-    <w:rsid w:val="009F3C56"/>
-    <w:rsid w:val="009F7FF8"/>
+    <w:rsid w:val="00A0321F"/>
+    <w:rsid w:val="00A22B4E"/>
     <w:rsid w:val="00A34173"/>
     <w:rsid w:val="00A36859"/>
     <w:rsid w:val="00A40D5A"/>
-    <w:rsid w:val="00A67D5E"/>
+    <w:rsid w:val="00A64994"/>
     <w:rsid w:val="00A837D0"/>
     <w:rsid w:val="00A84E94"/>
-    <w:rsid w:val="00A9442B"/>
     <w:rsid w:val="00AA5B31"/>
-    <w:rsid w:val="00AB5082"/>
+    <w:rsid w:val="00AC08E4"/>
     <w:rsid w:val="00AC1371"/>
-    <w:rsid w:val="00AE02FA"/>
+    <w:rsid w:val="00AC505C"/>
     <w:rsid w:val="00B05787"/>
     <w:rsid w:val="00B15F76"/>
+    <w:rsid w:val="00B25DF5"/>
+    <w:rsid w:val="00B2716E"/>
+    <w:rsid w:val="00B30ACB"/>
     <w:rsid w:val="00B3371B"/>
-    <w:rsid w:val="00B6540D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B77751"/>
+    <w:rsid w:val="00B46EDB"/>
+    <w:rsid w:val="00B526D5"/>
+    <w:rsid w:val="00B57CF8"/>
+    <w:rsid w:val="00B769A9"/>
     <w:rsid w:val="00B83BA4"/>
-    <w:rsid w:val="00B865D7"/>
     <w:rsid w:val="00B871D0"/>
     <w:rsid w:val="00B90461"/>
-    <w:rsid w:val="00B96D0A"/>
     <w:rsid w:val="00BA5B8B"/>
-    <w:rsid w:val="00BB5674"/>
+    <w:rsid w:val="00BA7B5B"/>
+    <w:rsid w:val="00BC5BF2"/>
     <w:rsid w:val="00BC5D6F"/>
-    <w:rsid w:val="00BE74C1"/>
-    <w:rsid w:val="00C114B2"/>
+    <w:rsid w:val="00BF26D8"/>
+    <w:rsid w:val="00BF5D31"/>
+    <w:rsid w:val="00C07B56"/>
     <w:rsid w:val="00C1277E"/>
+    <w:rsid w:val="00C25A34"/>
     <w:rsid w:val="00C3380C"/>
-    <w:rsid w:val="00C36FF7"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00CC640B"/>
+    <w:rsid w:val="00C34A40"/>
+    <w:rsid w:val="00C4005B"/>
+    <w:rsid w:val="00C738C8"/>
+    <w:rsid w:val="00C8464F"/>
+    <w:rsid w:val="00CA7906"/>
+    <w:rsid w:val="00CC0241"/>
     <w:rsid w:val="00CD7C87"/>
-    <w:rsid w:val="00CE5A50"/>
+    <w:rsid w:val="00CE0530"/>
     <w:rsid w:val="00CE5E70"/>
+    <w:rsid w:val="00CE6317"/>
     <w:rsid w:val="00D05E23"/>
     <w:rsid w:val="00D108DF"/>
-    <w:rsid w:val="00D170FF"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00D9509F"/>
+    <w:rsid w:val="00D347BC"/>
+    <w:rsid w:val="00D37FDE"/>
+    <w:rsid w:val="00D44BF7"/>
+    <w:rsid w:val="00D71A3B"/>
+    <w:rsid w:val="00D80E51"/>
     <w:rsid w:val="00D9773A"/>
     <w:rsid w:val="00DA4D90"/>
     <w:rsid w:val="00DB503E"/>
-    <w:rsid w:val="00DC236C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E02875"/>
+    <w:rsid w:val="00DB53BB"/>
+    <w:rsid w:val="00DD27C8"/>
+    <w:rsid w:val="00DE11BB"/>
+    <w:rsid w:val="00DF7BE0"/>
+    <w:rsid w:val="00E12107"/>
     <w:rsid w:val="00E426D9"/>
+    <w:rsid w:val="00E43467"/>
+    <w:rsid w:val="00E452A2"/>
     <w:rsid w:val="00E4603A"/>
-    <w:rsid w:val="00E81D39"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E903D6"/>
+    <w:rsid w:val="00E508B1"/>
+    <w:rsid w:val="00E50F90"/>
+    <w:rsid w:val="00E67B60"/>
+    <w:rsid w:val="00E809BC"/>
     <w:rsid w:val="00E92719"/>
     <w:rsid w:val="00EA1856"/>
     <w:rsid w:val="00EA6FC7"/>
+    <w:rsid w:val="00EB0672"/>
     <w:rsid w:val="00EB233F"/>
+    <w:rsid w:val="00EC450D"/>
     <w:rsid w:val="00EC63F6"/>
-    <w:rsid w:val="00ED02E4"/>
-    <w:rsid w:val="00ED17F0"/>
+    <w:rsid w:val="00ED2B5D"/>
+    <w:rsid w:val="00ED4D4A"/>
+    <w:rsid w:val="00EE14AD"/>
     <w:rsid w:val="00EE481C"/>
     <w:rsid w:val="00EE5CE4"/>
-    <w:rsid w:val="00F02B7B"/>
+    <w:rsid w:val="00EF24E6"/>
     <w:rsid w:val="00F13081"/>
     <w:rsid w:val="00F15E1F"/>
-    <w:rsid w:val="00F36291"/>
+    <w:rsid w:val="00F40516"/>
     <w:rsid w:val="00F56833"/>
-    <w:rsid w:val="00F9321D"/>
+    <w:rsid w:val="00F92C47"/>
     <w:rsid w:val="00F94CE0"/>
     <w:rsid w:val="00FA2B6C"/>
     <w:rsid w:val="00FA4BED"/>
-    <w:rsid w:val="00FB7AF0"/>
-    <w:rsid w:val="00FC1107"/>
     <w:rsid w:val="00FC5EF0"/>
+    <w:rsid w:val="00FC7EF0"/>
     <w:rsid w:val="00FD0ECE"/>
     <w:rsid w:val="00FD3782"/>
     <w:rsid w:val="00FD5C95"/>
-    <w:rsid w:val="00FD651D"/>
+    <w:rsid w:val="00FE4790"/>
+    <w:rsid w:val="00FF402D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="31745"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="443A793D"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{38E3AEDB-FB5C-4ABA-8314-94436DDB8A68}"/>
+  <w14:docId w14:val="5AB325A4"/>
+  <w15:docId w15:val="{63B891AF-9B3F-4655-A3F0-CA104D740024}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7815,353 +6347,361 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="0028438D"/>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00F36291"/>
+    <w:rsid w:val="0028438D"/>
     <w:pPr>
       <w:keepNext/>
+      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="20"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
-    <w:name w:val="heading 4"/>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
-    <w:unhideWhenUsed/>
+    <w:link w:val="Heading2Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00FD651D"/>
+    <w:rsid w:val="005F51AC"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="240" w:after="60"/>
-      <w:outlineLvl w:val="3"/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="120"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:bCs/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="0002348F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:rsid w:val="008A346D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:rsid w:val="008A346D"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="008A346D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="008A346D"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="008A346D"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="004556E8"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D7DD4"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-      <w:color w:val="0000FF"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:color w:val="0645AD"/>
+      <w:sz w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00876939"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...2 lines deleted...]
-    <w:rsid w:val="00F36291"/>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:rsid w:val="00E452A2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="954F72"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00452140"/>
+    <w:rsid w:val="00B30ACB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="0028438D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC505C"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StyleHyperlinkLatinBodyCSArialComplexBodyCSAri">
     <w:name w:val="Style Hyperlink + (Latin) +Body CS (Arial) (Complex) +Body CS (Ari..."/>
     <w:basedOn w:val="Hyperlink"/>
-    <w:rsid w:val="00257BD5"/>
+    <w:rsid w:val="00C07B56"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="19"/>
       <w:szCs w:val="19"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="StyleHyperlinkLatinArialComplexArial105pt">
-[...10 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StyleHyperlinkLatinBodyCSArialComplexBodyCSAri1">
     <w:name w:val="Style Hyperlink + (Latin) +Body CS (Arial) (Complex) +Body CS (Ari...1"/>
     <w:basedOn w:val="Hyperlink"/>
-    <w:rsid w:val="00195814"/>
-[...11 lines deleted...]
-    <w:rsid w:val="0071456F"/>
+    <w:rsid w:val="00C07B56"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StyleHyperlinkLatinBodyCSArialComplexBodyCSAri3">
     <w:name w:val="Style Hyperlink + (Latin) +Body CS (Arial) (Complex) +Body CS (Ari...3"/>
     <w:basedOn w:val="Hyperlink"/>
-    <w:rsid w:val="00857506"/>
+    <w:rsid w:val="00C07B56"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
+      <w:color w:val="0000FF"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:rsid w:val="005F51AC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StyleHyperlinkLatinArialComplexArial105pt">
+    <w:name w:val="Style Hyperlink + (Latin) Arial (Complex) Arial 10.5 pt"/>
+    <w:basedOn w:val="Hyperlink"/>
+    <w:rsid w:val="00A64994"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="745960642">
+    <w:div w:id="1507747035">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
-  <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/tn/food-buying-guide-for-child-nutrition-programs" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Food-Safety-for-Child-Nutrition-Programs" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs/standardized-recipes" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/tn/food-buying-guide-for-child-nutrition-programs" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louis.todisco@ct.gov" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/SDE/Nutrition/SFSP/CreditingSFSP/Grain_Calculation_SFSP.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/food-safety-for-child-nutrition-programs/haccp" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs/standardized-recipes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.intake@usda.gov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/menu-planning" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/summer-food-service-program/meal-patterns" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs/standardized-recipes" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/-/media/SDE/Nutrition/SFSP/MealPattern/Servings_Grains_Breads_SFSP.pdf." TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/SDE/Nutrition/SFSP/MealPattern/Resources_SFSP_Meal_Patterns.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/menu-planning/portion-control" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/summer-food-service-program/annual-training" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs/standardized-recipes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/crediting/yield_study_form.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/sfsp/creditingsfsp/standardized_recipe_form_sfsp.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theicn.org/icn-resources-a-z/basics-at-a-glance/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-the-summer-food-service-program/grains-and-breads" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theicn.org/cnrb/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Summer-Food-Service-Program/Contact" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/menu-planning/portion-control" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/sfsp/creditingsfsp/crediting_summary_charts_sfsp.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs/standardized-recipes" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theicn.org/icn-resources-a-z/basics-at-a-glance/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-the-summer-food-service-program/milk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/tn/food-buying-guide-for-child-nutrition-programs" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theicn.org/cnrb/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/tn/food-buying-guide-for-child-nutrition-programs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/crediting/yield_study_form.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louis.todisco@ct.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs/standardized-recipes" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Food-Safety-for-Child-Nutrition-Programs/Documents" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.intake@usda.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8415,439 +6955,401 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{013E4024-84D8-488C-836D-C07B32814172}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>9579</Characters>
+  <Pages>5</Pages>
+  <Words>1164</Words>
+  <Characters>6957</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>195</Lines>
+  <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Standardized Recipe Form for the SFSP</vt:lpstr>
+      <vt:lpstr>Standardized Recipe Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Office of Public Instruction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10744</CharactersWithSpaces>
+  <CharactersWithSpaces>8100</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="120" baseType="variant">
+    <vt:vector size="102" baseType="variant">
       <vt:variant>
         <vt:i4>7077903</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>45</vt:i4>
+        <vt:i4>33</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:levy.gillespie@ct.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4456524</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>42</vt:i4>
+        <vt:i4>3407932</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>30</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://www.ascr.usda.gov/complaint_filing_cust.html</vt:lpwstr>
+        <vt:lpwstr>https://www.ascr.usda.gov/filing-program-discrimination-complaint-usda-customer</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>131163</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>39</vt:i4>
+        <vt:i4>2424937</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>27</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://www.ocio.usda.gov/sites/default/files/docs/2012/Complain_combined_6_8_12.pdf</vt:lpwstr>
+        <vt:lpwstr>https://www.ocio.usda.gov/sites/default/files/docs/2012/Complain_combined_6_8_12.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4718669</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>36</vt:i4>
+        <vt:i4>24</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://theicn.org/cnrb/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4587597</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>33</vt:i4>
+        <vt:i4>6488120</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Summer-Food-Service-Program/Documents</vt:lpwstr>
-[...8 lines deleted...]
-        <vt:i4>30</vt:i4>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Crediting-Foods-in-School-Nutrition-Programs</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>PreparedonSite</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1376321</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/SFSP/CreditingSFSP/ResourcesSFSPMealPattern.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Crediting-Foods-in-School-Nutrition-Programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5242974</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>27</vt:i4>
+        <vt:i4>6422654</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Summer-Food-Service-Program/Documents</vt:lpwstr>
+        <vt:lpwstr>https://www.fns.usda.gov/tn/food-buying-guide-for-child-nutrition-programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
+        <vt:i4>589917</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Food-Safety-for-Child-Nutrition-Programs</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8126578</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Food-Safety-for-Child-Nutrition-Programs/Documents</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>HACCP</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325399</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Crediting-Foods-in-CACFP-Child-Care-Programs/Documents</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>WeightsMeasures</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>917568</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://theicn.org/icn-resources-a-z/basics-at-a-glance/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
         <vt:i4>6422654</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>24</vt:i4>
-[...1 lines deleted...]
-      <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.fns.usda.gov/tn/food-buying-guide-for-child-nutrition-programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6881332</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>21</vt:i4>
+        <vt:i4>1310728</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Summer-Food-Service-Program</vt:lpwstr>
-[...8 lines deleted...]
-        <vt:i4>18</vt:i4>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/StandardizedRecipeSchools.doc</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4849665</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Food-Safety-for-Child-Nutrition-Programs</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Contact-Information-for-School-Nutrition-Programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8126578</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>15</vt:i4>
+        <vt:i4>1376321</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Food-Safety-for-Child-Nutrition-Programs/Documents</vt:lpwstr>
-[...8 lines deleted...]
-        <vt:i4>12</vt:i4>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Crediting-Foods-in-School-Nutrition-Programs</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3080254</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Summer-Food-Service-Program/Documents</vt:lpwstr>
-[...8 lines deleted...]
-        <vt:i4>9</vt:i4>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Preschool/mpgpreschool.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6160391</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://theicn.org/icn-resources-a-z/basics-at-a-glance/</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Menu-Planning-Guide-for-School-Meals</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
-      </vt:variant>
-[...124 lines deleted...]
-        <vt:lpwstr>MealPatterns</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Standardized Recipe Form for the SFSP</dc:title>
+  <dc:title>Standardized Recipe Form</dc:title>
   <dc:subject/>
-  <dc:creator>Susan Fiore</dc:creator>
+  <dc:creator>cp8814</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>