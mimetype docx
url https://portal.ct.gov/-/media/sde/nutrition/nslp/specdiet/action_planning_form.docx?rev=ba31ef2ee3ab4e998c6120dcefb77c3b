--- v0 (2025-12-18)
+++ v1 (2026-02-11)
@@ -1,55 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
+    <w:p w14:paraId="55BA5965" w14:textId="77777777" w:rsidR="007E607B" w:rsidRPr="00350AEB" w:rsidRDefault="007E607B" w:rsidP="007E607B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00350AEB">
+        <w:t>Action Planning Form</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="2B20C556" w14:textId="77777777" w:rsidR="000016CC" w:rsidRPr="00350AEB" w:rsidRDefault="00675E91" w:rsidP="00A222D9">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:spacing w:before="240" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00350AEB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Step </w:t>
       </w:r>
       <w:r w:rsidR="00DF4579" w:rsidRPr="00350AEB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -76,50 +85,51 @@
         <w:t xml:space="preserve">Identify the objective and target date for completion. </w:t>
       </w:r>
       <w:r w:rsidR="006D58ED" w:rsidRPr="00C46345">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Complete a separate action planning form for each objective.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCaption w:val="Step 1: Identify the objective and target date for completion"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12929"/>
         <w:gridCol w:w="1744"/>
       </w:tblGrid>
       <w:tr w:rsidR="006D58ED" w:rsidRPr="00350AEB" w14:paraId="36D1B850" w14:textId="77777777" w:rsidTr="00590107">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12929" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F7ED"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="233F4744" w14:textId="77777777" w:rsidR="006D58ED" w:rsidRPr="00350AEB" w:rsidRDefault="006D58ED" w:rsidP="00B247F7">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -332,50 +342,51 @@
         <w:t xml:space="preserve"> and the</w:t>
       </w:r>
       <w:r w:rsidR="00DA6455" w:rsidRPr="00C46345">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> target date for completion.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCaption w:val="Step 2: Identify the actions needed to meet the objective above"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5917"/>
         <w:gridCol w:w="4509"/>
         <w:gridCol w:w="2607"/>
         <w:gridCol w:w="1645"/>
       </w:tblGrid>
       <w:tr w:rsidR="00207A4A" w:rsidRPr="00350AEB" w14:paraId="7D8A3EAB" w14:textId="77777777" w:rsidTr="00590107">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5931" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F7ED"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00279821" w14:textId="77777777" w:rsidR="00207A4A" w:rsidRPr="00350AEB" w:rsidRDefault="00675E91" w:rsidP="00B247F7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4860"/>
                 <w:tab w:val="left" w:pos="5760"/>
               </w:tabs>
@@ -1521,310 +1532,291 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1647" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47F201D3" w14:textId="77777777" w:rsidR="002C524E" w:rsidRPr="00350AEB" w:rsidRDefault="002C524E" w:rsidP="00DA2371">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:spacing w:before="40" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D8BD546" w14:textId="1BB7393A" w:rsidR="00D90329" w:rsidRPr="00350AEB" w:rsidRDefault="00A05D29" w:rsidP="00A222D9">
+    <w:p w14:paraId="7D8BD546" w14:textId="3F75803D" w:rsidR="00D90329" w:rsidRPr="00350AEB" w:rsidRDefault="00A05D29" w:rsidP="00A222D9">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00350AEB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00E50721" w:rsidRPr="00350AEB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>form</w:t>
       </w:r>
       <w:r w:rsidRPr="00350AEB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available </w:t>
       </w:r>
       <w:r w:rsidR="00262018" w:rsidRPr="00350AEB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-[...10 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="00350AEB" w:rsidRPr="00F23645">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>https://portal.ct.gov/-/media/sde/nutrition/nslp/specdiet/action_planning_form.docx</w:t>
+      </w:r>
+      <w:r w:rsidR="00350AEB" w:rsidRPr="00191EBE">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00350AEB" w:rsidRPr="00350AEB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7881E273" w14:textId="7C1BDCD7" w:rsidR="00675E91" w:rsidRPr="00350AEB" w:rsidRDefault="00675E91" w:rsidP="00675E91">
+    <w:p w14:paraId="5F183112" w14:textId="285A2204" w:rsidR="00A05D29" w:rsidRPr="00F23645" w:rsidRDefault="00890CBB" w:rsidP="007E607B">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="right" w:pos="9630"/>
         </w:tabs>
-        <w:rPr>
-[...49 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="360" w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00350AEB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Connecticut State Department of Education is committed to a policy of equal opportunity/affirmative action for all qualified persons. The Connecticut Department of Education does not discriminate in any employment practice, education program, or educational activity on the basis of race; color; religious creed; age; sex; pregnancy; sexual orientation; workplace hazards to reproductive systems, gender identity or expression; marital status; national origin; ancestry; retaliation for previously opposed discrimination or coercion, intellectual disability; genetic information; learning disability; physical disability (including, but not limited to, blindness); mental disability (past/present history thereof); military or veteran status; status as a victim of domestic violence; or criminal record in state employment, unless there is a bona fide occupational qualification excluding persons in any of the aforementioned protected classes. Inquiries regarding the Connecticut State Department of Education’s nondiscrimination policies should be directed to: Attorney Louis Todisco, Connecticut State Department of Education, by mail 450 Columbus Boulevard, Hartford, CT 06103-1841; or by telephone 860-713-6594; or by email </w:t>
+        <w:t xml:space="preserve">The Connecticut State Department of Education is committed to a policy of equal opportunity/affirmative action for all qualified </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00833A07" w:rsidRPr="00350AEB">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00350AEB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00350AEB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The Connecticut Department of Education does not discriminate in any employment practice, education program, or educational activity on the basis of race; color; religious creed; age; sex; pregnancy; sexual orientation; workplace hazards to reproductive systems, gender identity or expression; marital status; national origin; ancestry; retaliation for previously opposed discrimination or coercion, intellectual disability; genetic information; learning disability; physical disability (including, but not limited to, blindness); mental disability (past/present history thereof); military or veteran status; status as a victim of domestic violence; or criminal record in state employment, unless there is a bona fide occupational qualification excluding persons in any of the aforementioned protected classes. Inquiries regarding the Connecticut State Department of Education’s nondiscrimination policies should be directed to: Attorney Louis Todisco, Connecticut State Department of Education, by mail 450 Columbus Boulevard, Hartford, CT 06103-1841; or by telephone 860-713-6594; or by email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00833A07" w:rsidRPr="00191EBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-            <w:u w:val="none"/>
           </w:rPr>
           <w:t>louis.todisco@ct.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00833A07" w:rsidRPr="00350AEB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A05D29" w:rsidRPr="00350AEB" w:rsidSect="00350AEB">
-[...3 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+    <w:sectPr w:rsidR="00A05D29" w:rsidRPr="00F23645" w:rsidSect="007E607B">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="432" w:left="576" w:header="432" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5EC16E8A" w14:textId="77777777" w:rsidR="00DE4FFB" w:rsidRDefault="00DE4FFB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3AE6586F" w14:textId="77777777" w:rsidR="00DE4FFB" w:rsidRDefault="00DE4FFB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000687" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B6EF6C5" w14:textId="37D71BD4" w:rsidR="000B4C7F" w:rsidRPr="00350AEB" w:rsidRDefault="00350AEB" w:rsidP="00350AEB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="10260"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00350AEB">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
     </w:r>
     <w:r w:rsidRPr="00350AEB">
       <w:rPr>
@@ -1939,308 +1931,382 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00350AEB">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="052C9B60" w14:textId="59970D6F" w:rsidR="000B4C7F" w:rsidRPr="00C46345" w:rsidRDefault="00C46345" w:rsidP="00C46345">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="052C9B60" w14:textId="4DD10DCB" w:rsidR="000B4C7F" w:rsidRPr="00F23645" w:rsidRDefault="00F23645" w:rsidP="00F23645">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00B54CE5">
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B54CE5">
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
-    <w:r w:rsidRPr="00B54CE5">
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Revised </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-        <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:r w:rsidRPr="001C48BC">
+      </w:rPr>
+      <w:t>February 2026</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B54CE5">
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-        <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:r w:rsidRPr="00B54CE5">
+      </w:rPr>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-        <w:sz w:val="18"/>
-[...8 lines deleted...]
-        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B54CE5">
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00B54CE5">
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00B54CE5">
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:r w:rsidRPr="00B54CE5">
+      </w:rPr>
+      <w:t>14</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00B54CE5">
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="00B54CE5">
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00B54CE5">
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00B54CE5">
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-[...4 lines deleted...]
-    <w:r w:rsidRPr="00B54CE5">
+      </w:rPr>
+      <w:t>14</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="382911A9" w14:textId="2EC82D9F" w:rsidR="007E607B" w:rsidRPr="00F23645" w:rsidRDefault="00F23645" w:rsidP="00F23645">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      </w:rPr>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Revised </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      </w:rPr>
+      <w:t>February 2026</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      </w:rPr>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Page </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>14</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>14</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0086615E">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3E1F5C27" w14:textId="77777777" w:rsidR="00DE4FFB" w:rsidRDefault="00DE4FFB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="45FAA4FD" w14:textId="77777777" w:rsidR="00DE4FFB" w:rsidRDefault="00DE4FFB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="317E571E" w14:textId="77777777" w:rsidR="00350AEB" w:rsidRPr="00350AEB" w:rsidRDefault="00350AEB" w:rsidP="00350AEB">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="006600"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00350AEB">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:color w:val="006600"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Action Planning Form</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="0F86E21D" w14:textId="77777777" w:rsidR="000B4C7F" w:rsidRPr="00350AEB" w:rsidRDefault="00675E91" w:rsidP="00350AEB">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1A974F72" w14:textId="77777777" w:rsidR="007E607B" w:rsidRPr="00350AEB" w:rsidRDefault="007E607B" w:rsidP="007E607B">
     <w:pPr>
-      <w:spacing w:after="240"/>
-[...8 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Heading1"/>
+      <w:spacing w:after="480"/>
     </w:pPr>
     <w:r w:rsidRPr="00350AEB">
-      <w:rPr>
-[...5 lines deleted...]
-      </w:rPr>
       <w:t>Action Planning Form</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07601969"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2618B308"/>
     <w:lvl w:ilvl="0" w:tplc="FAD0C7F8">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3179,294 +3245,302 @@
   <w:num w:numId="2" w16cid:durableId="51393625">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1165317762">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1385258356">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="84155247">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="324238574">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="362442826">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="171146424">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17409"/>
+    <o:shapedefaults v:ext="edit" spidmax="25601"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00207BCA"/>
     <w:rsid w:val="000016CC"/>
     <w:rsid w:val="000200AD"/>
     <w:rsid w:val="00032034"/>
     <w:rsid w:val="00047A1C"/>
     <w:rsid w:val="00053E32"/>
     <w:rsid w:val="00075857"/>
+    <w:rsid w:val="000935A9"/>
     <w:rsid w:val="000A3256"/>
     <w:rsid w:val="000A5EAD"/>
     <w:rsid w:val="000B4C7F"/>
     <w:rsid w:val="000D3B6E"/>
     <w:rsid w:val="000D6C42"/>
     <w:rsid w:val="000E1D00"/>
     <w:rsid w:val="00100CC0"/>
     <w:rsid w:val="001010A6"/>
     <w:rsid w:val="00101B03"/>
     <w:rsid w:val="00102957"/>
     <w:rsid w:val="00107902"/>
     <w:rsid w:val="00165DF7"/>
     <w:rsid w:val="00175CF2"/>
+    <w:rsid w:val="00191EBE"/>
     <w:rsid w:val="001C1B8E"/>
     <w:rsid w:val="001D382C"/>
     <w:rsid w:val="001E0F70"/>
     <w:rsid w:val="00201D89"/>
     <w:rsid w:val="00205CFA"/>
     <w:rsid w:val="00207A4A"/>
     <w:rsid w:val="00207BCA"/>
     <w:rsid w:val="00262018"/>
     <w:rsid w:val="002816ED"/>
     <w:rsid w:val="00285039"/>
     <w:rsid w:val="00296861"/>
     <w:rsid w:val="00297D72"/>
     <w:rsid w:val="002A01D6"/>
     <w:rsid w:val="002C42BC"/>
     <w:rsid w:val="002C524E"/>
     <w:rsid w:val="002D277E"/>
     <w:rsid w:val="002D6004"/>
     <w:rsid w:val="00306B2E"/>
     <w:rsid w:val="003171A5"/>
     <w:rsid w:val="00321E21"/>
     <w:rsid w:val="00325D3D"/>
     <w:rsid w:val="00331506"/>
     <w:rsid w:val="00334C08"/>
     <w:rsid w:val="00350443"/>
     <w:rsid w:val="00350AEB"/>
     <w:rsid w:val="00366453"/>
     <w:rsid w:val="00397BA5"/>
     <w:rsid w:val="003A3119"/>
     <w:rsid w:val="003A4C89"/>
     <w:rsid w:val="003B19B2"/>
     <w:rsid w:val="003C6C31"/>
     <w:rsid w:val="003D6058"/>
     <w:rsid w:val="00443A9A"/>
     <w:rsid w:val="00454424"/>
     <w:rsid w:val="00464C9E"/>
+    <w:rsid w:val="00481001"/>
     <w:rsid w:val="004C52BE"/>
     <w:rsid w:val="00507727"/>
     <w:rsid w:val="0053294D"/>
     <w:rsid w:val="005650AF"/>
     <w:rsid w:val="00573C60"/>
     <w:rsid w:val="005822B4"/>
     <w:rsid w:val="00590107"/>
     <w:rsid w:val="005A0661"/>
     <w:rsid w:val="005B5BCE"/>
     <w:rsid w:val="005C7645"/>
     <w:rsid w:val="005D76EE"/>
     <w:rsid w:val="005E57B7"/>
     <w:rsid w:val="005E6EE6"/>
     <w:rsid w:val="00627B8E"/>
     <w:rsid w:val="00675E91"/>
     <w:rsid w:val="00682C68"/>
     <w:rsid w:val="006A506E"/>
     <w:rsid w:val="006A6FAF"/>
     <w:rsid w:val="006D58ED"/>
     <w:rsid w:val="007037C3"/>
     <w:rsid w:val="0072662B"/>
     <w:rsid w:val="0072747A"/>
     <w:rsid w:val="00761948"/>
     <w:rsid w:val="007E18D2"/>
+    <w:rsid w:val="007E607B"/>
     <w:rsid w:val="007F7869"/>
     <w:rsid w:val="008115BF"/>
     <w:rsid w:val="008125DE"/>
     <w:rsid w:val="00833A07"/>
     <w:rsid w:val="00842F98"/>
     <w:rsid w:val="00890CBB"/>
     <w:rsid w:val="008A6F90"/>
     <w:rsid w:val="009121D0"/>
     <w:rsid w:val="00912B53"/>
     <w:rsid w:val="00913D11"/>
     <w:rsid w:val="009E5AAC"/>
     <w:rsid w:val="00A05D29"/>
     <w:rsid w:val="00A06192"/>
     <w:rsid w:val="00A216B8"/>
     <w:rsid w:val="00A222D9"/>
     <w:rsid w:val="00A51851"/>
     <w:rsid w:val="00A75D88"/>
     <w:rsid w:val="00A95EC8"/>
     <w:rsid w:val="00AA287C"/>
+    <w:rsid w:val="00AB4D4B"/>
     <w:rsid w:val="00AB7E26"/>
     <w:rsid w:val="00AC5EE8"/>
     <w:rsid w:val="00AE25E7"/>
     <w:rsid w:val="00AE36F1"/>
     <w:rsid w:val="00B247F7"/>
     <w:rsid w:val="00B30C60"/>
     <w:rsid w:val="00B31841"/>
+    <w:rsid w:val="00B566B7"/>
     <w:rsid w:val="00B57AB5"/>
     <w:rsid w:val="00B86B7B"/>
+    <w:rsid w:val="00B91A9B"/>
     <w:rsid w:val="00BA5B2E"/>
     <w:rsid w:val="00BC0FF6"/>
     <w:rsid w:val="00BC26FA"/>
     <w:rsid w:val="00BD0132"/>
     <w:rsid w:val="00BD5CCB"/>
     <w:rsid w:val="00BF414E"/>
     <w:rsid w:val="00C46345"/>
     <w:rsid w:val="00C5000B"/>
     <w:rsid w:val="00C53309"/>
     <w:rsid w:val="00CB0BBB"/>
     <w:rsid w:val="00CD4DD1"/>
     <w:rsid w:val="00D2700B"/>
     <w:rsid w:val="00D35936"/>
     <w:rsid w:val="00D5649E"/>
     <w:rsid w:val="00D62C64"/>
     <w:rsid w:val="00D90329"/>
     <w:rsid w:val="00D92239"/>
     <w:rsid w:val="00DA2371"/>
     <w:rsid w:val="00DA23B5"/>
     <w:rsid w:val="00DA6455"/>
     <w:rsid w:val="00DB46B8"/>
     <w:rsid w:val="00DB542A"/>
     <w:rsid w:val="00DD74F1"/>
     <w:rsid w:val="00DD7FB8"/>
     <w:rsid w:val="00DE32EA"/>
     <w:rsid w:val="00DE4FFB"/>
     <w:rsid w:val="00DF4579"/>
     <w:rsid w:val="00E07F27"/>
     <w:rsid w:val="00E3119B"/>
     <w:rsid w:val="00E50721"/>
     <w:rsid w:val="00EA37FB"/>
     <w:rsid w:val="00ED6331"/>
     <w:rsid w:val="00F0447C"/>
     <w:rsid w:val="00F11AD2"/>
+    <w:rsid w:val="00F23645"/>
     <w:rsid w:val="00F24B67"/>
     <w:rsid w:val="00F33BAE"/>
     <w:rsid w:val="00F36CC1"/>
     <w:rsid w:val="00F468B3"/>
     <w:rsid w:val="00F5171B"/>
     <w:rsid w:val="00F609A7"/>
     <w:rsid w:val="00F6366E"/>
     <w:rsid w:val="00F65955"/>
     <w:rsid w:val="00F9250E"/>
     <w:rsid w:val="00F92AFC"/>
     <w:rsid w:val="00FC0972"/>
     <w:rsid w:val="00FC413E"/>
     <w:rsid w:val="00FD7245"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17409"/>
+    <o:shapedefaults v:ext="edit" spidmax="25601"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5F294809"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DF9586F0-6A1C-4BD2-B796-559D57E2A890}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="99" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3711,62 +3785,64 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C46345"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="007E607B"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4860"/>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+      <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="right"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
@@ -3866,100 +3942,103 @@
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00912B53"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A06192"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A06192"/>
+    <w:qFormat/>
+    <w:rsid w:val="00191EBE"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="0645AD"/>
+      <w:sz w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-style-span">
     <w:name w:val="apple-style-span"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00101B03"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText3">
     <w:name w:val="Body Text 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyText3Char"/>
     <w:rsid w:val="00675E91"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
     <w:name w:val="Body Text 3 Char"/>
     <w:link w:val="BodyText3"/>
     <w:rsid w:val="00675E91"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BC26FA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="157700393">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="800808222">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3975,51 +4054,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1980963709">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louis.todisco@ct.gov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/Action_Planning_Form.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louis.todisco@ct.gov" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4244,75 +4323,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>227</Words>
-  <Characters>1762</Characters>
+  <Words>230</Words>
+  <Characters>1678</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TASK Assessment Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CT State Department of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1971</CharactersWithSpaces>
+  <CharactersWithSpaces>1895</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7077903</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:levy.gillespie@ct.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4522054</vt:i4>
       </vt:variant>
       <vt:variant>