--- v0 (2025-12-13)
+++ v1 (2026-02-12)
@@ -1,71 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="479D223B" w14:textId="77777777" w:rsidR="00060760" w:rsidRPr="00080B3E" w:rsidRDefault="00060760" w:rsidP="00D811BA">
+    <w:p w14:paraId="36AC8BA8" w14:textId="77777777" w:rsidR="00BA51CA" w:rsidRPr="00BA51CA" w:rsidRDefault="00BA51CA" w:rsidP="00BA51CA">
+      <w:pPr>
+        <w:pStyle w:val="Header1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA51CA">
+        <w:t>Sample Household Employer Letter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14767B02" w14:textId="77777777" w:rsidR="00BA51CA" w:rsidRDefault="00BA51CA" w:rsidP="009F17E7">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="240" w:after="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E40237">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>School Year 2025-26</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E558C1D" w14:textId="77777777" w:rsidR="009F17E7" w:rsidRPr="00ED027E" w:rsidRDefault="009F17E7" w:rsidP="009F17E7">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:spacing w:before="120" w:after="360" w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk218308622"/>
+      <w:r w:rsidRPr="00ED027E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED027E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Use District/School Letterhead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED027E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="2059C070" w14:textId="77777777" w:rsidR="00BA51CA" w:rsidRPr="009F17E7" w:rsidRDefault="00BA51CA" w:rsidP="009F17E7">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="240" w:after="480"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F17E7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This letter cannot be used if the household adult reporting the income is self-employed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479D223B" w14:textId="77777777" w:rsidR="00060760" w:rsidRPr="00080B3E" w:rsidRDefault="00060760" w:rsidP="00BA51CA">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00080B3E">
         <w:t>Statement of Earnings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2915755F" w14:textId="77777777" w:rsidR="00080B3E" w:rsidRDefault="00080B3E" w:rsidP="00D811BA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3438"/>
           <w:tab w:val="left" w:pos="8100"/>
           <w:tab w:val="right" w:pos="9270"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>This statement is to confirm that</w:t>
       </w:r>
       <w:r>
@@ -217,130 +303,130 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="Check1"/>
+      <w:bookmarkStart w:id="1" w:name="Check1"/>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D811BA">
-[...4 lines deleted...]
-      <w:r w:rsidR="00D811BA">
+      <w:r w:rsidRPr="00080B3E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Weekly</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38DAA163" w14:textId="77777777" w:rsidR="00080B3E" w:rsidRPr="00080B3E" w:rsidRDefault="00080B3E" w:rsidP="00080B3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D811BA">
-[...4 lines deleted...]
-      <w:r w:rsidR="00D811BA">
+      <w:r w:rsidRPr="00080B3E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>Every two weeks</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="366E2816" w14:textId="77777777" w:rsidR="00080B3E" w:rsidRPr="00080B3E" w:rsidRDefault="00080B3E" w:rsidP="00080B3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
@@ -352,56 +438,56 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D811BA">
-[...4 lines deleted...]
-      <w:r w:rsidR="00D811BA">
+      <w:r w:rsidRPr="00080B3E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>Twice a month</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B0494A8" w14:textId="77777777" w:rsidR="00080B3E" w:rsidRPr="00080B3E" w:rsidRDefault="00080B3E" w:rsidP="00080B3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
@@ -413,56 +499,56 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D811BA">
-[...4 lines deleted...]
-      <w:r w:rsidR="00D811BA">
+      <w:r w:rsidRPr="00080B3E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>Monthly</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C7C181" w14:textId="71BC5CD1" w:rsidR="00080B3E" w:rsidRPr="00080B3E" w:rsidRDefault="00080B3E" w:rsidP="00080B3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
@@ -475,56 +561,56 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00D811BA">
-[...4 lines deleted...]
-      <w:r w:rsidR="00D811BA">
+      <w:r w:rsidRPr="00080B3E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Other: </w:t>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -697,154 +783,129 @@
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Telephone number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AB0FF7D" w14:textId="77777777" w:rsidR="00B9323A" w:rsidRPr="00080B3E" w:rsidRDefault="00B9323A" w:rsidP="00D811BA">
-[...21 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="1282AA66" w14:textId="77777777" w:rsidR="001F4CAD" w:rsidRPr="00080B3E" w:rsidRDefault="001F4CAD" w:rsidP="00D811BA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t>In accordance with federal civil rights law and U.S. Department of Agriculture (USDA) civil rights regulations and policies, this institution is prohibited from discriminating on the basis of race, color, national origin, sex (including gender identity and sexual orientation), disability, age, or reprisal or retaliation for prior civil rights activity.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71B35A3D" w14:textId="77777777" w:rsidR="001F4CAD" w:rsidRPr="00080B3E" w:rsidRDefault="001F4CAD" w:rsidP="00D811BA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t>Program information may be made available in languages other than English. Persons with disabilities who require alternative means of communication to obtain program information (e.g., Braille, large print, audiotape, American Sign Language), should contact the responsible state or local agency that administers the program or USDA’s TARGET Center at (202) 720-2600 (voice and TTY) or contact USDA through the Federal Relay Service at (800) 877-8339.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="107F626F" w14:textId="77777777" w:rsidR="001F4CAD" w:rsidRPr="00080B3E" w:rsidRDefault="001F4CAD" w:rsidP="00D811BA">
+    <w:p w14:paraId="107F626F" w14:textId="77777777" w:rsidR="001F4CAD" w:rsidRPr="00080B3E" w:rsidRDefault="001F4CAD" w:rsidP="00E40237">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="240" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t>To file a program discrimination complaint, a Complainant should complete a Form AD-3027, USDA Program Discrimination Complaint Form which can be obtained online at:</w:t>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00080B3E">
+        <w:r w:rsidRPr="00BA51CA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
-            <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
-        <w:t xml:space="preserve">, from any USDA office, by calling (866) 632-9992, or by writing a letter addressed to USDA. The letter must contain the </w:t>
+        <w:t xml:space="preserve">, from any USDA office, by </w:t>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>complainant’s name, address, telephone number, and a written description of the alleged discriminatory action in sufficient detail to inform the Assistant Secretary for Civil Rights (ASCR) about the nature and date of an alleged civil rights violation. The completed AD-3027 form or letter must be submitted to USDA by:</w:t>
+        <w:t>calling (866) 632-9992, or by writing a letter addressed to USDA. The letter must contain the complainant’s name, address, telephone number, and a written description of the alleged discriminatory action in sufficient detail to inform the Assistant Secretary for Civil Rights (ASCR) about the nature and date of an alleged civil rights violation. The completed AD-3027 form or letter must be submitted to USDA by:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01F0016A" w14:textId="77777777" w:rsidR="001F4CAD" w:rsidRPr="00080B3E" w:rsidRDefault="001F4CAD" w:rsidP="00080B3E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t>mail: U.S. Department of Agriculture</w:t>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -899,763 +960,582 @@
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t>email:</w:t>
       </w:r>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00080B3E">
+        <w:r w:rsidRPr="00BA51CA">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
-            <w:color w:val="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>program.intake@usda.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0B0D4076" w14:textId="1991D367" w:rsidR="00A657DC" w:rsidRPr="00D811BA" w:rsidRDefault="001F4CAD" w:rsidP="00D811BA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:after="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:right="101"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00080B3E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t>This institution is an equal opportunity provider.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A657DC" w:rsidRPr="00D811BA" w:rsidSect="00080B3E">
+    <w:sectPr w:rsidR="00A657DC" w:rsidRPr="00D811BA" w:rsidSect="00E40237">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
-      <w:headerReference w:type="first" r:id="rId14"/>
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="1872" w:right="1440" w:bottom="1296" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7BB4C6C3" w14:textId="77777777" w:rsidR="00DC0B94" w:rsidRDefault="00DC0B94" w:rsidP="00513856">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0D29D7A5" w14:textId="77777777" w:rsidR="00DC0B94" w:rsidRDefault="00DC0B94" w:rsidP="00513856">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="DengXian Light">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2319FEB8" w14:textId="5756ABB7" w:rsidR="00A51F50" w:rsidRPr="00080B3E" w:rsidRDefault="00080B3E" w:rsidP="00080B3E">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2319FEB8" w14:textId="373F3987" w:rsidR="00A51F50" w:rsidRPr="00BA51CA" w:rsidRDefault="00BA51CA" w:rsidP="00E40237">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="14670"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Revised December</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Page </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-[...9 lines deleted...]
-      <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00080B3E">
-[...58 lines deleted...]
-    <w:r w:rsidRPr="00080B3E">
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-[...2 lines deleted...]
-      <w:fldChar w:fldCharType="begin"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00080B3E">
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-[...9 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-[...2 lines deleted...]
-      <w:t>1</w:t>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidRPr="00080B3E">
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00080B3E">
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="00080B3E">
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00080B3E">
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00080B3E">
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-[...2 lines deleted...]
-      <w:t>2</w:t>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidRPr="00080B3E">
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="710F6F67" w14:textId="0E2A8F00" w:rsidR="00684B10" w:rsidRPr="00080B3E" w:rsidRDefault="00EE391B" w:rsidP="00EE391B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="710F6F67" w14:textId="306777B5" w:rsidR="00684B10" w:rsidRPr="00BA51CA" w:rsidRDefault="00BA51CA" w:rsidP="00E40237">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="14670"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Revised December</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Page </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-[...3 lines deleted...]
-    <w:r w:rsidRPr="00080B3E">
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:sz w:val="18"/>
-[...2 lines deleted...]
-      <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00080B3E">
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:sz w:val="18"/>
-[...2 lines deleted...]
-      <w:sym w:font="Symbol" w:char="F0B7"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="00080B3E">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:sz w:val="18"/>
-[...2 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
-    <w:r w:rsidR="005B718A" w:rsidRPr="00080B3E">
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:t>August 202</w:t>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00EA3E53">
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:sz w:val="18"/>
-[...1 lines deleted...]
-        <w:lang w:bidi="ar-SA"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="003C2F1A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidR="005B718A" w:rsidRPr="00080B3E">
-[...24 lines deleted...]
-    <w:r w:rsidRPr="00080B3E">
+    <w:r w:rsidRPr="003C2F1A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="18"/>
-[...91 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="28B38410" w14:textId="77777777" w:rsidR="00DC0B94" w:rsidRDefault="00DC0B94" w:rsidP="00513856">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="272C3BFF" w14:textId="77777777" w:rsidR="00DC0B94" w:rsidRDefault="00DC0B94" w:rsidP="00513856">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0B2F604F" w14:textId="0D75528D" w:rsidR="00D811BA" w:rsidRPr="00465913" w:rsidRDefault="00D811BA" w:rsidP="00D811BA">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3368D6AB" w14:textId="77777777" w:rsidR="00BA51CA" w:rsidRPr="00BA51CA" w:rsidRDefault="00BA51CA" w:rsidP="00BA51CA">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="4" w:color="006600"/>
+        <w:top w:val="single" w:sz="4" w:space="6" w:color="006600"/>
         <w:left w:val="single" w:sz="4" w:space="3" w:color="006600"/>
-        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="006600"/>
+        <w:bottom w:val="single" w:sz="4" w:space="7" w:color="006600"/>
         <w:right w:val="single" w:sz="4" w:space="3" w:color="006600"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="480" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00D811BA">
+    <w:r w:rsidRPr="00BA51CA">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
         <w:spacing w:val="-1"/>
         <w:position w:val="1"/>
-        <w:sz w:val="28"/>
-        <w:szCs w:val="28"/>
+        <w:sz w:val="36"/>
+        <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>Sample Household Employer Letter</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...119 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03075205"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B1E6B0C"/>
     <w:lvl w:ilvl="0" w:tplc="29224F6E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="q"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
@@ -2941,56 +2821,56 @@
   <w:num w:numId="6" w16cid:durableId="97067036">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1458182937">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1914388122">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="419566152">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1311135273">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="2064595349">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="834296172">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="27649"/>
+    <o:shapedefaults v:ext="edit" spidmax="37889"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00763F13"/>
     <w:rsid w:val="00040F6D"/>
     <w:rsid w:val="00041BEA"/>
     <w:rsid w:val="0004525F"/>
     <w:rsid w:val="000566A7"/>
     <w:rsid w:val="00060760"/>
     <w:rsid w:val="00063046"/>
@@ -3027,238 +2907,247 @@
     <w:rsid w:val="0030461A"/>
     <w:rsid w:val="00336690"/>
     <w:rsid w:val="00355846"/>
     <w:rsid w:val="003578D9"/>
     <w:rsid w:val="00370E01"/>
     <w:rsid w:val="003819D8"/>
     <w:rsid w:val="00386138"/>
     <w:rsid w:val="00387677"/>
     <w:rsid w:val="003B2921"/>
     <w:rsid w:val="003F337E"/>
     <w:rsid w:val="004062DF"/>
     <w:rsid w:val="004107EF"/>
     <w:rsid w:val="00413292"/>
     <w:rsid w:val="00444165"/>
     <w:rsid w:val="00455098"/>
     <w:rsid w:val="00461B57"/>
     <w:rsid w:val="004762B2"/>
     <w:rsid w:val="0049487D"/>
     <w:rsid w:val="0049597F"/>
     <w:rsid w:val="004A6651"/>
     <w:rsid w:val="004D1068"/>
     <w:rsid w:val="004D5C86"/>
     <w:rsid w:val="004E4E5B"/>
     <w:rsid w:val="00501F62"/>
     <w:rsid w:val="005064EE"/>
+    <w:rsid w:val="00512144"/>
     <w:rsid w:val="005125E7"/>
     <w:rsid w:val="00513856"/>
     <w:rsid w:val="005863C8"/>
     <w:rsid w:val="00586D71"/>
     <w:rsid w:val="005873A8"/>
     <w:rsid w:val="00597517"/>
     <w:rsid w:val="005A1186"/>
     <w:rsid w:val="005A77A3"/>
     <w:rsid w:val="005A7D9E"/>
     <w:rsid w:val="005B1E9A"/>
     <w:rsid w:val="005B718A"/>
     <w:rsid w:val="005D1D1F"/>
     <w:rsid w:val="0063061F"/>
     <w:rsid w:val="00645A18"/>
     <w:rsid w:val="00653E83"/>
     <w:rsid w:val="006646A4"/>
     <w:rsid w:val="00665E2D"/>
     <w:rsid w:val="00684B10"/>
     <w:rsid w:val="00694BC8"/>
     <w:rsid w:val="00695AAF"/>
     <w:rsid w:val="00701CEE"/>
     <w:rsid w:val="007032E0"/>
     <w:rsid w:val="00711D66"/>
     <w:rsid w:val="0071760F"/>
     <w:rsid w:val="007212F9"/>
     <w:rsid w:val="007346B4"/>
     <w:rsid w:val="00757EB6"/>
     <w:rsid w:val="00763F13"/>
+    <w:rsid w:val="007913A1"/>
     <w:rsid w:val="007A38AA"/>
     <w:rsid w:val="007B1BA3"/>
+    <w:rsid w:val="007B3187"/>
     <w:rsid w:val="007C1124"/>
     <w:rsid w:val="007D7109"/>
     <w:rsid w:val="007F034F"/>
     <w:rsid w:val="007F6528"/>
     <w:rsid w:val="007F744E"/>
     <w:rsid w:val="0080562B"/>
     <w:rsid w:val="00810431"/>
     <w:rsid w:val="00841D7E"/>
     <w:rsid w:val="0084253F"/>
     <w:rsid w:val="00845642"/>
     <w:rsid w:val="008467E8"/>
     <w:rsid w:val="00884F23"/>
     <w:rsid w:val="008A1335"/>
     <w:rsid w:val="008B2E12"/>
     <w:rsid w:val="008B489E"/>
     <w:rsid w:val="008B5FE7"/>
+    <w:rsid w:val="008C04B1"/>
     <w:rsid w:val="008C3871"/>
     <w:rsid w:val="008D508C"/>
     <w:rsid w:val="008D73C7"/>
     <w:rsid w:val="00922DC2"/>
     <w:rsid w:val="00924A50"/>
     <w:rsid w:val="00946FDA"/>
     <w:rsid w:val="00956EAA"/>
     <w:rsid w:val="009644F5"/>
     <w:rsid w:val="00981BD6"/>
     <w:rsid w:val="009C4D31"/>
     <w:rsid w:val="009C6500"/>
     <w:rsid w:val="009D4448"/>
     <w:rsid w:val="009E0533"/>
     <w:rsid w:val="009E1128"/>
     <w:rsid w:val="009E1264"/>
     <w:rsid w:val="009E1DD8"/>
+    <w:rsid w:val="009F17E7"/>
     <w:rsid w:val="00A33B9A"/>
     <w:rsid w:val="00A51F50"/>
     <w:rsid w:val="00A6026E"/>
     <w:rsid w:val="00A657DC"/>
     <w:rsid w:val="00A87221"/>
     <w:rsid w:val="00A908D3"/>
     <w:rsid w:val="00A93B4D"/>
     <w:rsid w:val="00AA0210"/>
     <w:rsid w:val="00AB0C2D"/>
     <w:rsid w:val="00AC5435"/>
     <w:rsid w:val="00AD1221"/>
     <w:rsid w:val="00B06129"/>
     <w:rsid w:val="00B07E98"/>
     <w:rsid w:val="00B13222"/>
     <w:rsid w:val="00B24BDB"/>
     <w:rsid w:val="00B254CE"/>
     <w:rsid w:val="00B35F1A"/>
     <w:rsid w:val="00B375D8"/>
     <w:rsid w:val="00B50BB1"/>
     <w:rsid w:val="00B52E59"/>
     <w:rsid w:val="00B714E9"/>
     <w:rsid w:val="00B72EB0"/>
     <w:rsid w:val="00B8393C"/>
     <w:rsid w:val="00B841EC"/>
     <w:rsid w:val="00B9323A"/>
     <w:rsid w:val="00BA00AC"/>
+    <w:rsid w:val="00BA51CA"/>
     <w:rsid w:val="00BB6445"/>
+    <w:rsid w:val="00BD44C3"/>
     <w:rsid w:val="00BD649B"/>
     <w:rsid w:val="00BF3F92"/>
     <w:rsid w:val="00C04E6F"/>
     <w:rsid w:val="00C10F69"/>
     <w:rsid w:val="00C11274"/>
     <w:rsid w:val="00C35703"/>
     <w:rsid w:val="00C50691"/>
     <w:rsid w:val="00C7173F"/>
     <w:rsid w:val="00C8103F"/>
     <w:rsid w:val="00C933DB"/>
     <w:rsid w:val="00CC3FEB"/>
     <w:rsid w:val="00CC72E9"/>
     <w:rsid w:val="00CE7634"/>
     <w:rsid w:val="00D03765"/>
     <w:rsid w:val="00D210AD"/>
     <w:rsid w:val="00D320AD"/>
     <w:rsid w:val="00D436ED"/>
     <w:rsid w:val="00D43E4A"/>
     <w:rsid w:val="00D44378"/>
     <w:rsid w:val="00D55C4D"/>
     <w:rsid w:val="00D60D05"/>
     <w:rsid w:val="00D8086F"/>
     <w:rsid w:val="00D811BA"/>
     <w:rsid w:val="00D82CDF"/>
     <w:rsid w:val="00D873C0"/>
     <w:rsid w:val="00DA6A31"/>
     <w:rsid w:val="00DC0B94"/>
     <w:rsid w:val="00DC72EF"/>
     <w:rsid w:val="00DD14E0"/>
     <w:rsid w:val="00DE1CF2"/>
     <w:rsid w:val="00E0719C"/>
+    <w:rsid w:val="00E40237"/>
     <w:rsid w:val="00E4425C"/>
     <w:rsid w:val="00E45BAA"/>
     <w:rsid w:val="00E55F7C"/>
     <w:rsid w:val="00E7174E"/>
     <w:rsid w:val="00E7630F"/>
     <w:rsid w:val="00E92979"/>
     <w:rsid w:val="00EA3E53"/>
     <w:rsid w:val="00EE391B"/>
     <w:rsid w:val="00EE54CF"/>
     <w:rsid w:val="00EF2E22"/>
     <w:rsid w:val="00EF57ED"/>
     <w:rsid w:val="00EF5821"/>
     <w:rsid w:val="00F11B54"/>
     <w:rsid w:val="00F2738B"/>
     <w:rsid w:val="00F37529"/>
     <w:rsid w:val="00F64F23"/>
     <w:rsid w:val="00F75EE5"/>
     <w:rsid w:val="00F77539"/>
     <w:rsid w:val="00F87940"/>
     <w:rsid w:val="00F9252E"/>
     <w:rsid w:val="00FC01FD"/>
     <w:rsid w:val="00FC348B"/>
     <w:rsid w:val="00FD1B7F"/>
     <w:rsid w:val="00FD46B5"/>
+    <w:rsid w:val="00FE1BE1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="27649"/>
+    <o:shapedefaults v:ext="edit" spidmax="37889"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1335AB1B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{40ACC16A-8737-4F40-BFCD-B595617AF0B9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3298,51 +3187,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3609,97 +3498,122 @@
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D811BA"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="252" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
-    <w:qFormat/>
     <w:rsid w:val="00060760"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00BA51CA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="240"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00763F13"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BA51CA"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="0645AD"/>
+      <w:sz w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuickFormat4">
     <w:name w:val="QuickFormat4"/>
     <w:rsid w:val="00763F13"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00763F13"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="943634"/>
       <w:spacing w:val="5"/>
@@ -4050,91 +3964,135 @@
     <w:rsid w:val="00684B10"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="00684B10"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Header1">
+    <w:name w:val="Header 1"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BA51CA"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="6" w:color="006600"/>
+        <w:left w:val="single" w:sz="4" w:space="3" w:color="006600"/>
+        <w:bottom w:val="single" w:sz="4" w:space="7" w:color="006600"/>
+        <w:right w:val="single" w:sz="4" w:space="3" w:color="006600"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:spacing w:val="-1"/>
+      <w:position w:val="1"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00BA51CA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="365524747">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="571309690">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.intake@usda.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.intake@usda.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4367,50 +4325,59 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010055F477AB457D9347989FB43D9589FD03" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="285b20bfd786c059b1034c5193115fcf">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="61bb7fe8-5a18-403c-91be-7de2232a3b99" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="64d0d2ab840d79e5b39e6bd68c972ce2" ns2:_="">
     <xsd:import namespace="61bb7fe8-5a18-403c-91be-7de2232a3b99"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:FFY"/>
                 <xsd:element ref="ns2:PGM" minOccurs="0"/>
                 <xsd:element ref="ns2:DocID" minOccurs="0"/>
                 <xsd:element ref="ns2:signed" minOccurs="0"/>
                 <xsd:element ref="ns2:Also_x002d_See" minOccurs="0"/>
                 <xsd:element ref="ns2:Keyphrase" minOccurs="0"/>
                 <xsd:element ref="ns2:status"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" targetNamespace="61bb7fe8-5a18-403c-91be-7de2232a3b99" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -4493,149 +4460,140 @@
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="9" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="0" ma:displayName="Policy Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="lastPrinted" minOccurs="0" maxOccurs="1" type="xsd:dateTime"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <status xmlns="61bb7fe8-5a18-403c-91be-7de2232a3b99">active</status>
     <PGM xmlns="61bb7fe8-5a18-403c-91be-7de2232a3b99">
       <Value>SP</Value>
     </PGM>
     <FFY xmlns="61bb7fe8-5a18-403c-91be-7de2232a3b99">2015</FFY>
     <Keyphrase xmlns="61bb7fe8-5a18-403c-91be-7de2232a3b99">47</Keyphrase>
     <DocID xmlns="61bb7fe8-5a18-403c-91be-7de2232a3b99">2015-04-13T04:00:00+00:00</DocID>
     <signed xmlns="61bb7fe8-5a18-403c-91be-7de2232a3b99">false</signed>
     <Also_x002d_See xmlns="61bb7fe8-5a18-403c-91be-7de2232a3b99">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </Also_x002d_See>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD0689FC-1B18-48C4-B6DE-3717602254B7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3DB942D-92ED-4557-8B4B-D7A4EDE84619}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="61bb7fe8-5a18-403c-91be-7de2232a3b99"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/internal/2005/internalDocumentation"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37875C0B-E704-4682-9B7D-1B3229DB5CB7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="61bb7fe8-5a18-403c-91be-7de2232a3b99"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>366</Words>
-  <Characters>2089</Characters>
+  <Words>369</Words>
+  <Characters>2160</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sample Household Employer Letter</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>USDA-FNS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2451</CharactersWithSpaces>
+  <CharactersWithSpaces>2497</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>5111819</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.usda.gov/oascr/how-to-file-a-program-discrimination-complaint</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2424937</vt:i4>
       </vt:variant>
       <vt:variant>