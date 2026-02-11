--- v0 (2025-12-12)
+++ v1 (2026-02-11)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr checkCompatibility="1"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\CN Shared\Child Nutrition Web Docs\Schools\Professional Standards\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BD7B9089-A5D6-400E-AF25-D9B74821C3C3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3C4B259B-B68A-4EB9-9894-04ED80733A77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="SY 2024-25" sheetId="7" r:id="rId1"/>
+    <sheet name="SY 2025-26" sheetId="7" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'SY 2024-25'!$3:$3</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'SY 2025-26'!$3:$3</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Employee first and last name</t>
   </si>
   <si>
     <t>District position</t>
   </si>
   <si>
     <t>Total regular hours of work per week</t>
   </si>
   <si>
     <t>Date of hire</t>
   </si>
   <si>
     <t>Employee work location</t>
   </si>
   <si>
     <t>USDA training position title (e.g., director, manager, staff working more than 20 hours per week, part-time staff working less than 20 hours per week)</t>
   </si>
@@ -76,221 +76,167 @@
   <si>
     <t xml:space="preserve">Learning objective for the key area </t>
   </si>
   <si>
     <t>Hours of training</t>
   </si>
   <si>
     <t>Were USDA training requirements met for the school year? If "no," provide comments</t>
   </si>
   <si>
     <t>Date of training</t>
   </si>
   <si>
     <t>Title of training            (Keep copies of all agenda and supporting documentation)</t>
   </si>
   <si>
     <t>Professional Standards Tracker Log for School Nutrition Programs</t>
   </si>
   <si>
     <t>Training source (e.g., USDA, CSDE, LEA, SNACT, etc.)</t>
   </si>
   <si>
     <t>USDA required hours of training (Directors = 12 hours or more; Managers = 10 hours or more; Staff = 6 hours or 4 hours, depending on number of work hours)</t>
   </si>
   <si>
-    <t>School Year 2024-25 (July 1, 2024, through June 30, 2025)</t>
-[...1 lines deleted...]
-  <si>
     <t>Running total hours per employee</t>
+  </si>
+  <si>
+    <t>School Year 2025-26 (July 1, 2025, through June 30, 2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...5 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="5">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.79998168889431442"/>
-[...11 lines deleted...]
-        <fgColor theme="8" tint="0.79998168889431442"/>
+        <fgColor rgb="FFFFF9E7"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...22 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFFFF9E7"/>
       <color rgb="FF006600"/>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -538,235 +484,177 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3410C9FD-578E-418E-9C38-6D0503EE7829}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:R6"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-[...3 lines deleted...]
-      <selection pane="bottomRight" activeCell="E16" sqref="E16"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
+      <selection pane="topRight" activeCell="A23" sqref="A23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="29.140625" style="12" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="258" max="16384" width="9.140625" style="13" hidden="1"/>
+    <col min="1" max="1" width="29.140625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="19" style="2" customWidth="1"/>
+    <col min="3" max="3" width="10" style="2" customWidth="1"/>
+    <col min="4" max="4" width="10.85546875" style="2" customWidth="1"/>
+    <col min="5" max="5" width="13.140625" style="2" customWidth="1"/>
+    <col min="6" max="6" width="16.140625" style="2" customWidth="1"/>
+    <col min="7" max="7" width="22.140625" style="2" customWidth="1"/>
+    <col min="8" max="8" width="33" style="2" customWidth="1"/>
+    <col min="9" max="9" width="21.28515625" style="2" customWidth="1"/>
+    <col min="10" max="10" width="11.7109375" style="2" customWidth="1"/>
+    <col min="11" max="11" width="25.28515625" style="2" customWidth="1"/>
+    <col min="12" max="12" width="11.85546875" style="2" customWidth="1"/>
+    <col min="13" max="13" width="14.42578125" style="2" customWidth="1"/>
+    <col min="14" max="14" width="11.42578125" style="2" customWidth="1"/>
+    <col min="15" max="16" width="14.42578125" style="2" customWidth="1"/>
+    <col min="17" max="17" width="14.28515625" style="2" customWidth="1"/>
+    <col min="18" max="18" width="26.7109375" style="2" customWidth="1"/>
+    <col min="19" max="257" width="9.140625" style="2" hidden="1" customWidth="1"/>
+    <col min="258" max="16384" width="9.140625" style="2" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" s="3" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:18" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="B1" s="2"/>
-[...15 lines deleted...]
-      <c r="R1" s="2"/>
     </row>
-    <row r="2" spans="1:18" s="3" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-      <c r="R2" s="2"/>
+    <row r="2" spans="1:18" s="5" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="4" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="3" spans="1:18" s="8" customFormat="1" ht="120" x14ac:dyDescent="0.25">
-      <c r="A3" s="4" t="s">
+      <c r="A3" s="6" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="B3" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="4" t="s">
+      <c r="C3" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="D3" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="4" t="s">
+      <c r="E3" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="F3" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="H3" s="5" t="s">
+      <c r="H3" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="I3" s="4" t="s">
+      <c r="I3" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="J3" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="K3" s="6" t="s">
+      <c r="K3" s="7" t="s">
         <v>8</v>
       </c>
       <c r="L3" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="M3" s="4" t="s">
+      <c r="M3" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="N3" s="5" t="s">
+      <c r="N3" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="O3" s="4" t="s">
+      <c r="O3" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="P3" s="14" t="s">
-[...2 lines deleted...]
-      <c r="Q3" s="5" t="s">
+      <c r="P3" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="Q3" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="R3" s="4" t="s">
+      <c r="R3" s="6" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="4" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-      <c r="R4" s="9"/>
+    <row r="4" spans="1:18" s="1" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="D4" s="3"/>
     </row>
-    <row r="6" spans="1:18" s="10" customFormat="1" x14ac:dyDescent="0.2">
-[...10 lines deleted...]
-    </row>
+    <row r="6" spans="1:18" s="1" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;CRevised December 2024</oddFooter>
+    <oddFooter>&amp;CRevised January 2026</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>SY 2024-25</vt:lpstr>
-      <vt:lpstr>'SY 2024-25'!Print_Titles</vt:lpstr>
+      <vt:lpstr>SY 2025-26</vt:lpstr>
+      <vt:lpstr>'SY 2025-26'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CSDE</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Professional Standards Tracker Log for School Nutrition Programs</dc:title>
   <dc:creator>Teri Dandeneau</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>