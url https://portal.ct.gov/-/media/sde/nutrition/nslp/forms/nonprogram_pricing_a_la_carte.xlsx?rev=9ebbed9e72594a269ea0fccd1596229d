--- v0 (2025-12-08)
+++ v1 (2026-02-11)
@@ -1,112 +1,113 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="26227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\CN Shared\Child Nutrition Web Docs\Schools\Forms\Nonprogram Foods Pricing Worksheets\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{162230BD-4D64-4BF8-B5F3-402FBEFAC223}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0423234F-02F7-432C-B87F-68FB60D454A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="zV/yuDUeugUNrNOlcWRiLjklcTkoisgfP9vTFGoMY8T3wGpoCfSjyg9IVN7ZcNJan4cswWAcSNNUz3R3eiMUmQ==" workbookSaltValue="WMPcvcQK/QoBgzYGOoZ3Yg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="A La Carte Pricing Worksheet" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'A La Carte Pricing Worksheet'!$A$1:$F$78</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C76" i="1" l="1"/>
+  <c r="D55" i="1" l="1"/>
+  <c r="C76" i="1"/>
   <c r="D30" i="1"/>
   <c r="D29" i="1"/>
   <c r="D28" i="1"/>
   <c r="F30" i="1"/>
   <c r="F29" i="1"/>
   <c r="F28" i="1"/>
   <c r="D73" i="1"/>
   <c r="F73" i="1"/>
   <c r="F46" i="1"/>
   <c r="D47" i="1"/>
   <c r="F47" i="1"/>
   <c r="D48" i="1"/>
   <c r="F48" i="1"/>
   <c r="D49" i="1"/>
   <c r="F49" i="1"/>
   <c r="D50" i="1"/>
   <c r="F50" i="1"/>
   <c r="D51" i="1"/>
   <c r="F51" i="1"/>
   <c r="D52" i="1"/>
   <c r="F52" i="1"/>
   <c r="D53" i="1"/>
   <c r="F53" i="1"/>
   <c r="D54" i="1"/>
   <c r="F54" i="1"/>
-  <c r="D55" i="1"/>
   <c r="F55" i="1"/>
   <c r="D56" i="1"/>
   <c r="F56" i="1"/>
   <c r="D57" i="1"/>
   <c r="F57" i="1"/>
   <c r="D58" i="1"/>
   <c r="F58" i="1"/>
   <c r="D59" i="1"/>
   <c r="F59" i="1"/>
   <c r="D60" i="1"/>
   <c r="F60" i="1"/>
   <c r="D61" i="1"/>
   <c r="F61" i="1"/>
   <c r="D62" i="1"/>
   <c r="F62" i="1"/>
   <c r="D63" i="1"/>
   <c r="F63" i="1"/>
   <c r="D64" i="1"/>
   <c r="F64" i="1"/>
   <c r="D65" i="1"/>
   <c r="F65" i="1"/>
   <c r="D66" i="1"/>
   <c r="F66" i="1"/>
   <c r="D67" i="1"/>
   <c r="F67" i="1"/>
@@ -955,52 +956,52 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:K78"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" topLeftCell="A55" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="A79" sqref="A79:XFD79"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A52" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="D60" sqref="D60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.25" zeroHeight="1" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2.7109375" style="13" customWidth="1"/>
     <col min="2" max="2" width="38.5703125" style="13" customWidth="1"/>
     <col min="3" max="3" width="12.5703125" style="22" customWidth="1"/>
     <col min="4" max="4" width="16" style="23" customWidth="1"/>
     <col min="5" max="5" width="11.140625" style="22" customWidth="1"/>
     <col min="6" max="6" width="11.85546875" style="22" customWidth="1"/>
     <col min="7" max="7" width="0.7109375" style="13" customWidth="1"/>
     <col min="8" max="8" width="2.140625" style="13" hidden="1" customWidth="1"/>
     <col min="9" max="11" width="0" style="13" hidden="1" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="13" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" s="10" customFormat="1" ht="14.65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="8" t="s">
         <v>28</v>
       </c>
       <c r="B1" s="8"/>
       <c r="C1" s="8"/>
       <c r="D1" s="8"/>
       <c r="E1" s="8"/>
       <c r="F1" s="8"/>
@@ -1462,53 +1463,53 @@
         <f>C53/C10</f>
         <v>0</v>
       </c>
       <c r="E53" s="3"/>
       <c r="F53" s="35" t="e">
         <f t="shared" si="1"/>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="54" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B54" s="2"/>
       <c r="C54" s="3"/>
       <c r="D54" s="34">
         <f>C54/C10</f>
         <v>0</v>
       </c>
       <c r="E54" s="3"/>
       <c r="F54" s="35" t="e">
         <f t="shared" si="1"/>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="55" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B55" s="2"/>
       <c r="C55" s="3"/>
-      <c r="D55" s="34" t="e">
-[...1 lines deleted...]
-        <v>#REF!</v>
+      <c r="D55" s="34">
+        <f>C55/C10</f>
+        <v>0</v>
       </c>
       <c r="E55" s="3"/>
       <c r="F55" s="35" t="e">
         <f t="shared" si="1"/>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="56" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B56" s="2"/>
       <c r="C56" s="3"/>
       <c r="D56" s="34">
         <f>C56/C10</f>
         <v>0</v>
       </c>
       <c r="E56" s="3"/>
       <c r="F56" s="35" t="e">
         <f t="shared" si="1"/>
         <v>#DIV/0!</v>
       </c>
     </row>
     <row r="57" spans="2:6" x14ac:dyDescent="0.2">
       <c r="B57" s="2"/>
       <c r="C57" s="3"/>
       <c r="D57" s="34">
         <f>C57/C10</f>
@@ -1760,55 +1761,55 @@
       </c>
       <c r="E76" s="44">
         <f>SUM(E46:E74)</f>
         <v>0</v>
       </c>
       <c r="F76" s="45"/>
     </row>
     <row r="77" spans="2:6" x14ac:dyDescent="0.2">
       <c r="C77" s="13"/>
       <c r="D77" s="13"/>
       <c r="E77" s="13"/>
       <c r="F77" s="39"/>
     </row>
     <row r="78" spans="2:6" ht="15" x14ac:dyDescent="0.25">
       <c r="C78" s="40"/>
       <c r="D78" s="21"/>
       <c r="E78" s="46" t="s">
         <v>36</v>
       </c>
       <c r="F78" s="47" t="e">
         <f>C76/E76</f>
         <v>#DIV/0!</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Yx0SToQJcNhQx0Oc1mpF2SPMR6yNUTpFo96dX0giHQ2AENbPca8OKU8SzIozuB7dxci7Jp/dR6XAv4I5mIiICw==" saltValue="PzbiWivny1UxDG0dfO98Sg==" spinCount="100000" sheet="1" objects="1" scenarios="1" insertRows="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="vsr+Vk0IuFcJdVQvsCNQfn4u1pSzfbzL5sWdNSu2TjPAUVuyhWweU6xwxcRAom1c+ZEHZLBszm5UzL7B4DwtEA==" saltValue="iygoFFRZGaIO7lTsYUGQog==" spinCount="100000" sheet="1" objects="1" scenarios="1" insertRows="0"/>
   <pageMargins left="0.5" right="0.5" top="0.5" bottom="0.7" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;CRevised October 2025 • Page &amp;P of &amp;N</oddFooter>
+    <oddFooter>&amp;CRevised January 2026 • Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="33" max="5" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>