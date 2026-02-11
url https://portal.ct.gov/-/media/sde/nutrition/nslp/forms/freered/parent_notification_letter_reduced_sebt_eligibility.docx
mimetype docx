--- v0 (2025-12-05)
+++ v1 (2026-02-11)
@@ -1,706 +1,522 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5E1D1397" w14:textId="4B02B0C3" w:rsidR="007A5F56" w:rsidRPr="007D23A4" w:rsidRDefault="007D23A4" w:rsidP="006317A8">
+    <w:p w14:paraId="211C5AC8" w14:textId="25958A14" w:rsidR="001001D3" w:rsidRPr="00965983" w:rsidRDefault="00274F81" w:rsidP="0086374A">
+      <w:pPr>
+        <w:pStyle w:val="Header1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00965983">
+        <w:t>Summer Electronic Benefits Transfer Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00965983">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00965983">
+        <w:t xml:space="preserve">(S-EBT) </w:t>
+      </w:r>
+      <w:r w:rsidR="00704B8B" w:rsidRPr="00965983">
+        <w:t>Parent/Guardian Notification Letter</w:t>
+      </w:r>
+      <w:r w:rsidR="0086374A" w:rsidRPr="00965983">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00704B8B" w:rsidRPr="00965983">
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="0086374A" w:rsidRPr="00965983">
+        <w:t xml:space="preserve">Reduced-price </w:t>
+      </w:r>
+      <w:r w:rsidR="00704B8B" w:rsidRPr="00965983">
+        <w:t>Eligibility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D36300" w14:textId="79A23FBC" w:rsidR="001001D3" w:rsidRPr="00D61253" w:rsidRDefault="00F906D7" w:rsidP="00C50C88">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:spacing w:before="0" w:after="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F906D7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>School Year 2025-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C0947F" w14:textId="77777777" w:rsidR="00AD4489" w:rsidRPr="00F53619" w:rsidRDefault="00AD4489" w:rsidP="00AD4489">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:spacing w:before="120" w:after="480" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk218240436"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk137639718"/>
+      <w:r w:rsidRPr="00F53619">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[Use District/School Letterhead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F53619">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="0E96A863" w14:textId="3C690BFC" w:rsidR="00704B8B" w:rsidRPr="007D23A4" w:rsidRDefault="00704B8B" w:rsidP="00704B8B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="3060"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val=""/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk137639718"/>
       <w:r w:rsidRPr="007D23A4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:lang w:val=""/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007D23A4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
+          <w:lang w:val=""/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704B8B">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
-          <w:lang w:val=""/>
-[...1 lines deleted...]
-        <w:tab/>
+        </w:rPr>
+        <w:t>[insert date]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A753D6" w14:textId="649193A7" w:rsidR="007A5F56" w:rsidRPr="00B103D5" w:rsidRDefault="007A5F56" w:rsidP="006317A8">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="444C5129" w14:textId="77777777" w:rsidR="0086374A" w:rsidRPr="0086374A" w:rsidRDefault="0086374A" w:rsidP="0086374A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...8 lines deleted...]
-      <w:r w:rsidR="007D23A4" w:rsidRPr="00B103D5">
+        </w:rPr>
+        <w:t xml:space="preserve">Dear Parent/Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk173391483"/>
+      <w:r w:rsidRPr="0086374A">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>[insert name of the child and school]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="3ED2655D" w14:textId="77777777" w:rsidR="0086374A" w:rsidRPr="00B103D5" w:rsidRDefault="0086374A" w:rsidP="0086374A">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007D23A4" w:rsidRPr="00B103D5">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-          <w:iCs/>
+        </w:rPr>
+        <w:t>Your approved S-EBT application makes your child eligible for reduced-price meals. Therefore, e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B103D5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ffective </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:rPr>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val=""/>
-[...3 lines deleted...]
-      <w:r w:rsidR="007D23A4">
+        </w:rPr>
+        <w:t>[insert date]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t xml:space="preserve"> your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...33 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> child has been:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="11404F5C" w14:textId="7C1BBB3A" w:rsidR="007A5F56" w:rsidRPr="00B103D5" w:rsidRDefault="00DD38BF" w:rsidP="006317A8">
-[...75 lines deleted...]
-    <w:p w14:paraId="04252495" w14:textId="77777777" w:rsidR="006D5B54" w:rsidRPr="006D5B54" w:rsidRDefault="00693C8D" w:rsidP="006317A8">
+    <w:p w14:paraId="288787F7" w14:textId="77777777" w:rsidR="0086374A" w:rsidRPr="006D5B54" w:rsidRDefault="0086374A" w:rsidP="0086374A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="23"/>
         </w:numPr>
-        <w:spacing w:before="240"/>
         <w:ind w:left="0" w:firstLine="360"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD4E0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">APPROVED </w:t>
       </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk218239873"/>
       <w:r w:rsidRPr="00CD4E0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD4E0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>reduced-price meals</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD4E0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00893D27">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="1FDDA7D6" w14:textId="2E6729CA" w:rsidR="00FD7CB1" w:rsidRPr="006D5B54" w:rsidRDefault="00893D27" w:rsidP="006317A8">
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7277C6C6" w14:textId="5D1DEFF2" w:rsidR="0086374A" w:rsidRPr="0086374A" w:rsidRDefault="0086374A" w:rsidP="0086374A">
       <w:r w:rsidRPr="006D5B54">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">The cost of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009F5F29" w:rsidRPr="006D5B54">
+        <w:t xml:space="preserve">The cost of a reduced-price breakfast is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t>$</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>insert pric</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>of reduced-price breakfast</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t xml:space="preserve">] and lunch is </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t>$ [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>insert price of reduced-price lunch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t>].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78119509" w14:textId="77777777" w:rsidR="0086374A" w:rsidRPr="00FD7CB1" w:rsidRDefault="0086374A" w:rsidP="0086374A">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:bCs/>
-[...3 lines deleted...]
-      <w:r w:rsidR="009F5F29" w:rsidRPr="00416E20">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0086374A">
+        <w:t>Maintain this copy for your records since this</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-      <w:r w:rsidR="009F5F29" w:rsidRPr="00416E20">
+        </w:rPr>
+        <w:t xml:space="preserve"> form </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD7CB1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">may be used as proof of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD7CB1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>eligibility for other programs.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F5F29" w:rsidRPr="00416E20">
-[...71 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="2A858C7B" w14:textId="4E09497B" w:rsidR="007A5F56" w:rsidRPr="00FD7CB1" w:rsidRDefault="007B74A5" w:rsidP="006317A8">
-[...64 lines deleted...]
-        <w:spacing w:before="240"/>
+    <w:p w14:paraId="558F64E4" w14:textId="77777777" w:rsidR="0086374A" w:rsidRPr="00B4191A" w:rsidRDefault="0086374A" w:rsidP="0086374A">
+      <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="auto"/>
-          <w:spacing w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>Please note that your</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B103D5" w:rsidRPr="00B103D5">
+        <w:t xml:space="preserve">Please note that your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00854382">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
+        <w:t>child’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B103D5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eligibility determination for reduced-price meals is valid for the entire school year</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B103D5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>If you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r income or household changes you may reapply for free meals </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t>or [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>free milk – omit if your school does not participate in the Special Milk Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t>] at anytime</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during the school year. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B103D5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B103D5" w:rsidRPr="00854382">
+    </w:p>
+    <w:p w14:paraId="791E6AF2" w14:textId="77777777" w:rsidR="0086374A" w:rsidRDefault="0086374A" w:rsidP="0086374A">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>child’s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B103D5">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> eligibility determination for reduced-price meals is valid for the entire school year</w:t>
-[...41 lines deleted...]
-          <w:bCs/>
+        <w:t>If you have any questions, please contact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t>: [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>free milk</w:t>
-[...11 lines deleted...]
-          <w:bCs/>
+        <w:t>Insert name of determining official</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t xml:space="preserve">] at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>omit if your school does not participate in the Special Milk Program</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>[insert phone number of determining official</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t>] or [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>email address of determining official</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0086374A">
+        <w:t>].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FD2351C" w14:textId="5D4CD106" w:rsidR="007B68A0" w:rsidRDefault="007B68A0" w:rsidP="006317A8">
-[...89 lines deleted...]
-    <w:p w14:paraId="53F2EFB5" w14:textId="77777777" w:rsidR="008C1454" w:rsidRDefault="008C1454" w:rsidP="008C1454">
+    <w:p w14:paraId="1EF9CA3D" w14:textId="2C6F9497" w:rsidR="0086374A" w:rsidRDefault="0086374A" w:rsidP="0086374A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3690"/>
           <w:tab w:val="left" w:pos="7380"/>
           <w:tab w:val="right" w:pos="9630"/>
         </w:tabs>
-        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F50BA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>of Determining Official</w:t>
       </w:r>
@@ -718,1030 +534,1118 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E50CBF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E50CBF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E50CBF">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00CA49CB">
+        <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43F34C3B" w14:textId="00FF0AA2" w:rsidR="007A0BCA" w:rsidRPr="00B103D5" w:rsidRDefault="007A0BCA" w:rsidP="00AA68E1">
-[...21 lines deleted...]
-    <w:p w14:paraId="3293DD0C" w14:textId="77777777" w:rsidR="003A2049" w:rsidRPr="00B103D5" w:rsidRDefault="003A2049" w:rsidP="006317A8">
+    <w:p w14:paraId="17A1D591" w14:textId="77777777" w:rsidR="00274F81" w:rsidRPr="00B103D5" w:rsidRDefault="00274F81" w:rsidP="00274F81">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
-        <w:t xml:space="preserve">In accordance with federal civil rights law and U.S. Department of Agriculture (USDA) civil rights regulations and policies, this institution is prohibited from discriminating </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B103D5">
+        <w:t>In accordance with federal civil rights law and U.S. Department of Agriculture (USDA) civil rights regulations and policies, this institution is prohibited from discriminating on the basis of race, color, national origin, sex (including gender identity and sexual orientation), disability, age, or reprisal or retaliation for prior civil rights activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="368AD30C" w14:textId="77777777" w:rsidR="00274F81" w:rsidRPr="00B103D5" w:rsidRDefault="00274F81" w:rsidP="00274F81">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
-        <w:t>on the basis of</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
-        <w:t xml:space="preserve"> race, color, national origin, sex (including gender identity and sexual orientation), disability, age, or reprisal or retaliation for prior civil rights activity.</w:t>
-[...5 lines deleted...]
-        <w:spacing w:before="240"/>
+        <w:t xml:space="preserve">Program information may be made available in languages other than English. Persons with disabilities who require alternative means of communication to obtain program information (e.g., Braille, large print, audiotape, American Sign Language), should contact the responsible state or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B103D5">
+        <w:lastRenderedPageBreak/>
+        <w:t>local agency that administers the program or USDA’s TARGET Center at (202) 720-2600 (voice and TTY) or contact USDA through the Federal Relay Service at (800) 877-8339.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CF561E" w14:textId="77777777" w:rsidR="00274F81" w:rsidRPr="00B103D5" w:rsidRDefault="00274F81" w:rsidP="00274F81">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
-        <w:t>Program information may be made available in languages other than English. Persons with disabilities who require alternative means of communication to obtain program information (e.g., Braille, large print, audiotape, American Sign Language), should contact the responsible state or local agency that administers the program or USDA’s TARGET Center at (202) 720-2600 (voice and TTY) or contact USDA through the Federal Relay Service at (800) 877-8339.</w:t>
-[...5 lines deleted...]
-        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">To file a program discrimination complaint, a Complainant should complete a Form AD-3027, USDA Program Discrimination Complaint Form which can be obtained online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00B103D5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:u w:val="none"/>
           </w:rPr>
           <w:t>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t>, from any USDA office, by calling (866) 632-9992, or by writing a letter addressed to USDA. The letter must contain the complainant’s name, address, telephone number, and a written description of the alleged discriminatory action in sufficient detail to inform the Assistant Secretary for Civil Rights (ASCR) about the nature and date of an alleged civil rights violation. The completed AD-3027 form or letter must be submitted to USDA by:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3246605A" w14:textId="77777777" w:rsidR="003A2049" w:rsidRPr="00B103D5" w:rsidRDefault="003A2049" w:rsidP="006317A8">
+    <w:p w14:paraId="5B277FCF" w14:textId="77777777" w:rsidR="00274F81" w:rsidRPr="00B103D5" w:rsidRDefault="00274F81" w:rsidP="00274F81">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t>mail: U.S. Department of Agriculture</w:t>
       </w:r>
       <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:br/>
         <w:t>Office of the Assistant Secretary for Civil Rights</w:t>
       </w:r>
       <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:br/>
         <w:t>1400 Independence Avenue, SW</w:t>
       </w:r>
       <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:br/>
         <w:t>Washington, D.C. 20250-9410; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50EB2394" w14:textId="77777777" w:rsidR="003A2049" w:rsidRPr="00B103D5" w:rsidRDefault="003A2049" w:rsidP="006317A8">
+    <w:p w14:paraId="155F09E9" w14:textId="77777777" w:rsidR="00274F81" w:rsidRPr="00B103D5" w:rsidRDefault="00274F81" w:rsidP="00274F81">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t>fax: (833) 256-1665 or (202) 690-7442; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6765DD1A" w14:textId="3811FCAA" w:rsidR="003A2049" w:rsidRPr="000E34A3" w:rsidRDefault="003A2049" w:rsidP="006317A8">
+    <w:p w14:paraId="7A0BDDB9" w14:textId="77777777" w:rsidR="00274F81" w:rsidRPr="000E34A3" w:rsidRDefault="00274F81" w:rsidP="00274F81">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t>email:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00B103D5">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00274F81">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
-            <w:color w:val="0000FF"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>program.intake@usda.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B096DEB" w14:textId="3B828C1E" w:rsidR="00B103D5" w:rsidRPr="007A5F56" w:rsidRDefault="003A2049" w:rsidP="006317A8">
+    <w:p w14:paraId="7850FC2C" w14:textId="765B2035" w:rsidR="00C50C88" w:rsidRPr="00274F81" w:rsidRDefault="00274F81" w:rsidP="00274F81">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5685"/>
         </w:tabs>
-        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B103D5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
         </w:rPr>
-        <w:t>This institution is an equal opportunity provider.</w:t>
+        <w:t>This institution is an equal opportunity provider</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B103D5" w:rsidRPr="007A5F56" w:rsidSect="008A7C85">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+    <w:sectPr w:rsidR="00C50C88" w:rsidRPr="00274F81" w:rsidSect="00274F81">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="1440" w:right="1296" w:bottom="1152" w:left="1296" w:header="720" w:footer="576" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
+      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34ADAA4E" w14:textId="77777777" w:rsidR="0041667E" w:rsidRDefault="0041667E" w:rsidP="00513856">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5AA1ABBB" w14:textId="77777777" w:rsidR="00D035B3" w:rsidRDefault="00D035B3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00A3C888" w14:textId="77777777" w:rsidR="0041667E" w:rsidRDefault="0041667E" w:rsidP="00513856">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="241ABA4B" w14:textId="77777777" w:rsidR="00D035B3" w:rsidRDefault="00D035B3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="TIREXP+Futura">
+    <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="GillSans">
+    <w:altName w:val="Lucida Sans Unicode"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2D54459C" w14:textId="77777777" w:rsidR="0070199F" w:rsidRDefault="0070199F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1E7C8480" w14:textId="4459901B" w:rsidR="00C50C88" w:rsidRPr="00C50C88" w:rsidRDefault="00C50C88" w:rsidP="00C50C88">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="14670"/>
+      </w:tabs>
+      <w:spacing w:before="0"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
     </w:pPr>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
+    </w:r>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
+    </w:r>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Revised January 2026 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
+    </w:r>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Page </w:t>
+    </w:r>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="004B4724">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6ACE20AE" w14:textId="3010C5E4" w:rsidR="000D3B27" w:rsidRPr="000E34A3" w:rsidRDefault="00CA4AED" w:rsidP="006317A8">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7BE8E47C" w14:textId="7D3486E6" w:rsidR="00C50C88" w:rsidRPr="00C50C88" w:rsidRDefault="00C50C88" w:rsidP="00C50C88">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="14670"/>
+      </w:tabs>
+      <w:spacing w:before="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:bCs/>
-[...1 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="000E34A3">
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
     </w:r>
-    <w:r w:rsidRPr="000E34A3">
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
-    <w:r w:rsidRPr="000E34A3">
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-      <w:t>August</w:t>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Revised January 2026 </w:t>
     </w:r>
-    <w:r w:rsidRPr="000E34A3">
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:sz w:val="20"/>
-[...8 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
-    <w:r w:rsidRPr="000E34A3">
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="000E34A3">
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="000E34A3">
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="000E34A3">
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="000E34A3">
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="000E34A3">
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="000E34A3">
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="000E34A3">
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="000E34A3">
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="000E34A3">
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-      <w:jc w:val="center"/>
+    <w:r w:rsidRPr="004B4724">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
-        <w:bCs/>
-[...24 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
-    </w:r>
-[...128 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3352F349" w14:textId="77777777" w:rsidR="0041667E" w:rsidRDefault="0041667E" w:rsidP="00513856">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="46FBBD5B" w14:textId="77777777" w:rsidR="00D035B3" w:rsidRDefault="00D035B3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51B2E30D" w14:textId="77777777" w:rsidR="0041667E" w:rsidRDefault="0041667E" w:rsidP="00513856">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7E327A05" w14:textId="77777777" w:rsidR="00D035B3" w:rsidRDefault="00D035B3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="60D2666A" w14:textId="77777777" w:rsidR="0070199F" w:rsidRDefault="0070199F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="089DDE11" w14:textId="33EBC2D3" w:rsidR="00965983" w:rsidRPr="00965983" w:rsidRDefault="00965983" w:rsidP="00965983">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Header1"/>
     </w:pPr>
-  </w:p>
-[...33 lines deleted...]
-      <w:t>Summer Electronic Benefits Transfer Program (S-EBT)</w:t>
+    <w:r w:rsidRPr="00965983">
+      <w:t>Summer Electronic Benefits Transfer Program</w:t>
     </w:r>
     <w:r>
-      <w:rPr>
-[...5 lines deleted...]
-      </w:rPr>
       <w:br/>
     </w:r>
-    <w:r w:rsidRPr="000E34A3">
-[...7 lines deleted...]
-      <w:t>Parent/Guardian Notification Letter for Reduced-price Eligibility</w:t>
+    <w:r w:rsidRPr="00965983">
+      <w:t>(S-EBT) Parent/Guardian Notification Letter</w:t>
     </w:r>
-  </w:p>
-[...42 lines deleted...]
-      </w:rPr>
+    <w:r w:rsidRPr="00965983">
       <w:br/>
-    </w:r>
-[...101 lines deleted...]
-      <w:t>]</w:t>
+      <w:t>for Reduced-price Eligibility</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0028230D"/>
+    <w:nsid w:val="0D454DC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5CB87F2A"/>
-    <w:lvl w:ilvl="0" w:tplc="04090011">
+    <w:tmpl w:val="8F80C53C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0EB74415"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3084C2BE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F31585B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C25499C8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20482720"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7B54BA3E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1770,392 +1674,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-[...340 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22FF42AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD3ED53C"/>
     <w:lvl w:ilvl="0" w:tplc="936C1050">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="¨"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2315,50 +1877,841 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="270A76FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="84BCA1E6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D7E7ED2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="20BC4A9A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="319F5AE3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="93CC79AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3255192D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0ACEF4AA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35A13013"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="596E6DBA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="368C5D5C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="93CC79AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42C25A51"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82CAE1D4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43F7140F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="93CC79AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -2427,65 +2780,516 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5D56748D"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="493A07E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0C068E02"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="¨"/>
+    <w:tmpl w:val="0B041640"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E4153FA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4DF64BB8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="56204211"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="997A87C0"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="591B24BF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DB169512"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5AB220B8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E5F691A4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -2541,51 +3345,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61B52C45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C442BB94"/>
     <w:lvl w:ilvl="0" w:tplc="99946F3C">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Times New Roman" w:hAnsi="Wingdings" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2654,279 +3458,164 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="69E717F9"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="68D92C3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A606DD06"/>
-[...6 lines deleted...]
-        <w:ind w:left="1800" w:hanging="360"/>
+    <w:tmpl w:val="5BE27A30"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="28"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-[...34 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70E0006E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AAB21F1E"/>
     <w:lvl w:ilvl="0" w:tplc="4B042B94">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2975,599 +3664,1483 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="75C01A38"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="740704E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0404821A"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="8A242C88"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%2."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1654144200">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E740100"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FAF2BAE2"/>
+    <w:lvl w:ilvl="0" w:tplc="FDC2C550">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1514493924">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2066906978">
+  <w:num w:numId="2" w16cid:durableId="745762516">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="177500020">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1161699668">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="2070837495">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1100294722">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1122454157">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="938878181">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="594747245">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1351712765">
+  <w:num w:numId="10" w16cid:durableId="1273828643">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1708530866">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1413969305">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="864832147">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1343554445">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1347902261">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="892228788">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="19861094">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1268153202">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1012684016">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="19" w16cid:durableId="210269322">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1192954236">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="20" w16cid:durableId="1172989984">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="861017461">
+  <w:num w:numId="21" w16cid:durableId="861017461">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1685203738">
-[...8 lines deleted...]
-  <w:num w:numId="10" w16cid:durableId="1886210853">
+  <w:num w:numId="22" w16cid:durableId="1886210853">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1095251096">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="23" w16cid:durableId="1223565135">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="973094548">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="24" w16cid:durableId="973094548">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1223565135">
-[...1 lines deleted...]
-  </w:num>
+  <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050">
+      <o:colormru v:ext="edit" colors="#630"/>
+    </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00763F13"/>
-[...344 lines deleted...]
-    <w:rsid w:val="00FE7BC0"/>
+    <w:rsidRoot w:val="000B5E0B"/>
+    <w:rsid w:val="00000EF2"/>
+    <w:rsid w:val="00002F61"/>
+    <w:rsid w:val="000033E0"/>
+    <w:rsid w:val="000070C9"/>
+    <w:rsid w:val="00012725"/>
+    <w:rsid w:val="00012C6F"/>
+    <w:rsid w:val="00015C57"/>
+    <w:rsid w:val="00017F25"/>
+    <w:rsid w:val="00020C83"/>
+    <w:rsid w:val="00021090"/>
+    <w:rsid w:val="00021287"/>
+    <w:rsid w:val="00021479"/>
+    <w:rsid w:val="0002192C"/>
+    <w:rsid w:val="00030FC8"/>
+    <w:rsid w:val="00032849"/>
+    <w:rsid w:val="00034BF2"/>
+    <w:rsid w:val="0003574B"/>
+    <w:rsid w:val="00041410"/>
+    <w:rsid w:val="00042220"/>
+    <w:rsid w:val="00043973"/>
+    <w:rsid w:val="00051235"/>
+    <w:rsid w:val="00051F31"/>
+    <w:rsid w:val="000523AC"/>
+    <w:rsid w:val="000539E0"/>
+    <w:rsid w:val="00053D24"/>
+    <w:rsid w:val="000541AC"/>
+    <w:rsid w:val="00054E81"/>
+    <w:rsid w:val="00055080"/>
+    <w:rsid w:val="000565C5"/>
+    <w:rsid w:val="0006153F"/>
+    <w:rsid w:val="00063A9F"/>
+    <w:rsid w:val="00070F18"/>
+    <w:rsid w:val="000814FF"/>
+    <w:rsid w:val="00083E0D"/>
+    <w:rsid w:val="000845D2"/>
+    <w:rsid w:val="00084FD9"/>
+    <w:rsid w:val="000863D1"/>
+    <w:rsid w:val="00086678"/>
+    <w:rsid w:val="00086749"/>
+    <w:rsid w:val="000910BE"/>
+    <w:rsid w:val="00093AD2"/>
+    <w:rsid w:val="00096E77"/>
+    <w:rsid w:val="0009779B"/>
+    <w:rsid w:val="000A0688"/>
+    <w:rsid w:val="000A3AC7"/>
+    <w:rsid w:val="000A3CD9"/>
+    <w:rsid w:val="000A4610"/>
+    <w:rsid w:val="000A65DF"/>
+    <w:rsid w:val="000A7B80"/>
+    <w:rsid w:val="000B0F43"/>
+    <w:rsid w:val="000B2177"/>
+    <w:rsid w:val="000B5A99"/>
+    <w:rsid w:val="000B5E0B"/>
+    <w:rsid w:val="000B709B"/>
+    <w:rsid w:val="000C143A"/>
+    <w:rsid w:val="000C3403"/>
+    <w:rsid w:val="000C373B"/>
+    <w:rsid w:val="000C3F59"/>
+    <w:rsid w:val="000C42F4"/>
+    <w:rsid w:val="000D2906"/>
+    <w:rsid w:val="000D41A8"/>
+    <w:rsid w:val="000D7B7A"/>
+    <w:rsid w:val="000E0FD9"/>
+    <w:rsid w:val="000E2C4D"/>
+    <w:rsid w:val="000E3436"/>
+    <w:rsid w:val="000F0891"/>
+    <w:rsid w:val="000F12A7"/>
+    <w:rsid w:val="000F22D7"/>
+    <w:rsid w:val="000F3645"/>
+    <w:rsid w:val="000F6973"/>
+    <w:rsid w:val="000F7835"/>
+    <w:rsid w:val="001001D3"/>
+    <w:rsid w:val="00101747"/>
+    <w:rsid w:val="0010459E"/>
+    <w:rsid w:val="001135BD"/>
+    <w:rsid w:val="00121A09"/>
+    <w:rsid w:val="00124813"/>
+    <w:rsid w:val="001263CE"/>
+    <w:rsid w:val="00127489"/>
+    <w:rsid w:val="001308BA"/>
+    <w:rsid w:val="00131268"/>
+    <w:rsid w:val="00133199"/>
+    <w:rsid w:val="00136C47"/>
+    <w:rsid w:val="0014020B"/>
+    <w:rsid w:val="00140C86"/>
+    <w:rsid w:val="00140D42"/>
+    <w:rsid w:val="0014140E"/>
+    <w:rsid w:val="001418D6"/>
+    <w:rsid w:val="0014221B"/>
+    <w:rsid w:val="00145014"/>
+    <w:rsid w:val="00146B70"/>
+    <w:rsid w:val="00147655"/>
+    <w:rsid w:val="0015047C"/>
+    <w:rsid w:val="00152E58"/>
+    <w:rsid w:val="00153D45"/>
+    <w:rsid w:val="00155613"/>
+    <w:rsid w:val="00160D44"/>
+    <w:rsid w:val="001611D2"/>
+    <w:rsid w:val="001648A1"/>
+    <w:rsid w:val="00165FCF"/>
+    <w:rsid w:val="001660FD"/>
+    <w:rsid w:val="00167F45"/>
+    <w:rsid w:val="00177548"/>
+    <w:rsid w:val="00182F5E"/>
+    <w:rsid w:val="0018416A"/>
+    <w:rsid w:val="001848A6"/>
+    <w:rsid w:val="00184CE3"/>
+    <w:rsid w:val="0018554D"/>
+    <w:rsid w:val="0018757C"/>
+    <w:rsid w:val="00187937"/>
+    <w:rsid w:val="00190FBC"/>
+    <w:rsid w:val="001949D7"/>
+    <w:rsid w:val="00196966"/>
+    <w:rsid w:val="00197AF5"/>
+    <w:rsid w:val="001A0B12"/>
+    <w:rsid w:val="001A0FA1"/>
+    <w:rsid w:val="001A4CA0"/>
+    <w:rsid w:val="001A5084"/>
+    <w:rsid w:val="001B3127"/>
+    <w:rsid w:val="001B61F3"/>
+    <w:rsid w:val="001B65BC"/>
+    <w:rsid w:val="001C2129"/>
+    <w:rsid w:val="001C3FEF"/>
+    <w:rsid w:val="001C4005"/>
+    <w:rsid w:val="001C6B68"/>
+    <w:rsid w:val="001C797E"/>
+    <w:rsid w:val="001D0CAE"/>
+    <w:rsid w:val="001D26F8"/>
+    <w:rsid w:val="001D3330"/>
+    <w:rsid w:val="001D3A00"/>
+    <w:rsid w:val="001D40C4"/>
+    <w:rsid w:val="001D5FD1"/>
+    <w:rsid w:val="001D74BF"/>
+    <w:rsid w:val="001E00F5"/>
+    <w:rsid w:val="001E0D7E"/>
+    <w:rsid w:val="001E15C6"/>
+    <w:rsid w:val="001E25D7"/>
+    <w:rsid w:val="001E2D1A"/>
+    <w:rsid w:val="001E4B0F"/>
+    <w:rsid w:val="001E790C"/>
+    <w:rsid w:val="001F27E6"/>
+    <w:rsid w:val="001F438E"/>
+    <w:rsid w:val="001F6679"/>
+    <w:rsid w:val="00201CEE"/>
+    <w:rsid w:val="00205798"/>
+    <w:rsid w:val="00215BE8"/>
+    <w:rsid w:val="00216970"/>
+    <w:rsid w:val="00217C58"/>
+    <w:rsid w:val="0022098C"/>
+    <w:rsid w:val="00224FCF"/>
+    <w:rsid w:val="00225453"/>
+    <w:rsid w:val="00226306"/>
+    <w:rsid w:val="002268C2"/>
+    <w:rsid w:val="00232E3C"/>
+    <w:rsid w:val="00233390"/>
+    <w:rsid w:val="002349B7"/>
+    <w:rsid w:val="00237D2D"/>
+    <w:rsid w:val="00241536"/>
+    <w:rsid w:val="00245233"/>
+    <w:rsid w:val="00247216"/>
+    <w:rsid w:val="00250594"/>
+    <w:rsid w:val="0025313C"/>
+    <w:rsid w:val="00253551"/>
+    <w:rsid w:val="00254B4E"/>
+    <w:rsid w:val="00256A19"/>
+    <w:rsid w:val="00257D85"/>
+    <w:rsid w:val="00265817"/>
+    <w:rsid w:val="00267B57"/>
+    <w:rsid w:val="00271D48"/>
+    <w:rsid w:val="002738A8"/>
+    <w:rsid w:val="00274F81"/>
+    <w:rsid w:val="00275782"/>
+    <w:rsid w:val="0028291D"/>
+    <w:rsid w:val="00286667"/>
+    <w:rsid w:val="00286D29"/>
+    <w:rsid w:val="002904F4"/>
+    <w:rsid w:val="00290D6F"/>
+    <w:rsid w:val="002923BB"/>
+    <w:rsid w:val="0029375D"/>
+    <w:rsid w:val="00293F97"/>
+    <w:rsid w:val="002A067A"/>
+    <w:rsid w:val="002A08D4"/>
+    <w:rsid w:val="002A0A63"/>
+    <w:rsid w:val="002B51DB"/>
+    <w:rsid w:val="002B68AD"/>
+    <w:rsid w:val="002B68D2"/>
+    <w:rsid w:val="002B6B98"/>
+    <w:rsid w:val="002D3AE0"/>
+    <w:rsid w:val="002D3C93"/>
+    <w:rsid w:val="002D593C"/>
+    <w:rsid w:val="002E134B"/>
+    <w:rsid w:val="002E2374"/>
+    <w:rsid w:val="002E34FF"/>
+    <w:rsid w:val="002E4C71"/>
+    <w:rsid w:val="002E4F83"/>
+    <w:rsid w:val="002E607D"/>
+    <w:rsid w:val="002E7562"/>
+    <w:rsid w:val="002F1097"/>
+    <w:rsid w:val="002F2BF9"/>
+    <w:rsid w:val="00301BED"/>
+    <w:rsid w:val="003032ED"/>
+    <w:rsid w:val="00304346"/>
+    <w:rsid w:val="003047BB"/>
+    <w:rsid w:val="003048F3"/>
+    <w:rsid w:val="00306CC1"/>
+    <w:rsid w:val="00311055"/>
+    <w:rsid w:val="00311118"/>
+    <w:rsid w:val="0031226A"/>
+    <w:rsid w:val="00326616"/>
+    <w:rsid w:val="00326D38"/>
+    <w:rsid w:val="00330401"/>
+    <w:rsid w:val="0033333E"/>
+    <w:rsid w:val="0033339D"/>
+    <w:rsid w:val="00333628"/>
+    <w:rsid w:val="00340F70"/>
+    <w:rsid w:val="003413AE"/>
+    <w:rsid w:val="0034145D"/>
+    <w:rsid w:val="003415C6"/>
+    <w:rsid w:val="003418E0"/>
+    <w:rsid w:val="0034215C"/>
+    <w:rsid w:val="00343452"/>
+    <w:rsid w:val="00344197"/>
+    <w:rsid w:val="003458F7"/>
+    <w:rsid w:val="0035349B"/>
+    <w:rsid w:val="003535E7"/>
+    <w:rsid w:val="00353D85"/>
+    <w:rsid w:val="00360AC3"/>
+    <w:rsid w:val="003645FD"/>
+    <w:rsid w:val="00364D2B"/>
+    <w:rsid w:val="003658A9"/>
+    <w:rsid w:val="00366CE1"/>
+    <w:rsid w:val="00372D4A"/>
+    <w:rsid w:val="00375BD9"/>
+    <w:rsid w:val="003809B0"/>
+    <w:rsid w:val="00381ADD"/>
+    <w:rsid w:val="003824E9"/>
+    <w:rsid w:val="0038728C"/>
+    <w:rsid w:val="00387AF3"/>
+    <w:rsid w:val="00390DD8"/>
+    <w:rsid w:val="0039129A"/>
+    <w:rsid w:val="0039161A"/>
+    <w:rsid w:val="0039232C"/>
+    <w:rsid w:val="00396776"/>
+    <w:rsid w:val="00396BCB"/>
+    <w:rsid w:val="00397DE1"/>
+    <w:rsid w:val="003A24CB"/>
+    <w:rsid w:val="003A3291"/>
+    <w:rsid w:val="003A3F00"/>
+    <w:rsid w:val="003A4303"/>
+    <w:rsid w:val="003A776B"/>
+    <w:rsid w:val="003B03FE"/>
+    <w:rsid w:val="003B24A4"/>
+    <w:rsid w:val="003B3DFC"/>
+    <w:rsid w:val="003B41F9"/>
+    <w:rsid w:val="003B69F0"/>
+    <w:rsid w:val="003B6B05"/>
+    <w:rsid w:val="003C1FD6"/>
+    <w:rsid w:val="003C4C86"/>
+    <w:rsid w:val="003C4DD8"/>
+    <w:rsid w:val="003C573C"/>
+    <w:rsid w:val="003D4BAC"/>
+    <w:rsid w:val="003D5C14"/>
+    <w:rsid w:val="003E63C3"/>
+    <w:rsid w:val="003F2A15"/>
+    <w:rsid w:val="003F2BAF"/>
+    <w:rsid w:val="003F4364"/>
+    <w:rsid w:val="00407044"/>
+    <w:rsid w:val="00412DDC"/>
+    <w:rsid w:val="00413005"/>
+    <w:rsid w:val="004133DA"/>
+    <w:rsid w:val="00413657"/>
+    <w:rsid w:val="00415B95"/>
+    <w:rsid w:val="00415DFB"/>
+    <w:rsid w:val="0041670B"/>
+    <w:rsid w:val="0042090C"/>
+    <w:rsid w:val="00426119"/>
+    <w:rsid w:val="00426540"/>
+    <w:rsid w:val="00427D17"/>
+    <w:rsid w:val="00431177"/>
+    <w:rsid w:val="00434933"/>
+    <w:rsid w:val="00443C22"/>
+    <w:rsid w:val="00444AA9"/>
+    <w:rsid w:val="004468F6"/>
+    <w:rsid w:val="00446E01"/>
+    <w:rsid w:val="00447259"/>
+    <w:rsid w:val="0046000B"/>
+    <w:rsid w:val="004606D8"/>
+    <w:rsid w:val="00460C66"/>
+    <w:rsid w:val="0046524B"/>
+    <w:rsid w:val="00465904"/>
+    <w:rsid w:val="004702B7"/>
+    <w:rsid w:val="00473CC7"/>
+    <w:rsid w:val="004769EA"/>
+    <w:rsid w:val="00482898"/>
+    <w:rsid w:val="00493113"/>
+    <w:rsid w:val="004A2390"/>
+    <w:rsid w:val="004A3C9B"/>
+    <w:rsid w:val="004B0E03"/>
+    <w:rsid w:val="004B470C"/>
+    <w:rsid w:val="004B5E4C"/>
+    <w:rsid w:val="004C45B6"/>
+    <w:rsid w:val="004C4CB6"/>
+    <w:rsid w:val="004C5ABA"/>
+    <w:rsid w:val="004C6399"/>
+    <w:rsid w:val="004C732B"/>
+    <w:rsid w:val="004D78BC"/>
+    <w:rsid w:val="004E25FB"/>
+    <w:rsid w:val="004E2B92"/>
+    <w:rsid w:val="004E2F23"/>
+    <w:rsid w:val="004E5CBA"/>
+    <w:rsid w:val="004E5DDD"/>
+    <w:rsid w:val="004F062E"/>
+    <w:rsid w:val="004F079F"/>
+    <w:rsid w:val="004F7D01"/>
+    <w:rsid w:val="005062B6"/>
+    <w:rsid w:val="00511C46"/>
+    <w:rsid w:val="00520A28"/>
+    <w:rsid w:val="005223B0"/>
+    <w:rsid w:val="005234B0"/>
+    <w:rsid w:val="00523568"/>
+    <w:rsid w:val="0052371A"/>
+    <w:rsid w:val="00523AC8"/>
+    <w:rsid w:val="00532F40"/>
+    <w:rsid w:val="0053347C"/>
+    <w:rsid w:val="005344B6"/>
+    <w:rsid w:val="00534EED"/>
+    <w:rsid w:val="005400BA"/>
+    <w:rsid w:val="00540D3F"/>
+    <w:rsid w:val="00544B81"/>
+    <w:rsid w:val="00544E50"/>
+    <w:rsid w:val="005458ED"/>
+    <w:rsid w:val="00550DC4"/>
+    <w:rsid w:val="00552E51"/>
+    <w:rsid w:val="00553D65"/>
+    <w:rsid w:val="00554425"/>
+    <w:rsid w:val="00564B39"/>
+    <w:rsid w:val="00567943"/>
+    <w:rsid w:val="00570641"/>
+    <w:rsid w:val="0057266E"/>
+    <w:rsid w:val="00572D16"/>
+    <w:rsid w:val="00574426"/>
+    <w:rsid w:val="00576087"/>
+    <w:rsid w:val="00580811"/>
+    <w:rsid w:val="0058166A"/>
+    <w:rsid w:val="0058200B"/>
+    <w:rsid w:val="005825DF"/>
+    <w:rsid w:val="00585AF6"/>
+    <w:rsid w:val="00586A43"/>
+    <w:rsid w:val="00595C4B"/>
+    <w:rsid w:val="005A3165"/>
+    <w:rsid w:val="005A4DEF"/>
+    <w:rsid w:val="005A507F"/>
+    <w:rsid w:val="005B1C80"/>
+    <w:rsid w:val="005B31FD"/>
+    <w:rsid w:val="005B76DB"/>
+    <w:rsid w:val="005C34AE"/>
+    <w:rsid w:val="005D0D2E"/>
+    <w:rsid w:val="005D1FC4"/>
+    <w:rsid w:val="005D277E"/>
+    <w:rsid w:val="005D4A3C"/>
+    <w:rsid w:val="005D5C24"/>
+    <w:rsid w:val="005D6AD6"/>
+    <w:rsid w:val="005D770B"/>
+    <w:rsid w:val="005D77FF"/>
+    <w:rsid w:val="005E0885"/>
+    <w:rsid w:val="005E0EA9"/>
+    <w:rsid w:val="005E10A2"/>
+    <w:rsid w:val="005E6951"/>
+    <w:rsid w:val="005F1B8A"/>
+    <w:rsid w:val="005F20E9"/>
+    <w:rsid w:val="005F6675"/>
+    <w:rsid w:val="005F77F8"/>
+    <w:rsid w:val="006004C8"/>
+    <w:rsid w:val="00604749"/>
+    <w:rsid w:val="00604C47"/>
+    <w:rsid w:val="006067EC"/>
+    <w:rsid w:val="0061005C"/>
+    <w:rsid w:val="0061164C"/>
+    <w:rsid w:val="006126A6"/>
+    <w:rsid w:val="006133B8"/>
+    <w:rsid w:val="00624312"/>
+    <w:rsid w:val="00624758"/>
+    <w:rsid w:val="00626705"/>
+    <w:rsid w:val="00633730"/>
+    <w:rsid w:val="00633917"/>
+    <w:rsid w:val="00635367"/>
+    <w:rsid w:val="0063678B"/>
+    <w:rsid w:val="0064063F"/>
+    <w:rsid w:val="00640C63"/>
+    <w:rsid w:val="0064163D"/>
+    <w:rsid w:val="006451F0"/>
+    <w:rsid w:val="0064712C"/>
+    <w:rsid w:val="00650E39"/>
+    <w:rsid w:val="00650EBD"/>
+    <w:rsid w:val="00655090"/>
+    <w:rsid w:val="00657F86"/>
+    <w:rsid w:val="00664CC0"/>
+    <w:rsid w:val="00666362"/>
+    <w:rsid w:val="00671500"/>
+    <w:rsid w:val="00674DDA"/>
+    <w:rsid w:val="00676029"/>
+    <w:rsid w:val="00676712"/>
+    <w:rsid w:val="00677221"/>
+    <w:rsid w:val="0068079D"/>
+    <w:rsid w:val="00681A28"/>
+    <w:rsid w:val="006831A3"/>
+    <w:rsid w:val="00695700"/>
+    <w:rsid w:val="006A09DB"/>
+    <w:rsid w:val="006A31A1"/>
+    <w:rsid w:val="006A5922"/>
+    <w:rsid w:val="006B2C4E"/>
+    <w:rsid w:val="006B31ED"/>
+    <w:rsid w:val="006B350A"/>
+    <w:rsid w:val="006B3C93"/>
+    <w:rsid w:val="006B668E"/>
+    <w:rsid w:val="006B71A3"/>
+    <w:rsid w:val="006B770D"/>
+    <w:rsid w:val="006C2AA2"/>
+    <w:rsid w:val="006C3E3C"/>
+    <w:rsid w:val="006C4CF3"/>
+    <w:rsid w:val="006C6066"/>
+    <w:rsid w:val="006C6BA8"/>
+    <w:rsid w:val="006C78D6"/>
+    <w:rsid w:val="006E1F6F"/>
+    <w:rsid w:val="006E3CCD"/>
+    <w:rsid w:val="006E484E"/>
+    <w:rsid w:val="006E5C7D"/>
+    <w:rsid w:val="006F1223"/>
+    <w:rsid w:val="006F7DF4"/>
+    <w:rsid w:val="00700987"/>
+    <w:rsid w:val="00704B8B"/>
+    <w:rsid w:val="007157A4"/>
+    <w:rsid w:val="00716079"/>
+    <w:rsid w:val="00716487"/>
+    <w:rsid w:val="00720237"/>
+    <w:rsid w:val="00727A9C"/>
+    <w:rsid w:val="00730941"/>
+    <w:rsid w:val="00730E75"/>
+    <w:rsid w:val="00731AE6"/>
+    <w:rsid w:val="00733118"/>
+    <w:rsid w:val="00734462"/>
+    <w:rsid w:val="007363AA"/>
+    <w:rsid w:val="0073780A"/>
+    <w:rsid w:val="00740CEC"/>
+    <w:rsid w:val="0074372F"/>
+    <w:rsid w:val="00744EF4"/>
+    <w:rsid w:val="007474FB"/>
+    <w:rsid w:val="007507BD"/>
+    <w:rsid w:val="0075173B"/>
+    <w:rsid w:val="00760958"/>
+    <w:rsid w:val="0076191F"/>
+    <w:rsid w:val="00762127"/>
+    <w:rsid w:val="00762639"/>
+    <w:rsid w:val="0076691A"/>
+    <w:rsid w:val="00766C39"/>
+    <w:rsid w:val="007676ED"/>
+    <w:rsid w:val="00771066"/>
+    <w:rsid w:val="00772228"/>
+    <w:rsid w:val="00774704"/>
+    <w:rsid w:val="0077576B"/>
+    <w:rsid w:val="00782F57"/>
+    <w:rsid w:val="00783F5B"/>
+    <w:rsid w:val="007855C6"/>
+    <w:rsid w:val="00787B79"/>
+    <w:rsid w:val="00792697"/>
+    <w:rsid w:val="007978DE"/>
+    <w:rsid w:val="007A1F78"/>
+    <w:rsid w:val="007A2CBC"/>
+    <w:rsid w:val="007A416A"/>
+    <w:rsid w:val="007A42B1"/>
+    <w:rsid w:val="007A430F"/>
+    <w:rsid w:val="007A5AA8"/>
+    <w:rsid w:val="007A5C7C"/>
+    <w:rsid w:val="007A6A34"/>
+    <w:rsid w:val="007A787C"/>
+    <w:rsid w:val="007A7F00"/>
+    <w:rsid w:val="007B0598"/>
+    <w:rsid w:val="007B0BFA"/>
+    <w:rsid w:val="007B1671"/>
+    <w:rsid w:val="007B1BBF"/>
+    <w:rsid w:val="007B22D9"/>
+    <w:rsid w:val="007B2639"/>
+    <w:rsid w:val="007C61AC"/>
+    <w:rsid w:val="007C7CC6"/>
+    <w:rsid w:val="007D174D"/>
+    <w:rsid w:val="007D3EBF"/>
+    <w:rsid w:val="007D5B6B"/>
+    <w:rsid w:val="007D612D"/>
+    <w:rsid w:val="007E0C75"/>
+    <w:rsid w:val="007E1D50"/>
+    <w:rsid w:val="007E27DA"/>
+    <w:rsid w:val="007F2DD0"/>
+    <w:rsid w:val="007F5281"/>
+    <w:rsid w:val="007F5F0E"/>
+    <w:rsid w:val="007F7B79"/>
+    <w:rsid w:val="008025A5"/>
+    <w:rsid w:val="008032CE"/>
+    <w:rsid w:val="00803B97"/>
+    <w:rsid w:val="008057CA"/>
+    <w:rsid w:val="00806804"/>
+    <w:rsid w:val="00807EED"/>
+    <w:rsid w:val="00813C6A"/>
+    <w:rsid w:val="00815737"/>
+    <w:rsid w:val="00817AF5"/>
+    <w:rsid w:val="00817F8E"/>
+    <w:rsid w:val="0082307D"/>
+    <w:rsid w:val="00824591"/>
+    <w:rsid w:val="00824E93"/>
+    <w:rsid w:val="00825517"/>
+    <w:rsid w:val="00825644"/>
+    <w:rsid w:val="00826D91"/>
+    <w:rsid w:val="0082717E"/>
+    <w:rsid w:val="0083040F"/>
+    <w:rsid w:val="00831583"/>
+    <w:rsid w:val="00831A29"/>
+    <w:rsid w:val="00832875"/>
+    <w:rsid w:val="0083338C"/>
+    <w:rsid w:val="00833B64"/>
+    <w:rsid w:val="00834D4B"/>
+    <w:rsid w:val="00835F79"/>
+    <w:rsid w:val="008404A8"/>
+    <w:rsid w:val="00841898"/>
+    <w:rsid w:val="00845E0A"/>
+    <w:rsid w:val="0085265B"/>
+    <w:rsid w:val="008613F2"/>
+    <w:rsid w:val="00862393"/>
+    <w:rsid w:val="0086374A"/>
+    <w:rsid w:val="00864945"/>
+    <w:rsid w:val="008654F8"/>
+    <w:rsid w:val="00870114"/>
+    <w:rsid w:val="00870A2D"/>
+    <w:rsid w:val="00871445"/>
+    <w:rsid w:val="00872649"/>
+    <w:rsid w:val="00873E68"/>
+    <w:rsid w:val="00874007"/>
+    <w:rsid w:val="00875EDE"/>
+    <w:rsid w:val="00885171"/>
+    <w:rsid w:val="008867B8"/>
+    <w:rsid w:val="00890560"/>
+    <w:rsid w:val="008915E4"/>
+    <w:rsid w:val="008929A3"/>
+    <w:rsid w:val="008940F2"/>
+    <w:rsid w:val="00894D1E"/>
+    <w:rsid w:val="008971F2"/>
+    <w:rsid w:val="00897527"/>
+    <w:rsid w:val="008A08B3"/>
+    <w:rsid w:val="008A2158"/>
+    <w:rsid w:val="008A440E"/>
+    <w:rsid w:val="008A4467"/>
+    <w:rsid w:val="008A59E6"/>
+    <w:rsid w:val="008A6F1A"/>
+    <w:rsid w:val="008A74EA"/>
+    <w:rsid w:val="008B0537"/>
+    <w:rsid w:val="008B19B2"/>
+    <w:rsid w:val="008B1F5B"/>
+    <w:rsid w:val="008B72E4"/>
+    <w:rsid w:val="008B7BB9"/>
+    <w:rsid w:val="008C1C14"/>
+    <w:rsid w:val="008C3898"/>
+    <w:rsid w:val="008D2785"/>
+    <w:rsid w:val="008D49A4"/>
+    <w:rsid w:val="008D726C"/>
+    <w:rsid w:val="008E1E38"/>
+    <w:rsid w:val="008E21F0"/>
+    <w:rsid w:val="008E2240"/>
+    <w:rsid w:val="008E28A9"/>
+    <w:rsid w:val="008E36E3"/>
+    <w:rsid w:val="008E3BA0"/>
+    <w:rsid w:val="008E55D5"/>
+    <w:rsid w:val="008E635B"/>
+    <w:rsid w:val="008F373C"/>
+    <w:rsid w:val="008F47E9"/>
+    <w:rsid w:val="008F6E73"/>
+    <w:rsid w:val="009018B5"/>
+    <w:rsid w:val="009040D2"/>
+    <w:rsid w:val="00910490"/>
+    <w:rsid w:val="009133C1"/>
+    <w:rsid w:val="00913837"/>
+    <w:rsid w:val="00914ACA"/>
+    <w:rsid w:val="00921DEC"/>
+    <w:rsid w:val="00926ABB"/>
+    <w:rsid w:val="00931C45"/>
+    <w:rsid w:val="0093257D"/>
+    <w:rsid w:val="009326DA"/>
+    <w:rsid w:val="009330D3"/>
+    <w:rsid w:val="009337ED"/>
+    <w:rsid w:val="0093622F"/>
+    <w:rsid w:val="00937425"/>
+    <w:rsid w:val="0094115F"/>
+    <w:rsid w:val="00941776"/>
+    <w:rsid w:val="00945E8D"/>
+    <w:rsid w:val="0095194D"/>
+    <w:rsid w:val="00951CA6"/>
+    <w:rsid w:val="0095275F"/>
+    <w:rsid w:val="00953C05"/>
+    <w:rsid w:val="009562C7"/>
+    <w:rsid w:val="00956959"/>
+    <w:rsid w:val="0095695F"/>
+    <w:rsid w:val="00956AF4"/>
+    <w:rsid w:val="00960178"/>
+    <w:rsid w:val="009635CA"/>
+    <w:rsid w:val="009643DE"/>
+    <w:rsid w:val="00965983"/>
+    <w:rsid w:val="00970EA9"/>
+    <w:rsid w:val="009719C4"/>
+    <w:rsid w:val="00973DD9"/>
+    <w:rsid w:val="009775CC"/>
+    <w:rsid w:val="00980729"/>
+    <w:rsid w:val="00984C9E"/>
+    <w:rsid w:val="00987187"/>
+    <w:rsid w:val="00987514"/>
+    <w:rsid w:val="009921A0"/>
+    <w:rsid w:val="00993B6B"/>
+    <w:rsid w:val="009965D4"/>
+    <w:rsid w:val="00996F2E"/>
+    <w:rsid w:val="009A0E1B"/>
+    <w:rsid w:val="009A1871"/>
+    <w:rsid w:val="009A1CE2"/>
+    <w:rsid w:val="009A2F25"/>
+    <w:rsid w:val="009A2FD3"/>
+    <w:rsid w:val="009B7A29"/>
+    <w:rsid w:val="009C02F4"/>
+    <w:rsid w:val="009C10D1"/>
+    <w:rsid w:val="009C1FFC"/>
+    <w:rsid w:val="009C24A8"/>
+    <w:rsid w:val="009C2F37"/>
+    <w:rsid w:val="009C3364"/>
+    <w:rsid w:val="009C6425"/>
+    <w:rsid w:val="009E4CC4"/>
+    <w:rsid w:val="009E5204"/>
+    <w:rsid w:val="009E52C8"/>
+    <w:rsid w:val="009E615E"/>
+    <w:rsid w:val="009E684F"/>
+    <w:rsid w:val="009F0240"/>
+    <w:rsid w:val="009F0B27"/>
+    <w:rsid w:val="009F0EF3"/>
+    <w:rsid w:val="009F1F8D"/>
+    <w:rsid w:val="009F3669"/>
+    <w:rsid w:val="009F3FCA"/>
+    <w:rsid w:val="009F40D9"/>
+    <w:rsid w:val="009F5F01"/>
+    <w:rsid w:val="009F5FA7"/>
+    <w:rsid w:val="009F7726"/>
+    <w:rsid w:val="009F7B6B"/>
+    <w:rsid w:val="00A04722"/>
+    <w:rsid w:val="00A059BA"/>
+    <w:rsid w:val="00A11943"/>
+    <w:rsid w:val="00A11C28"/>
+    <w:rsid w:val="00A155B3"/>
+    <w:rsid w:val="00A2083D"/>
+    <w:rsid w:val="00A23F99"/>
+    <w:rsid w:val="00A30A95"/>
+    <w:rsid w:val="00A317F6"/>
+    <w:rsid w:val="00A31841"/>
+    <w:rsid w:val="00A33E18"/>
+    <w:rsid w:val="00A36E42"/>
+    <w:rsid w:val="00A40476"/>
+    <w:rsid w:val="00A4258F"/>
+    <w:rsid w:val="00A445AC"/>
+    <w:rsid w:val="00A44A00"/>
+    <w:rsid w:val="00A46DE2"/>
+    <w:rsid w:val="00A514F9"/>
+    <w:rsid w:val="00A52376"/>
+    <w:rsid w:val="00A52C7C"/>
+    <w:rsid w:val="00A5350C"/>
+    <w:rsid w:val="00A54E66"/>
+    <w:rsid w:val="00A56272"/>
+    <w:rsid w:val="00A572DE"/>
+    <w:rsid w:val="00A57447"/>
+    <w:rsid w:val="00A626E3"/>
+    <w:rsid w:val="00A63DD9"/>
+    <w:rsid w:val="00A66C4C"/>
+    <w:rsid w:val="00A72394"/>
+    <w:rsid w:val="00A72B84"/>
+    <w:rsid w:val="00A73CF2"/>
+    <w:rsid w:val="00A82C70"/>
+    <w:rsid w:val="00A84090"/>
+    <w:rsid w:val="00A85261"/>
+    <w:rsid w:val="00A85FDF"/>
+    <w:rsid w:val="00A86F0C"/>
+    <w:rsid w:val="00A87C6E"/>
+    <w:rsid w:val="00A9578B"/>
+    <w:rsid w:val="00A962FB"/>
+    <w:rsid w:val="00AA17D2"/>
+    <w:rsid w:val="00AA4778"/>
+    <w:rsid w:val="00AA562C"/>
+    <w:rsid w:val="00AA5B22"/>
+    <w:rsid w:val="00AA5FEE"/>
+    <w:rsid w:val="00AB3B26"/>
+    <w:rsid w:val="00AC34D4"/>
+    <w:rsid w:val="00AC4CDA"/>
+    <w:rsid w:val="00AC5D12"/>
+    <w:rsid w:val="00AC6798"/>
+    <w:rsid w:val="00AD0F93"/>
+    <w:rsid w:val="00AD4489"/>
+    <w:rsid w:val="00AE3FE6"/>
+    <w:rsid w:val="00AE4319"/>
+    <w:rsid w:val="00AE70E2"/>
+    <w:rsid w:val="00AF23DB"/>
+    <w:rsid w:val="00AF3FE8"/>
+    <w:rsid w:val="00AF6F6D"/>
+    <w:rsid w:val="00B01FDC"/>
+    <w:rsid w:val="00B03646"/>
+    <w:rsid w:val="00B04011"/>
+    <w:rsid w:val="00B10E6B"/>
+    <w:rsid w:val="00B11844"/>
+    <w:rsid w:val="00B1304A"/>
+    <w:rsid w:val="00B17B71"/>
+    <w:rsid w:val="00B22440"/>
+    <w:rsid w:val="00B25837"/>
+    <w:rsid w:val="00B305AC"/>
+    <w:rsid w:val="00B30B5D"/>
+    <w:rsid w:val="00B311DF"/>
+    <w:rsid w:val="00B36614"/>
+    <w:rsid w:val="00B36B71"/>
+    <w:rsid w:val="00B36DA0"/>
+    <w:rsid w:val="00B42FA7"/>
+    <w:rsid w:val="00B43B9F"/>
+    <w:rsid w:val="00B465BF"/>
+    <w:rsid w:val="00B50412"/>
+    <w:rsid w:val="00B50B89"/>
+    <w:rsid w:val="00B60300"/>
+    <w:rsid w:val="00B63706"/>
+    <w:rsid w:val="00B64F40"/>
+    <w:rsid w:val="00B652E9"/>
+    <w:rsid w:val="00B661D6"/>
+    <w:rsid w:val="00B66730"/>
+    <w:rsid w:val="00B678E7"/>
+    <w:rsid w:val="00B70201"/>
+    <w:rsid w:val="00B71CF4"/>
+    <w:rsid w:val="00B7258E"/>
+    <w:rsid w:val="00B72D2C"/>
+    <w:rsid w:val="00B72FD7"/>
+    <w:rsid w:val="00B754BF"/>
+    <w:rsid w:val="00B767BB"/>
+    <w:rsid w:val="00B86434"/>
+    <w:rsid w:val="00B91786"/>
+    <w:rsid w:val="00B9403A"/>
+    <w:rsid w:val="00B95386"/>
+    <w:rsid w:val="00B95D30"/>
+    <w:rsid w:val="00B965A7"/>
+    <w:rsid w:val="00BB226D"/>
+    <w:rsid w:val="00BB3CB9"/>
+    <w:rsid w:val="00BB4C80"/>
+    <w:rsid w:val="00BB5F39"/>
+    <w:rsid w:val="00BC2F54"/>
+    <w:rsid w:val="00BC7D01"/>
+    <w:rsid w:val="00BD1B7B"/>
+    <w:rsid w:val="00BD2F56"/>
+    <w:rsid w:val="00BD352D"/>
+    <w:rsid w:val="00BD4159"/>
+    <w:rsid w:val="00BD5DE2"/>
+    <w:rsid w:val="00BD7667"/>
+    <w:rsid w:val="00BE17D6"/>
+    <w:rsid w:val="00BE1AB8"/>
+    <w:rsid w:val="00BE3969"/>
+    <w:rsid w:val="00BF0EC2"/>
+    <w:rsid w:val="00BF3DDF"/>
+    <w:rsid w:val="00BF506B"/>
+    <w:rsid w:val="00BF6204"/>
+    <w:rsid w:val="00BF7585"/>
+    <w:rsid w:val="00C00DAB"/>
+    <w:rsid w:val="00C05B02"/>
+    <w:rsid w:val="00C0765E"/>
+    <w:rsid w:val="00C10B4F"/>
+    <w:rsid w:val="00C1483D"/>
+    <w:rsid w:val="00C164B5"/>
+    <w:rsid w:val="00C17087"/>
+    <w:rsid w:val="00C1742A"/>
+    <w:rsid w:val="00C256F4"/>
+    <w:rsid w:val="00C27BB4"/>
+    <w:rsid w:val="00C33C68"/>
+    <w:rsid w:val="00C3541C"/>
+    <w:rsid w:val="00C36E57"/>
+    <w:rsid w:val="00C4158B"/>
+    <w:rsid w:val="00C41F1A"/>
+    <w:rsid w:val="00C4361F"/>
+    <w:rsid w:val="00C46A1D"/>
+    <w:rsid w:val="00C4712A"/>
+    <w:rsid w:val="00C50C88"/>
+    <w:rsid w:val="00C520E2"/>
+    <w:rsid w:val="00C55802"/>
+    <w:rsid w:val="00C56C41"/>
+    <w:rsid w:val="00C57975"/>
+    <w:rsid w:val="00C57CD4"/>
+    <w:rsid w:val="00C60716"/>
+    <w:rsid w:val="00C7230A"/>
+    <w:rsid w:val="00C72485"/>
+    <w:rsid w:val="00C754EE"/>
+    <w:rsid w:val="00C75589"/>
+    <w:rsid w:val="00C76417"/>
+    <w:rsid w:val="00C777FA"/>
+    <w:rsid w:val="00C835BD"/>
+    <w:rsid w:val="00C83FE5"/>
+    <w:rsid w:val="00C860E0"/>
+    <w:rsid w:val="00C86F32"/>
+    <w:rsid w:val="00C876CF"/>
+    <w:rsid w:val="00C913B5"/>
+    <w:rsid w:val="00C91702"/>
+    <w:rsid w:val="00C92B20"/>
+    <w:rsid w:val="00C9532E"/>
+    <w:rsid w:val="00C95465"/>
+    <w:rsid w:val="00C95E8B"/>
+    <w:rsid w:val="00CA37CF"/>
+    <w:rsid w:val="00CA3D80"/>
+    <w:rsid w:val="00CA49CB"/>
+    <w:rsid w:val="00CA5E61"/>
+    <w:rsid w:val="00CA7440"/>
+    <w:rsid w:val="00CA7906"/>
+    <w:rsid w:val="00CB396A"/>
+    <w:rsid w:val="00CB46BC"/>
+    <w:rsid w:val="00CB6F2B"/>
+    <w:rsid w:val="00CC0452"/>
+    <w:rsid w:val="00CC5395"/>
+    <w:rsid w:val="00CD0059"/>
+    <w:rsid w:val="00CD0ABE"/>
+    <w:rsid w:val="00CD168D"/>
+    <w:rsid w:val="00CD473B"/>
+    <w:rsid w:val="00CD4A36"/>
+    <w:rsid w:val="00CD5CBB"/>
+    <w:rsid w:val="00CE5A39"/>
+    <w:rsid w:val="00CF0A2D"/>
+    <w:rsid w:val="00CF33B0"/>
+    <w:rsid w:val="00CF33F2"/>
+    <w:rsid w:val="00CF3B3C"/>
+    <w:rsid w:val="00CF440A"/>
+    <w:rsid w:val="00CF7CFC"/>
+    <w:rsid w:val="00D02132"/>
+    <w:rsid w:val="00D035B3"/>
+    <w:rsid w:val="00D04C92"/>
+    <w:rsid w:val="00D050DF"/>
+    <w:rsid w:val="00D10762"/>
+    <w:rsid w:val="00D136CD"/>
+    <w:rsid w:val="00D1465A"/>
+    <w:rsid w:val="00D14DB4"/>
+    <w:rsid w:val="00D1571B"/>
+    <w:rsid w:val="00D2070C"/>
+    <w:rsid w:val="00D20C30"/>
+    <w:rsid w:val="00D212DD"/>
+    <w:rsid w:val="00D21780"/>
+    <w:rsid w:val="00D228A9"/>
+    <w:rsid w:val="00D27CFF"/>
+    <w:rsid w:val="00D3159B"/>
+    <w:rsid w:val="00D3182C"/>
+    <w:rsid w:val="00D33689"/>
+    <w:rsid w:val="00D345D1"/>
+    <w:rsid w:val="00D368B6"/>
+    <w:rsid w:val="00D36C76"/>
+    <w:rsid w:val="00D36D5A"/>
+    <w:rsid w:val="00D40761"/>
+    <w:rsid w:val="00D45246"/>
+    <w:rsid w:val="00D46C22"/>
+    <w:rsid w:val="00D47AD7"/>
+    <w:rsid w:val="00D508BA"/>
+    <w:rsid w:val="00D54BB4"/>
+    <w:rsid w:val="00D56204"/>
+    <w:rsid w:val="00D57339"/>
+    <w:rsid w:val="00D5748D"/>
+    <w:rsid w:val="00D574CD"/>
+    <w:rsid w:val="00D61253"/>
+    <w:rsid w:val="00D643BF"/>
+    <w:rsid w:val="00D6538B"/>
+    <w:rsid w:val="00D671F2"/>
+    <w:rsid w:val="00D70154"/>
+    <w:rsid w:val="00D70EC1"/>
+    <w:rsid w:val="00D71009"/>
+    <w:rsid w:val="00D73F67"/>
+    <w:rsid w:val="00D764B2"/>
+    <w:rsid w:val="00D81952"/>
+    <w:rsid w:val="00D835E4"/>
+    <w:rsid w:val="00D8734A"/>
+    <w:rsid w:val="00D92EA1"/>
+    <w:rsid w:val="00D96B7F"/>
+    <w:rsid w:val="00D97FD5"/>
+    <w:rsid w:val="00DA0562"/>
+    <w:rsid w:val="00DA4810"/>
+    <w:rsid w:val="00DA6313"/>
+    <w:rsid w:val="00DA79B9"/>
+    <w:rsid w:val="00DB088D"/>
+    <w:rsid w:val="00DB1B1A"/>
+    <w:rsid w:val="00DB3038"/>
+    <w:rsid w:val="00DB327D"/>
+    <w:rsid w:val="00DB351A"/>
+    <w:rsid w:val="00DB4C81"/>
+    <w:rsid w:val="00DB6A42"/>
+    <w:rsid w:val="00DC02BC"/>
+    <w:rsid w:val="00DC0865"/>
+    <w:rsid w:val="00DC1844"/>
+    <w:rsid w:val="00DC19BC"/>
+    <w:rsid w:val="00DC3C23"/>
+    <w:rsid w:val="00DC4024"/>
+    <w:rsid w:val="00DC454F"/>
+    <w:rsid w:val="00DC517E"/>
+    <w:rsid w:val="00DC73A2"/>
+    <w:rsid w:val="00DD3466"/>
+    <w:rsid w:val="00DD3BA0"/>
+    <w:rsid w:val="00DD3BB5"/>
+    <w:rsid w:val="00DD4964"/>
+    <w:rsid w:val="00DD55D6"/>
+    <w:rsid w:val="00DD7D08"/>
+    <w:rsid w:val="00DE0F3F"/>
+    <w:rsid w:val="00DE36CB"/>
+    <w:rsid w:val="00DE4CD6"/>
+    <w:rsid w:val="00DE5CE2"/>
+    <w:rsid w:val="00DE60BC"/>
+    <w:rsid w:val="00DF254D"/>
+    <w:rsid w:val="00DF2700"/>
+    <w:rsid w:val="00DF510F"/>
+    <w:rsid w:val="00DF66BE"/>
+    <w:rsid w:val="00DF6A96"/>
+    <w:rsid w:val="00E02A03"/>
+    <w:rsid w:val="00E03F64"/>
+    <w:rsid w:val="00E0441D"/>
+    <w:rsid w:val="00E05ACE"/>
+    <w:rsid w:val="00E05C8C"/>
+    <w:rsid w:val="00E061FB"/>
+    <w:rsid w:val="00E15014"/>
+    <w:rsid w:val="00E2012E"/>
+    <w:rsid w:val="00E2171F"/>
+    <w:rsid w:val="00E21D91"/>
+    <w:rsid w:val="00E273FB"/>
+    <w:rsid w:val="00E27AF9"/>
+    <w:rsid w:val="00E3404E"/>
+    <w:rsid w:val="00E34C67"/>
+    <w:rsid w:val="00E42426"/>
+    <w:rsid w:val="00E4411A"/>
+    <w:rsid w:val="00E44B0F"/>
+    <w:rsid w:val="00E4544B"/>
+    <w:rsid w:val="00E4669D"/>
+    <w:rsid w:val="00E4788A"/>
+    <w:rsid w:val="00E47DCC"/>
+    <w:rsid w:val="00E5018C"/>
+    <w:rsid w:val="00E53BDE"/>
+    <w:rsid w:val="00E54522"/>
+    <w:rsid w:val="00E548A0"/>
+    <w:rsid w:val="00E54F06"/>
+    <w:rsid w:val="00E55340"/>
+    <w:rsid w:val="00E57956"/>
+    <w:rsid w:val="00E607B0"/>
+    <w:rsid w:val="00E6395D"/>
+    <w:rsid w:val="00E63B52"/>
+    <w:rsid w:val="00E649AF"/>
+    <w:rsid w:val="00E67F5E"/>
+    <w:rsid w:val="00E701E8"/>
+    <w:rsid w:val="00E7094A"/>
+    <w:rsid w:val="00E71F2D"/>
+    <w:rsid w:val="00E73C73"/>
+    <w:rsid w:val="00E74C4F"/>
+    <w:rsid w:val="00E8425D"/>
+    <w:rsid w:val="00E86D84"/>
+    <w:rsid w:val="00E914EB"/>
+    <w:rsid w:val="00E91DD4"/>
+    <w:rsid w:val="00E95189"/>
+    <w:rsid w:val="00EA21C0"/>
+    <w:rsid w:val="00EA236B"/>
+    <w:rsid w:val="00EA67BF"/>
+    <w:rsid w:val="00EB0944"/>
+    <w:rsid w:val="00EB294A"/>
+    <w:rsid w:val="00EB3EA8"/>
+    <w:rsid w:val="00EB4CD4"/>
+    <w:rsid w:val="00EB5B79"/>
+    <w:rsid w:val="00EB75BA"/>
+    <w:rsid w:val="00EC08A4"/>
+    <w:rsid w:val="00EC0C30"/>
+    <w:rsid w:val="00EC36D4"/>
+    <w:rsid w:val="00EC69FB"/>
+    <w:rsid w:val="00ED0653"/>
+    <w:rsid w:val="00ED0B83"/>
+    <w:rsid w:val="00ED127A"/>
+    <w:rsid w:val="00ED3431"/>
+    <w:rsid w:val="00ED65DE"/>
+    <w:rsid w:val="00EE0DED"/>
+    <w:rsid w:val="00EE0EB3"/>
+    <w:rsid w:val="00EE4066"/>
+    <w:rsid w:val="00EE649D"/>
+    <w:rsid w:val="00EE7315"/>
+    <w:rsid w:val="00EE7C13"/>
+    <w:rsid w:val="00EF09DD"/>
+    <w:rsid w:val="00EF45B0"/>
+    <w:rsid w:val="00EF4A2E"/>
+    <w:rsid w:val="00EF524D"/>
+    <w:rsid w:val="00EF5304"/>
+    <w:rsid w:val="00EF582E"/>
+    <w:rsid w:val="00EF5EF5"/>
+    <w:rsid w:val="00F01E4D"/>
+    <w:rsid w:val="00F047C4"/>
+    <w:rsid w:val="00F04CA8"/>
+    <w:rsid w:val="00F1486C"/>
+    <w:rsid w:val="00F1637B"/>
+    <w:rsid w:val="00F16FA2"/>
+    <w:rsid w:val="00F223B9"/>
+    <w:rsid w:val="00F22D9B"/>
+    <w:rsid w:val="00F23FBE"/>
+    <w:rsid w:val="00F25600"/>
+    <w:rsid w:val="00F261AB"/>
+    <w:rsid w:val="00F312B9"/>
+    <w:rsid w:val="00F3497C"/>
+    <w:rsid w:val="00F3793E"/>
+    <w:rsid w:val="00F426B0"/>
+    <w:rsid w:val="00F436BA"/>
+    <w:rsid w:val="00F47DEE"/>
+    <w:rsid w:val="00F54789"/>
+    <w:rsid w:val="00F60AB5"/>
+    <w:rsid w:val="00F71947"/>
+    <w:rsid w:val="00F71EB6"/>
+    <w:rsid w:val="00F7209D"/>
+    <w:rsid w:val="00F73D25"/>
+    <w:rsid w:val="00F74D30"/>
+    <w:rsid w:val="00F8033F"/>
+    <w:rsid w:val="00F83E53"/>
+    <w:rsid w:val="00F861BF"/>
+    <w:rsid w:val="00F906D7"/>
+    <w:rsid w:val="00F9093D"/>
+    <w:rsid w:val="00F91E1C"/>
+    <w:rsid w:val="00F92148"/>
+    <w:rsid w:val="00F925C3"/>
+    <w:rsid w:val="00F94A86"/>
+    <w:rsid w:val="00FA04AF"/>
+    <w:rsid w:val="00FA27E3"/>
+    <w:rsid w:val="00FA34C1"/>
+    <w:rsid w:val="00FA4309"/>
+    <w:rsid w:val="00FA7F3D"/>
+    <w:rsid w:val="00FB21EE"/>
+    <w:rsid w:val="00FB2DEE"/>
+    <w:rsid w:val="00FB3A53"/>
+    <w:rsid w:val="00FB4A06"/>
+    <w:rsid w:val="00FB68E5"/>
+    <w:rsid w:val="00FB7F93"/>
+    <w:rsid w:val="00FC0586"/>
+    <w:rsid w:val="00FC12D4"/>
+    <w:rsid w:val="00FC227A"/>
+    <w:rsid w:val="00FC4755"/>
+    <w:rsid w:val="00FC7990"/>
+    <w:rsid w:val="00FD216F"/>
+    <w:rsid w:val="00FD757D"/>
+    <w:rsid w:val="00FE2921"/>
+    <w:rsid w:val="00FE3DF4"/>
+    <w:rsid w:val="00FE565E"/>
+    <w:rsid w:val="00FE5956"/>
+    <w:rsid w:val="00FF0D68"/>
+    <w:rsid w:val="00FF390D"/>
+    <w:rsid w:val="00FF5AB0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050">
+      <o:colormru v:ext="edit" colors="#630"/>
+    </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
+      <o:regrouptable v:ext="edit">
+        <o:entry new="1" old="0"/>
+        <o:entry new="2" old="0"/>
+        <o:entry new="3" old="2"/>
+        <o:entry new="4" old="2"/>
+        <o:entry new="5" old="2"/>
+        <o:entry new="6" old="2"/>
+      </o:regrouptable>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="53008891"/>
-  <w15:docId w15:val="{B08A96A7-36F6-4DEC-8CB7-FA1A37CCE64A}"/>
+  <w14:docId w14:val="5B9D94D9"/>
+  <w15:docId w15:val="{EDF381CD-C8B0-4DBD-9F94-DFC543353123}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3578,74 +5151,74 @@
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3896,511 +5469,895 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007A5F56"/>
+    <w:rsid w:val="00D46C22"/>
     <w:pPr>
-      <w:spacing w:line="288" w:lineRule="auto"/>
+      <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
-      <w:lang w:bidi="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:rsid w:val="00F22D9B"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="360" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="006600"/>
+      <w:sz w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="008025A5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="360" w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="180"/>
+        <w:tab w:val="left" w:pos="5220"/>
+        <w:tab w:val="left" w:pos="6840"/>
+        <w:tab w:val="left" w:pos="8460"/>
+        <w:tab w:val="left" w:pos="9990"/>
+        <w:tab w:val="left" w:pos="11520"/>
+      </w:tabs>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00056B02"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00763F13"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D61253"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="0645AD"/>
+      <w:sz w:val="22"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000A177B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000A177B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:link w:val="Heading7"/>
+    <w:rsid w:val="00056B02"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00056B02"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:link w:val="BodyText"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00056B02"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="004A3C9B"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="288" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="TIREXP+Futura"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
+    <w:name w:val="apple-converted-space"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="001E0D0A"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="005B3D17"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:rsid w:val="00740CED"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00EB294A"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ListParagraphChar"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB294A"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+    <w:name w:val="List Paragraph Char"/>
+    <w:link w:val="ListParagraph"/>
+    <w:uiPriority w:val="34"/>
+    <w:locked/>
+    <w:rsid w:val="00EB294A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00096E77"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="540"/>
+        <w:tab w:val="left" w:pos="720"/>
+      </w:tabs>
+      <w:ind w:left="360" w:right="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletIndent">
+    <w:name w:val="Bullet Indent"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00096E77"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="720"/>
+      </w:tabs>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:ind w:left="720" w:hanging="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="GillSans" w:hAnsi="GillSans"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000B0F43"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:rsid w:val="00FB4A06"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:link w:val="BodyText3"/>
+    <w:rsid w:val="00FB4A06"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
+    <w:rsid w:val="00970EA9"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EB75BA"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000863D1"/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid12">
+    <w:name w:val="Table Grid12"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:rsid w:val="00BD2F56"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0039129A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006831A3"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid121">
+    <w:name w:val="Table Grid121"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:rsid w:val="0076691A"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="atable">
+    <w:name w:val="a table"/>
+    <w:basedOn w:val="Heading2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D46C22"/>
+    <w:pPr>
+      <w:spacing w:after="240"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00063A9F"/>
+    <w:pPr>
+      <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00063A9F"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="288"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00043973"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ATableindent">
+    <w:name w:val="A Table  indent"/>
+    <w:basedOn w:val="Heading2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00245233"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00063A9F"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="400"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00674DDA"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00633730"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00633730"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00633730"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00633730"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00633730"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Header1">
+    <w:name w:val="Header 1"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00965983"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="6" w:color="006600"/>
+        <w:left w:val="single" w:sz="4" w:space="3" w:color="006600"/>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="006600"/>
+        <w:right w:val="single" w:sz="4" w:space="3" w:color="006600"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:snapToGrid w:val="0"/>
+      <w:spacing w:before="0" w:after="480" w:line="312" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:bCs/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuickFormat4">
     <w:name w:val="QuickFormat4"/>
-    <w:rsid w:val="00763F13"/>
+    <w:rsid w:val="00482898"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
-[...22 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
-    <w:rsid w:val="00763F13"/>
+    <w:rsid w:val="00482898"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00763F13"/>
+    <w:rsid w:val="00482898"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:caps/>
       <w:spacing w:val="10"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00763F13"/>
+    <w:rsid w:val="00482898"/>
     <w:pPr>
-      <w:spacing w:after="560" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="560" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
       <w:spacing w:val="20"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
-      <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00763F13"/>
+    <w:rsid w:val="00482898"/>
     <w:rPr>
-      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:caps/>
       <w:spacing w:val="20"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubtleReference">
-[...11 lines deleted...]
-    <w:name w:val="Title"/>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00763F13"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00482898"/>
     <w:pPr>
-      <w:pBdr>
-[...3 lines deleted...]
-      <w:contextualSpacing/>
+      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="17365D"/>
-[...17 lines deleted...]
-      <w:szCs w:val="52"/>
+      <w:sz w:val="20"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...13 lines deleted...]
-    <w:link w:val="BalloonTextChar"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00482898"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...13 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-[...178 lines deleted...]
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007B68A0"/>
+    <w:rsid w:val="00482898"/>
     <w:rPr>
-      <w:color w:val="605E5C"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="571309690">
+    <w:div w:id="126974339">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1737244615">
+    <w:div w:id="594171325">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="623389347">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1020854756">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1892572614">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
-  <w:optimizeForBrowser/>
-[...1 lines deleted...]
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.intake@usda.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.intake@usda.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4624,344 +6581,757 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...150 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{857AD177-B817-4AF3-901F-2A558948EB07}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2726E055-FCC5-48FB-8A8D-F429664080DD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...26 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>447</Words>
-  <Characters>2552</Characters>
+  <Words>460</Words>
+  <Characters>2622</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Parent/Guardian Notification Letter for Free/Reduced Eligibility</vt:lpstr>
+      <vt:lpstr>Summer Electronic Benefits Transfer Program (S-EBT) Parent/Guardian Notification Letter for Reduced-price Eligibility</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>USDA-FNS</Company>
+  <Company>CT State Deptartment of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2994</CharactersWithSpaces>
+  <CharactersWithSpaces>3076</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="18" baseType="variant">
-[...1 lines deleted...]
-        <vt:i4>5701674</vt:i4>
+    <vt:vector size="222" baseType="variant">
+      <vt:variant>
+        <vt:i4>7077903</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>93</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:levy.gillespie@ct.gov</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4456524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>90</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.ascr.usda.gov/complaint_filing_cust.html</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>131163</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>87</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.ocio.usda.gov/sites/default/files/docs/2012/Complain_combined_6_8_12.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900615</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>84</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/resource-files/manufacturerPFStipsheet.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>327760</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>81</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/resource-files/PFSsamplevegetables.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2293842</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>78</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/resource-files/PFS_Sample_oz_eq.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>70</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>75</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/resource-files/PFSsamplefruits.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2424900</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>72</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/reviewer_checklist.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>393238</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>69</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/PFS.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>786519</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>66</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/resource-files/PFS_Documenting_Vegetables_Subgroups_Fruits.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1769552</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>63</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/resource-files/PFS_Documenting_Meat_Meat_Alternate_Nov_2019.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>327746</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>60</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/resource-files/PFS_Documenting_Grains_oz_eq.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7077941</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>57</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://portal.ct.gov/SDE/Nutrition/Menu-Planning-Guide-for-School-Meals</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3342391</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>54</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Preschool/MPGpreschool.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6029328</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>51</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Meal-Patterns-Preschoolers-in-School-Nutrition-Programs/Documents</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3866676</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>48</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://portal.ct.gov/SDE/Nutrition/Meal-Patterns-School-Nutrition-Programs</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3342439</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>45</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.fns.usda.gov/cnlabeling/food-manufacturersindustry</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6422654</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>42</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.fns.usda.gov/tn/food-buying-guide-for-child-nutrition-programs</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1310738</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>39</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Memos/OM2015/OM10-15.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8061031</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>36</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://portal.ct.gov/SDE/Nutrition/Child-Nutrition-Programs</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>655380</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>33</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/CNlabel.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>327711</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>30</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.fns.usda.gov/cnlabeling/usdausdc-authorized-labels-and-manufacturers</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3342441</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>27</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://portal.ct.gov/-/media/SDE/Nutrition/ASP/ASPHandbook.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900569</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>24</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Afterschool-Snack-Program</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1900615</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/resource-files/manufacturerPFStipsheet.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6815853</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/PFS.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6422654</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.fns.usda.gov/tn/food-buying-guide-for-child-nutrition-programs</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3342439</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.fns.usda.gov/cnlabeling/food-manufacturersindustry</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1835098</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.fns.usda.gov/cn/labeling/usdausdc-authorized-labels-and-manufacturers</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8061045</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:program.intake@usda.gov</vt:lpwstr>
+        <vt:lpwstr>https://www.fns.usda.gov/administrative-review-process-regarding-child-nutrition-cn-label-watermarked-cn-label-and</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7274611</vt:i4>
+        <vt:i4>4718672</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</vt:lpwstr>
+        <vt:lpwstr>https://www.fns.usda.gov/cn-labels-copied-watermark-acceptable-documentation</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2162693</vt:i4>
+        <vt:i4>6946913</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:gudeczauskasr@plymouth.k12.ct.us</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/CNlabel.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>8192096</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/AcceptDoc.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4849665</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Contact-Information-for-School-Nutrition-Programs</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7405630</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/ASP/ASPHandbook.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3080254</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Preschool/mpgpreschool.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6160391</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Menu-Planning-Guide-for-School-Meals</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Summer Electronic Benefits Transfer Program (S-EBT) Parent/Guardian Notification Letter for Reduced-price Eligibility</dc:title>
   <dc:subject/>
-  <dc:creator>CSDE</dc:creator>
+  <dc:creator>Susan Fiore</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...12 lines deleted...]
-</file>