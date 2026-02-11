--- v0 (2025-12-10)
+++ v1 (2026-02-11)
@@ -1,3366 +1,3508 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6C8E1549" w14:textId="7AEEB082" w:rsidR="00D347BC" w:rsidRPr="00BF5D31" w:rsidRDefault="00D347BC" w:rsidP="00BF5D31">
+    <w:p w14:paraId="5BD9C606" w14:textId="77777777" w:rsidR="000D7DD4" w:rsidRPr="005738D4" w:rsidRDefault="000D7DD4" w:rsidP="004E126E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005738D4">
+        <w:t xml:space="preserve">Standardized Recipe Form </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F1786E">
+        <w:t xml:space="preserve">for the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>School Nutrition Programs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074CA6A8" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="0028438D" w:rsidRDefault="004809D6" w:rsidP="00196EA7">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="4770"/>
-          <w:tab w:val="left" w:pos="11340"/>
           <w:tab w:val="right" w:pos="14490"/>
         </w:tabs>
-        <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="115"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recipe name: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A24224" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5670"/>
+          <w:tab w:val="left" w:pos="9900"/>
+          <w:tab w:val="right" w:pos="14490"/>
+        </w:tabs>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="115"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Recipe name:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t>Category</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BF5D31">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D347BC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Category:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t>Recipe</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> number</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BF5D31">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D347BC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Recipe number:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t>Number</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of servings: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:t>For _______ servings</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4495"/>
         <w:gridCol w:w="1800"/>
         <w:gridCol w:w="1890"/>
         <w:gridCol w:w="6349"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007E09DA" w:rsidRPr="00D347BC" w14:paraId="6C165CF2" w14:textId="77777777" w:rsidTr="005B4D3F">
+      <w:tr w:rsidR="007E09DA" w:rsidRPr="0028438D" w14:paraId="6C165CF2" w14:textId="77777777" w:rsidTr="00C07B56">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ECF3FA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73F213D8" w14:textId="2016FC6A" w:rsidR="007E09DA" w:rsidRPr="00D347BC" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="73F213D8" w14:textId="2016FC6A" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028438D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ingredients</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ECF3FA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28F03809" w14:textId="2CDE4042" w:rsidR="007E09DA" w:rsidRPr="00D347BC" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="28F03809" w14:textId="2CDE4042" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028438D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Weight</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ECF3FA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22A280C5" w14:textId="6553DDF8" w:rsidR="007E09DA" w:rsidRPr="00D347BC" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="22A280C5" w14:textId="6553DDF8" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028438D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Measure</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6349" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="ECF3FA"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F32D4B1" w14:textId="5D77638F" w:rsidR="007E09DA" w:rsidRPr="00D347BC" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="4F32D4B1" w14:textId="5D77638F" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0028438D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Directions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007E09DA" w:rsidRPr="00D347BC" w14:paraId="7458A3CB" w14:textId="77777777" w:rsidTr="005B4D3F">
+      <w:tr w:rsidR="007E09DA" w:rsidRPr="0028438D" w14:paraId="7458A3CB" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30F8972B" w14:textId="77777777" w:rsidR="007E09DA" w:rsidRPr="00D347BC" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="30F8972B" w14:textId="77777777" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BCC0BC9" w14:textId="77777777" w:rsidR="007E09DA" w:rsidRPr="00D347BC" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="4BCC0BC9" w14:textId="77777777" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DECFC94" w14:textId="77777777" w:rsidR="007E09DA" w:rsidRPr="00D347BC" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="6DECFC94" w14:textId="77777777" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6349" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37A29C72" w14:textId="77777777" w:rsidR="007E09DA" w:rsidRPr="00D347BC" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="37A29C72" w14:textId="77777777" w:rsidR="007E09DA" w:rsidRPr="0028438D" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w14:paraId="6722B11D" w14:textId="77777777" w:rsidTr="005B4D3F">
+      <w:tr w:rsidR="005B4D3F" w:rsidRPr="0028438D" w14:paraId="6722B11D" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43D41C7F" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="43D41C7F" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B5601FD" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="3B5601FD" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D97162F" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="6D97162F" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6349" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="583AE9A8" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="583AE9A8" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w14:paraId="65A86935" w14:textId="77777777" w:rsidTr="005B4D3F">
+      <w:tr w:rsidR="005B4D3F" w:rsidRPr="0028438D" w14:paraId="65A86935" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B3521FC" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="0B3521FC" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10656BB5" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="10656BB5" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE1CA36" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="1DE1CA36" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6349" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A1729B8" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="7A1729B8" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w14:paraId="15D52268" w14:textId="77777777" w:rsidTr="005B4D3F">
+      <w:tr w:rsidR="005B4D3F" w:rsidRPr="0028438D" w14:paraId="15D52268" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2D0002" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="5E2D0002" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F6625D0" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="7F6625D0" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CC59BA5" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="0CC59BA5" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6349" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13F0BED1" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="13F0BED1" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w14:paraId="502D4F6C" w14:textId="77777777" w:rsidTr="005B4D3F">
+      <w:tr w:rsidR="005B4D3F" w:rsidRPr="0028438D" w14:paraId="502D4F6C" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="419B63A3" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="419B63A3" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="014A44BA" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="014A44BA" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="193B4540" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="193B4540" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6349" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11DC6C24" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="11DC6C24" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w14:paraId="2E833143" w14:textId="77777777" w:rsidTr="005B4D3F">
+      <w:tr w:rsidR="005B4D3F" w:rsidRPr="0028438D" w14:paraId="2E833143" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46EC7546" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="46EC7546" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="785BD3EB" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="785BD3EB" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75DDE83C" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="75DDE83C" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6349" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D234E64" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="5D234E64" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w14:paraId="60F47E27" w14:textId="77777777" w:rsidTr="005B4D3F">
+      <w:tr w:rsidR="005B4D3F" w:rsidRPr="0028438D" w14:paraId="60F47E27" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE59C57" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="5AE59C57" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35ABA327" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="35ABA327" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="149ED814" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="149ED814" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6349" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CD420A1" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="2CD420A1" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000911B4" w:rsidRPr="00D347BC" w14:paraId="20270547" w14:textId="77777777" w:rsidTr="005B4D3F">
+      <w:tr w:rsidR="000911B4" w:rsidRPr="0028438D" w14:paraId="20270547" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D051067" w14:textId="77777777" w:rsidR="000911B4" w:rsidRPr="00D347BC" w:rsidRDefault="000911B4" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="6D051067" w14:textId="77777777" w:rsidR="000911B4" w:rsidRPr="0028438D" w:rsidRDefault="000911B4" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76534337" w14:textId="77777777" w:rsidR="000911B4" w:rsidRPr="00D347BC" w:rsidRDefault="000911B4" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="76534337" w14:textId="77777777" w:rsidR="000911B4" w:rsidRPr="0028438D" w:rsidRDefault="000911B4" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7346824C" w14:textId="77777777" w:rsidR="000911B4" w:rsidRPr="00D347BC" w:rsidRDefault="000911B4" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="7346824C" w14:textId="77777777" w:rsidR="000911B4" w:rsidRPr="0028438D" w:rsidRDefault="000911B4" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6349" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73019E69" w14:textId="77777777" w:rsidR="000911B4" w:rsidRPr="00D347BC" w:rsidRDefault="000911B4" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="73019E69" w14:textId="77777777" w:rsidR="000911B4" w:rsidRPr="0028438D" w:rsidRDefault="000911B4" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w14:paraId="2AF73CF0" w14:textId="77777777" w:rsidTr="005B4D3F">
+      <w:tr w:rsidR="005B4D3F" w:rsidRPr="0028438D" w14:paraId="2AF73CF0" w14:textId="77777777" w:rsidTr="005B4D3F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="240A3FF3" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="240A3FF3" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38442060" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="38442060" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="289AC736" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="289AC736" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6349" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54D92F45" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...2 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          <w:p w14:paraId="54D92F45" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="0028438D" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="43C31EF5" w14:textId="77777777" w:rsidTr="005B4D3F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="393FF672" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DE44C9" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B01B6E7" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD27444" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="60B173A9" w14:textId="77777777" w:rsidTr="005B4D3F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="099FC327" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="510E63B1" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="301363CE" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E89BE4" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="1A5291C5" w14:textId="77777777" w:rsidTr="005B4D3F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3405461A" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="495F2BB6" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="631CBDE8" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60AE507C" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="777C69AC" w14:textId="77777777" w:rsidTr="005B4D3F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65246778" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40A2539D" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E6E92E4" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6305FB09" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="542AF597" w14:textId="77777777" w:rsidTr="005B4D3F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20827893" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48585427" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA13135" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E9C4AC" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="56D15FD4" w14:textId="77777777" w:rsidTr="005B4D3F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F19E2DD" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F20EC49" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D15889B" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E268536" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="12763FF7" w14:textId="77777777" w:rsidTr="005B4D3F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA1B204" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F371520" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F324603" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B4D5AD" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="7FC835A5" w14:textId="77777777" w:rsidTr="005B4D3F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B917800" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66B55D75" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56CF39F4" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EF276C" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F51AC" w:rsidRPr="0028438D" w14:paraId="33F37CDC" w14:textId="77777777" w:rsidTr="005B4D3F">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B8BEBD5" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21E328B7" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1890" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="229DC242" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6349" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19322649" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="0028438D" w:rsidRDefault="005F51AC" w:rsidP="005B4D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F88E661" w14:textId="77777777" w:rsidR="007E09DA" w:rsidRPr="00D347BC" w:rsidRDefault="007E09DA" w:rsidP="005B4D3F">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0DA85341" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRDefault="005F51AC" w:rsidP="0028438D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="054A80B7" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
-[...7 lines deleted...]
-        <w:sectPr w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidSect="005738D4">
+    <w:p w14:paraId="72CE528B" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="005F51AC" w:rsidRDefault="005F51AC" w:rsidP="005F51AC"/>
+    <w:p w14:paraId="2BBE95D9" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRDefault="005F51AC" w:rsidP="0028438D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:sectPr w:rsidR="005F51AC" w:rsidSect="00817831">
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
-          <w:headerReference w:type="first" r:id="rId10"/>
-          <w:footerReference w:type="first" r:id="rId11"/>
+          <w:footerReference w:type="first" r:id="rId10"/>
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
-          <w:pgMar w:top="1008" w:right="648" w:bottom="576" w:left="648" w:header="576" w:footer="576" w:gutter="0"/>
+          <w:pgMar w:top="720" w:right="648" w:bottom="576" w:left="648" w:header="576" w:footer="576" w:gutter="0"/>
           <w:cols w:space="720"/>
-          <w:formProt w:val="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30F59DF4" w14:textId="6C0CCCA7" w:rsidR="00F56833" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="000911B4">
+    <w:p w14:paraId="26B68FC5" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="0028438D" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:t>Serving size and yield</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B65148" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Serving size: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21591365" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yield: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7149D42B" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="005F51AC" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005F51AC">
+        <w:t>Cooking time and temperature</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="385D6497" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="0028438D" w:rsidRDefault="004809D6" w:rsidP="004809D6">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Conventional oven</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E8CF24" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Temperature: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B5F9390" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Time: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CACBBF9" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Convection oven</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39B4364B" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Temperature: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5193B862" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Time: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B1558FA" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="0028438D" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:t>Meal pattern contribution (based on serving size)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D032C56" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Meats/meat alternates (ounce equivalents): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC8BDF4" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grains (ounce equivalents): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092C03E6" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fruits (cups): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643D4B8B" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="0028438D" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vegetables (cups):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00060A90">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Serving size and yield</w:t>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r w:rsidRPr="00060A90">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+        </w:rPr>
+        <w:t>Nutrients per serving</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C27546" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="000911B4">
-[...340 lines deleted...]
-    <w:p w14:paraId="385F7F10" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="005B4D3F">
+    <w:p w14:paraId="1E87FAAD" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="8010"/>
           <w:tab w:val="left" w:pos="11070"/>
         </w:tabs>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...5 lines deleted...]
-        <w:sectPr w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidSect="005B4D3F">
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calories: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A876E4" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Total fat (grams [g]): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E603F0" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cholesterol (milligrams [mg]): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1131D260" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sodium (mg): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F606B97" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Iron (mg): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="710C5AF7" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protein (g): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="020AB124" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saturated fat (g): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3A6BD8" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Total sugars (g): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F483F66" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vitamin D (micrograms [mcg] retinol activity equivalent [RAE]): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01B4F544" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Potassium (mg) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1631D094" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Carbohydrate (g): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="101B6AF4" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dietary fiber (g): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E2CB11" w14:textId="77777777" w:rsidR="004809D6" w:rsidRPr="00A64994" w:rsidRDefault="004809D6" w:rsidP="004809D6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="8010"/>
+          <w:tab w:val="left" w:pos="11070"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A64994">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Calcium (mg): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498782AB" w14:textId="4594F609" w:rsidR="005F51AC" w:rsidRDefault="005F51AC" w:rsidP="004809D6">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005F51AC" w:rsidSect="005F51AC">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
-          <w:pgMar w:top="1008" w:right="648" w:bottom="576" w:left="648" w:header="576" w:footer="576" w:gutter="0"/>
-[...1 lines deleted...]
-          <w:formProt w:val="0"/>
+          <w:pgMar w:top="1152" w:right="648" w:bottom="576" w:left="648" w:header="576" w:footer="576" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73A590D1" w14:textId="77777777" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="00DF7BE0">
+    <w:p w14:paraId="56D1E009" w14:textId="77777777" w:rsidR="0028438D" w:rsidRDefault="0028438D" w:rsidP="0028438D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="8010"/>
           <w:tab w:val="left" w:pos="11070"/>
         </w:tabs>
         <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...10 lines deleted...]
-        <w:t>Calories:</w:t>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E9A02C9" w14:textId="70113E09" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="00DF7BE0">
+    <w:p w14:paraId="14132DD9" w14:textId="65F4737F" w:rsidR="00AC505C" w:rsidRPr="0028438D" w:rsidRDefault="00AC505C" w:rsidP="0028438D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="8010"/>
           <w:tab w:val="left" w:pos="11070"/>
         </w:tabs>
         <w:spacing w:before="40" w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...26 lines deleted...]
-        <w:t>):</w:t>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>The U.S. Department of Agriculture (USDA) defines a standardized recipe as one that has been tried, adapted, and retried at least three times and has been found to produce the same good results and yield every time when the exact procedures are used with the same type of equipment and the same quantity and quality of ingredients. Standardized quantity recipes produce 25 or more servings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CEFC657" w14:textId="4B900B60" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="00DF7BE0">
-[...51 lines deleted...]
-        <w:t>):</w:t>
+    <w:p w14:paraId="170D3C80" w14:textId="77777777" w:rsidR="00AC505C" w:rsidRPr="0028438D" w:rsidRDefault="00AC505C" w:rsidP="0028438D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:t>Instructions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70096469" w14:textId="0F919269" w:rsidR="005B4D3F" w:rsidRPr="00D347BC" w:rsidRDefault="005B4D3F" w:rsidP="00DF7BE0">
-[...420 lines deleted...]
-    <w:p w14:paraId="4398CEAF" w14:textId="77777777" w:rsidR="00F92C47" w:rsidRPr="005738D4" w:rsidRDefault="00F92C47" w:rsidP="00561CDC">
+    <w:p w14:paraId="4398CEAF" w14:textId="77777777" w:rsidR="00F92C47" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="006D055F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Recipe information:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005738D4">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> List the recipe name, category (e.g., entrées, vegetables, fruits, grains), and number.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="583DF34D" w14:textId="77777777" w:rsidR="00F92C47" w:rsidRPr="005738D4" w:rsidRDefault="00F92C47" w:rsidP="00561CDC">
+    <w:p w14:paraId="583DF34D" w14:textId="3B08EF0B" w:rsidR="00F92C47" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="006D055F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ingredients:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005738D4">
-[...7 lines deleted...]
-        <w:r w:rsidRPr="005738D4">
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the ingredients in the order of preparation. For each ingredient, indicate the specific type and form of food, e.g., “rice, long grained, cooked,” “corn, canned,” “macaroni, uncooked,” “cheese, cheddar, grated,” and “ground beef, raw.” For guidance on ingredient descriptions, refer to the USDA’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:i/>
-            <w:color w:val="0000FF"/>
-            <w:sz w:val="20"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Food Buying Guide for Child Nutrition Programs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005738D4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BABC81B" w14:textId="260B3E78" w:rsidR="00F92C47" w:rsidRPr="005738D4" w:rsidRDefault="00F92C47" w:rsidP="00561CDC">
+    <w:p w14:paraId="5BABC81B" w14:textId="3B92F8AD" w:rsidR="00F92C47" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="006D055F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Weight and measure:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005738D4">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>List the weight and volume measure of each ingredient. Use standard abbreviations for units of measure, e.g., teaspoon (tsp), tablespoon (Tbsp), cup (c), quart (qt), gallon (gal), ounce (oz), pound (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>), and fluid ounces (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oz). List quantities in common units, e.g., 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 oz instead of 20 oz, 2 gal 3 cups instead of 35 cups, and ½ cup instead of 8 Tbsp. For more information, refer to the Institute of Child Nutrition’s </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk94765411"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(ICN) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="006A0F1A" w:rsidRPr="005738D4">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:i/>
-            <w:sz w:val="20"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Basics at a Glance</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006A0F1A" w:rsidRPr="005738D4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A0F1A" w:rsidRPr="005738D4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:iCs/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>poster</w:t>
       </w:r>
-      <w:r w:rsidR="006A0F1A" w:rsidRPr="005738D4">
-[...21 lines deleted...]
-        <w:r w:rsidR="00E67B60">
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and visit the “</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:sz w:val="20"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Portion Control</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006636BB" w:rsidRPr="005738D4">
-[...48 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” section of the CSDE’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="StyleHyperlinkLatinBodyCSArialComplexBodyCSAri1"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Menu Planning for Child Nutrition Programs </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>webpage.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6828ACAA" w14:textId="0CF94C9B" w:rsidR="00F92C47" w:rsidRPr="005738D4" w:rsidRDefault="00F92C47" w:rsidP="00561CDC">
+    <w:p w14:paraId="6828ACAA" w14:textId="7DBB69FA" w:rsidR="00F92C47" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="006D055F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Directions:</w:t>
       </w:r>
-      <w:r w:rsidRPr="005738D4">
-[...16 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> List detailed step-by-step instructions for preparation, cooking, and serving, including equipment (e.g., number and size of pans), oven temperature and cooking time, and serving directions and utensils. Include food safety guidelines for proper thawing, internal cooking, holding, serving, and storage temperatures. Indicate Critical Control Points (CCPs) as appropriate for the recipe, e.g., “CCP: Cool to 41 °F or lower within 4 hours,” “CCP: Heat to 165° F or higher for at least 15 seconds,” and “CCP: Hold for hot service at 135° F or higher.” </w:t>
+      </w:r>
+      <w:r w:rsidR="006636BB" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For more information, visit the “</w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:anchor="HACCP" w:history="1">
-        <w:r w:rsidR="006636BB" w:rsidRPr="005738D4">
+      <w:hyperlink r:id="rId14" w:anchor="HACCP" w:history="1">
+        <w:r w:rsidR="006636BB" w:rsidRPr="0028438D">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:sz w:val="20"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Hazard Analysis Critical Control Point (HACCP)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006636BB" w:rsidRPr="005738D4">
-[...7 lines deleted...]
-        <w:r w:rsidR="006636BB" w:rsidRPr="005738D4">
+      <w:r w:rsidR="006636BB" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>” section of the CSDE’s Food Safety for Child Nutrition Programs webpage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B74F56F" w14:textId="6E62F05F" w:rsidR="00F92C47" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="006D055F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Serving size and yield:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indicate the serving size, i.e., the amount of a single portion in volume or weight, such as ½ cup or </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">2 ounces. Indicate the recipe yield, i.e., the total weight or volume and number of servings available for service after production is complete, e.g., “50 servings: 23 pounds 4 ounces” and “50 servings: 1 quart 2 ¼ cups.” Determine the yield and servings by conducting a yield study to measure and count the actual servings made from the recipe (refer to the CSDE’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-            <w:sz w:val="20"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:i/>
+            <w:iCs/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Food Safety for Child Nutrition Programs</w:t>
+          <w:t>Yield Study Data Form for the Child Nutrition Programs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006636BB" w:rsidRPr="005738D4">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> webpage.</w:t>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B74F56F" w14:textId="77777777" w:rsidR="00F92C47" w:rsidRPr="005738D4" w:rsidRDefault="00F92C47" w:rsidP="00561CDC">
+    <w:p w14:paraId="50F890F2" w14:textId="2EA9475A" w:rsidR="006D055F" w:rsidRDefault="00F92C47" w:rsidP="006D055F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Indicate serving size, i.e., the amount of a single portion in volume or weight, such as ½ cup or 2 ounces. Indicate yield, i.e., the total weight or volume and number of servings available for service after production is complete, such as “50 servings: 23 pounds 4 ounces” and “50 servings: 1 quart 2 ¼ cups.” Determine the yield and servings by measuring and counting the actual servings made from the recipe.</w:t>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cooking time and temperature: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Indicate the oven temperature and cooking time for conventional ovens and convection ovens, if applicable.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D055F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F890F2" w14:textId="77777777" w:rsidR="00F92C47" w:rsidRPr="005738D4" w:rsidRDefault="00F92C47" w:rsidP="00561CDC">
+    <w:p w14:paraId="6ADD63DC" w14:textId="43DFF8C2" w:rsidR="00F92C47" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="00E508B1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...27 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Meal pattern</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contribution </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(based on serving size): </w:t>
       </w:r>
-      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00F1786E">
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Indicate how</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00F1786E">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> one serving of the recipe credits toward the CACFP meal patterns. Use the USDA’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00ED2B5D" w:rsidRPr="00F1786E">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:i/>
-            <w:color w:val="0000FF"/>
-            <w:sz w:val="20"/>
+            <w:iCs/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Food Buying Guide for Child Nutrition Programs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00F1786E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00F1786E">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to determine crediting information for recipe ingredients.</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00F1786E">
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00F1786E">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For information on the crediting requirements, visit the CSDE’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00E67B60">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00E67B60" w:rsidRPr="0028438D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
-            <w:sz w:val="20"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Crediting Foods in School Nutrition Programs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00F1786E">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2B5D">
-[...14 lines deleted...]
-        <w:r w:rsidR="00B2716E">
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and refer to the CSDE’s </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk189810561"/>
+      <w:r w:rsidR="00E508B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">resources, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00B2716E" w:rsidRPr="00E508B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
             <w:i/>
-            <w:sz w:val="20"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+            <w:iCs/>
           </w:rPr>
           <w:t>Crediting Summary Charts for the Meal Patterns for Grades K-12 in the School Nutrition Programs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00F1786E">
-[...22 lines deleted...]
-        <w:r w:rsidR="00B2716E">
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00E508B1">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="00B2716E" w:rsidRPr="00E508B1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
             <w:i/>
-            <w:sz w:val="20"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+            <w:iCs/>
           </w:rPr>
           <w:t>Crediting Summary Charts for the Preschool Meal Patterns of the School Nutrition Programs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00F1786E">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00E508B1">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk170481741"/>
-[...8 lines deleted...]
-        <w:r w:rsidR="00B2716E">
+      <w:bookmarkStart w:id="2" w:name="_Hlk189810613"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk170481741"/>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00E508B1">
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED2B5D" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> resources on meeting the meal pattern and crediting requirements, refer to the CSDE’s </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00E508B1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">resource, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="000D7DD4" w:rsidRPr="0028438D">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:i/>
-            <w:color w:val="0000FF"/>
-            <w:sz w:val="20"/>
+            <w:iCs/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>Resources for the School Meal Patterns for Grades K-12</w:t>
+          <w:t>Meal Pattern and Crediting Resources for the School Nutrition Programs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B2716E">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="000D7DD4" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="20"/>
-[...26 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00B2716E">
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="4A4CE7DB" w14:textId="77777777" w:rsidR="00F92C47" w:rsidRPr="005738D4" w:rsidRDefault="00F92C47" w:rsidP="00561CDC">
+    <w:p w14:paraId="03679CFF" w14:textId="43F6EC89" w:rsidR="009E3FF9" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="006D055F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="22"/>
         </w:numPr>
-        <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nutrient information: </w:t>
       </w:r>
-      <w:r w:rsidRPr="005738D4">
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Indicate the</w:t>
       </w:r>
-      <w:r w:rsidRPr="005738D4">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005738D4">
-[...2 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nutrients per serving. Additional nutrients can be included.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03679CFF" w14:textId="77777777" w:rsidR="009E3FF9" w:rsidRPr="005738D4" w:rsidRDefault="009E3FF9" w:rsidP="00561CDC">
+    <w:p w14:paraId="04946EAE" w14:textId="7041A224" w:rsidR="0028438D" w:rsidRPr="0028438D" w:rsidRDefault="00F92C47" w:rsidP="00C07B56">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="0A0A0A"/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-      </w:pPr>
-[...20 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="0A0A0A"/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve">For </w:t>
-[...28 lines deleted...]
-          <w:lang w:val="en"/>
+        <w:t xml:space="preserve">resources on developing and using standardized recipes, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>visit the “</w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="00E67B60">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-            <w:lang w:val="en"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Standardized Recipes</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E67B60" w:rsidRPr="00345927">
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>” section of the CSDE’s Crediting Documentation for the Child Nutrition Programs webpage.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>”</w:t>
-[...48 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00345927">
-[...8 lines deleted...]
-        <w:r w:rsidR="00ED2B5D" w:rsidRPr="00345927">
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For examples of standardized recipes for Child Nutrition Programs, visit the ICN’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-            <w:sz w:val="20"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Child Nutrition Recipe Box</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00ED2B5D" w:rsidRPr="00345927">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> website.</w:t>
+      <w:r w:rsidR="00C07B56" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website</w:t>
+      </w:r>
+      <w:r w:rsidR="005F51AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CCA0328" w14:textId="77777777" w:rsidR="00801A1F" w:rsidRDefault="00801A1F" w:rsidP="00690710">
-[...9 lines deleted...]
-    <w:p w14:paraId="352C867E" w14:textId="4FBAA136" w:rsidR="00ED2B5D" w:rsidRPr="00ED2B5D" w:rsidRDefault="00ED2B5D" w:rsidP="009D3469">
+    <w:p w14:paraId="323E21B1" w14:textId="1C4AD1D6" w:rsidR="005F51AC" w:rsidRDefault="00ED2B5D" w:rsidP="006D055F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="12" w:color="006600"/>
+          <w:top w:val="single" w:sz="4" w:space="14" w:color="006600"/>
           <w:left w:val="single" w:sz="4" w:space="14" w:color="006600"/>
-          <w:bottom w:val="single" w:sz="4" w:space="12" w:color="006600"/>
+          <w:bottom w:val="single" w:sz="4" w:space="14" w:color="006600"/>
           <w:right w:val="single" w:sz="4" w:space="14" w:color="006600"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4F7ED"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...15 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:spacing w:before="600" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:right="1138"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="1B1B1B"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk164352340"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk97361838"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk97361838"/>
+      <w:r w:rsidR="009D3469" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="0A0A0A"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">visit the </w:t>
       </w:r>
-      <w:r w:rsidR="00E67B60" w:rsidRPr="00345927">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00E67B60" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="0A0A0A"/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidR="00E67B60">
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00E67B60" w:rsidRPr="0028438D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:bCs/>
-            <w:sz w:val="20"/>
+            <w:szCs w:val="22"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>Standardized Recipes</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E67B60" w:rsidRPr="00345927">
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00E67B60" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">” </w:t>
       </w:r>
-      <w:r w:rsidR="00AC505C">
-[...4 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:r w:rsidR="00AC505C" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">section </w:t>
       </w:r>
-      <w:r w:rsidRPr="009D3469">
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">of the </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="009D3469" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="0A0A0A"/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">CSDE’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="009D3469" w:rsidRPr="009D3469">
+      <w:r w:rsidR="003B037E" w:rsidRPr="00BB5B78">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>Crediting Documentation for the Child Nutrition Programs</w:t>
+      </w:r>
+      <w:r w:rsidR="003B037E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D3469" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">webpage </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or contact </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidR="009D3469" w:rsidRPr="0028438D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
-[...42 lines deleted...]
-            <w:szCs w:val="21"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>school nutrition programs staff</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009D3469" w:rsidRPr="009D3469">
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:r w:rsidR="009D3469" w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
-      <w:r w:rsidRPr="009D3469">
-[...20 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the Connecticut State Department of Education, Bureau of Child Nutrition Programs, 450 Columbus Boulevard, Suite 504, Hartford, CT 06103-1841</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED2B5D">
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This document is available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
-[...14 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:r w:rsidR="009D3469" w:rsidRPr="007668C7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://portal.ct.gov/-/media/sde/nutrition/nslp/crediting/standardized_recipe_form_schools.docx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidR="005F51AC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:color w:val="1B1B1B"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="323E21B1" w14:textId="77777777" w:rsidR="00561CDC" w:rsidRDefault="00561CDC" w:rsidP="00BA7B5B">
+    <w:p w14:paraId="488C7A99" w14:textId="77777777" w:rsidR="005F51AC" w:rsidRPr="005F51AC" w:rsidRDefault="005F51AC" w:rsidP="00BA7B5B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F94DD3C" w14:textId="77777777" w:rsidR="00561CDC" w:rsidRDefault="00561CDC" w:rsidP="00BA7B5B">
+    <w:p w14:paraId="6F94DD3C" w14:textId="77777777" w:rsidR="00561CDC" w:rsidRPr="005F51AC" w:rsidRDefault="00561CDC" w:rsidP="00BA7B5B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...2 lines deleted...]
-        <w:sectPr w:rsidR="00561CDC" w:rsidSect="00B769A9">
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00561CDC" w:rsidRPr="005F51AC" w:rsidSect="00B769A9">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
           <w:pgMar w:top="1152" w:right="648" w:bottom="576" w:left="648" w:header="576" w:footer="576" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D7ED563" w14:textId="72A8505E" w:rsidR="00561CDC" w:rsidRPr="00561CDC" w:rsidRDefault="00561CDC" w:rsidP="00561CDC">
+    <w:p w14:paraId="37D60624" w14:textId="77777777" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="00C07B56">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In accordance with federal civil rights law and U.S. Department of Agriculture (USDA) civil rights regulations and policies, this institution is prohibited from discriminating </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> race, color, national origin, sex (including gender identity and sexual orientation), disability, age, or reprisal or retaliation for prior civil rights activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B66221" w14:textId="77777777" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="005F51AC">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Program information may be made available in languages other than English. Persons with disabilities who require alternative means of communication to obtain program information (e.g., Braille, large print, audiotape, American Sign Language), should contact the responsible state or local agency that administers the program or USDA’s TARGET Center at (202) 720-2600 (voice and TTY) or contact USDA through the Federal Relay Service at (800) 877-8339.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DF57AA" w14:textId="77777777" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="005F51AC">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...14 lines deleted...]
-        <w:t>In accordance with federal civil rights law and U.S. Department of Agriculture (USDA) civil rights regulations and policies, this institution is prohibited from discriminating on the basis of race, color, national origin, sex (including gender identity and sexual orientation), disability, age, or reprisal or retaliation for prior civil rights activity.</w:t>
+        <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To file a program discrimination complaint, a Complainant should complete a Form AD-3027, USDA Program Discrimination Complaint Form which can be obtained online at: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk187725035"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.usda.gov/sites/default/files/documents/ad-3027.pdf"</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from any USDA office, by calling (866) 632-9992, or by writing a letter addressed to USDA. The letter must contain the complainant’s name, address, telephone number, and a written description of the alleged discriminatory action in sufficient detail to inform the Assistant Secretary for Civil Rights (ASCR) about the nature and date of an alleged civil rights violation. The completed AD-3027 form or letter must be submitted to USDA by:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55CCEBDD" w14:textId="77777777" w:rsidR="00561CDC" w:rsidRPr="00561CDC" w:rsidRDefault="00561CDC" w:rsidP="00561CDC">
-[...103 lines deleted...]
-    <w:p w14:paraId="3B8327F7" w14:textId="77777777" w:rsidR="00561CDC" w:rsidRPr="00561CDC" w:rsidRDefault="00561CDC" w:rsidP="00561CDC">
+    <w:p w14:paraId="4E330021" w14:textId="0AB01E8D" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="00C07B56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mail: U.S. Department of Agriculture</w:t>
       </w:r>
-      <w:r w:rsidRPr="00561CDC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Office of the Assistant Secretary for Civil Rights</w:t>
       </w:r>
-      <w:r w:rsidRPr="00561CDC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>1400 Independence Avenue, SW</w:t>
       </w:r>
-      <w:r w:rsidRPr="00561CDC">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Washington, D.C. 20250-9410; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A0F2D7" w14:textId="77777777" w:rsidR="00561CDC" w:rsidRPr="00561CDC" w:rsidRDefault="00561CDC" w:rsidP="00561CDC">
+    <w:p w14:paraId="1598D712" w14:textId="08959544" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="00C07B56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...10 lines deleted...]
-          <w:szCs w:val="19"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>fax: (833) 256-1665 or (202) 690-7442; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06910038" w14:textId="77777777" w:rsidR="00561CDC" w:rsidRPr="00561CDC" w:rsidRDefault="00561CDC" w:rsidP="00561CDC">
+    <w:p w14:paraId="237F824A" w14:textId="4BFABED3" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="00C07B56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>email:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...19 lines deleted...]
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
-        <w:r w:rsidRPr="00561CDC">
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="0028438D">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-            <w:szCs w:val="19"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>program.intake@usda.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="03C21D38" w14:textId="77777777" w:rsidR="00561CDC" w:rsidRPr="00561CDC" w:rsidRDefault="00561CDC" w:rsidP="00561CDC">
-[...11 lines deleted...]
-    <w:p w14:paraId="48E79BA6" w14:textId="55751496" w:rsidR="00561CDC" w:rsidRPr="00561CDC" w:rsidRDefault="00561CDC" w:rsidP="00561CDC">
+    <w:p w14:paraId="6DB625ED" w14:textId="77777777" w:rsidR="00C07B56" w:rsidRPr="0028438D" w:rsidRDefault="00C07B56" w:rsidP="005F51AC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5834"/>
         </w:tabs>
-        <w:spacing w:line="288" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>This institution is an equal opportunity provider.</w:t>
       </w:r>
-      <w:r w:rsidR="00E67B60" w:rsidRPr="00E67B60">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="21F4A350" w14:textId="6E2A8929" w:rsidR="00F92C47" w:rsidRDefault="00561CDC" w:rsidP="00561CDC">
+    <w:p w14:paraId="00AD73E5" w14:textId="1A5C092D" w:rsidR="00CC0241" w:rsidRPr="0028438D" w:rsidRDefault="00561CDC" w:rsidP="00C07B56">
       <w:pPr>
         <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...9 lines deleted...]
-          <w:szCs w:val="19"/>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
-      <w:r w:rsidRPr="00561CDC">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="00561CDC">
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Connecticut State Department of Education is committed to a policy of equal opportunity/affirmative action for all qualified </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The Connecticut Department of Education does not discriminate in any employment practice, education program, or educational activity on the basis of race; color; religious creed; age; sex; pregnancy; sexual orientation; workplace hazards to reproductive systems, gender identity or expression; marital status; national origin; ancestry; retaliation for previously opposed discrimination or coercion, intellectual disability; genetic information; learning disability; physical disability (including, but not limited to, blindness); mental disability (past/present history thereof); military or veteran status; status as a victim of domestic violence; or criminal record in state employment, unless there is a bona fide occupational qualification excluding persons in any of the aforementioned protected classes. Inquiries regarding the Connecticut State Department of Education’s nondiscrimination policies should be directed to: Attorney Louis Todisco, Connecticut State Department of Education, by mail 450 Columbus Boulevard, Hartford, CT 06103-1841; or by telephone 860-713-6594; or by email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="0028438D">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-            <w:szCs w:val="19"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>louis.todisco@ct.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="0028438D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00AD73E5" w14:textId="70DCE41A" w:rsidR="00CC0241" w:rsidRPr="00561CDC" w:rsidRDefault="00E67B60" w:rsidP="00561CDC">
-[...73 lines deleted...]
-    <w:sectPr w:rsidR="00CC0241" w:rsidRPr="00561CDC" w:rsidSect="00561CDC">
+    <w:sectPr w:rsidR="00CC0241" w:rsidRPr="0028438D" w:rsidSect="001036FE">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="1152" w:right="648" w:bottom="576" w:left="648" w:header="576" w:footer="576" w:gutter="0"/>
-      <w:cols w:num="2" w:space="432" w:equalWidth="0">
-[...1 lines deleted...]
-        <w:col w:w="4752"/>
+      <w:cols w:num="2" w:space="576" w:equalWidth="0">
+        <w:col w:w="8352" w:space="576"/>
+        <w:col w:w="5616"/>
       </w:cols>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="46EE7D4D" w14:textId="77777777" w:rsidR="00B769A9" w:rsidRDefault="00B769A9" w:rsidP="008A346D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="191D8F69" w14:textId="77777777" w:rsidR="00B769A9" w:rsidRDefault="00B769A9" w:rsidP="008A346D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="40681441" w14:textId="171088E0" w:rsidR="00F15E1F" w:rsidRPr="00E67B60" w:rsidRDefault="00E67B60" w:rsidP="00E67B60">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="40681441" w14:textId="0AF33828" w:rsidR="00F15E1F" w:rsidRPr="007668C7" w:rsidRDefault="007668C7" w:rsidP="007668C7">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="14670"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Revised </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="001A7938">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>January 2025</w:t>
+      <w:t xml:space="preserve">Revised </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>January 2026</w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Page </w:t>
     </w:r>
@@ -3376,51 +3518,51 @@
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>27</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -3429,110 +3571,118 @@
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>27</w:t>
+      <w:t>22</w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4E89AAA9" w14:textId="3069D41F" w:rsidR="007D6C40" w:rsidRPr="00E67B60" w:rsidRDefault="00E67B60" w:rsidP="00E67B60">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4E89AAA9" w14:textId="6D36BF79" w:rsidR="007D6C40" w:rsidRPr="007668C7" w:rsidRDefault="007668C7" w:rsidP="007668C7">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="14670"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Revised </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="001A7938">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>January 2025</w:t>
+      <w:t xml:space="preserve">Revised </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>January 2026</w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Page </w:t>
     </w:r>
@@ -3548,51 +3698,51 @@
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>27</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -3601,173 +3751,139 @@
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>27</w:t>
+      <w:t>22</w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="58B048E7" w14:textId="77777777" w:rsidR="00B769A9" w:rsidRDefault="00B769A9" w:rsidP="008A346D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="06CDC536" w14:textId="77777777" w:rsidR="00B769A9" w:rsidRDefault="00B769A9" w:rsidP="008A346D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="2C8CDA7D" w14:textId="77777777" w:rsidR="008A346D" w:rsidRPr="00AC505C" w:rsidRDefault="008A346D" w:rsidP="00650BA5">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2C8CDA7D" w14:textId="31DDEDAB" w:rsidR="008A346D" w:rsidRPr="00AC505C" w:rsidRDefault="008A346D" w:rsidP="0048225D">
     <w:pPr>
       <w:pStyle w:val="Title"/>
+      <w:spacing w:after="360"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AC505C">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Standardized Recipe Form</w:t>
     </w:r>
     <w:r w:rsidR="00650BA5" w:rsidRPr="00AC505C">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t xml:space="preserve"> for School Nutrition Programs</w:t>
+      <w:t xml:space="preserve"> for </w:t>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-      <w:spacing w:after="240"/>
+    <w:r w:rsidR="003B037E">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
-        <w:sz w:val="24"/>
-[...3 lines deleted...]
-    <w:r w:rsidRPr="005738D4">
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t xml:space="preserve">the </w:t>
+    </w:r>
+    <w:r w:rsidR="00650BA5" w:rsidRPr="00AC505C">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:b/>
-        <w:sz w:val="24"/>
-[...27 lines deleted...]
-        <w:szCs w:val="24"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>School Nutrition Programs</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05332B35"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="19CC53DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="755A5B38"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
@@ -5166,50 +5282,168 @@
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78994D11"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="960E417A"/>
+    <w:lvl w:ilvl="0" w:tplc="35BE3686">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1002053243">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1749229391">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1363436341">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="277219524">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="526211064">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1715887272">
     <w:abstractNumId w:val="15"/>
   </w:num>
@@ -5236,362 +5470,393 @@
   </w:num>
   <w:num w:numId="14" w16cid:durableId="518548130">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1536888004">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1209948356">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1625502882">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1356274484">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1146706735">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="669137104">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="567150118">
     <w:abstractNumId w:val="10"/>
   </w:num>
+  <w:num w:numId="22" w16cid:durableId="1195192818">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0002348F"/>
     <w:rsid w:val="0002348F"/>
     <w:rsid w:val="000239A5"/>
     <w:rsid w:val="0003288C"/>
     <w:rsid w:val="00044614"/>
+    <w:rsid w:val="00060A90"/>
     <w:rsid w:val="00062F3C"/>
     <w:rsid w:val="00074632"/>
     <w:rsid w:val="00081391"/>
     <w:rsid w:val="000911B4"/>
     <w:rsid w:val="000A379F"/>
     <w:rsid w:val="000A658A"/>
+    <w:rsid w:val="000D7DD4"/>
     <w:rsid w:val="000E306E"/>
+    <w:rsid w:val="001036FE"/>
     <w:rsid w:val="001105B0"/>
     <w:rsid w:val="0013371E"/>
+    <w:rsid w:val="00136266"/>
     <w:rsid w:val="00141AA4"/>
     <w:rsid w:val="00147D92"/>
     <w:rsid w:val="00160A62"/>
     <w:rsid w:val="0016663A"/>
     <w:rsid w:val="0016787E"/>
     <w:rsid w:val="001707FA"/>
     <w:rsid w:val="00174771"/>
     <w:rsid w:val="001900C5"/>
     <w:rsid w:val="001A60B0"/>
     <w:rsid w:val="001C2D74"/>
     <w:rsid w:val="001C5C52"/>
     <w:rsid w:val="001C64C5"/>
     <w:rsid w:val="001C7FAB"/>
     <w:rsid w:val="001D2C39"/>
     <w:rsid w:val="001E0FEC"/>
     <w:rsid w:val="001E6300"/>
     <w:rsid w:val="00205A58"/>
     <w:rsid w:val="00216698"/>
     <w:rsid w:val="00217D69"/>
     <w:rsid w:val="00220A80"/>
     <w:rsid w:val="00254382"/>
     <w:rsid w:val="002648E4"/>
     <w:rsid w:val="00266458"/>
+    <w:rsid w:val="0028438D"/>
     <w:rsid w:val="002908ED"/>
     <w:rsid w:val="002A0320"/>
+    <w:rsid w:val="00302838"/>
     <w:rsid w:val="003041A2"/>
     <w:rsid w:val="00305253"/>
     <w:rsid w:val="00307903"/>
     <w:rsid w:val="00321FE8"/>
     <w:rsid w:val="0033680F"/>
     <w:rsid w:val="00344DBF"/>
     <w:rsid w:val="00347799"/>
     <w:rsid w:val="00360C62"/>
     <w:rsid w:val="00362B13"/>
     <w:rsid w:val="003679D5"/>
     <w:rsid w:val="00372A26"/>
+    <w:rsid w:val="003B037E"/>
     <w:rsid w:val="003C786C"/>
     <w:rsid w:val="003D2563"/>
+    <w:rsid w:val="003F03AD"/>
     <w:rsid w:val="003F1369"/>
     <w:rsid w:val="003F3342"/>
     <w:rsid w:val="003F5305"/>
     <w:rsid w:val="004106FE"/>
     <w:rsid w:val="0041395D"/>
     <w:rsid w:val="0042363F"/>
     <w:rsid w:val="0042473F"/>
     <w:rsid w:val="00444447"/>
     <w:rsid w:val="00450618"/>
     <w:rsid w:val="004556E8"/>
     <w:rsid w:val="00477A69"/>
+    <w:rsid w:val="004809D6"/>
+    <w:rsid w:val="0048225D"/>
+    <w:rsid w:val="004A7495"/>
     <w:rsid w:val="004B267A"/>
+    <w:rsid w:val="004E126E"/>
     <w:rsid w:val="004E5C4A"/>
     <w:rsid w:val="004E67AD"/>
     <w:rsid w:val="00507035"/>
     <w:rsid w:val="00514C5E"/>
     <w:rsid w:val="00543DF3"/>
     <w:rsid w:val="00544731"/>
     <w:rsid w:val="00553F20"/>
     <w:rsid w:val="00561CDC"/>
     <w:rsid w:val="00567F9B"/>
     <w:rsid w:val="005738D4"/>
     <w:rsid w:val="005753E6"/>
     <w:rsid w:val="00582D2D"/>
     <w:rsid w:val="005A0644"/>
     <w:rsid w:val="005A19F4"/>
     <w:rsid w:val="005B4D3F"/>
     <w:rsid w:val="005D6AC2"/>
     <w:rsid w:val="005E5811"/>
+    <w:rsid w:val="005F51AC"/>
     <w:rsid w:val="00604C71"/>
     <w:rsid w:val="00611F0C"/>
     <w:rsid w:val="00632E79"/>
     <w:rsid w:val="00650BA5"/>
     <w:rsid w:val="0065609D"/>
     <w:rsid w:val="006636BB"/>
     <w:rsid w:val="00690710"/>
     <w:rsid w:val="006A0F1A"/>
     <w:rsid w:val="006A2ECD"/>
     <w:rsid w:val="006A7263"/>
     <w:rsid w:val="006A7CE9"/>
     <w:rsid w:val="006A7E6F"/>
     <w:rsid w:val="006B3D5A"/>
+    <w:rsid w:val="006D055F"/>
     <w:rsid w:val="006D30B7"/>
     <w:rsid w:val="006F496A"/>
     <w:rsid w:val="00724785"/>
     <w:rsid w:val="00742036"/>
     <w:rsid w:val="00753647"/>
+    <w:rsid w:val="007668C7"/>
     <w:rsid w:val="0077252D"/>
     <w:rsid w:val="007725CA"/>
     <w:rsid w:val="0077783D"/>
     <w:rsid w:val="00795A81"/>
     <w:rsid w:val="007A3085"/>
     <w:rsid w:val="007B1BBF"/>
     <w:rsid w:val="007C0304"/>
     <w:rsid w:val="007D2428"/>
     <w:rsid w:val="007D244E"/>
     <w:rsid w:val="007D6C40"/>
     <w:rsid w:val="007D7FA4"/>
     <w:rsid w:val="007E09DA"/>
     <w:rsid w:val="007F056E"/>
     <w:rsid w:val="00801A1F"/>
     <w:rsid w:val="00811220"/>
     <w:rsid w:val="008128F1"/>
+    <w:rsid w:val="00817831"/>
     <w:rsid w:val="0084795A"/>
     <w:rsid w:val="00853C52"/>
     <w:rsid w:val="008555E8"/>
+    <w:rsid w:val="008630E5"/>
     <w:rsid w:val="00865756"/>
     <w:rsid w:val="008712E8"/>
     <w:rsid w:val="008758C0"/>
     <w:rsid w:val="00876939"/>
     <w:rsid w:val="00876B60"/>
     <w:rsid w:val="008A346D"/>
+    <w:rsid w:val="008B57CF"/>
     <w:rsid w:val="008B62F4"/>
     <w:rsid w:val="008E5B53"/>
     <w:rsid w:val="0091380D"/>
     <w:rsid w:val="0092722F"/>
     <w:rsid w:val="00927CD9"/>
     <w:rsid w:val="00973FCD"/>
     <w:rsid w:val="00974B6C"/>
     <w:rsid w:val="00986B2D"/>
     <w:rsid w:val="00986ECD"/>
     <w:rsid w:val="009D0DBE"/>
     <w:rsid w:val="009D3469"/>
     <w:rsid w:val="009D4D9D"/>
     <w:rsid w:val="009D61FD"/>
+    <w:rsid w:val="009E07C6"/>
+    <w:rsid w:val="009E172A"/>
     <w:rsid w:val="009E3FF9"/>
     <w:rsid w:val="009E524E"/>
     <w:rsid w:val="00A0321F"/>
     <w:rsid w:val="00A22B4E"/>
     <w:rsid w:val="00A34173"/>
     <w:rsid w:val="00A36859"/>
     <w:rsid w:val="00A40D5A"/>
     <w:rsid w:val="00A837D0"/>
     <w:rsid w:val="00A84E94"/>
     <w:rsid w:val="00AA5B31"/>
     <w:rsid w:val="00AC08E4"/>
     <w:rsid w:val="00AC1371"/>
     <w:rsid w:val="00AC505C"/>
     <w:rsid w:val="00B05787"/>
     <w:rsid w:val="00B15F76"/>
+    <w:rsid w:val="00B25DF5"/>
     <w:rsid w:val="00B2716E"/>
     <w:rsid w:val="00B30ACB"/>
     <w:rsid w:val="00B3371B"/>
+    <w:rsid w:val="00B46EDB"/>
     <w:rsid w:val="00B526D5"/>
     <w:rsid w:val="00B57CF8"/>
     <w:rsid w:val="00B769A9"/>
     <w:rsid w:val="00B83BA4"/>
     <w:rsid w:val="00B871D0"/>
     <w:rsid w:val="00B90461"/>
     <w:rsid w:val="00BA5B8B"/>
     <w:rsid w:val="00BA7B5B"/>
     <w:rsid w:val="00BC5D6F"/>
     <w:rsid w:val="00BF26D8"/>
     <w:rsid w:val="00BF5D31"/>
+    <w:rsid w:val="00C07B56"/>
     <w:rsid w:val="00C1277E"/>
     <w:rsid w:val="00C25A34"/>
     <w:rsid w:val="00C3380C"/>
     <w:rsid w:val="00C34A40"/>
     <w:rsid w:val="00C4005B"/>
     <w:rsid w:val="00C738C8"/>
     <w:rsid w:val="00C8464F"/>
     <w:rsid w:val="00CA7906"/>
     <w:rsid w:val="00CC0241"/>
     <w:rsid w:val="00CD7C87"/>
     <w:rsid w:val="00CE0530"/>
+    <w:rsid w:val="00CE5E70"/>
     <w:rsid w:val="00CE6317"/>
     <w:rsid w:val="00D05E23"/>
     <w:rsid w:val="00D108DF"/>
     <w:rsid w:val="00D347BC"/>
     <w:rsid w:val="00D37FDE"/>
     <w:rsid w:val="00D44BF7"/>
     <w:rsid w:val="00D71A3B"/>
     <w:rsid w:val="00D80E51"/>
     <w:rsid w:val="00D9773A"/>
     <w:rsid w:val="00DA4D90"/>
     <w:rsid w:val="00DB503E"/>
     <w:rsid w:val="00DB53BB"/>
     <w:rsid w:val="00DD27C8"/>
     <w:rsid w:val="00DE11BB"/>
     <w:rsid w:val="00DF7BE0"/>
     <w:rsid w:val="00E12107"/>
     <w:rsid w:val="00E426D9"/>
     <w:rsid w:val="00E43467"/>
     <w:rsid w:val="00E452A2"/>
     <w:rsid w:val="00E4603A"/>
+    <w:rsid w:val="00E508B1"/>
     <w:rsid w:val="00E50F90"/>
     <w:rsid w:val="00E67B60"/>
     <w:rsid w:val="00E809BC"/>
     <w:rsid w:val="00E92719"/>
     <w:rsid w:val="00EA1856"/>
     <w:rsid w:val="00EA6FC7"/>
+    <w:rsid w:val="00EB0672"/>
     <w:rsid w:val="00EB233F"/>
     <w:rsid w:val="00EC450D"/>
     <w:rsid w:val="00EC63F6"/>
     <w:rsid w:val="00ED2B5D"/>
     <w:rsid w:val="00ED4D4A"/>
     <w:rsid w:val="00EE14AD"/>
     <w:rsid w:val="00EE481C"/>
     <w:rsid w:val="00EE5CE4"/>
     <w:rsid w:val="00EF24E6"/>
     <w:rsid w:val="00F13081"/>
     <w:rsid w:val="00F15E1F"/>
     <w:rsid w:val="00F40516"/>
     <w:rsid w:val="00F56833"/>
     <w:rsid w:val="00F92C47"/>
     <w:rsid w:val="00F94CE0"/>
     <w:rsid w:val="00FA2B6C"/>
     <w:rsid w:val="00FA4BED"/>
     <w:rsid w:val="00FC5EF0"/>
     <w:rsid w:val="00FD0ECE"/>
     <w:rsid w:val="00FD3782"/>
     <w:rsid w:val="00FD5C95"/>
     <w:rsid w:val="00FE4790"/>
     <w:rsid w:val="00FF402D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5AB325A4"/>
   <w15:docId w15:val="{63B891AF-9B3F-4655-A3F0-CA104D740024}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5818,73 +6083,96 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AC505C"/>
+    <w:rsid w:val="0028438D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00561CDC"/>
+    <w:rsid w:val="0028438D"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+      <w:spacing w:after="120" w:line="288" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="005F51AC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="120"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
@@ -5951,140 +6239,193 @@
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008A346D"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="008A346D"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="005738D4"/>
+    <w:qFormat/>
+    <w:rsid w:val="000D7DD4"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:u w:val="none"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:color w:val="0645AD"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00876939"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="00E452A2"/>
     <w:rPr>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B30ACB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
-    <w:rsid w:val="00561CDC"/>
+    <w:rsid w:val="0028438D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
-      <w:sz w:val="24"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AC505C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StyleHyperlinkLatinBodyCSArialComplexBodyCSAri">
+    <w:name w:val="Style Hyperlink + (Latin) +Body CS (Arial) (Complex) +Body CS (Ari..."/>
+    <w:basedOn w:val="Hyperlink"/>
+    <w:rsid w:val="00C07B56"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:color w:val="0000FF"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StyleHyperlinkLatinBodyCSArialComplexBodyCSAri1">
+    <w:name w:val="Style Hyperlink + (Latin) +Body CS (Arial) (Complex) +Body CS (Ari...1"/>
+    <w:basedOn w:val="Hyperlink"/>
+    <w:rsid w:val="00C07B56"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:color w:val="0000FF"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="StyleHyperlinkLatinBodyCSArialComplexBodyCSAri3">
+    <w:name w:val="Style Hyperlink + (Latin) +Body CS (Arial) (Complex) +Body CS (Ari...3"/>
+    <w:basedOn w:val="Hyperlink"/>
+    <w:rsid w:val="00C07B56"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0000FF"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:u w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:rsid w:val="005F51AC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1507747035">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theicn.org/icn-resources-a-z/basics-at-a-glance/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs/vegetables" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/mealpattern/resources_school_meal_patterns_grades_k-12.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/tn/food-buying-guide-for-child-nutrition-programs" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/tn/food-buying-guide-for-child-nutrition-programs" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs/standardized-recipes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Food-Safety-for-Child-Nutrition-Programs" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/crediting/crediting_summary_charts_snp_preschool.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theicn.org/cnrb/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Food-Safety-for-Child-Nutrition-Programs/Documents" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs/standardized-recipes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/crediting/standardized_recipe_form_schools.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/crediting/crediting_summary_charts_snp_grades_k-12.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louis.todisco@ct.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/menu-planning/portion-control" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/preschool/resources_preschool_meal_patterns.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Contact-Information-for-School-Nutrition-Programs" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.intake@usda.gov" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/menu-planning/portion-control" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/crediting/crediting_summary_charts_snp_grades_k-12.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louis.todisco@ct.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs/standardized-recipes" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theicn.org/icn-resources-a-z/basics-at-a-glance/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs/vegetables" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.intake@usda.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/tn/food-buying-guide-for-child-nutrition-programs" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/crediting/resources_school_meal_patterns_snp.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/tn/food-buying-guide-for-child-nutrition-programs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Contact-Information-for-School-Nutrition-Programs" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/crediting/yield_study_form.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs/standardized-recipes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/crediting/crediting_summary_charts_snp_preschool.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Food-Safety-for-Child-Nutrition-Programs/Documents" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theicn.org/cnrb/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6358,76 +6699,76 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{013E4024-84D8-488C-836D-C07B32814172}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>9113</Characters>
+  <Pages>5</Pages>
+  <Words>1180</Words>
+  <Characters>7069</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>168</Lines>
-  <Paragraphs>62</Paragraphs>
+  <Lines>196</Lines>
+  <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Standardized Recipe Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Office of Public Instruction</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9924</CharactersWithSpaces>
+  <CharactersWithSpaces>8228</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="102" baseType="variant">
       <vt:variant>
         <vt:i4>7077903</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>33</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:levy.gillespie@ct.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3407932</vt:i4>
       </vt:variant>
       <vt:variant>