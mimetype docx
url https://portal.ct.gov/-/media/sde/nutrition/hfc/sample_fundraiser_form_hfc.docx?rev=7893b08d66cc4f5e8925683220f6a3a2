--- v0 (2025-12-08)
+++ v1 (2026-02-11)
@@ -1,4130 +1,3870 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0942036C" w14:textId="64396695" w:rsidR="00A905B6" w:rsidRPr="000F1403" w:rsidRDefault="00AA3580" w:rsidP="009F16D0">
+    <w:p w14:paraId="1570F5B9" w14:textId="72EB04E7" w:rsidR="0038757E" w:rsidRPr="001543B0" w:rsidRDefault="001543B0" w:rsidP="0038757E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="0038757E" w:rsidRPr="001543B0">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>Insert District Name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="0038757E" w:rsidRPr="001543B0">
+        <w:t xml:space="preserve"> Fundraiser Request Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0942036C" w14:textId="0FC26B6A" w:rsidR="00A905B6" w:rsidRPr="000F1403" w:rsidRDefault="00AA3580" w:rsidP="009F16D0">
       <w:pPr>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete this form for all school </w:t>
       </w:r>
       <w:r w:rsidR="00A905B6" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">food </w:t>
       </w:r>
       <w:r w:rsidR="0095020F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>and beverage</w:t>
       </w:r>
       <w:r w:rsidR="00A905B6" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0095020F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>fundraisers</w:t>
       </w:r>
       <w:r w:rsidR="003958BC" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003958BC" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
       <w:r w:rsidR="00A905B6" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00792D83" w:rsidRPr="000F1403">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ubmit </w:t>
+      </w:r>
+      <w:r w:rsidR="00A905B6" w:rsidRPr="001543B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="001543B0" w:rsidRPr="001543B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
-        <w:sym w:font="Symbol" w:char="F03C"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00792D83" w:rsidRPr="000F1403">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00792D83" w:rsidRPr="001543B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:i/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve">Insert name </w:t>
       </w:r>
-      <w:r w:rsidR="00F65550" w:rsidRPr="000F1403">
+      <w:r w:rsidR="00F65550" w:rsidRPr="001543B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:i/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve">and title </w:t>
       </w:r>
-      <w:r w:rsidR="00792D83" w:rsidRPr="000F1403">
+      <w:r w:rsidR="00792D83" w:rsidRPr="001543B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:i/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
-        <w:t>of person who will coordinate fundraising for the school or district</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00792D83" w:rsidRPr="000F1403">
+        <w:t>of person who coordinate</w:t>
+      </w:r>
+      <w:r w:rsidR="001543B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
-        <w:sym w:font="Symbol" w:char="F03E"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="002746B0" w:rsidRPr="000F1403">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00792D83" w:rsidRPr="001543B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fundraising for the school or district</w:t>
+      </w:r>
+      <w:r w:rsidR="001543B0" w:rsidRPr="001543B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="002746B0" w:rsidRPr="001543B0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="002746B0" w:rsidRPr="000F1403">
+      <w:r w:rsidR="001543B0" w:rsidRPr="001543B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
-        <w:sym w:font="Symbol" w:char="F03C"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="002746B0" w:rsidRPr="000F1403">
+        <w:t>[I</w:t>
+      </w:r>
+      <w:r w:rsidR="002746B0" w:rsidRPr="001543B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:i/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
-        <w:t>Insert school name and address, if needed</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002746B0" w:rsidRPr="000F1403">
+        <w:t>nsert school name and address, if needed</w:t>
+      </w:r>
+      <w:r w:rsidR="001543B0" w:rsidRPr="001543B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
-        <w:sym w:font="Symbol" w:char="F03E"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00792D83" w:rsidRPr="000F1403">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00792D83" w:rsidRPr="001543B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> by </w:t>
       </w:r>
-      <w:r w:rsidR="00792D83" w:rsidRPr="000F1403">
+      <w:r w:rsidR="001543B0" w:rsidRPr="001543B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
-        <w:sym w:font="Symbol" w:char="F03C"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00792D83" w:rsidRPr="000F1403">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00792D83" w:rsidRPr="001543B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:i/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>Insert date</w:t>
       </w:r>
-      <w:r w:rsidR="00792D83" w:rsidRPr="000F1403">
+      <w:r w:rsidR="001543B0" w:rsidRPr="001543B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
-        <w:sym w:font="Symbol" w:char="F03E"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="00792D83" w:rsidRPr="000F1403">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00792D83" w:rsidRPr="001543B0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62FAF5B3" w14:textId="0C790878" w:rsidR="009E156A" w:rsidRPr="000F1403" w:rsidRDefault="00094EBF" w:rsidP="009F16D0">
+    <w:p w14:paraId="62FAF5B3" w14:textId="5FD892F3" w:rsidR="009E156A" w:rsidRPr="000F1403" w:rsidRDefault="00094EBF" w:rsidP="009F16D0">
       <w:pPr>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:right="14"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Our district participates in </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="000F1403">
+        <w:r w:rsidRPr="0038757E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-            <w:u w:val="none"/>
           </w:rPr>
           <w:t>Healthy Food Certification (HFC)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ood</w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">available for sale to students </w:t>
       </w:r>
       <w:r w:rsidR="00DC496B" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>comply with</w:t>
       </w:r>
       <w:r w:rsidR="00DC496B" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00DC496B" w:rsidRPr="000F1403">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Connecticut Nutrition Standards (CNS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DC496B" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>) and beverage</w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00DC496B" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">must </w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">comply with </w:t>
       </w:r>
       <w:r w:rsidR="00DC496B" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00DC496B" w:rsidRPr="0038757E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>beverage requirements</w:t>
+        </w:r>
         <w:r w:rsidR="00DC496B" w:rsidRPr="000F1403">
           <w:rPr>
             <w:rStyle w:val="StyleHyperlinkLatinArialComplexArial10pt"/>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           </w:rPr>
-          <w:t xml:space="preserve">beverage requirements </w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DC496B" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>of Section 10-221q of the Connecticut General Statutes (C.G.S.)</w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> unless the fundraiser meets the following exemption criteria of the state HFC and beverage statutes</w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: 1) the sale is in connection with an event occurring after the end of the regular school day or on the weekend; 2) the sale is at the location of the event; and 3) the </w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">foods and beverages </w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">are not sold from a vending machine or school store. </w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">For guidance on the fundraiser requirements, refer to the </w:t>
       </w:r>
       <w:r w:rsidR="00B73187" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Connecticut State Department of Education’s (CSDE) </w:t>
       </w:r>
+      <w:r w:rsidR="00013DB1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">resource, </w:t>
+      </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
+        <w:r w:rsidR="009E156A" w:rsidRPr="0038757E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:i/>
-            <w:sz w:val="20"/>
-[...1 lines deleted...]
-            <w:u w:val="none"/>
+            <w:iCs/>
           </w:rPr>
           <w:t>Requirements for Food and Beverage Fundraisers in HFC Public Schools</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Training is available in “Module 6: Fundraisers” of </w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the CSDE’s </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00915F1F" w:rsidRPr="000F1403">
+        <w:r w:rsidR="00915F1F" w:rsidRPr="0038757E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-            <w:u w:val="none"/>
+            <w:i/>
+            <w:iCs/>
           </w:rPr>
           <w:t>Complying with Healthy Food Certification</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>training program</w:t>
       </w:r>
       <w:r w:rsidR="00D234E4" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C75CA95" w14:textId="051E9C4A" w:rsidR="00E53205" w:rsidRPr="000F1403" w:rsidRDefault="00094EBF" w:rsidP="009F16D0">
+    <w:p w14:paraId="0C75CA95" w14:textId="342F50D8" w:rsidR="00E53205" w:rsidRPr="000F1403" w:rsidRDefault="00094EBF" w:rsidP="009F16D0">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:right="14"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The CSDE</w:t>
       </w:r>
       <w:r w:rsidR="00B73187" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="000F1403">
+        <w:r w:rsidRPr="0038757E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-            <w:u w:val="none"/>
           </w:rPr>
           <w:t>List of Acceptable Foods and Beverages</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00836F7A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> includes brand-specific commercial</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>foods that meet the CNS and beverages that meet the state beverage requirements.</w:t>
       </w:r>
       <w:r w:rsidR="00E53205" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A41251" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Foods made from scratch must have a standardized recipe with </w:t>
       </w:r>
       <w:r w:rsidR="00A11D06" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00A41251" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nutrition information </w:t>
       </w:r>
       <w:r w:rsidR="00A11D06" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">per serving, </w:t>
       </w:r>
       <w:r w:rsidR="00A41251" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">and the completed </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:anchor="CNSWorksheets" w:history="1">
-        <w:r w:rsidR="00A41251" w:rsidRPr="000F1403">
+        <w:r w:rsidR="00A41251" w:rsidRPr="0038757E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           </w:rPr>
           <w:t>CNS Worksheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A41251" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A41251" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>for the applicable food category</w:t>
       </w:r>
       <w:r w:rsidR="008F6F34" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t xml:space="preserve">. For more information, </w:t>
       </w:r>
       <w:r w:rsidR="00A41251" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidR="008F6F34" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="004118DC" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">CSDE’s resources, </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="004118DC" w:rsidRPr="000F1403">
+        <w:r w:rsidR="0038757E" w:rsidRPr="0038757E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-            <w:u w:val="none"/>
           </w:rPr>
-          <w:t>How to Evaluate Commercial Food Products for Compliance with the Guidance on Evaluating Recipes for Compliance with the Connecticut Nutrition Standards</w:t>
+          <w:t>How to Evaluate Commercial Food Products for Compliance with the Connecticut Nutrition Standards</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004118DC" w:rsidRPr="000F1403">
+      <w:r w:rsidR="004118DC" w:rsidRPr="0038757E">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="auto"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004118DC" w:rsidRPr="0038757E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="0A0A0A"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="004118DC" w:rsidRPr="000F1403">
+        <w:r w:rsidR="004118DC" w:rsidRPr="0038757E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-            <w:bCs/>
             <w:i/>
-            <w:sz w:val="20"/>
-[...1 lines deleted...]
-            <w:u w:val="none"/>
+            <w:iCs/>
           </w:rPr>
           <w:t>How to Evaluate Foods Made from Scratch for Compliance with the Connecticut Nutrition Standards</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="004118DC" w:rsidRPr="000F1403">
+      <w:r w:rsidR="0038757E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:color w:val="0A0A0A"/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> and </w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004118DC" w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="004118DC" w:rsidRPr="000F1403">
+        <w:r w:rsidR="004118DC" w:rsidRPr="0038757E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:i/>
-            <w:sz w:val="20"/>
-[...1 lines deleted...]
-            <w:u w:val="none"/>
+            <w:iCs/>
           </w:rPr>
           <w:t>Guidance on Evaluating Recipes for Compliance with the Connecticut Nutrition Standards</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004118DC" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:i/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10A990FC" w14:textId="2B0AA175" w:rsidR="007367A8" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>School where fundraiser will occur:</w:t>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EBF4B06" w14:textId="2C8F7ED8" w:rsidR="00637E97" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Fundraising organization: </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BD1B16E" w14:textId="1801ECB4" w:rsidR="007367A8" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Contact person:</w:t>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EE7DEAB" w14:textId="24F44B7F" w:rsidR="00637E97" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6300"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Phone: </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Email: </w:t>
       </w:r>
       <w:r w:rsidR="009F16D0" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FCE5F34" w14:textId="34304398" w:rsidR="007367A8" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5580"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Start date</w:t>
       </w:r>
       <w:r w:rsidR="009F16D0" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (month/day/year)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="009F16D0" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">End </w:t>
       </w:r>
       <w:r w:rsidR="009F16D0" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>date (month/day/year)</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="009F16D0" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25EC9B2E" w14:textId="46667BFA" w:rsidR="00DD365F" w:rsidRPr="000F1403" w:rsidRDefault="00DD365F" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Who</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">will the fundraiser items be sold to? </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Check all that apply.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70D481A2" w14:textId="35213F85" w:rsidR="0060565A" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2718"/>
           <w:tab w:val="left" w:pos="6228"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="547"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Check1"/>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="0060565A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0060565A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Students</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0060565A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="0060565A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Parents and other adults</w:t>
       </w:r>
       <w:r w:rsidR="0060565A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="0060565A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> School staff</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40A80D3F" w14:textId="4B01027B" w:rsidR="00637E97" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="547"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="0060565A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Other </w:t>
       </w:r>
       <w:r w:rsidR="0060565A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(specify):</w:t>
       </w:r>
       <w:r w:rsidR="0060565A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F1B7BB0" w14:textId="30DA4579" w:rsidR="00DD365F" w:rsidRPr="000F1403" w:rsidRDefault="00DD365F" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2466"/>
         </w:tabs>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Where</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> will the fundraiser be conducted? </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Check all that apply.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C64FAC3" w14:textId="24755177" w:rsidR="00DD365F" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7506"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="547"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> On school premises</w:t>
       </w:r>
       <w:r w:rsidR="009C7A93" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Off school premises</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="026961C1" w14:textId="4E11ECCB" w:rsidR="00DD365F" w:rsidRPr="000F1403" w:rsidRDefault="00DD365F" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>When</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> will the fundraiser be conducted? </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Check all that apply.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FD7DA0B" w14:textId="00C8FD22" w:rsidR="00DD365F" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="547"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> During the school day (indicate times):</w:t>
       </w:r>
       <w:r w:rsidR="00E92712" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EAA54E8" w14:textId="3A8A965E" w:rsidR="00637E97" w:rsidRPr="000F1403" w:rsidRDefault="00DD365F" w:rsidP="009F16D0">
+    <w:p w14:paraId="5EAA54E8" w14:textId="36581917" w:rsidR="00637E97" w:rsidRPr="000F1403" w:rsidRDefault="00DD365F" w:rsidP="009F16D0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1267"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Who will sell the nutritious low-fat foods required by </w:t>
       </w:r>
-      <w:r w:rsidR="003A553B" w:rsidRPr="000F1403">
-[...6 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId18" w:anchor="sec_10-221p" w:history="1">
-        <w:r w:rsidRPr="000F1403">
+        <w:r w:rsidR="0038757E" w:rsidRPr="0038757E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-            <w:u w:val="none"/>
           </w:rPr>
-          <w:t>Section 10-221p</w:t>
+          <w:t>C.G.S. Section 10-221p</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="269B8238" w14:textId="543128E4" w:rsidR="009F16D0" w:rsidRPr="000F1403" w:rsidRDefault="009F16D0" w:rsidP="000F1403">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1267"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="117F53F5" w14:textId="46476E80" w:rsidR="00DD365F" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="000F1403">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="547"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> After the school day (indicate times):</w:t>
       </w:r>
       <w:r w:rsidR="00E92712" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F16D0" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B13A23D" w14:textId="71E5C6E8" w:rsidR="000F1403" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="547"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> On the weekend (indicate times):</w:t>
       </w:r>
       <w:r w:rsidR="00E92712" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2843CC79" w14:textId="1AF2F4E4" w:rsidR="0060565A" w:rsidRPr="000F1403" w:rsidRDefault="00DD365F" w:rsidP="000F1403">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000F1403" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Will the fundraiser occur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>at the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...15 lines deleted...]
-          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>location of an event held</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> after school day or on the weekend</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="466CEB61" w14:textId="5B7044A7" w:rsidR="000F1403" w:rsidRDefault="00637E97" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> No    </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Yes: </w:t>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Describe event:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F16D0" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5204C5D3" w14:textId="1F27B347" w:rsidR="0060565A" w:rsidRPr="000F1403" w:rsidRDefault="000F1403" w:rsidP="000F1403">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...8 lines deleted...]
-        </w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Will the fundraiser occur </w:t>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">while any </w:t>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Child Nutrition Programs </w:t>
       </w:r>
       <w:r w:rsidR="006F6530" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(CNPs) </w:t>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>are operating, e.g., National School Lunch Program (</w:t>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>NSLP)</w:t>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, School Breakfast Program (SBP), and Afterschool Snack Program (ASP) of the NSLP?</w:t>
       </w:r>
       <w:r w:rsidR="0060565A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="789EF3DD" w14:textId="611B5446" w:rsidR="00DD365F" w:rsidRPr="000F1403" w:rsidRDefault="00637E97" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10800"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">No    </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidR="006F6530" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: Indicate which CNP</w:t>
       </w:r>
       <w:r w:rsidR="006F6530" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D808322" w14:textId="60CE14E3" w:rsidR="00204377" w:rsidRPr="000F1403" w:rsidRDefault="000F1403" w:rsidP="000F1403">
+    <w:p w14:paraId="1D808322" w14:textId="60CE14E3" w:rsidR="00204377" w:rsidRPr="000F1403" w:rsidRDefault="000F1403" w:rsidP="001543B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
           <w:tab w:val="left" w:pos="4680"/>
         </w:tabs>
-        <w:spacing w:before="240" w:after="1320" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="1200" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00204377" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">List </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">below </w:t>
       </w:r>
       <w:r w:rsidR="00204377" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r w:rsidR="008678AC" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">foods and beverages that will be sold. </w:t>
       </w:r>
       <w:r w:rsidR="009F16D0" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>For commercial products, i</w:t>
       </w:r>
       <w:r w:rsidR="008678AC" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nclude </w:t>
       </w:r>
       <w:r w:rsidR="00DD365F" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="008678AC" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>manufacturer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidR="008678AC" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and product variety</w:t>
       </w:r>
       <w:r w:rsidR="009F16D0" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. For</w:t>
       </w:r>
       <w:r w:rsidR="008678AC" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F16D0" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">foods and beverages made from </w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">foods and beverages made from scratch, include the </w:t>
+      </w:r>
+      <w:r w:rsidR="008678AC" w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>recipe name</w:t>
       </w:r>
       <w:r w:rsidR="009F16D0" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...17 lines deleted...]
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and source. </w:t>
       </w:r>
       <w:r w:rsidR="008678AC" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Attach additional pages if necessary.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37090D53" w14:textId="683F932F" w:rsidR="00452A3F" w:rsidRPr="000F1403" w:rsidRDefault="00DD365F" w:rsidP="000F1403">
-[...1 lines deleted...]
-        <w:spacing w:after="1320" w:line="288" w:lineRule="auto"/>
+    <w:p w14:paraId="37090D53" w14:textId="683F932F" w:rsidR="00452A3F" w:rsidRPr="000F1403" w:rsidRDefault="00DD365F" w:rsidP="001543B0">
+      <w:pPr>
+        <w:spacing w:after="1200" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="002C5690" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002C5690" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009A4AF7" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Do all food</w:t>
       </w:r>
       <w:r w:rsidR="004118DC" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="009A4AF7" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>meet the CNS?</w:t>
       </w:r>
       <w:r w:rsidR="002C5690" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> No</w:t>
       </w:r>
       <w:r w:rsidR="002C5690" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes: Indicate </w:t>
       </w:r>
       <w:r w:rsidR="002C5690" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">below </w:t>
       </w:r>
       <w:r w:rsidR="009E156A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>how compliance was determined.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F12BC0B" w14:textId="4A0ED508" w:rsidR="00452A3F" w:rsidRPr="000F1403" w:rsidRDefault="00DD365F" w:rsidP="000F1403">
       <w:pPr>
         <w:spacing w:after="1320" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="002C5690" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002C5690" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002C5690" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Do all beverages meet the </w:t>
       </w:r>
       <w:r w:rsidR="004118DC" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">state </w:t>
       </w:r>
       <w:r w:rsidR="002C5690" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">requirements?    </w:t>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002C5690" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> No    </w:t>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006B5650" w:rsidRPr="000F1403">
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+      <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00637E97" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="002C5690" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Yes: Indicate below how compliance was determined.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30B72BDB" w14:textId="7C6A5B0F" w:rsidR="00637E97" w:rsidRPr="000F1403" w:rsidRDefault="00DD365F" w:rsidP="000F1403">
+    <w:p w14:paraId="30B72BDB" w14:textId="7C6A5B0F" w:rsidR="00637E97" w:rsidRPr="000F1403" w:rsidRDefault="00DD365F" w:rsidP="001543B0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
-        <w:spacing w:after="1320" w:line="288" w:lineRule="auto"/>
+        <w:spacing w:after="1200" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00C2230D" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C2230D" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A10EDA" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Explain </w:t>
       </w:r>
       <w:r w:rsidR="000F1403" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">below </w:t>
       </w:r>
       <w:r w:rsidR="000F1403" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t>h</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>how</w:t>
       </w:r>
       <w:r w:rsidR="000F1403" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:bCs/>
-[...35 lines deleted...]
-        <w:t>d, e.g.,</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the fundraiser will be conducted, e.g.,</w:t>
       </w:r>
       <w:r w:rsidR="00A10EDA" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sales process, money collection process</w:t>
       </w:r>
       <w:r w:rsidR="0060565A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00A10EDA" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>and pick</w:t>
       </w:r>
       <w:r w:rsidR="0060565A" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00A10EDA" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>up procedures:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6308BD39" w14:textId="77777777" w:rsidR="007367A8" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="009F16D0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>For district use only</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71292DA7" w14:textId="08093E86" w:rsidR="00392F65" w:rsidRPr="000F1403" w:rsidRDefault="00031C71" w:rsidP="000F1403">
       <w:pPr>
         <w:spacing w:before="60" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Check one</w:t>
       </w:r>
       <w:r w:rsidR="00392F65" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:iCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04218411" w14:textId="77777777" w:rsidR="007367A8" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="009F16D0">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Approved category 1: fundraiser sells compliant foods and beverages during the school day:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> The fundraiser does not meet the exemption criteria, but all foods and beverages comply. The fundraiser does not occur while CNPs are operating and complies with C.G.S. Section 10-221p.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14D43441" w14:textId="77777777" w:rsidR="007367A8" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="009F16D0">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>category 2:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>fundraiser sells noncompliant foods and beverages at an event after the school day</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: The fundraiser meets the exemption criteria and does not occur while CNPs are operating.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BE55E4F" w14:textId="77777777" w:rsidR="007367A8" w:rsidRPr="000F1403" w:rsidRDefault="007367A8" w:rsidP="009F16D0">
       <w:pPr>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Approved</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>category 3:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>fundraiser catalogs and orders for noncompliant foods and beverages</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: Students bring fundraiser orders and money to school and distribution of foods/beverages complies with one of the following: a) parents or other adults pick up the foods/beverages on school premises; b) students pick up the foods/beverages at an event on school premises that occurs after the school day or on the weekend, when CNPs are not operating; or c) the pick-up location for the foods/beverages is off school premises. The district’s pick-up policy for foods/beverages is clearly indicated on the school’s fundraising flier and any written communication regarding the fundraiser.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B868811" w14:textId="4226220B" w:rsidR="00637E97" w:rsidRPr="000F1403" w:rsidRDefault="00637E97" w:rsidP="006B5650">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10710"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Denied</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (indicate reason):</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B008300" w14:textId="04565759" w:rsidR="00637E97" w:rsidRPr="000F1403" w:rsidRDefault="00637E97" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="10710"/>
         </w:tabs>
         <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Name and title of authorized individual:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DAFF9ED" w14:textId="34F1605D" w:rsidR="00433223" w:rsidRPr="000F1403" w:rsidRDefault="00452A3F" w:rsidP="009F16D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6930"/>
           <w:tab w:val="right" w:pos="10710"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000F1403">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Signature:</w:t>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Date: </w:t>
       </w:r>
       <w:r w:rsidR="009F16D0" w:rsidRPr="000F1403">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-          <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00433223" w:rsidRPr="000F1403" w:rsidSect="00452A3F">
+    <w:sectPr w:rsidR="00433223" w:rsidRPr="000F1403" w:rsidSect="001543B0">
       <w:headerReference w:type="even" r:id="rId19"/>
       <w:headerReference w:type="default" r:id="rId20"/>
       <w:footerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="1080" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="432" w:gutter="0"/>
+      <w:pgMar w:top="432" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="432" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="05F33297" w14:textId="77777777" w:rsidR="00B808BD" w:rsidRDefault="00B808BD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3A9C9C0D" w14:textId="77777777" w:rsidR="00B808BD" w:rsidRDefault="00B808BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Franklin Gothic Demi">
     <w:panose1 w:val="020B0703020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="DengXian Light">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="55FECC45" w14:textId="21D85D1B" w:rsidR="006C1569" w:rsidRPr="007367A8" w:rsidRDefault="00B86882" w:rsidP="00B86882">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="42B5CC33" w14:textId="1ABDAFA1" w:rsidR="0038757E" w:rsidRPr="00013DB1" w:rsidRDefault="00013DB1" w:rsidP="00013DB1">
     <w:pPr>
+      <w:pStyle w:val="Footer"/>
       <w:tabs>
-        <w:tab w:val="right" w:pos="8640"/>
+        <w:tab w:val="clear" w:pos="4320"/>
+        <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007367A8">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
     </w:r>
-    <w:r w:rsidRPr="007367A8">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
-    <w:r w:rsidRPr="007367A8">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Revised </w:t>
+      <w:t xml:space="preserve"> Revised January 2026 </w:t>
     </w:r>
-    <w:bookmarkStart w:id="1" w:name="_Hlk112753807"/>
-[...2 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>September</w:t>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
-    <w:r w:rsidR="00CA154B">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...31 lines deleted...]
-      </w:rPr>
       <w:t xml:space="preserve"> Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="007367A8">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="007367A8">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="007367A8">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="007367A8">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="007367A8">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="end"/>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="007367A8">
-[...9 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
+      <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="007367A8">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="007367A8">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="separate"/>
+      <w:t>10</w:t>
     </w:r>
-    <w:r w:rsidRPr="007367A8">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="118CD995" w14:textId="63FC3530" w:rsidR="0038757E" w:rsidRPr="00013DB1" w:rsidRDefault="00013DB1" w:rsidP="00013DB1">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4320"/>
+        <w:tab w:val="clear" w:pos="8640"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
+    </w:r>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Revised January 2026 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
+    </w:r>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Page </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="007367A8">
-[...1 lines deleted...]
-        <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>10</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00742446">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1BEDC417" w14:textId="77777777" w:rsidR="00B808BD" w:rsidRDefault="00B808BD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0B74B4D4" w14:textId="77777777" w:rsidR="00B808BD" w:rsidRDefault="00B808BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0BDE3FF5" w14:textId="77777777" w:rsidR="00DC496B" w:rsidRPr="00325F4A" w:rsidRDefault="00DC496B" w:rsidP="00DC496B">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
       <w:ind w:right="18"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:b/>
         <w:sz w:val="6"/>
         <w:szCs w:val="6"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="68485E43" w14:textId="77777777" w:rsidR="00A363AA" w:rsidRPr="00A363AA" w:rsidRDefault="00A363AA" w:rsidP="00A363AA">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
       <w:ind w:right="14"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
@@ -4186,118 +3926,78 @@
         <w:b/>
         <w:color w:val="FFFFFF"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
       <w:t xml:space="preserve">Fundraiser Request Form for HFC Public Schools </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3B551C63" w14:textId="77777777" w:rsidR="00DC496B" w:rsidRPr="00325F4A" w:rsidRDefault="00DC496B" w:rsidP="00DC496B">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
       <w:ind w:right="18"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:b/>
         <w:sz w:val="6"/>
         <w:szCs w:val="6"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3F468EEB" w14:textId="67EA177F" w:rsidR="00A363AA" w:rsidRPr="007367A8" w:rsidRDefault="00A363AA" w:rsidP="00094EBF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5869F209" w14:textId="737729B2" w:rsidR="0038757E" w:rsidRPr="007367A8" w:rsidRDefault="0038757E" w:rsidP="001543B0">
     <w:pPr>
+      <w:spacing w:after="360"/>
       <w:ind w:right="14"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007367A8">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
-[...41 lines deleted...]
-      <w:t xml:space="preserve"> Fundraiser Request Form</w:t>
+      </w:rPr>
+      <w:t>Fundraiser Request Form</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D134179"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E842AF6"/>
     <w:lvl w:ilvl="0" w:tplc="5726C242">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1433" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5341,88 +5041,88 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="104084171">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1176112512">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="827553832">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="299699482">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="350762404">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1783063795">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:formsDesign/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249">
+    <o:shapedefaults v:ext="edit" spidmax="57345">
       <o:colormru v:ext="edit" colors="#060"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E3941"/>
     <w:rsid w:val="00000D4A"/>
     <w:rsid w:val="00003922"/>
     <w:rsid w:val="00004DED"/>
     <w:rsid w:val="000057E0"/>
     <w:rsid w:val="00006949"/>
     <w:rsid w:val="000131CB"/>
     <w:rsid w:val="0001387B"/>
+    <w:rsid w:val="00013DB1"/>
     <w:rsid w:val="00013FDC"/>
     <w:rsid w:val="00014AE4"/>
     <w:rsid w:val="000232BE"/>
     <w:rsid w:val="00023A06"/>
     <w:rsid w:val="00024373"/>
     <w:rsid w:val="00026AFF"/>
     <w:rsid w:val="00031281"/>
     <w:rsid w:val="00031C71"/>
     <w:rsid w:val="000322EA"/>
     <w:rsid w:val="000323D1"/>
     <w:rsid w:val="00035AF8"/>
     <w:rsid w:val="00040C56"/>
     <w:rsid w:val="00041480"/>
     <w:rsid w:val="000477EF"/>
     <w:rsid w:val="00047A55"/>
     <w:rsid w:val="00055113"/>
     <w:rsid w:val="00057B4A"/>
     <w:rsid w:val="00061841"/>
     <w:rsid w:val="00067482"/>
     <w:rsid w:val="000714A5"/>
     <w:rsid w:val="00072C4C"/>
     <w:rsid w:val="00073EF3"/>
     <w:rsid w:val="000748B3"/>
     <w:rsid w:val="00077A80"/>
     <w:rsid w:val="00080756"/>
@@ -5450,50 +5150,51 @@
     <w:rsid w:val="000E28E1"/>
     <w:rsid w:val="000E2F7E"/>
     <w:rsid w:val="000E3C2B"/>
     <w:rsid w:val="000F0883"/>
     <w:rsid w:val="000F1403"/>
     <w:rsid w:val="000F47D7"/>
     <w:rsid w:val="000F55F5"/>
     <w:rsid w:val="00102042"/>
     <w:rsid w:val="00103ECD"/>
     <w:rsid w:val="001073A0"/>
     <w:rsid w:val="001146A3"/>
     <w:rsid w:val="001210E3"/>
     <w:rsid w:val="0012352E"/>
     <w:rsid w:val="001240F0"/>
     <w:rsid w:val="00134C28"/>
     <w:rsid w:val="001355F0"/>
     <w:rsid w:val="0013665A"/>
     <w:rsid w:val="00137ABC"/>
     <w:rsid w:val="00141653"/>
     <w:rsid w:val="00141925"/>
     <w:rsid w:val="00147375"/>
     <w:rsid w:val="00147EF0"/>
     <w:rsid w:val="00150A84"/>
     <w:rsid w:val="00152346"/>
     <w:rsid w:val="001531D4"/>
+    <w:rsid w:val="001543B0"/>
     <w:rsid w:val="00154A85"/>
     <w:rsid w:val="00164B09"/>
     <w:rsid w:val="00170DB2"/>
     <w:rsid w:val="00171B90"/>
     <w:rsid w:val="0017361A"/>
     <w:rsid w:val="00173F0A"/>
     <w:rsid w:val="0017435C"/>
     <w:rsid w:val="00174CED"/>
     <w:rsid w:val="0018368E"/>
     <w:rsid w:val="00187EE5"/>
     <w:rsid w:val="00190D41"/>
     <w:rsid w:val="0019615B"/>
     <w:rsid w:val="001A005B"/>
     <w:rsid w:val="001A02D8"/>
     <w:rsid w:val="001A1781"/>
     <w:rsid w:val="001A3255"/>
     <w:rsid w:val="001B5917"/>
     <w:rsid w:val="001C1B16"/>
     <w:rsid w:val="001C535E"/>
     <w:rsid w:val="001C6709"/>
     <w:rsid w:val="001D5234"/>
     <w:rsid w:val="001E1D10"/>
     <w:rsid w:val="001E5673"/>
     <w:rsid w:val="001E58CD"/>
     <w:rsid w:val="001F0AFF"/>
@@ -5579,50 +5280,51 @@
     <w:rsid w:val="00321662"/>
     <w:rsid w:val="0032289E"/>
     <w:rsid w:val="00322F85"/>
     <w:rsid w:val="00324B37"/>
     <w:rsid w:val="00325F4A"/>
     <w:rsid w:val="00331377"/>
     <w:rsid w:val="00332228"/>
     <w:rsid w:val="003361EE"/>
     <w:rsid w:val="003367C3"/>
     <w:rsid w:val="003369A7"/>
     <w:rsid w:val="00341685"/>
     <w:rsid w:val="00346CE4"/>
     <w:rsid w:val="00347F77"/>
     <w:rsid w:val="00351FF2"/>
     <w:rsid w:val="00352A9E"/>
     <w:rsid w:val="003532AC"/>
     <w:rsid w:val="00356107"/>
     <w:rsid w:val="00360619"/>
     <w:rsid w:val="00360E9D"/>
     <w:rsid w:val="0036269D"/>
     <w:rsid w:val="003674A8"/>
     <w:rsid w:val="00373D61"/>
     <w:rsid w:val="00374BE8"/>
     <w:rsid w:val="00380CB9"/>
     <w:rsid w:val="0038607D"/>
+    <w:rsid w:val="0038757E"/>
     <w:rsid w:val="00387DF3"/>
     <w:rsid w:val="003921DC"/>
     <w:rsid w:val="00392F65"/>
     <w:rsid w:val="003958BC"/>
     <w:rsid w:val="00395C20"/>
     <w:rsid w:val="003A0BDB"/>
     <w:rsid w:val="003A1A3E"/>
     <w:rsid w:val="003A28F4"/>
     <w:rsid w:val="003A29DF"/>
     <w:rsid w:val="003A553B"/>
     <w:rsid w:val="003A67A5"/>
     <w:rsid w:val="003A79D5"/>
     <w:rsid w:val="003B572F"/>
     <w:rsid w:val="003B6844"/>
     <w:rsid w:val="003C0153"/>
     <w:rsid w:val="003C0AB6"/>
     <w:rsid w:val="003C1D64"/>
     <w:rsid w:val="003C533A"/>
     <w:rsid w:val="003D0127"/>
     <w:rsid w:val="003D483F"/>
     <w:rsid w:val="003D7121"/>
     <w:rsid w:val="003E2179"/>
     <w:rsid w:val="003E26A9"/>
     <w:rsid w:val="003E2B59"/>
     <w:rsid w:val="003E51D8"/>
@@ -6205,50 +5907,51 @@
     <w:rsid w:val="00D47547"/>
     <w:rsid w:val="00D52079"/>
     <w:rsid w:val="00D57EAB"/>
     <w:rsid w:val="00D61622"/>
     <w:rsid w:val="00D61B04"/>
     <w:rsid w:val="00D6789B"/>
     <w:rsid w:val="00D70E09"/>
     <w:rsid w:val="00D73466"/>
     <w:rsid w:val="00D77FD1"/>
     <w:rsid w:val="00D8311F"/>
     <w:rsid w:val="00D83303"/>
     <w:rsid w:val="00D8530A"/>
     <w:rsid w:val="00D85B92"/>
     <w:rsid w:val="00D868C4"/>
     <w:rsid w:val="00D91076"/>
     <w:rsid w:val="00DA0604"/>
     <w:rsid w:val="00DA5B4D"/>
     <w:rsid w:val="00DA7F78"/>
     <w:rsid w:val="00DB75BB"/>
     <w:rsid w:val="00DC496B"/>
     <w:rsid w:val="00DC746C"/>
     <w:rsid w:val="00DC7655"/>
     <w:rsid w:val="00DD365F"/>
     <w:rsid w:val="00DD5FEE"/>
     <w:rsid w:val="00DD6CAF"/>
+    <w:rsid w:val="00DD7964"/>
     <w:rsid w:val="00DE2384"/>
     <w:rsid w:val="00DE3CDF"/>
     <w:rsid w:val="00DE3CE3"/>
     <w:rsid w:val="00DE43F3"/>
     <w:rsid w:val="00DE53CC"/>
     <w:rsid w:val="00DE6032"/>
     <w:rsid w:val="00DF2D01"/>
     <w:rsid w:val="00DF4D39"/>
     <w:rsid w:val="00DF5BA6"/>
     <w:rsid w:val="00E13DB3"/>
     <w:rsid w:val="00E13F80"/>
     <w:rsid w:val="00E142F0"/>
     <w:rsid w:val="00E16E6D"/>
     <w:rsid w:val="00E17E9E"/>
     <w:rsid w:val="00E200CF"/>
     <w:rsid w:val="00E20C84"/>
     <w:rsid w:val="00E21C63"/>
     <w:rsid w:val="00E245DF"/>
     <w:rsid w:val="00E24673"/>
     <w:rsid w:val="00E259E2"/>
     <w:rsid w:val="00E3540D"/>
     <w:rsid w:val="00E47CAC"/>
     <w:rsid w:val="00E53205"/>
     <w:rsid w:val="00E576D2"/>
     <w:rsid w:val="00E61922"/>
@@ -6275,50 +5978,51 @@
     <w:rsid w:val="00EC66BF"/>
     <w:rsid w:val="00ED0172"/>
     <w:rsid w:val="00ED01A3"/>
     <w:rsid w:val="00ED1C10"/>
     <w:rsid w:val="00ED2C96"/>
     <w:rsid w:val="00ED6376"/>
     <w:rsid w:val="00ED7B83"/>
     <w:rsid w:val="00EE1D88"/>
     <w:rsid w:val="00EE2FC5"/>
     <w:rsid w:val="00EE6B15"/>
     <w:rsid w:val="00EF206F"/>
     <w:rsid w:val="00EF7423"/>
     <w:rsid w:val="00F0338B"/>
     <w:rsid w:val="00F10923"/>
     <w:rsid w:val="00F13391"/>
     <w:rsid w:val="00F14B28"/>
     <w:rsid w:val="00F1758A"/>
     <w:rsid w:val="00F234CF"/>
     <w:rsid w:val="00F236AD"/>
     <w:rsid w:val="00F264D0"/>
     <w:rsid w:val="00F31FA5"/>
     <w:rsid w:val="00F44A15"/>
     <w:rsid w:val="00F51EC1"/>
     <w:rsid w:val="00F52693"/>
     <w:rsid w:val="00F54093"/>
+    <w:rsid w:val="00F560DF"/>
     <w:rsid w:val="00F561B5"/>
     <w:rsid w:val="00F6175A"/>
     <w:rsid w:val="00F63B08"/>
     <w:rsid w:val="00F646BA"/>
     <w:rsid w:val="00F650FC"/>
     <w:rsid w:val="00F65550"/>
     <w:rsid w:val="00F70C36"/>
     <w:rsid w:val="00F7137C"/>
     <w:rsid w:val="00F735E8"/>
     <w:rsid w:val="00F76FD1"/>
     <w:rsid w:val="00F809ED"/>
     <w:rsid w:val="00F82527"/>
     <w:rsid w:val="00F85223"/>
     <w:rsid w:val="00F85F24"/>
     <w:rsid w:val="00F86BA8"/>
     <w:rsid w:val="00F90E64"/>
     <w:rsid w:val="00F94922"/>
     <w:rsid w:val="00F97EC2"/>
     <w:rsid w:val="00FA270F"/>
     <w:rsid w:val="00FA52EE"/>
     <w:rsid w:val="00FA660C"/>
     <w:rsid w:val="00FB2A32"/>
     <w:rsid w:val="00FB3373"/>
     <w:rsid w:val="00FB4670"/>
     <w:rsid w:val="00FB6849"/>
@@ -6343,90 +6047,91 @@
     <w:rsid w:val="00FF0FD7"/>
     <w:rsid w:val="00FF1D0F"/>
     <w:rsid w:val="00FF29F2"/>
     <w:rsid w:val="00FF3FB0"/>
     <w:rsid w:val="00FF577F"/>
     <w:rsid w:val="00FF7BF4"/>
     <w:rsid w:val="00FF7C11"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249">
+    <o:shapedefaults v:ext="edit" spidmax="57345">
       <o:colormru v:ext="edit" colors="#060"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="290CB05E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8C1F91F3-75D8-4A9C-8271-078E7F57D33E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6660,138 +6365,164 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008C2FE6"/>
+    <w:rsid w:val="001543B0"/>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="001543B0"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="360"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00723B8A"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="006E3941"/>
+    <w:qFormat/>
+    <w:rsid w:val="0038757E"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="0645AD"/>
+      <w:sz w:val="20"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006E3941"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="006E3941"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:rsid w:val="006E3941"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00B270BD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00C25409"/>
     <w:rPr>
       <w:szCs w:val="20"/>
@@ -6934,55 +6665,77 @@
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006642A5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="StyleHyperlinkLatinArialComplexArial10pt">
     <w:name w:val="Style Hyperlink + (Latin) Arial (Complex) Arial 10 pt"/>
     <w:basedOn w:val="Hyperlink"/>
     <w:rsid w:val="00452A3F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="001543B0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
+    <w:rsid w:val="00013DB1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="120460683">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="390931345">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -7219,51 +6972,51 @@
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1930701117">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Healthy-Food-Certification" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/List-of-Acceptable-Foods-and-Beverages" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cga.ct.gov/current/pub/chap_170.htm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/healthy-food-certification/hfc-training-program" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/SDE/Nutrition/HFC/Evaluating_Recipes_CNS_Compliance.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/SDE/Nutrition/HFC/Evaluate_Scratch_Foods_CNS_Compliance.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/SDE/Nutrition/HFC/Fundraiser_Requirements_HFC.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/SDE/Nutrition/HFC/Evaluate_Commercial_Food_Products_CNS.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/beverage-requirements" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Connecticut-Nutrition-Standards" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/connecticut-nutrition-standards/evaluating-foods-for-cns-compliance" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Healthy-Food-Certification" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/List-of-Acceptable-Foods-and-Beverages" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cga.ct.gov/current/pub/chap_170.htm" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/healthy-food-certification/hfc-training-program" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/SDE/Nutrition/HFC/Evaluating_Recipes_CNS_Compliance.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/SDE/Nutrition/HFC/Evaluate_Scratch_Foods_CNS_Compliance.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/SDE/Nutrition/HFC/Fundraiser_Requirements_HFC.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/SDE/Nutrition/HFC/Evaluate_Commercial_Food_Products_CNS.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/beverage-requirements" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Connecticut-Nutrition-Standards" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/connecticut-nutrition-standards/evaluating-foods-for-cns-compliance" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7504,75 +7257,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E1FC230-2CE0-441A-AE7F-D2E2C339F6C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>738</Words>
-  <Characters>5415</Characters>
+  <Words>736</Words>
+  <Characters>5416</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>110</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sample Fundraiser Form for Healthy Food Certification (HFC)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CSDE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6141</CharactersWithSpaces>
+  <CharactersWithSpaces>6117</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="294" baseType="variant">
       <vt:variant>
         <vt:i4>3407981</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>132</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/List-of-Acceptable-Foods-and-Beverages</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3866745</vt:i4>
       </vt:variant>
       <vt:variant>