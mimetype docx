--- v0 (2025-12-23)
+++ v1 (2026-02-11)
@@ -1,325 +1,248 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="099BCA6A" w14:textId="5C41CDDF" w:rsidR="00BF6DFB" w:rsidRDefault="00BF6DFB" w:rsidP="00B064DB">
+    <w:p w14:paraId="7508BD66" w14:textId="407F1AB5" w:rsidR="00DB5E6B" w:rsidRPr="00EA6A86" w:rsidRDefault="00AE384D" w:rsidP="00EA6A86">
+      <w:pPr>
+        <w:pStyle w:val="Header1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc216582236"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc216582347"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc216582518"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc216879316"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc221080629"/>
+      <w:r w:rsidRPr="00EA6A86">
+        <w:t xml:space="preserve">Sample Standard Operating Procedure (SOP) </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB3784" w:rsidRPr="00EA6A86">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6A86">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00DB3784" w:rsidRPr="00EA6A86">
+        <w:t xml:space="preserve">Meal Modifications </w:t>
+      </w:r>
+      <w:r w:rsidR="00D96CC8" w:rsidRPr="00EA6A86">
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6A86" w:rsidRPr="00EA6A86">
+        <w:t>Adult Day Care Centers</w:t>
+      </w:r>
+      <w:r w:rsidR="007A76E9" w:rsidRPr="00EA6A86">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00DB5E6B" w:rsidRPr="00EA6A86">
+        <w:t>in the Child and Adult Care Food Program</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="1AD96EE5" w14:textId="472FB46D" w:rsidR="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00DD1389">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0666A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">This document </w:t>
       </w:r>
-      <w:r w:rsidR="00231430">
+      <w:r w:rsidR="00A865EB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>provides</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F0666A">
+      <w:r w:rsidR="00A865EB" w:rsidRPr="00F0666A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> a sample SOP for meal </w:t>
       </w:r>
-      <w:r w:rsidR="00A210FB" w:rsidRPr="00C02189">
+      <w:r w:rsidR="00A865EB" w:rsidRPr="00C02189">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">modifications </w:t>
       </w:r>
-      <w:r w:rsidR="00A210FB">
-[...46 lines deleted...]
-        <w:t xml:space="preserve">(USDA) </w:t>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for enrolled adults (participants) in adult day care centers </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00BA7AE7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that participate in the U.S. Department of Agriculture’s (USDA) (USDA) </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00FE0BA0" w:rsidRPr="00BC3FC1">
+        <w:r w:rsidR="00DD1389" w:rsidRPr="00BC3FC1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Child and Adult Care Food Program (CACFP)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A210FB">
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00A210FB" w:rsidRPr="00C02189">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00C02189">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For detailed guidance,</w:t>
       </w:r>
-      <w:r w:rsidR="00A210FB">
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> refer to the </w:t>
       </w:r>
-      <w:r w:rsidR="00A210FB" w:rsidRPr="00C02189">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00C02189">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Connecticut State Department of Education’s (CSDE) </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk177792166"/>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk177792166"/>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="008E796C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00CA0A56">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="008E796C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf"</w:instrText>
       </w:r>
-      <w:r w:rsidR="00CA0A56" w:rsidRPr="006A326D">
-[...8 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="008E796C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="008E796C">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00CA0A56" w:rsidRPr="006A326D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="008E796C">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:i/>
-          <w:color w:val="0000FF"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Guide to Meal Modifications for Adult Day Care Centers in the Child and Adult Care Food Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="008E796C">
+        <w:rPr>
           <w:i/>
-          <w:color w:val="0000FF"/>
-          <w:szCs w:val="22"/>
+          <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...90 lines deleted...]
-        <w:t>.</w:t>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="008E796C">
+        <w:t xml:space="preserve"> and visit the CSDE’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00DD1389" w:rsidRPr="008E796C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Special Diets in the Child and Adult Care Food Program</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="008E796C">
+        <w:t xml:space="preserve"> webpage.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="652D79D0" w14:textId="77777777" w:rsidR="00256777" w:rsidRPr="00EA67BF" w:rsidRDefault="00256777" w:rsidP="00BA7C8D">
+    <w:p w14:paraId="36F1E368" w14:textId="77777777" w:rsidR="006E756A" w:rsidRPr="00EA67BF" w:rsidRDefault="006E756A" w:rsidP="00072D7B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="400" w:after="400"/>
+        <w:spacing w:before="480" w:after="480"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="006600"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA67BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="006600"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F09A"/>
       </w:r>
       <w:r w:rsidRPr="00EA67BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="006600"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA67BF">
         <w:rPr>
@@ -468,10366 +391,9803 @@
       <w:r w:rsidRPr="00EA67BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="006600"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F09A"/>
       </w:r>
       <w:r w:rsidRPr="00EA67BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="006600"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA67BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="006600"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F09B"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B7A1AC0" w14:textId="77777777" w:rsidR="0050102F" w:rsidRPr="00D059A8" w:rsidRDefault="0050102F" w:rsidP="003E4FB9">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00D059A8">
+    <w:p w14:paraId="49877281" w14:textId="77777777" w:rsidR="006E756A" w:rsidRPr="001277B4" w:rsidRDefault="006E756A" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc164581198"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc164581698"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc164582529"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc164653753"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc164653803"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc164656499"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc169766481"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc172211005"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc176584230"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc176749714"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc176752718"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc176755857"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc176762496"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc176772971"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc176773067"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc176773314"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc176791775"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc176791815"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc176791884"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc176792520"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc176856437"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc176856667"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc176861823"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc176862258"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc177021674"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc177021709"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc177028097"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc177031892"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc177445381"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc177456979"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc216188137"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc216582237"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc216582348"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc216879317"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc221080630"/>
+      <w:bookmarkStart w:id="41" w:name="_Hlk159757711"/>
+      <w:r w:rsidRPr="001277B4">
         <w:t>Contents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:p w14:paraId="4A8D4019" w14:textId="7A187DC1" w:rsidR="003231AB" w:rsidRDefault="003231AB" w:rsidP="003231AB">
+    <w:bookmarkEnd w:id="41"/>
+    <w:p w14:paraId="5720C8A7" w14:textId="0FC54457" w:rsidR="001D7175" w:rsidRDefault="001D7175" w:rsidP="001D7175">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc201474268" w:history="1">
-        <w:r w:rsidRPr="00EA061B">
+      <w:hyperlink w:anchor="_Toc221080631" w:history="1">
+        <w:r w:rsidRPr="00E31AC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Introduction</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc201474268 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221080631 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="27E0DBB2" w14:textId="47B0EC1D" w:rsidR="003231AB" w:rsidRDefault="003231AB">
+    <w:p w14:paraId="1FBE8F1A" w14:textId="67E99C75" w:rsidR="001D7175" w:rsidRDefault="001D7175">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc201474269" w:history="1">
-        <w:r w:rsidRPr="00EA061B">
+      <w:hyperlink w:anchor="_Toc221080632" w:history="1">
+        <w:r w:rsidRPr="00E31AC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>How to Use the Sample SOP</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc201474269 \h </w:instrText>
-[...70 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc201474270 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221080632 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="09C66821" w14:textId="434B8808" w:rsidR="003231AB" w:rsidRDefault="003231AB">
+    <w:p w14:paraId="6C84A984" w14:textId="6E2C8AC3" w:rsidR="001D7175" w:rsidRDefault="001D7175">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc201474271" w:history="1">
-        <w:r w:rsidRPr="00EA061B">
+      <w:hyperlink w:anchor="_Toc221080633" w:history="1">
+        <w:r w:rsidRPr="00E31AC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Purpose</w:t>
+          <w:t>SOP for Meal Modifications in the School Nutrition Programs</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc201474271 \h </w:instrText>
-[...221 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc201474274 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221080633 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="543C5D69" w14:textId="0863279D" w:rsidR="003231AB" w:rsidRDefault="003231AB">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="38681B53" w14:textId="150EF9AF" w:rsidR="001D7175" w:rsidRDefault="001D7175">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc201474275" w:history="1">
-        <w:r w:rsidRPr="00EA061B">
+      <w:hyperlink w:anchor="_Toc221080634" w:history="1">
+        <w:r w:rsidRPr="00E31AC6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Purpose</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221080634 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0CED0810" w14:textId="1BB28D03" w:rsidR="001D7175" w:rsidRDefault="001D7175">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc221080635" w:history="1">
+        <w:r w:rsidRPr="00E31AC6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Scope</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221080635 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7C5AF72B" w14:textId="2794C6D0" w:rsidR="001D7175" w:rsidRDefault="001D7175">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc221080636" w:history="1">
+        <w:r w:rsidRPr="00E31AC6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Definitions</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221080636 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="48C93703" w14:textId="26400ED1" w:rsidR="001D7175" w:rsidRDefault="001D7175">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc221080637" w:history="1">
+        <w:r w:rsidRPr="00E31AC6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Responsibilities</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221080637 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6A505ACF" w14:textId="4AC62A11" w:rsidR="001D7175" w:rsidRDefault="001D7175">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc221080638" w:history="1">
+        <w:r w:rsidRPr="00E31AC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Requests for Meal Modifications</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc201474275 \h </w:instrText>
-[...73 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc201474276 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221080638 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4DC00D2E" w14:textId="674B2B7D" w:rsidR="003231AB" w:rsidRDefault="003231AB">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="27B8A68B" w14:textId="13B86F3B" w:rsidR="001D7175" w:rsidRDefault="001D7175">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc201474277" w:history="1">
-        <w:r w:rsidRPr="00EA061B">
+      <w:hyperlink w:anchor="_Toc221080639" w:history="1">
+        <w:r w:rsidRPr="00E31AC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Participant-provided Meal Components for Disability or Non-disability Reasons</w:t>
+          <w:t>Fluid Milk Substitutes (Nondairy Beverages) for Non-disability Reasons</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc201474277 \h </w:instrText>
-[...147 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc201474279 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221080639 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E5CBDCB" w14:textId="22D53387" w:rsidR="003231AB" w:rsidRDefault="003231AB">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="71D9F92F" w14:textId="1D99CA4A" w:rsidR="001D7175" w:rsidRDefault="001D7175">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc201474280" w:history="1">
-        <w:r w:rsidRPr="00EA061B">
+      <w:hyperlink w:anchor="_Toc221080640" w:history="1">
+        <w:r w:rsidRPr="00E31AC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Monitoring and Review</w:t>
+          <w:t>Meal Planning and Preparation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc201474280 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221080640 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="26E9FEFF" w14:textId="29FDD862" w:rsidR="003231AB" w:rsidRDefault="003231AB">
-[...1 lines deleted...]
-        <w:pStyle w:val="TOC2"/>
+    <w:p w14:paraId="52398658" w14:textId="7BB31387" w:rsidR="001D7175" w:rsidRDefault="001D7175">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc201474281" w:history="1">
-        <w:r w:rsidRPr="00EA061B">
+      <w:hyperlink w:anchor="_Toc221080641" w:history="1">
+        <w:r w:rsidRPr="00E31AC6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Revision History</w:t>
+          <w:t>Identifying Students</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc201474281 \h </w:instrText>
-[...61 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGEREF _Toc201474282 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221080641 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="03E3CAFE" w14:textId="635E2128" w:rsidR="001D7175" w:rsidRDefault="001D7175">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc221080642" w:history="1">
+        <w:r w:rsidRPr="00E31AC6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Monitoring and Review</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221080642 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="54EF30C3" w14:textId="61847572" w:rsidR="001D7175" w:rsidRDefault="001D7175">
+      <w:pPr>
+        <w:pStyle w:val="TOC3"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc221080643" w:history="1">
+        <w:r w:rsidRPr="00E31AC6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Revision History</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221080643 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="772E9568" w14:textId="1054F6CF" w:rsidR="001D7175" w:rsidRDefault="001D7175">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="zh-CN"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc221080644" w:history="1">
+        <w:r w:rsidRPr="00E31AC6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Resources</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221080644 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="10ACAECD" w14:textId="5126BE8D" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="001D7175" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="0050102F">
+      <w:r w:rsidR="006E756A">
         <w:br w:type="page"/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="42" w:name="_Toc216581913"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc221080631"/>
+      <w:r w:rsidR="00AE384D" w:rsidRPr="00AE384D">
         <w:lastRenderedPageBreak/>
         <w:t>Introduction</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
-    <w:p w14:paraId="6578CF47" w14:textId="7CEB28BE" w:rsidR="00636B75" w:rsidRDefault="00636B75" w:rsidP="00636B75">
+    <w:p w14:paraId="4BBAA65E" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A6723">
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SOPs are detailed explanations of how to implement a policy through specific practices or tasks. They standardize</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6723">
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6723">
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the process and provide step-by-step instructions that enable </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6723">
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>everyone</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6723">
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to perform the task in a consistent manner. This </w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6723">
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6723">
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nsures that all staff follow the same procedures each time</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6723">
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A6723">
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45930780" w14:textId="790A583B" w:rsidR="001C5A20" w:rsidRDefault="00256777" w:rsidP="001C5A20">
-[...5 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="528D5151" w14:textId="5552AE9E" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00F0666A">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Implementing an SOP helps </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CACFP adult day care centers </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00F0666A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">streamline </w:t>
       </w:r>
-      <w:r w:rsidR="00636B75">
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00636B75" w:rsidRPr="00F0666A">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00F0666A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>meal modification process</w:t>
       </w:r>
-      <w:r w:rsidR="00636B75">
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and enhance transparency for participants and their</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00FE0BA0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-      <w:r w:rsidR="00636B75">
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">guardians/caregivers. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="009F1952">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approach </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="009F1952">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>critical</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="009F1952">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meeting each</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="009F1952">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE0BA0">
-[...77 lines deleted...]
-      <w:r w:rsidR="00CA0A56">
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">participant’s </w:t>
       </w:r>
-      <w:r w:rsidR="009F1952" w:rsidRPr="009F1952">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">special dietary needs while ensuring compliance with federal and state regulations. </w:t>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="009F1952">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>special dietary needs while ensuring compliance with federal and state regulations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7581C8FC" w14:textId="1A855738" w:rsidR="00636B75" w:rsidRPr="00636B75" w:rsidRDefault="00256777" w:rsidP="001C5A20">
-[...5 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="32181B59" w14:textId="57A0333D" w:rsidR="00A865EB" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0096280C">
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The requirements for meal modifications for </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0A56">
-[...13 lines deleted...]
-      <w:r w:rsidR="00C530C5">
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>enrolled adults</w:t>
+      </w:r>
+      <w:r w:rsidR="00A865EB" w:rsidRPr="0096280C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> participating in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A865EB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CACFP</w:t>
       </w:r>
-      <w:r w:rsidRPr="0096280C">
+      <w:r w:rsidR="00A865EB" w:rsidRPr="0096280C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are defined by the USDA’s nondiscrimination regulations (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="0096280C">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00A865EB" w:rsidRPr="0096280C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>7 CFR 15b</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0096280C">
+      <w:r w:rsidR="00A865EB" w:rsidRPr="0096280C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) and </w:t>
       </w:r>
-      <w:r w:rsidR="00C530C5">
+      <w:r w:rsidR="00A865EB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CACFP</w:t>
       </w:r>
-      <w:r w:rsidRPr="0096280C">
+      <w:r w:rsidR="00A865EB" w:rsidRPr="0096280C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="_Hlk178849242"/>
-      <w:r w:rsidR="00FE0BA0" w:rsidRPr="000E6236">
+      <w:bookmarkStart w:id="44" w:name="_Hlk178849242"/>
+      <w:r w:rsidR="00A865EB" w:rsidRPr="000E6236">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">regulations </w:t>
       </w:r>
-      <w:r w:rsidR="00FE0BA0">
+      <w:r w:rsidR="00A865EB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:anchor="p-226.20(g)" w:history="1">
-        <w:r w:rsidR="00FE0BA0" w:rsidRPr="004F3167">
+      <w:hyperlink r:id="rId11" w:anchor="p-226.20(g)" w:history="1">
+        <w:r w:rsidR="00A865EB" w:rsidRPr="004F3167">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>7 CFR 226.20(g)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FE0BA0">
+      <w:r w:rsidR="00A865EB">
         <w:rPr>
           <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00FE0BA0">
+      <w:r w:rsidR="00A865EB">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-      <w:r w:rsidRPr="0096280C">
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidR="00A865EB" w:rsidRPr="0096280C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
+      <w:r w:rsidR="00A865EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>se regulations outline</w:t>
+      </w:r>
+      <w:r w:rsidR="00A865EB" w:rsidRPr="0096280C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A865EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A865EB" w:rsidRPr="0096280C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">required modifications for </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidR="00A865EB" w:rsidRPr="0096280C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">whose disability restricts their diet (disability reasons) and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A865EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A865EB" w:rsidRPr="0096280C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">optional modifications for </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidR="00A865EB" w:rsidRPr="0096280C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>who do not have a disability but have other special dietary needs (non-disability reasons).</w:t>
+      </w:r>
+      <w:r w:rsidR="00A865EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="_Hlk178914174"/>
+    </w:p>
+    <w:p w14:paraId="12758338" w14:textId="7731B547" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00A865EB" w:rsidP="00A865EB">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="22"/>
-[...85 lines deleted...]
-        <w:r w:rsidR="00FE0BA0">
+        </w:rPr>
+        <w:t xml:space="preserve">For an overview of these requirements, </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">refer to the CSDE’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00DD1389">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>Overview of the Requirements for Meal Modifications for Adult Participants in the Child and Adult Care Food Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FE0BA0">
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
-      <w:r w:rsidRPr="0096280C">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="0096280C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">For detailed guidance, refer to the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0096280C">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="0096280C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CSDE’s</w:t>
       </w:r>
-      <w:r w:rsidR="00CA0A56">
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00CA0A56" w:rsidRPr="006A326D">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00DD1389" w:rsidRPr="008E796C">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:i/>
-            <w:color w:val="0000FF"/>
-            <w:szCs w:val="22"/>
+            <w:iCs/>
           </w:rPr>
-          <w:t>Guide to Meal Modifications for CACFP Adult Day Care Centers</w:t>
+          <w:t>Guide to Meal Modifications for Adult Day Care Centers in the Child and Adult Care Food Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00CA0A56">
-[...6 lines deleted...]
-      <w:r w:rsidR="00CA0A56" w:rsidRPr="00C02189">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="008E796C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00C02189">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>visit</w:t>
       </w:r>
-      <w:r w:rsidR="00CA0A56">
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the CSDE’s</w:t>
       </w:r>
-      <w:r w:rsidR="00CA0A56" w:rsidRPr="00C02189">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00C02189">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="009300B3" w:rsidRPr="0087658F">
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00DD1389" w:rsidRPr="0087658F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Special Diets in the Child and Adult Care Food Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="009300B3" w:rsidRPr="0087658F">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="0087658F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009300B3" w:rsidRPr="00C02189">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00C02189">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>webpage</w:t>
       </w:r>
-      <w:r w:rsidR="009300B3">
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00AE384D" w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="508D9CE8" w14:textId="595775F3" w:rsidR="00636B75" w:rsidRPr="00727CD1" w:rsidRDefault="00636B75" w:rsidP="00DD445D">
+    <w:p w14:paraId="4137B94F" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:spacing w:after="120"/>
-[...20 lines deleted...]
-      <w:bookmarkEnd w:id="32"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="_Toc216581914"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc221080632"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:lastRenderedPageBreak/>
+        <w:t>How to Use the Sample SOP</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
     </w:p>
-    <w:p w14:paraId="6E6C3571" w14:textId="7266761C" w:rsidR="00636B75" w:rsidRDefault="00CA0A56" w:rsidP="00FE0BA0">
+    <w:p w14:paraId="5D8A969D" w14:textId="1E5B134F" w:rsidR="00DD1389" w:rsidRDefault="00DD1389" w:rsidP="00DD1389">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4320"/>
           <w:tab w:val="clear" w:pos="8640"/>
         </w:tabs>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Adult day care center sponsors </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> of the</w:t>
+        <w:t xml:space="preserve">Adult day care center sponsors should </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0666A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>customize this SOP to fit the specific needs and resources</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>ir adult</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> of their adult day care center</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F0666A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>day care center</w:t>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">rovide additional information or considerations for developing the SOP language. </w:t>
+        <w:t xml:space="preserve"> The yellow-highlighted notes in brackets provide additional information or considerations for developing the SOP language. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="595756D0" w14:textId="2BB9F736" w:rsidR="001C5A20" w:rsidRPr="00744043" w:rsidRDefault="001C5A20" w:rsidP="00FE0BA0">
+    <w:p w14:paraId="7DCDC272" w14:textId="60CF40A2" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00890493">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="11" w:color="006600"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="11" w:color="006600"/>
+          <w:top w:val="single" w:sz="4" w:space="14" w:color="006600"/>
+          <w:left w:val="single" w:sz="4" w:space="14" w:color="006600"/>
+          <w:bottom w:val="single" w:sz="4" w:space="14" w:color="006600"/>
+          <w:right w:val="single" w:sz="4" w:space="14" w:color="006600"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4F7ED"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="360" w:after="360"/>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
-        </w:rPr>
-[...20 lines deleted...]
-        </w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This SOP provides general guidance. All meal modifications must meet each </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
         <w:t xml:space="preserve">participant’s </w:t>
       </w:r>
-      <w:r w:rsidRPr="003D3290">
-[...5 lines deleted...]
-      <w:r w:rsidR="00CA0A56">
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">individual needs, based on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">instructions in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">participant’s </w:t>
       </w:r>
-      <w:bookmarkStart w:id="34" w:name="_Hlk178839883"/>
-      <w:r w:rsidR="00CA0A56">
+      <w:r w:rsidR="00DD1389">
         <w:t xml:space="preserve">medical statement, or </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0A56">
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>if applicable</w:t>
       </w:r>
-      <w:r w:rsidR="00CA0A56">
+      <w:r w:rsidR="00DD1389">
         <w:t xml:space="preserve">, the </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0A56">
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">participant’s </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0A56" w:rsidRPr="008A6723">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="008A6723">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Section 504 plan</w:t>
       </w:r>
-      <w:r w:rsidR="00CA0A56">
+      <w:r w:rsidR="00DD1389">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-[...3 lines deleted...]
-        <w:pStyle w:val="Header"/>
+    <w:p w14:paraId="59A99216" w14:textId="7326F16B" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4320"/>
+          <w:tab w:val="right" w:pos="8640"/>
+        </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The CSDE encourages </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CACFP adult day care centers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to develop other SOPs for specific </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">meal modification procedures. Some examples include preparing foods for different types of special diets (e.g., texture modifications, food allergies, celiac disease, and diabetes); reviewing menus, reading food labels, and making nutrition information available; cleaning to prevent cross-contact of possible allergens; handwashing to prevent cross-contact of possible food allergens; communication and collaboration among all staff and between </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the adult day care center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4D9B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>families</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; and training for all staff and substitutes involved with planning, preparing, and serving modified meals and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A865EB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>snacks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59564DCD" w14:textId="51EAF95D" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4320"/>
+          <w:tab w:val="right" w:pos="8640"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00C606DE" w:rsidSect="00FE0BA0">
-[...356 lines deleted...]
-      <w:r w:rsidR="00733FDD" w:rsidRPr="0096280C">
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For detailed guidance on developing policies and SOPs, refer to section 4 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CSDE’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00CA0FC1" w:rsidRPr="006A326D">
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00DD1389" w:rsidRPr="008E796C">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:i/>
-            <w:color w:val="0000FF"/>
-            <w:szCs w:val="22"/>
+            <w:iCs/>
           </w:rPr>
-          <w:t>Guide to Meal Modifications for CACFP Adult Day Care Centers</w:t>
+          <w:t>Guide to Meal Modifications for Adult Day Care Centers in the Child and Adult Care Food Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0092318F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
           <w:i/>
-          <w:color w:val="0000FF"/>
-          <w:szCs w:val="22"/>
+          <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00A865EB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="038300D2" w14:textId="540C977E" w:rsidR="00231430" w:rsidRPr="00231430" w:rsidRDefault="00231430" w:rsidP="00C606DE">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00231430">
+    <w:p w14:paraId="5EF39C52" w14:textId="5B981FE2" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="_Toc216581915"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc221080633"/>
+      <w:r w:rsidRPr="00AE384D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">SOP for Meal Modifications in the </w:t>
       </w:r>
-      <w:r w:rsidR="00A210FB">
+      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidR="00ED4D9B">
         <w:t>CACFP</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
     </w:p>
-    <w:p w14:paraId="5F18A1D2" w14:textId="55F610C1" w:rsidR="00BF6DFB" w:rsidRPr="00D059A8" w:rsidRDefault="00BF6DFB" w:rsidP="00231430">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D059A8">
+    <w:p w14:paraId="42C0D061" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="_Toc216581916"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc221080634"/>
+      <w:r w:rsidRPr="00AE384D">
         <w:t>Purpose</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
     </w:p>
-    <w:p w14:paraId="4F04D665" w14:textId="44D0805D" w:rsidR="00BF6DFB" w:rsidRPr="00F47795" w:rsidRDefault="00BF6DFB" w:rsidP="00B064DB">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00F47795">
+    <w:p w14:paraId="7A06E3DD" w14:textId="58467EFA" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="_Hlk177393906"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To establish a standardized process for meal modifications in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4D9B">
+        <w:t>CACFP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">, ensuring that all </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0A56">
+      <w:r w:rsidR="00DD1389">
         <w:t xml:space="preserve">participants </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F47795">
-[...23 lines deleted...]
-      <w:r w:rsidR="00E965D0">
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with dietary restrictions for disability or non-disability reasons receive reasonable modifications in accordance with the USDA regulations and federal nondiscrimination laws.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75609230" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="_Toc216581917"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc221080635"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:t>Scope</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
+    </w:p>
+    <w:p w14:paraId="14D533DA" w14:textId="3E6D4658" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This SOP applies to all staff involved in meal planning, preparation, and service of reimbursable meals and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A865EB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>snacks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4D9B">
+        <w:t>CACFP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07A1CA1F" w14:textId="77777777" w:rsidR="00BF6DFB" w:rsidRPr="00D059A8" w:rsidRDefault="00BF6DFB" w:rsidP="00231430">
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="38"/>
+    <w:p w14:paraId="5232E1C6" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="_Toc216581918"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc221080636"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:t>Definitions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
     </w:p>
-    <w:p w14:paraId="64D3AA2D" w14:textId="3B6B80AD" w:rsidR="00BF6DFB" w:rsidRDefault="00BF6DFB" w:rsidP="00B064DB">
-[...33 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="050C4FE3" w14:textId="4807E1B2" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00751632">
+      <w:pPr>
+        <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00676EC6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Case-by-case basis</w:t>
       </w:r>
-      <w:r w:rsidRPr="00676EC6">
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00417794" w:rsidRPr="00676EC6">
-[...11 lines deleted...]
-      <w:r w:rsidR="00CA0FC1">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00676EC6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specific to the individual medical condition and dietary needs of each </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
         <w:t xml:space="preserve">participant </w:t>
       </w:r>
-      <w:r w:rsidR="00A225A7">
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>based on the information provided by the state</w:t>
       </w:r>
-      <w:r w:rsidRPr="00676EC6">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00676EC6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> licensed healthcare professional or registered dietitian in the </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0A56">
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">participant’s </w:t>
       </w:r>
-      <w:r w:rsidRPr="00676EC6">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00676EC6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>medical statement</w:t>
       </w:r>
-      <w:r w:rsidR="00A225A7">
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00676EC6">
-[...11 lines deleted...]
-      <w:r w:rsidR="00686CB2">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00676EC6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or if applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00676EC6">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00676EC6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00CA0A56">
+      <w:r w:rsidR="00DD1389">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">participant’s </w:t>
       </w:r>
-      <w:r w:rsidRPr="00676EC6">
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00676EC6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Section 504 plan or IEP.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F6ABAA8" w14:textId="77777777" w:rsidR="00D446F2" w:rsidRDefault="00BF6DFB" w:rsidP="00D446F2">
-      <w:pPr>
+    <w:p w14:paraId="44615A9B" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00751632">
+      <w:pPr>
+        <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00F47795">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dietary restriction:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F47795">
-[...39 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Limitations for specific foods and beverages due to medical conditions (such as allergies and intolerances) or non-medical reasons such as religion, personal beliefs, and food preferences.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5697E173" w14:textId="571FE3A8" w:rsidR="00BF6DFB" w:rsidRPr="00D446F2" w:rsidRDefault="00BF6DFB" w:rsidP="00D446F2">
-      <w:pPr>
+    <w:p w14:paraId="58FEAE99" w14:textId="683E678E" w:rsidR="00890493" w:rsidRDefault="00AE384D" w:rsidP="00890493">
+      <w:pPr>
+        <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:right="58"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Disability: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00D446F2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A physical or mental impairment that </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="57" w:name="_Hlk178579570"/>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00D446F2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>substantially limits one or more major life activities, based on the specific disability definitions in Section 504 of the Rehabilitation Act</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00D446F2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the Americans with Disabilities Act (ADA) of 1990 (including the ADA Amendments Act of 2008)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00D446F2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>and the USDA’s nondiscrimination regulations (7 CFR 15b).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+    </w:p>
+    <w:p w14:paraId="55B1CCC6" w14:textId="0083F82B" w:rsidR="00890493" w:rsidRPr="00890493" w:rsidRDefault="00890493" w:rsidP="00890493">
+      <w:pPr>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:right="58"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00890493">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fluid milk substitutes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (nondairy beverages)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00890493">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00890493">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Calibri" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00890493">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>lant-based beverages like fortified soy milk that are intended to replace cow's milk</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>. N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00890493">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ondairy beverages</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD03EC">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">offered </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">for non-disability reasons in the CACFP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00890493">
+        <w:t xml:space="preserve">must meet the USDA’s nutrition standards for fluid milk substitutes defined in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="p-226.20(g)(3)(ii)" w:history="1">
+        <w:r w:rsidRPr="00890493">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>7 CFR 226.20(g)(3)(ii)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00890493">
+        <w:t xml:space="preserve"> of the CACFP regulations and must be fortified in accordance with the Food and Drug Administration’s (FDA) fortification guidelines</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091E44F0" w14:textId="46D324C0" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00751632">
+      <w:pPr>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Meal modifications:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Adjustments made to reimbursable meals and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A865EB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>snacks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4D9B">
+        <w:t>CACFP</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4D9B" w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to accommodate a </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>specific dietary restrictions for disability or non-disability reasons.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69474E1A" w14:textId="6D8F62D8" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00751632">
+      <w:pPr>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medical </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">statement: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A document signed by a state-licensed healthcare professional or registered dietitian that identifies the specific medical conditions and appropriate meal modifications for a </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who has special dietary needs due to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>disability or non-disability reasons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he USDA requires that medical statements for disability reasons must include: 1) information about the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">physical or mental impairment that is sufficient to allow </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adult day care center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to understand how it restricts the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">diet; 2) an explanation of what must be done to accommodate the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>disability; and 3) if appropriate, the food or foods to be omitted and recommended alternatives.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F8C2E02" w14:textId="6B2B1992" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00751632">
+      <w:pPr>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>easonable modification</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A change or alteration in policies, practices, and/or procedures to accommodate a disability that ensures </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with disabilities have equal opportunity to participate in or benefit from a program. The general guideline in making a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>reasonable modification</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is that </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with disabilities must be able to participate in and receive benefits from programs that are available to </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>without disabilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FCDF883" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00751632">
+      <w:pPr>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Registered dietitian (RD) or registered dietitian nutritionist (RDN):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> An individual with a minimum of a graduate degree from an accredited dietetics program and who completed a supervised practice requirement, passed a national exam, and completes continuing professional educational requirements to maintain </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">registration. For more information, visit the Academy of Nutrition and Dietetics’ (AND) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00AE384D">
+          <w:rPr>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="0645AD"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Registered Dietitian Nutritionist Fact Sheet</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC3A81C" w14:textId="1A09740C" w:rsidR="00072D7B" w:rsidRDefault="00AE384D" w:rsidP="00751632">
+      <w:pPr>
+        <w:keepLines/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>State licensed healthcare professional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> An individual who is authorized to write medical prescriptions under state law. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Connecticut </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>State Department of Public Health</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (DPH) defines</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> these individuals as physicians (MD), physician assistants (PA) and certified physician assistants (PAC), doctors of osteopathy (DO), and advanced practice registered nurses (APRN). </w:t>
+      </w:r>
+      <w:r w:rsidR="00072D7B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C151104" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="_Toc216581919"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc221080637"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:lastRenderedPageBreak/>
+        <w:t>Responsibilities</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
+    </w:p>
+    <w:p w14:paraId="12596AF4" w14:textId="22B33F72" w:rsidR="00ED4D9B" w:rsidRPr="0092318F" w:rsidRDefault="00ED4D9B" w:rsidP="00ED4D9B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0092318F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Program director: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F210A3">
+        <w:t xml:space="preserve">nsure </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00985D6B">
+        <w:t xml:space="preserve">compliance with </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t>federal</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00985D6B">
+        <w:t xml:space="preserve"> regulations</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve"> and effective implementation of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00F210A3">
+        <w:t>meal modification policies</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve"> throughout the adult day care center, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00F210A3">
+        <w:t>allocat</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00F210A3">
+        <w:t xml:space="preserve"> resources</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve"> such as </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00F210A3">
+        <w:t>staffing and funding</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00F210A3">
+        <w:t>facilitate</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve"> clear </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00F210A3">
+        <w:t xml:space="preserve">communication </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">within the adult day care center (e.g., center staff, food service staff, and medical staff) and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00F210A3">
+        <w:t xml:space="preserve">between </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">the adult day care center and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>participants or their guardians/caregivers</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve"> regarding the adult day care center’s meal modification process</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00F210A3">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F3A8DEF" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00ED4D9B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00D446F2">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...51 lines deleted...]
-      <w:bookmarkEnd w:id="40"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Food service director/manager: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Oversee implementation of the meal modification process, provide staff training, and ensure compliance with USDA regulations.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1BB0DFA8" w14:textId="22A7DDFE" w:rsidR="00BF6DFB" w:rsidRPr="00F47795" w:rsidRDefault="00BF6DFB" w:rsidP="00D304E3">
+    <w:p w14:paraId="4463EE9A" w14:textId="304AAD96" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00751632">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00F47795">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...40 lines deleted...]
-      <w:r w:rsidR="00CA0A56">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Registered dietitian: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide expertise on meal modifications for specific dietary concerns and ensure modified meals meet each </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">participant’s </w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>nutritional requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F150DAB" w14:textId="7CE089C8" w:rsidR="00231430" w:rsidRDefault="00BF6DFB" w:rsidP="00D304E3">
+    <w:p w14:paraId="48C56F8C" w14:textId="40177758" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00751632">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
           <w:b/>
-        </w:rPr>
-[...107 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Food service staff:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prepare and serve </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00F47795">
+        <w:t xml:space="preserve">modified meals according to </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t>the instructions in each participant’s medical statement</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00F7707E">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="008A6723">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Section 504 plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="004C43CD">
-[...101 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4CE689E7" w14:textId="705AC6EF" w:rsidR="00BF6DFB" w:rsidRDefault="00BF6DFB" w:rsidP="00D304E3">
+    <w:p w14:paraId="1A60DA2A" w14:textId="77777777" w:rsidR="00DD1389" w:rsidRPr="006B0041" w:rsidRDefault="00DD1389" w:rsidP="00DD1389">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1440"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="_Toc216581920"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc221080638"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...11 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t>Medical staff</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47795">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidRPr="00F47795">
+        <w:t xml:space="preserve"> Provide documentation on </w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...57 lines deleted...]
-        <w:t>without disabilities.</w:t>
+        <w:t xml:space="preserve">participants’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47795">
+        <w:t>dietary restrictions</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47795">
+        <w:t xml:space="preserve">collaborate with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F7707E">
+        <w:t>food service director/manager</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve">obtain additional information from </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA0FC1">
+        <w:t xml:space="preserve">participant or their guardian/caregiver </w:t>
+      </w:r>
+      <w:r>
+        <w:t>when necessary to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve"> clarif</w:t>
+      </w:r>
+      <w:r>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00686CB2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>a meal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> modification.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43454C0B" w14:textId="3ED70BD2" w:rsidR="00BF6DFB" w:rsidRDefault="00BF6DFB" w:rsidP="00D304E3">
+    <w:p w14:paraId="2875665D" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:t>Requests for Meal Modifications</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
+    </w:p>
+    <w:p w14:paraId="3AE4B9BA" w14:textId="174D396E" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="35"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notifying </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00CA0FC1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>participants or their guardians/caregivers</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00476CD3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t>adult day care center</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve"> notifies </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00CA0FC1">
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00CA0FC1">
+        <w:t xml:space="preserve"> their guardians/caregivers</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve"> of the process </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00370F03">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">for requesting meal </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00F60F38">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>modification</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve"> for disability and non-disability reasons. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve">This notification </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">includes </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="0069133D">
+        <w:t xml:space="preserve">information </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>about</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00A210FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nondiscrimination and accessible services, as outlined in the USDA’s nondiscrimination regulations (7 CFR 15b.7)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00A210FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">written procedural safeguards </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00A210FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">process to resolve grievances </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="62" w:name="_Hlk178837885"/>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00A210FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>related to meal modification</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00A210FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>requests for disability</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reasons</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00A210FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="62"/>
+    </w:p>
+    <w:p w14:paraId="73B5FA65" w14:textId="3DC6CCB6" w:rsidR="00AE384D" w:rsidRPr="00DD1389" w:rsidRDefault="00AE384D" w:rsidP="00ED4D9B">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4D9B" w:rsidRPr="00476CD3">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED4D9B" w:rsidRPr="00A210FB">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">USDA </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00A210FB">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">encourages </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adult day care centers </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00A210FB">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to develop and implement written procedures for </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00CA0FC1">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants or their guardians/caregivers </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00A210FB">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to request modifications to the meal </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="63" w:name="_Hlk178840315"/>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00A210FB">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">service for </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>disability reasons</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00A210FB">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and resolve grievances. These procedures should include providing </w:t>
+      </w:r>
+      <w:r w:rsidR="0078667A" w:rsidRPr="0078667A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidR="0078667A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0078667A" w:rsidRPr="0078667A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or their guardian/caregiver</w:t>
+      </w:r>
+      <w:r w:rsidR="0078667A" w:rsidRPr="0078667A">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00A210FB">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>with a written final decision on each request.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00421E19">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>For additional guidance, refer t</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="001D3FB6">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>“Procedural Safeguards”</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="001D3FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="001D3FB6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00421E19">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">section 4 of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00421E19">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CSDE’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00DD1389" w:rsidRPr="00DD1389">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+          </w:rPr>
+          <w:t>Guide to Meal Modifications for Adult Day Care Centers in the Child and Adult Care Food Program</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00DD1389">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2753EF20" w14:textId="12491262" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Submitting requests: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participants or their guardians/caregivers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">notify </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">adult day care center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of their </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dietary needs or restrictions by submitting a written medical statement signed by a state licensed healthcare professional or registered dietitian. For disability-related requests, the medical statement includes the following: 1) information about the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">physical or mental impairment that is sufficient to allow </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">adult day care center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to understand how it restricts the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">diet; 2) an explanation of what must be done to accommodate the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">disability; and 3) if appropriate, the food or foods to be omitted and recommended alternatives. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A0970F8" w14:textId="51D332E9" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="_Hlk178922380"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">504 </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="64"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="005704BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>plan</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="005704BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve">A separate medical statement is not required if the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00CA0FC1">
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00476CD3">
+        <w:t>has a</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve">504 plan that includes the three required elements, or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t>adult day care center</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve"> obtains the required information during the development or review of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00476CD3">
+        <w:t>504 plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373FCBD6" w14:textId="3D542F28" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="_Hlk178922387"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Texture modifications: </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A medical statement is not required if the requested meal modification meets </w:t>
+      </w:r>
+      <w:r w:rsidR="00890493" w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve">the applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="00890493">
+        <w:t>CACFP</w:t>
+      </w:r>
+      <w:r w:rsidR="00890493" w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="_Hlk178048819"/>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00CA0FC1">
+        <w:t xml:space="preserve">adult </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00476CD3">
+        <w:t>meal pattern</w:t>
+      </w:r>
+      <w:r w:rsidR="00890493" w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00890493">
+        <w:t xml:space="preserve">e.g., texture modifications or </w:t>
+      </w:r>
+      <w:r w:rsidR="00890493" w:rsidRPr="00476CD3">
+        <w:t>substituting foods and beverages within the same meal component.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="66"/>
+    </w:p>
+    <w:p w14:paraId="257BA03E" w14:textId="6A2C1468" w:rsidR="00AA5552" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="907"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">While medical statements are not required for modifications within the </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CACFP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">meal patterns, the USDA strongly recommends that </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CACFP adult day care centers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">keep documentation on file acknowledging the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">disability. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adult day care centers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may apply stricter guidelines and require a medical statement for modifications within the USDA meal patterns. The CSDE recommends obtaining a medical statement to ensure clear communication between </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the adult day care center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">staff </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00CA0FC1">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants or their guardians/caregivers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">regarding the appropriate meal modifications for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. This serves as a precaution to ensure that </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">receive safe and appropriate meals, protects the </w:t>
+      </w:r>
+      <w:r w:rsidR="0078667A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>CACFP adult day care center</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>, and minimizes misunderstandings.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5552">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12BF39A7" w14:textId="0C8565AA" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Reviewing requests: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The food service director/manager reviews each request to assess feasibility and determine the necessary and reasonable modifications. If the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">medical statement does not provide sufficient information, the food service director/manager </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve">works </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5552" w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve">with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5552">
+        <w:t xml:space="preserve">adult day care center’s medical staff </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5552" w:rsidRPr="00476CD3">
+        <w:t xml:space="preserve">to obtain additional information or clarification from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5552" w:rsidRPr="00CA0FC1">
+        <w:t>participant or their guardian/caregiver</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5552">
+        <w:t xml:space="preserve">, and if necessary, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5552" w:rsidRPr="00476CD3">
+        <w:t>to obtain</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5552">
+        <w:t xml:space="preserve"> a revised medical statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D1367F3" w14:textId="63D0601C" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="35"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Approving/denying requests:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The food service director/manager approves or denies the request based on the medical statement, USDA regulations, and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the adult day care center</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5552">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>policies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C87BC86" w14:textId="70492437" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Insufficient information: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A requested modification for a </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with a disability will not be denied or delayed because the medical statement does not provide complete information. While waiting to obtain additional information, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the adult day care center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>will follow (to the greatest extent possible) the portion of the medical statement that is clear and unambiguous.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E586C6B" w14:textId="19E37A0E" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="_Hlk178922335"/>
+      <w:bookmarkStart w:id="68" w:name="_Hlk178922368"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Written notification:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participants or their guardians/caregivers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be notified in writing regarding the status of their request. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="_Hlk178840592"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Approved requests will indicate the details of the meal modification and when it was implemented.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="69"/>
+    </w:p>
+    <w:p w14:paraId="21443BEF" w14:textId="678141B5" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="_Hlk178922330"/>
+      <w:bookmarkStart w:id="71" w:name="_Hlk178922373"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Maintaining records:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Accurate records of all meal modification requests, approvals/denials, and communication with </w:t>
+      </w:r>
+      <w:r w:rsidR="0078667A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidR="0078667A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0078667A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0078667A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="0078667A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their guardian/caregiver</w:t>
+      </w:r>
+      <w:r w:rsidR="0078667A" w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>will be maintained on file. Documentation will be kept confidential and secure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51BC0B6D" w14:textId="03D9B8AE" w:rsidR="009A0855" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00676EC6">
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the meal modification request is related to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">disabling condition, it is almost never appropriate for </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the adult day care center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to decline the meal modification. The exception is a modification request that would fundamentally alter the nature of the </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>CACFP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. These requests are extremely rare. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adult </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">day care centers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should contact the CSDE for assistance with any concerns that a requested modification would fundamentally alter the nature of the </w:t>
+      </w:r>
+      <w:r w:rsidR="001D70A6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>CACFP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For additional guidance, refer to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>“Declining a request”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> section 2 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CSDE’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="0078667A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+          </w:rPr>
+          <w:t>Guide to Meal Modifications for Adult Day Care Centers in the Child and Adult Care Food Program</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0078667A" w:rsidRPr="00ED4D9B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="360F3901" w14:textId="34526378" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="_Toc216581921"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc221080639"/>
+      <w:bookmarkStart w:id="74" w:name="_Hlk178919202"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Fluid Milk Substitutes </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2A5A">
+        <w:t xml:space="preserve">(Nondairy Beverages) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:t>for Non-disability Reasons</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="73"/>
+    </w:p>
+    <w:p w14:paraId="010A9E21" w14:textId="742B7AAC" w:rsidR="00AE384D" w:rsidRPr="009A0855" w:rsidRDefault="00AE384D" w:rsidP="00AA5552">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...31 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00811E3C">
-[...28 lines deleted...]
-        <w:r w:rsidR="00811E3C">
+      <w:r w:rsidRPr="009A0855">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="p-226.20(g)(3)" w:history="1">
+        <w:r w:rsidR="009A0855" w:rsidRPr="009A0855">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
-[...1893 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:rPr>
           <w:t>7 CFR 226.20(g)(3)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00DC5F49">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="009A0855" w:rsidRPr="009A0855">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...32 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="009A0855" w:rsidRPr="009A0855">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>of the CACFP</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="00DC5F49">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regulations</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">allows </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve">adult day care centers </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5F49">
-[...74 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to choose to offer one or more fluid milk substitutes </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(nondairy beverages) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for non-disability reasons. These fluid milk substitutes must meet the USDA’s nutrition standards for fluid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2A5A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">milk </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A0855">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>substitutes</w:t>
+      </w:r>
+      <w:r w:rsidR="004F2A5A" w:rsidRPr="009A0855">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="009A0855">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">defined in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="p-226.20(g)(3)(ii)" w:history="1">
+        <w:r w:rsidR="009A0855">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+          </w:rPr>
+          <w:t>7 CFR 226.20(g)(3)(ii)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009A0855" w:rsidRPr="009A0855">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the CACFP regulations</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="009A0855">
+        <w:rPr>
+          <w:bCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>and must be fortified in accordance with the Food and Drug Administration’s (FDA) fortification guidelines</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2A5A">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00130954">
-[...88 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the adult day care center </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chooses to offer fluid milk substitutes, the SOP should include the requirements below; otherwise, this section may be deleted. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve">For additional guidance, refer to </w:t>
       </w:r>
-      <w:r w:rsidRPr="000550FC">
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>the CSDE’s resources,</w:t>
       </w:r>
-      <w:r w:rsidRPr="000550FC">
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidRPr="000550FC">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="00AA5552" w:rsidRPr="00AA5552">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:i/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:rPr>
           <w:t>Allowable Fluid Milk Substitutes for Non-disability Reasons for Adult Participants in the Child and Adult Care Food Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000550FC">
-[...3 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00AA5552" w:rsidRPr="00AA5552">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000550FC">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="000550FC">
+      <w:r w:rsidR="00AA5552" w:rsidRPr="00AA5552">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
-        <w:t xml:space="preserve">and </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="000550FC">
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA5552" w:rsidRPr="000550FC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidR="00AA5552" w:rsidRPr="000550FC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:i/>
             <w:iCs/>
             <w:szCs w:val="22"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:rPr>
           <w:t>Identifying Products that Meet the USDA’s Nutrition Standards for Fluid Milk Substitutes in the Child and Adult Care Food Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0085224D">
+      <w:r w:rsidR="00AA5552" w:rsidRPr="0085224D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="0085224D">
+      <w:r w:rsidR="00AA5552" w:rsidRPr="0085224D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17FED3CB" w14:textId="1906279B" w:rsidR="000550FC" w:rsidRDefault="000550FC" w:rsidP="000550FC">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="0F610566" w14:textId="5D430E62" w:rsidR="00AE384D" w:rsidRPr="00EC59E5" w:rsidRDefault="00AE384D" w:rsidP="00EC59E5">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:before="240"/>
-        <w:ind w:left="720"/>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Available fluid milk substitutes</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E5D55">
-        <w:rPr>
+      <w:r w:rsidR="00EC59E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC59E5" w:rsidRPr="00EC59E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nondairy beverages</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC59E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC59E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5F49">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000550FC">
+      <w:r w:rsidR="00EC59E5">
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC59E5" w:rsidRPr="00EC59E5">
+        <w:t>ondairy beverages</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC59E5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC59E5" w:rsidRPr="00932E6F">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">for non-disability </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC59E5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">reasons </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC59E5" w:rsidRPr="00890493">
+        <w:t xml:space="preserve">meet the USDA’s nutrition standards for fluid milk substitutes defined in </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:anchor="p-226.20(g)(3)(ii)" w:history="1">
+        <w:r w:rsidR="00EC59E5" w:rsidRPr="00890493">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>7 CFR 226.20(g)(3)(ii)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00EC59E5" w:rsidRPr="00890493">
+        <w:t xml:space="preserve"> of the CACFP regulations and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC59E5">
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC59E5" w:rsidRPr="00890493">
+        <w:t xml:space="preserve"> fortified in accordance with the Food and Drug Administration’s (FDA) fortification guidelines</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC59E5">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC59E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">adult day care center </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00EC59E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">offers the following fluid milk substitutes </w:t>
+      </w:r>
+      <w:r w:rsidR="004F2A5A" w:rsidRPr="00EC59E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(nondairy beverages) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC59E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC59E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who do not drink regular cow’s milk due to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC59E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>non-disability reasons</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EC59E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF021E">
-[...17 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00EC59E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>[insert brand and name of all offered fluid milk substitutes]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC59E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="260FC1A7" w14:textId="32CDD052" w:rsidR="000550FC" w:rsidRPr="006C25F5" w:rsidRDefault="000550FC" w:rsidP="000550FC">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="5739F371" w14:textId="6A574C21" w:rsidR="002D0485" w:rsidRDefault="00AE384D" w:rsidP="009A0855">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="15"/>
+          <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:before="240"/>
-        <w:ind w:left="720"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Required documentation: </w:t>
       </w:r>
-      <w:r w:rsidRPr="004F1177">
+      <w:r w:rsidR="009A0855" w:rsidRPr="004F1177">
         <w:t xml:space="preserve">For a </w:t>
       </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="004F1177">
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:t>receive</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="004F1177">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00CF021E">
+        <w:t xml:space="preserve">a fluid milk substitute for a non-disability reason, a written request </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:t xml:space="preserve">must be provided </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00CF021E">
+        <w:t xml:space="preserve">from the </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:t xml:space="preserve">participant or their </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00CA0FC1">
+        <w:t>guardian/caregiver</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00CF021E">
+        <w:t>, a state licensed healthcare professional</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00CF021E">
+        <w:t xml:space="preserve"> or a registered dietitian.</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:t xml:space="preserve"> This request must </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="001C48BC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>identif</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="001C48BC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reason for the </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="75" w:name="_Hlk178918917"/>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fluid </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>milk substitute.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0485">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5E8F62" w14:textId="3F6983E5" w:rsidR="009A0855" w:rsidRDefault="00142D00" w:rsidP="00142D00">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="_Toc201474216"/>
+      <w:bookmarkStart w:id="77" w:name="_Hlk178919398"/>
+      <w:r w:rsidRPr="00142D00">
+        <w:lastRenderedPageBreak/>
+        <w:t>Participant-provided</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">participant </w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004F1177">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CF021E">
-[...63 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="009A0855">
+        <w:t>Meal Components f</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="78" w:name="_Hlk178919625"/>
+      <w:r w:rsidR="009A0855">
+        <w:t>or Disability or Non-disability Reasons</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="78"/>
     </w:p>
-    <w:p w14:paraId="1B9BF958" w14:textId="43D345F9" w:rsidR="006C25F5" w:rsidRDefault="006C25F5" w:rsidP="006C25F5">
-[...14 lines deleted...]
-    <w:p w14:paraId="49B97032" w14:textId="607151A0" w:rsidR="006C25F5" w:rsidRDefault="006C25F5" w:rsidP="006C25F5">
+    <w:p w14:paraId="1FAF6D75" w14:textId="13BF0EED" w:rsidR="009A0855" w:rsidRDefault="009A0855" w:rsidP="009A0855">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B4EF5">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
       <w:r w:rsidRPr="00F23800">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:anchor="p-226.20(g)(1)(iv)" w:history="1">
-        <w:r w:rsidRPr="00DC5F49">
+      <w:hyperlink r:id="rId25" w:anchor="p-226.20(g)(1)(iv)" w:history="1">
+        <w:r w:rsidRPr="009A0855">
           <w:rPr>
-            <w:rStyle w:val="PageNumber"/>
-[...2 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:rPr>
           <w:t>7 CFR 226.20(g)(1)(iv)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00DC5F49">
+      <w:r w:rsidRPr="009A0855">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>CACFP regulation</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5F49">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> allow</w:t>
       </w:r>
-      <w:r w:rsidR="00F44908">
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5F49">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C25F5">
+      <w:r w:rsidR="00142D00" w:rsidRPr="006C25F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>participants or their guardian</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C25F5">
+      <w:r w:rsidR="00142D00" w:rsidRPr="006C25F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>/caregiver</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5F49">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> to supply one or more meal components of a reimbursable meal for disability reasons and one meal component of a reimbursable meal for non-disability reasons. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="_Hlk128807248"/>
-      <w:r>
+      <w:bookmarkStart w:id="79" w:name="_Hlk128807248"/>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>dult day care centers</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5F49">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> may choose whether they will allow </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C25F5">
+      <w:r w:rsidR="00142D00" w:rsidRPr="006C25F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>participants or their guardian</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C25F5">
+      <w:r w:rsidR="00142D00" w:rsidRPr="006C25F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>/caregiver</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5F49">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> to provide meal components as part of reimbursable meals for disability or non-disability reasons.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5F49">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
-      <w:r w:rsidR="00C557E1">
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00C557E1" w:rsidRPr="00DC5F49">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>adult day care center</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5F49">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve">chooses to allow </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C25F5">
+      <w:r w:rsidR="00142D00" w:rsidRPr="006C25F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>participant</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>-provided meal components, the SOP should</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F0B0D">
+      <w:r w:rsidR="00142D00" w:rsidRPr="009F0B0D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve">include the requirements below; otherwise, this section may be deleted. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
-      <w:r w:rsidRPr="00DC5F49">
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve">For additional guidance, refer to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5F49">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C25F5">
+      <w:r w:rsidR="00142D00" w:rsidRPr="006C25F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>Participant-provided Meal Components f</w:t>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="_Hlk178919588"/>
-      <w:r w:rsidRPr="006C25F5">
+      <w:bookmarkStart w:id="80" w:name="_Hlk178919588"/>
+      <w:r w:rsidR="00142D00" w:rsidRPr="006C25F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>or Disability or Non-disability Reasons</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
-      <w:r w:rsidRPr="00DC5F49">
+      <w:bookmarkEnd w:id="80"/>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5F49">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5F49">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5F49">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> section 1 of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5F49">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve">CSDE’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidR="001E1C5C" w:rsidRPr="00421E19">
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidR="0078667A">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:i/>
-            <w:color w:val="0000FF"/>
-            <w:szCs w:val="22"/>
+            <w:iCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:rPr>
-          <w:t>Guide to Meal Modifications for CACFP Adult Day Care Centers</w:t>
+          <w:t>Guide to Meal Modifications for Adult Day Care Centers in the Child and Adult Care Food Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001E1C5C" w:rsidRPr="00421E19">
-[...12 lines deleted...]
-        <w:t>]</w:t>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00ED4D9B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A121616" w14:textId="431A3D0A" w:rsidR="006C25F5" w:rsidRDefault="001E1C5C" w:rsidP="001E1C5C">
+    <w:p w14:paraId="2806E697" w14:textId="40A950B5" w:rsidR="009A0855" w:rsidRDefault="00142D00" w:rsidP="009A0855">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="001E1C5C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r w:rsidR="006C25F5" w:rsidRPr="00DC5F49">
+      <w:r w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>-provided meal components for disability reason</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006C25F5">
+        <w:t xml:space="preserve">-provided meal components </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006C25F5" w:rsidRPr="008E5D55">
+        <w:t>meal components for disability reason</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="008E5D55">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">Participants or their guardians/caregivers </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855">
+        <w:t>may choose to s</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="00DC5F49">
+        <w:t xml:space="preserve">upply one or more meal components of a reimbursable meal for disability reasons. </w:t>
+      </w:r>
       <w:r>
-        <w:t>P</w:t>
-[...16 lines deleted...]
-      <w:r w:rsidR="006C25F5">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">adult day care center </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="00DC5F49">
+        <w:t>must provide at least one required meal component</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52E647B9" w14:textId="06DB33A9" w:rsidR="006C25F5" w:rsidRDefault="001E1C5C" w:rsidP="001E1C5C">
+    <w:p w14:paraId="2BC8F477" w14:textId="30372ACE" w:rsidR="009A0855" w:rsidRDefault="00142D00" w:rsidP="009A0855">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="001E1C5C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r w:rsidR="006C25F5" w:rsidRPr="00DC5F49">
+      <w:r w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">-provided meal components for </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006C25F5">
+        <w:t xml:space="preserve">-provided meal components </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>non-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006C25F5" w:rsidRPr="00DC5F49">
+        <w:t xml:space="preserve">meal components for </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>disability reason</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006C25F5">
+        <w:t>non-</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006C25F5" w:rsidRPr="008E5D55">
+        <w:t>disability reason</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006C25F5">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="008E5D55">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">Participants or their guardians/caregivers </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855">
+        <w:t>may choose to s</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="00DC5F49">
+        <w:t xml:space="preserve">upply one meal component of a reimbursable meal for </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855">
+        <w:t>non-</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="00DC5F49">
+        <w:t xml:space="preserve">disability reasons. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="81" w:name="_Hlk178916961"/>
       <w:r>
-        <w:t>P</w:t>
-[...24 lines deleted...]
-      <w:r w:rsidR="006C25F5" w:rsidRPr="00DC5F49">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="001E1C5C">
-[...5 lines deleted...]
-      <w:r w:rsidR="006C25F5">
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">adult day care center </w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855" w:rsidRPr="00DC5F49">
+        <w:t>must provide a</w:t>
+      </w:r>
+      <w:r w:rsidR="009A0855">
         <w:t>ll other</w:t>
       </w:r>
-      <w:r w:rsidR="006C25F5" w:rsidRPr="00DC5F49">
+      <w:r w:rsidR="009A0855" w:rsidRPr="00DC5F49">
         <w:t xml:space="preserve"> required meal component</w:t>
       </w:r>
-      <w:r w:rsidR="006C25F5">
+      <w:r w:rsidR="009A0855">
         <w:t>s.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="675A561A" w14:textId="33F1060E" w:rsidR="006C25F5" w:rsidRPr="009C4B4D" w:rsidRDefault="006C25F5" w:rsidP="006C25F5">
+    <w:p w14:paraId="57574941" w14:textId="062A44F3" w:rsidR="009A0855" w:rsidRPr="009C4B4D" w:rsidRDefault="009A0855" w:rsidP="009A0855">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Substitutions within the CACFP </w:t>
       </w:r>
-      <w:r w:rsidR="001E1C5C">
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">adult </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>meal patterns:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> A medical statement is not required for </w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="001E1C5C" w:rsidRPr="001E1C5C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:t>A medical statement is not required for p</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="001E1C5C">
         <w:t>articipant</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="009C4B4D">
+      <w:r w:rsidR="00142D00">
+        <w:t xml:space="preserve">-provided substitutions within the CACFP adult meal patterns, such as </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="009C4B4D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>substitut</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4B4D">
+      <w:r w:rsidR="00142D00" w:rsidRPr="009C4B4D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> foods </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">within </w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4B4D">
+      <w:r w:rsidR="00142D00" w:rsidRPr="009C4B4D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>the same meal compon</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>ent.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:t xml:space="preserve"> Some examples include</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4B4D">
+      <w:r w:rsidR="00142D00" w:rsidRPr="009C4B4D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4B4D">
+      <w:r w:rsidR="00142D00" w:rsidRPr="009C4B4D">
         <w:t>substituting a banana for strawberries (fruits component), lactose-free milk for regular milk (milk component), and chicken for pork (</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00142D00">
         <w:t>meats/meat alternates</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C4B4D">
+      <w:r w:rsidR="00142D00" w:rsidRPr="009C4B4D">
         <w:t xml:space="preserve"> component).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A75932D" w14:textId="51BE5C10" w:rsidR="006C25F5" w:rsidRDefault="006C25F5" w:rsidP="001E1C5C">
+    <w:p w14:paraId="4AA21C27" w14:textId="09E65C30" w:rsidR="009A0855" w:rsidRDefault="009A0855" w:rsidP="009A0855">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="16"/>
+          <w:numId w:val="38"/>
         </w:numPr>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Substitutions outside the CACFP </w:t>
       </w:r>
-      <w:r w:rsidR="001E1C5C">
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">adult </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">meal patterns: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A medical statement is required for </w:t>
       </w:r>
-      <w:r w:rsidR="001E1C5C">
+      <w:r w:rsidR="00142D00">
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="001E1C5C" w:rsidRPr="001E1C5C">
+      <w:r w:rsidR="00142D00" w:rsidRPr="001E1C5C">
         <w:t>articipant</w:t>
       </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:t xml:space="preserve">-provided </w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">-provided substitutions outside the CACFP </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E1C5C">
+        <w:t xml:space="preserve">substitutions outside the CACFP </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
         <w:t xml:space="preserve">adult </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">meal patterns, i.e., noncreditable foods. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F49">
         <w:t xml:space="preserve">Examples include entrees that do not meet the </w:t>
       </w:r>
       <w:r>
         <w:t>meats/meat alternates</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC5F49">
         <w:t xml:space="preserve"> component and substituting rice milk for cow’s milk. For information on noncreditable foods, refer to the CSDE’s resource, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="009300B3">
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:i/>
             <w:iCs/>
           </w:rPr>
           <w:t>Noncreditable Foods in the Child and Adult Care Food Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001E1C5C" w:rsidRPr="00280324">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
     </w:p>
-    <w:p w14:paraId="4926084E" w14:textId="77777777" w:rsidR="00BF6DFB" w:rsidRPr="00D059A8" w:rsidRDefault="00BF6DFB" w:rsidP="00231430">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00D059A8">
+    <w:p w14:paraId="0AFEF2AB" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="_Toc216581922"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc221080640"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:lastRenderedPageBreak/>
         <w:t>Meal Planning and Preparation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="83"/>
     </w:p>
-    <w:p w14:paraId="695FD8A7" w14:textId="16FAB9BE" w:rsidR="00BF3BA8" w:rsidRDefault="00BF6DFB" w:rsidP="00B84FDD">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="71B048A5" w14:textId="487659A6" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="33"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Informing staff: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure all relevant staff are aware of the meal modification requirements for each </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12DFE52E" w14:textId="3455EC64" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Menu adjustment: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adjust menus to include modified meal options for each </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specific dietary needs. Consult with a registered dietitian as needed to ensure that modified meals meet each </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nutritional requirements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37179CB3" w14:textId="7E12ED91" w:rsidR="00C3180C" w:rsidRDefault="00BF6DFB" w:rsidP="00D304E3">
-[...862 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="3267E1EA" w14:textId="61B54EDA" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6120"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="1080"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00C3180C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C3180C">
-        <w:rPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The CSDE strongly encourages </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adult day care centers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to develop cycle menus of modified meals for specific dietary concerns, such as a five-day cycle menu for a gluten-free diet or a two-week cycle menu for a specific food allergy. Before using the same cycle menu for multiple </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with the same medical condition, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adult day care centers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should check with each </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidR="0078667A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or their guardian/caregiver</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to ensure that the modified meals meet their </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>specific dietary requirements.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="84" w:name="_Hlk178916101"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> For additional guidance, refer to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Develop cycle menus for special diets” in section 2 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CSDE’s </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidR="0078667A">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="0078667A">
+        <w:instrText>HYPERLINK "https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="0078667A">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0078667A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:i/>
+          <w:iCs/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>Guide to Meal Modifications for Adult Day Care Centers in the Child and Adult Care Food Program</w:t>
+      </w:r>
+      <w:r w:rsidR="0078667A">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="0078667A" w:rsidRPr="00ED4D9B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56529D6E" w14:textId="6516D9DB" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Labeling:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Clearly label modified meals to avoid cross-contact and ensure correct meal distribution to </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389" w:rsidRPr="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6E737B" w14:textId="092FA5BB" w:rsidR="00072D7B" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Training: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provide staff with training on how to prepare modified meals for specific dietary needs, appropriate handling to prevent cross-contact of allergens, and protocols for handling emergencies related to dietary needs, including immediate contacts for medical staff.</w:t>
+      </w:r>
+      <w:r w:rsidR="00072D7B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3486A973" w14:textId="77777777" w:rsidR="00142D00" w:rsidRPr="00142D00" w:rsidRDefault="00AE384D" w:rsidP="00142D00">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="_Toc216581923"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc221080641"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Identifying </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00142D00">
+        <w:t>Participants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52577EA7" w14:textId="360BA347" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00142D00" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...36 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dult day care center </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE384D" w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>policies and practices:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE384D" w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Establish procedures </w:t>
+      </w:r>
+      <w:r w:rsidR="001D70A6" w:rsidRPr="008A6723">
+        <w:t xml:space="preserve">or identifying </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidR="001D70A6" w:rsidRPr="008A6723">
+        <w:t xml:space="preserve">with special dietary needs and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001D70A6" w:rsidRPr="008A6723">
+        <w:t>providing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001D70A6" w:rsidRPr="008A6723">
+        <w:t xml:space="preserve"> this information to the </w:t>
+      </w:r>
+      <w:r w:rsidR="001D70A6">
+        <w:t xml:space="preserve">food service </w:t>
+      </w:r>
+      <w:r w:rsidR="001D70A6" w:rsidRPr="008A6723">
+        <w:t xml:space="preserve">staff responsible for </w:t>
+      </w:r>
+      <w:r w:rsidR="001D70A6">
+        <w:t>preparing reimbursable meals and snacks</w:t>
+      </w:r>
+      <w:r w:rsidR="001D70A6" w:rsidRPr="008A6723">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A2B592" w14:textId="2411FEDA" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>adult day care center</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F23800">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00800DBC">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s policies and practices must protect the privacy of </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00800DBC">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who have a disability and </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00800DBC">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">maintain the confidentiality of each </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00800DBC">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">medical condition, in compliance with the Health Insurance Portability and Accountability Act of 1996 (HIPAA). The </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>adult day care center</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00800DBC">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cannot implement policies or practices that outwardly identify </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00800DBC">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>whose disability requires a meal modification.</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A1C60E7" w14:textId="6AC3E67A" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Food service staff notifications: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide regular updates </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> food service staff about each </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> who requires </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a meal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> modification. Post this information in locations that are only visible to food service staff, such as in the kitchen and behind counters and serving lines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBE66F9" w14:textId="59F5EBBA" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identify </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>during meal service:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Implement </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:t xml:space="preserve">procedures to ensure that center staff know which participants require meal modifications </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00EA7305">
+        <w:t xml:space="preserve">during </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00EA7305">
+        <w:t>the meal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00EA7305">
+        <w:t xml:space="preserve"> service</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adult day care centers </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="008A6723">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cannot implement policies or practices that outwardly identify </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="008A6723">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">whose disability requires </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00142D00" w:rsidRPr="008A6723">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a meal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00142D00" w:rsidRPr="008A6723">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> modification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E5D7236" w14:textId="7347387C" w:rsidR="00751632" w:rsidRPr="001D70A6" w:rsidRDefault="00AE384D" w:rsidP="001D70A6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="_Hlk178922198"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Inform staff:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure that food service staff are aware of which </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have special dietary needs for the day’s meals and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A865EB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>snacks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. This information should be easily accessible and regularly updated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F364D3" w14:textId="5B4D3874" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Meal identification:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maintain </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>participants’</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0485">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">confidentiality by identifying meals and foods </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that meet certain dietary needs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316FB903" w14:textId="43EC1D4D" w:rsidR="00C23CCB" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6120"/>
+        </w:tabs>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="_Hlk178839109"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Modify the </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="89" w:name="_Hlk178839259"/>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">below as applicable, based </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>on the specific procedures used by the adult day care center</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00F23800">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE6CB2">
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE6CB2">
-[...5 lines deleted...]
-      <w:r w:rsidR="00AE6CB2" w:rsidRPr="001D3FB6">
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For additional guidance, </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>efer t</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="001D3FB6">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve">o </w:t>
       </w:r>
-      <w:r w:rsidR="00AE6CB2">
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00AE6CB2" w:rsidRPr="008E5D55">
+      <w:r w:rsidR="00142D00" w:rsidRPr="008E5D55">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifying </w:t>
       </w:r>
-      <w:r w:rsidR="00AE6CB2" w:rsidRPr="00AE6CB2">
+      <w:r w:rsidR="00142D00" w:rsidRPr="00AE6CB2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve">Participants </w:t>
       </w:r>
-      <w:r w:rsidR="00AE6CB2" w:rsidRPr="008E5D55">
+      <w:r w:rsidR="00142D00" w:rsidRPr="008E5D55">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>with Special Dietary Needs</w:t>
       </w:r>
-      <w:r w:rsidR="00AE6CB2">
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
-      <w:r w:rsidR="00AE6CB2" w:rsidRPr="001D3FB6">
+      <w:r w:rsidR="00142D00" w:rsidRPr="001D3FB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE6CB2">
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00AE6CB2" w:rsidRPr="001D3FB6">
+      <w:r w:rsidR="00142D00" w:rsidRPr="001D3FB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> section </w:t>
       </w:r>
-      <w:r w:rsidR="00AE6CB2">
+      <w:r w:rsidR="00142D00">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00AE6CB2" w:rsidRPr="001D3FB6">
+      <w:r w:rsidR="00142D00" w:rsidRPr="001D3FB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:r w:rsidR="00AE6CB2" w:rsidRPr="001D3FB6">
+      <w:r w:rsidR="00142D00" w:rsidRPr="001D3FB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
         </w:rPr>
         <w:t xml:space="preserve">CSDE’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="00AE6CB2" w:rsidRPr="00421E19">
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidR="0078667A">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:i/>
-            <w:color w:val="0000FF"/>
+            <w:iCs/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:rPr>
-          <w:t>Guide to Meal Modifications for CACFP Adult Day Care Centers</w:t>
+          <w:t>Guide to Meal Modifications for Adult Day Care Centers in the Child and Adult Care Food Program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00AE6CB2" w:rsidRPr="00421E19">
-[...12 lines deleted...]
-        <w:t>]</w:t>
+      <w:r w:rsidR="0078667A" w:rsidRPr="00ED4D9B">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
+      <w:r w:rsidR="00C23CCB">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A11A390" w14:textId="2DEF25E3" w:rsidR="005E482D" w:rsidRPr="00C3180C" w:rsidRDefault="000559C1" w:rsidP="005E482D">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="26197112" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:before="240"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="_Hlk178921920"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Color-coded system: </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A color-coded system is used for trays, plates, and food packaging to easily identify meals and foods that meet certain dietary needs. [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specify the color coding. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>For example, red trays or plates could indicate allergen-free meals, while green might denote gluten-free options.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3913963B" w14:textId="5B0468A2" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Labels: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Clear, easily readable labels are attached to food packaging to identify the dietary criteria of specific menu items, such as dairy-free, nut-free, and gluten-free.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0485">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00C3180C">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="008067FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>This applies only if</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="000559C1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> individual participant restrictions</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do not impact cognitive abilities</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="000559C1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="000559C1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F773558" w14:textId="414BF6D6" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="_Hlk178921952"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009A0F34">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Information on tables or serving lines: </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Colored tags, labels, placards, or similar signage are placed near each food item on the serving line, to identify the dietary criteria.</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0485">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="00C3180C">
+        <w:t>[</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="92" w:name="_Hlk178921235"/>
+      <w:r w:rsidR="00142D00" w:rsidRPr="008067FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...36 lines deleted...]
-        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This applies only to programs that </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="93" w:name="_Hlk178921825"/>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve">implement </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>family-style meal service or cafeteria-style</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="000559C1">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meal service and </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="000559C1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>might not be practical due to individual participant restrictions.</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="000559C1">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="92"/>
+    </w:p>
+    <w:p w14:paraId="5B4637A0" w14:textId="086223F8" w:rsidR="00072D7B" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="_Hlk178921960"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
-[...28 lines deleted...]
-        <w:t>]</w:t>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Pre-service staff meeting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>adult day care center</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:t xml:space="preserve"> c</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="008A6723">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>onduct</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="008A6723">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a daily pre-service meeting to review all menu items</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> so staff can</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="008A6723">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> identify any menu items that </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00" w:rsidRPr="008A6723">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>should avoid for certain dietary restrictions, such as food allergies, lactose intolerance, and gluten intolerance</w:t>
+      </w:r>
+      <w:r w:rsidR="00142D00">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00072D7B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61BC8468" w14:textId="371400BC" w:rsidR="005E482D" w:rsidRDefault="000559C1" w:rsidP="005E482D">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="2FD0D9FB" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="_Toc216581924"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc221080642"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:lastRenderedPageBreak/>
+        <w:t>Monitoring and Review</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkEnd w:id="96"/>
+    </w:p>
+    <w:p w14:paraId="7A473863" w14:textId="27AA61DC" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="13"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Compliance checks: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conduct periodic </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A3E" w:rsidRPr="00B84506">
+        <w:t xml:space="preserve">reviews to ensure compliance with </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A3E" w:rsidRPr="00F47795">
+        <w:t xml:space="preserve">federal </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A3E">
+        <w:t xml:space="preserve">and state </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A3E" w:rsidRPr="00F47795">
+        <w:t>regulations</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A3E" w:rsidRPr="00B84506">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A3E">
+        <w:t>the adult day care center’s</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A3E" w:rsidRPr="00B84506">
+        <w:t xml:space="preserve"> meal modification</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A3E">
+        <w:t xml:space="preserve"> policies and procedures</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A3E" w:rsidRPr="00B84506">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A3E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A3E" w:rsidRPr="00F47795">
+        <w:t>Address any issues or concerns promptly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="194B35BD" w14:textId="016E41CF" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="240"/>
-      </w:pPr>
-      <w:r w:rsidRPr="009A0F34">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...15 lines deleted...]
-      <w:r>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Feedback:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Regularly solicit feedback about modified meals from </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1389">
+        <w:t xml:space="preserve">participants </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0485">
+        <w:t xml:space="preserve">(when appropriate) </w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A3E">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A3E" w:rsidRPr="001E1C5C">
+        <w:t xml:space="preserve"> their guardians/caregivers</w:t>
+      </w:r>
+      <w:r w:rsidR="009F5A3E" w:rsidRPr="00B84506">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C3180C">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008067FB">
+      <w:r w:rsidR="002D0485" w:rsidRPr="00B84506">
+        <w:t xml:space="preserve">to ensure satisfaction and address any issues. </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0485">
+        <w:t>Use feedback to m</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0485" w:rsidRPr="00F47795">
+        <w:t>ake necessary adjustments</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0485">
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0485" w:rsidRPr="00F47795">
+        <w:t>o improve the meal modification process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75594C3A" w14:textId="68E0433F" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
-[...36 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adjustments: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Make necessary adjustments to the SOP based on feedback, regulatory changes, </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0485">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>local</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> policies, and best practices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DCE5297" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="_Toc216581925"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc221080643"/>
+      <w:r w:rsidRPr="00AE384D">
+        <w:t>Revision History</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="98"/>
+    </w:p>
+    <w:p w14:paraId="6F435F11" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date implemented:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>Date of implementation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1830735C" w14:textId="739F4CA6" w:rsidR="005E482D" w:rsidRDefault="000559C1" w:rsidP="005E482D">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="06A304E4" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="13"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:before="240"/>
-      </w:pPr>
-      <w:r w:rsidRPr="009A0F34">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="008067FB">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date revised:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>Date of revision</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36FF6017" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
+        </w:numPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
-[...40 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Revised by:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>Name of person and their position</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-[...2 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="7E163435" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
         <w:numPr>
-          <w:ilvl w:val="1"/>
-          <w:numId w:val="13"/>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...104 lines deleted...]
-        <w:t>.</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Description of changes:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
+        </w:rPr>
+        <w:t>Brief description of changes made</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE384D">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F4B9AB" w14:textId="77777777" w:rsidR="00BF6DFB" w:rsidRPr="00D059A8" w:rsidRDefault="00BF6DFB" w:rsidP="00231430">
+    <w:p w14:paraId="34DDDE00" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00E056E6" w:rsidRDefault="00AE384D" w:rsidP="00E056E6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E056E6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E9A6C82" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AE384D" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="67" w:name="_Toc201474280"/>
-[...307 lines deleted...]
-      <w:r w:rsidRPr="00727CD1">
+      <w:bookmarkStart w:id="99" w:name="_Toc216581926"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc221080644"/>
+      <w:r w:rsidRPr="00AE384D">
         <w:lastRenderedPageBreak/>
         <w:t>Resources</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="100"/>
     </w:p>
-    <w:p w14:paraId="085394D9" w14:textId="77777777" w:rsidR="00CB4B4A" w:rsidRPr="008B7681" w:rsidRDefault="00CB4B4A" w:rsidP="00CB4B4A">
+    <w:bookmarkStart w:id="101" w:name="_Hlk216878805"/>
+    <w:bookmarkStart w:id="102" w:name="_Hlk177391717"/>
+    <w:p w14:paraId="24CA62B0" w14:textId="77777777" w:rsidR="009F5A3E" w:rsidRDefault="009F5A3E" w:rsidP="009F5A3E">
       <w:pPr>
         <w:keepLines/>
-        <w:spacing w:before="120"/>
+        <w:spacing w:before="240"/>
         <w:ind w:left="360" w:right="306" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="_Hlk177473361"/>
-[...11 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/milk_substitutes_cacfp_adults.pdf"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t>Allowable Fluid Milk Substitutes for Non-disability Reasons for Adult Participants in the Child and Adult Care Food Program</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CSDE): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...1 lines deleted...]
-        <w:r w:rsidRPr="008B7681">
+        <w:t>https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/milk_substitutes_‌cacfp_adults.pdf</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B19C068" w14:textId="77777777" w:rsidR="002D0485" w:rsidRDefault="002D0485" w:rsidP="002D0485">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId29" w:anchor="p-226.20(g)(1)" w:history="1">
+        <w:r w:rsidRPr="00C85631">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>https://portal.ct.gov/-/media/sde/nutrition/nslp/specdiet/action_planning_form.docx</w:t>
+          <w:t>CACFP Regulations 7 CFR 226.20(g)(1): Modifications for disability reasons</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008B7681">
+      <w:r w:rsidRPr="00EF3C32">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(USDA):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://www.ecfr.gov/current/title-7/part-226#p-226.20(g)(1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="03E332F8" w14:textId="47562404" w:rsidR="00CA0FC1" w:rsidRPr="00F807BF" w:rsidRDefault="00CA0FC1" w:rsidP="009300B3">
-[...61 lines deleted...]
-    <w:p w14:paraId="587A4E3C" w14:textId="77777777" w:rsidR="00CB4B4A" w:rsidRDefault="00CB4B4A" w:rsidP="009300B3">
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p w14:paraId="25F75E27" w14:textId="77777777" w:rsidR="002D0485" w:rsidRDefault="002D0485" w:rsidP="002D0485">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">CACFP regulations </w:t>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://www.ecfr.gov/current/title-7/part-226" \l "p-226.20(g)(2)"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CACFP Regulations 7 CFR 226.20(g)(2): Variations for non-disability reasons</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (USDA):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://www.ecfr.gov/current/title-7/part-226#p-226.20(g)(2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="103" w:name="_Hlk191891648"/>
+    <w:p w14:paraId="1DE3C820" w14:textId="77777777" w:rsidR="002D0485" w:rsidRPr="00240437" w:rsidRDefault="002D0485" w:rsidP="002D0485">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://www.ecfr.gov/current/title-7/part-226" \l "p-226.20(g)(3)"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>CACFP Regulations 7 CFR 226.20(g)(3): Fluid milk substitutes for non-disability reasons</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EF3C32">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>7 CFR 226.20(g)(1)</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Modifications for disability reasons </w:t>
+        <w:t>(USDA):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>(USDA):</w:t>
-      </w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://www.ecfr.gov/current/title-7/part-226#p-226.20(g)(3)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="104" w:name="_Hlk177391685"/>
+    <w:bookmarkStart w:id="105" w:name="_Hlk216878836"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p w14:paraId="7C7DFE0D" w14:textId="77777777" w:rsidR="009F5A3E" w:rsidRDefault="009F5A3E" w:rsidP="009F5A3E">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="005F11E0">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guide to Meal Modifications for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Adult Day</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F11E0">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Care </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Centers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F11E0">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the Child and Adult Care Food Program</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (CSDE):</w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId29" w:anchor="p-226.20(g)(1)" w:history="1">
-        <w:r>
+      <w:r w:rsidRPr="005F11E0">
+        <w:t>https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>‌</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F11E0">
+        <w:t>adults.pdf</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6560EF9F" w14:textId="77777777" w:rsidR="002D0485" w:rsidRPr="00240437" w:rsidRDefault="002D0485" w:rsidP="002D0485">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00C85631">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>https://www.ecfr.gov/current/title-7/part-226#p-226.20(g)(1)</w:t>
+          <w:t>Identifying Products that Meet the USDA’s Nutrition Standards for Fluid Milk Substitutes in the Child and Adult Care Food Program</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00240437">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CSDE):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00240437">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/identify_allowable_nondairy_</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="106" w:name="_Hlk177796787"/>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>‌</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>milk_substitutes_cacfp.pdf</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="107" w:name="_Hlk177796608"/>
+    <w:bookmarkStart w:id="108" w:name="_Hlk177990922"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p w14:paraId="52D598A7" w14:textId="77777777" w:rsidR="002D0485" w:rsidRPr="00F807BF" w:rsidRDefault="002D0485" w:rsidP="002D0485">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="360" w:right="306" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://portal.ct.gov/sde/nutrition/special-diets-in-the-child-and-adult-care-food-program/medical-statements"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Medical Statements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00F807BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CSDE’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB2CDB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Special Diets in the Child and Adult Care Food Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F807BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F807BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>webpage)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F807BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:t>https://portal.ct.gov/sde/nutrition/special-diets-in-the-child-and-adult-care-food-program/medical-statements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F807BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p w14:paraId="674E1C1A" w14:textId="77777777" w:rsidR="002D0485" w:rsidRPr="005351EE" w:rsidRDefault="002D0485" w:rsidP="002D0485">
+      <w:pPr>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://portal.ct.gov/sde/nutrition/special-diets-in-the-child-and-adult-care-food-program/milk-substitutes-for-non-disability-reasons"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Milk Substitutes for Non-disability Reasons</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="005351EE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CSDE’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00887F25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Special Diets in the Child and Adult Care Food Program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005351EE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>webpage):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005351EE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00595F7A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://portal.ct.gov/sde/nutrition/special-diets-in-the-child-and-adult-care-food-program/milk-substitutes-for-non-disability-reasons</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="109" w:name="_Hlk177391596"/>
+    <w:p w14:paraId="5D0CCF00" w14:textId="2C3D8649" w:rsidR="00EC59E5" w:rsidRPr="00EC59E5" w:rsidRDefault="00EC59E5" w:rsidP="002D0485">
+      <w:pPr>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC59E5">
+        <w:lastRenderedPageBreak/>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://portal.ct.gov/-/media/sde/nutrition/cacfp/crediting/noncreditable_foods_cacfp.pdf"</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00EC59E5">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00EC59E5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Noncreditable Foods in the Child and Adult Care Food Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC59E5">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (CSDE):</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00EC59E5">
+        <w:t>https://portal.ct.gov/-/media/sde/nutrition/cacfp/crediting/noncreditable_foods_cacfp.pdf</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="110" w:name="_Hlk202268145"/>
+    <w:bookmarkStart w:id="111" w:name="_Hlk216875453"/>
+    <w:bookmarkStart w:id="112" w:name="_Hlk178495585"/>
+    <w:bookmarkStart w:id="113" w:name="_Hlk216877700"/>
+    <w:bookmarkStart w:id="114" w:name="_Hlk177796671"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p w14:paraId="672862AD" w14:textId="77777777" w:rsidR="009F5A3E" w:rsidRDefault="009F5A3E" w:rsidP="009F5A3E">
+      <w:pPr>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/overview_meal_modifications_cacfp_adults.pdf"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Overview of the Requirements for Meal Modifications for Adult Participants in the Child and Adult Care Food Program</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CSDE):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/overview_meal_modifications_‌cacfp_adults.pdf</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6F9FB3" w14:textId="77777777" w:rsidR="002D0485" w:rsidRDefault="002D0485" w:rsidP="002D0485">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="360" w:right="-43" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00C85631">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Special Diets in the Child and Adult Care Food Program</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BA7AE7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7AE7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(CSDE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD773B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>webpage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7AE7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7AE7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://portal.ct.gov/sde/nutrition/special-diets-in-the-child-and-adult-care-food-program/medical-statements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7AE7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="110"/>
+    </w:p>
+    <w:bookmarkStart w:id="115" w:name="_Hlk177473361"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p w14:paraId="3BCCB83B" w14:textId="77777777" w:rsidR="009F5A3E" w:rsidRPr="007B7E99" w:rsidRDefault="009F5A3E" w:rsidP="009F5A3E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/summary_chart_meal_modifications_cacfp_adults.pdf"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Summary </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the Requirements for Meal Modifications for Adult Participants </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in the Child and Adult Care Food Program</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007B7E99">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CSDE): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7E99">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/summary_chart_meal_‌modifications_cacfp_adults.pdf</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B7E99">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Courier New" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225B008B" w14:textId="77777777" w:rsidR="002D0485" w:rsidRPr="008B7681" w:rsidRDefault="002D0485" w:rsidP="002D0485">
+      <w:pPr>
+        <w:keepLines/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="360" w:hanging="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00C85631">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>USDA Memo CACFP 01-2025: Nutrition Requirements for Fluid Milk and Substitutions in the CACFP, Questions and Answers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C85631">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://www.fns.usda.gov/cacfp/nutrition-requirements-fluid-milk-qas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67183FC4" w14:textId="77777777" w:rsidR="00CB4B4A" w:rsidRDefault="00CB4B4A" w:rsidP="009300B3">
+    <w:p w14:paraId="1830A8DE" w14:textId="77777777" w:rsidR="002D0485" w:rsidRDefault="002D0485" w:rsidP="002D0485">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="22"/>
-[...45 lines deleted...]
-        <w:r w:rsidRPr="005270EE">
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="00C85631">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:bCs/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>USDA Memo CACFP 14-2017 and SFSP 10-2017</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C85631">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>https://www.ecfr.gov/current/title-7/part-226#p-226.20(g)(2)</w:t>
+          <w:t xml:space="preserve">: </w:t>
         </w:r>
+        <w:bookmarkStart w:id="116" w:name="_Hlk178049953"/>
+        <w:r w:rsidRPr="00C85631">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Policy Memorandum on Modifications to Accommodate Disabilities in the Child and Adult Care Food Program and Summer Food Service Program</w:t>
+        </w:r>
+        <w:bookmarkEnd w:id="116"/>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7681">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00C7203D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://www.fns.usda.gov/modifications-accommodate-disabilities-cacfp-and-sfsp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B7681">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="0A0A0A"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28533897" w14:textId="77777777" w:rsidR="00CB4B4A" w:rsidRPr="00240437" w:rsidRDefault="00CB4B4A" w:rsidP="009300B3">
+    <w:bookmarkEnd w:id="115"/>
+    <w:p w14:paraId="1DCB145B" w14:textId="77777777" w:rsidR="002D0485" w:rsidRDefault="002D0485" w:rsidP="002D0485">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:t>7 CFR 226.20(g)(3)</w:t>
+        <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Fluid milk substitutes for non-disability reasons </w:t>
+        <w:instrText>HYPERLINK "https://www.ecfr.gov/current/title-7/subtitle-A/part-15b"</w:instrText>
       </w:r>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:t>(USDA):</w:t>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00E72930">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>USDA Nondiscrimination Regulations (7 CFR B):</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00D54090">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:hyperlink r:id="rId31" w:anchor="p-226.20(g)(3)" w:history="1">
-[...8 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="00E72930">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://www.ecfr.gov/current/title-7/subtitle-A/part-15b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00370F03">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1304C640" w14:textId="77777777" w:rsidR="00CA0FC1" w:rsidRPr="008B7681" w:rsidRDefault="00CA0FC1" w:rsidP="009300B3">
-[...76 lines deleted...]
-    <w:p w14:paraId="1CCA48DB" w14:textId="77777777" w:rsidR="00CB4B4A" w:rsidRPr="00240437" w:rsidRDefault="00CB4B4A" w:rsidP="009300B3">
+    <w:p w14:paraId="5D30FF01" w14:textId="799F0291" w:rsidR="002D0485" w:rsidRDefault="002D0485" w:rsidP="002D0485">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C57A1">
-[...55 lines deleted...]
-      </w:hyperlink>
+      <w:bookmarkStart w:id="117" w:name="_Hlk216878650"/>
+      <w:bookmarkStart w:id="118" w:name="_Hlk216878317"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="50E74B12" w14:textId="77777777" w:rsidR="009300B3" w:rsidRPr="00F807BF" w:rsidRDefault="009300B3" w:rsidP="009300B3">
-[...607 lines deleted...]
-    <w:p w14:paraId="348ED79A" w14:textId="0BA69F79" w:rsidR="00F807BF" w:rsidRPr="00F807BF" w:rsidRDefault="00F807BF" w:rsidP="00B577AF">
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p w14:paraId="25029939" w14:textId="6EF89374" w:rsidR="002D0485" w:rsidRPr="002D0485" w:rsidRDefault="00AE384D" w:rsidP="00435054">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="10" w:color="006600"/>
+          <w:top w:val="single" w:sz="4" w:space="14" w:color="006600"/>
           <w:left w:val="single" w:sz="4" w:space="14" w:color="006600"/>
-          <w:bottom w:val="single" w:sz="4" w:space="10" w:color="006600"/>
+          <w:bottom w:val="single" w:sz="4" w:space="14" w:color="006600"/>
           <w:right w:val="single" w:sz="4" w:space="14" w:color="006600"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4F7ED"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:ind w:left="540" w:right="540"/>
+        <w:spacing w:before="480"/>
+        <w:ind w:left="720" w:right="720"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D0485">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">For more information, visit the </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0485" w:rsidRPr="00D40A46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:t>CSDE’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D0485">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00570769" w:rsidRPr="00D40A46">
-[...17 lines deleted...]
-      <w:r w:rsidR="00570769" w:rsidRPr="00D40A46">
+      <w:bookmarkStart w:id="119" w:name="_Hlk177791899"/>
+      <w:r w:rsidR="002D0485" w:rsidRPr="002D0485">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00570769" w:rsidRPr="00D40A46">
-[...2 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:r w:rsidR="002D0485" w:rsidRPr="002D0485">
+        <w:rPr>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://portal.ct.gov/sde/nutrition/special-diets-in-the-child-and-adult-care-food-program/milk-substitutes"</w:instrText>
       </w:r>
-      <w:r w:rsidR="00570769" w:rsidRPr="00D40A46">
+      <w:r w:rsidR="002D0485" w:rsidRPr="002D0485">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00570769" w:rsidRPr="00D40A46">
+      <w:r w:rsidR="002D0485" w:rsidRPr="002D0485">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Special Diets in the Child and Adult Care Food Program</w:t>
       </w:r>
-      <w:r w:rsidR="00570769" w:rsidRPr="00D40A46">
+      <w:r w:rsidR="002D0485" w:rsidRPr="002D0485">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00570769" w:rsidRPr="00D40A46">
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:r w:rsidR="002D0485" w:rsidRPr="002D0485">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="81"/>
-[...4 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r w:rsidR="002D0485" w:rsidRPr="002D0485">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or contact the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
-        <w:r w:rsidR="00570769" w:rsidRPr="00D40A46">
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidR="002D0485" w:rsidRPr="002D0485">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:bCs/>
-            <w:sz w:val="21"/>
-            <w:szCs w:val="21"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>CACFP staff</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00570769" w:rsidRPr="00D40A46">
+      <w:r w:rsidR="002D0485" w:rsidRPr="002D0485">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00570769" w:rsidRPr="00D40A46">
-[...3 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:r w:rsidR="002D0485" w:rsidRPr="002D0485">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">at the Connecticut State Department of Education, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="82" w:name="_Hlk144894222"/>
-[...4 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:bookmarkStart w:id="120" w:name="_Hlk144894222"/>
+      <w:r w:rsidR="002D0485" w:rsidRPr="002D0485">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Bureau of Child Nutrition Programs, 450 Columbus Boulevard, Suite 504, Hartford, CT 06103-1841.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="82"/>
-[...4 lines deleted...]
-          <w:szCs w:val="21"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r w:rsidR="002D0485" w:rsidRPr="002D0485">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00570769" w:rsidRPr="00D40A46">
+      <w:r w:rsidR="002D0485" w:rsidRPr="002D0485">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00F807BF">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This document is available at </w:t>
+      </w:r>
+      <w:r w:rsidR="00435054" w:rsidRPr="00435054">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="21"/>
-[...5 lines deleted...]
-        <w:r w:rsidR="00B577AF" w:rsidRPr="00484C9B">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/sample_sop_meal_</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="121" w:name="_Hlk201474037"/>
+      <w:r w:rsidR="00435054" w:rsidRPr="00435054">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>‌</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r w:rsidR="00435054" w:rsidRPr="00435054">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>modifications_cacfp_adults.docx.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0660DD" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AB056B" w:rsidRDefault="00AE384D" w:rsidP="00C23CCB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="480"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="1B1B1B"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB056B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="1B1B1B"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In accordance with federal civil rights law and U.S. Department of Agriculture (USDA) civil rights regulations and policies, this institution is prohibited from discriminating </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB056B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="1B1B1B"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB056B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="1B1B1B"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> race, color, national origin, sex (including gender identity and sexual orientation), disability, age, or reprisal or retaliation for prior civil rights activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15BEE012" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AB056B" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="1B1B1B"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB056B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="1B1B1B"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Program information may be made available in languages other than English. Persons with disabilities who require alternative means of communication to obtain program information (e.g., Braille, large print, audiotape, American Sign Language), should contact the responsible state or local agency that administers the program or USDA’s TARGET Center at (202) 720-2600 (voice and TTY) or contact USDA through the Federal Relay Service at (800) 877-8339.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A6C796" w14:textId="2047B84C" w:rsidR="00AE384D" w:rsidRPr="00AB056B" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="1B1B1B"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB056B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="1B1B1B"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To file a program discrimination complaint, a Complainant should complete a Form AD-3027, USDA Program Discrimination Complaint Form which can be obtained online at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidR="00521BFC" w:rsidRPr="00520359">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cs="Arial"/>
-[...136 lines deleted...]
-            <w:szCs w:val="19"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007842BE">
+      <w:r w:rsidRPr="00AB056B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, from any USDA office, by calling (866) 632-9992, or by writing a letter addressed to USDA. The letter must contain the complainant’s name, address, telephone number, and a written description of the alleged discriminatory action in sufficient detail to inform the Assistant Secretary for Civil Rights (ASCR) about the nature and date of an alleged civil rights violation. The completed AD-3027 form or letter must be submitted to USDA by:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B411561" w14:textId="77777777" w:rsidR="00570769" w:rsidRPr="007842BE" w:rsidRDefault="00570769" w:rsidP="00570769">
+    <w:p w14:paraId="5743B668" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AB056B" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007842BE">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB056B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mail: U.S. Department of Agriculture</w:t>
       </w:r>
-      <w:r w:rsidRPr="007842BE">
+      <w:r w:rsidRPr="00AB056B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Office of the Assistant Secretary for Civil Rights</w:t>
       </w:r>
-      <w:r w:rsidRPr="007842BE">
+      <w:r w:rsidRPr="00AB056B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>1400 Independence Avenue, SW</w:t>
       </w:r>
-      <w:r w:rsidRPr="007842BE">
+      <w:r w:rsidRPr="00AB056B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Washington, D.C. 20250-9410; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ADE2665" w14:textId="77777777" w:rsidR="00570769" w:rsidRPr="007842BE" w:rsidRDefault="00570769" w:rsidP="00570769">
+    <w:p w14:paraId="5BB9A9B8" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AB056B" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...66 lines deleted...]
-      <w:r w:rsidRPr="007842BE">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB056B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>fax: (833) 256-1665 or (202) 690-7442; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7773C9C7" w14:textId="77777777" w:rsidR="00570769" w:rsidRPr="007842BE" w:rsidRDefault="00570769" w:rsidP="00570769">
+    <w:p w14:paraId="7CB0CDEF" w14:textId="77777777" w:rsidR="00AE384D" w:rsidRPr="00AB056B" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007842BE">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB056B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>email:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007842BE">
+      <w:r w:rsidRPr="00AB056B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
-        <w:r w:rsidRPr="007842BE">
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidRPr="00AB056B">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-            <w:szCs w:val="19"/>
+            <w:color w:val="0645AD"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>program.intake@usda.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3010D65F" w14:textId="77777777" w:rsidR="00570769" w:rsidRPr="007842BE" w:rsidRDefault="00570769" w:rsidP="00570769">
+    <w:p w14:paraId="22157BA5" w14:textId="463433D4" w:rsidR="006E756A" w:rsidRPr="00AB056B" w:rsidRDefault="00AE384D" w:rsidP="00072D7B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5834"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB056B">
+        <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007842BE">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This institution is an equal opportunity provider.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB056B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB056B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...26 lines deleted...]
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="column"/>
       </w:r>
-      <w:r w:rsidRPr="007842BE">
-[...8 lines deleted...]
-        <w:r w:rsidRPr="007842BE">
+      <w:r w:rsidRPr="00AB056B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">The Connecticut State Department of Education is committed to a policy of equal opportunity/affirmative action for all qualified </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AB056B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AB056B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The Connecticut Department of Education does not discriminate in any employment practice, education program, or educational activity on the basis of race; color; religious creed; age; sex; pregnancy; sexual orientation; workplace hazards to reproductive systems, gender identity or expression; marital status; national origin; ancestry; retaliation for previously opposed discrimination or coercion, intellectual disability; genetic information; learning disability; physical disability (including, but not limited to, blindness); mental disability (past/present history thereof); military or veteran status; status as a victim of domestic violence; or criminal record in state employment, unless there is a bona fide occupational qualification excluding persons in any of the aforementioned protected classes. Inquiries regarding the Connecticut State Department of Education’s nondiscrimination policies should be directed to: Attorney Louis Todisco, Connecticut State Department of Education, by mail 450 Columbus Boulevard, Hartford, CT 06103-1841; or by telephone 860-713-6594; or by email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidRPr="00AB056B">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-            <w:szCs w:val="19"/>
+            <w:color w:val="0645AD"/>
+            <w:szCs w:val="22"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>louis.todisco@ct.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007842BE">
+      <w:r w:rsidRPr="00AB056B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="0000FF"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F807BF" w:rsidRPr="00F807BF" w:rsidSect="00570769">
+    <w:sectPr w:rsidR="006E756A" w:rsidRPr="00AB056B" w:rsidSect="001D70A6">
+      <w:headerReference w:type="default" r:id="rId38"/>
+      <w:footerReference w:type="default" r:id="rId39"/>
+      <w:footerReference w:type="first" r:id="rId40"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="2016" w:right="1440" w:bottom="1008" w:left="1440" w:header="576" w:footer="576" w:gutter="0"/>
-[...3 lines deleted...]
-      </w:cols>
+      <w:pgMar w:top="720" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="504"/>
       <w:noEndnote/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D36FE66" w14:textId="77777777" w:rsidR="00424233" w:rsidRDefault="00424233">
+    <w:p w14:paraId="5C3DC001" w14:textId="77777777" w:rsidR="00CF2704" w:rsidRDefault="00CF2704">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="194A175B" w14:textId="77777777" w:rsidR="00424233" w:rsidRDefault="00424233">
+    <w:p w14:paraId="2017BBEB" w14:textId="77777777" w:rsidR="00CF2704" w:rsidRDefault="00CF2704">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings 3">
+    <w:panose1 w:val="05040102010807070707"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:altName w:val="等线 Light"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="08B098C4" w14:textId="10203F78" w:rsidR="00495DA5" w:rsidRPr="009300B3" w:rsidRDefault="009300B3" w:rsidP="009300B3">
+  <w:p w14:paraId="57355E49" w14:textId="63D68E74" w:rsidR="004F71DC" w:rsidRPr="006252E0" w:rsidRDefault="006252E0" w:rsidP="006252E0">
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4680"/>
-        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="right" w:pos="14670"/>
       </w:tabs>
       <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Revised </w:t>
+    </w:r>
+    <w:r w:rsidR="0078667A">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>February</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00D95DA1">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Page </w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>10</w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="27563632" w14:textId="18461E9E" w:rsidR="004F71DC" w:rsidRPr="0078667A" w:rsidRDefault="0078667A" w:rsidP="0078667A">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="14670"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="001C48BC">
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:sym w:font="Symbol" w:char="F0B7"/>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Revised February</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00D95DA1">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
+      <w:t xml:space="preserve"> 2025</w:t>
     </w:r>
-    <w:r w:rsidRPr="001C48BC">
-[...1 lines deleted...]
-        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
-    <w:r w:rsidRPr="001C48BC">
-[...1 lines deleted...]
-        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Revised </w:t>
-[...30 lines deleted...]
-      </w:rPr>
       <w:t xml:space="preserve"> Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="001C48BC">
-[...1 lines deleted...]
-        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="001C48BC">
-[...1 lines deleted...]
-        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="001C48BC">
-[...1 lines deleted...]
-        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>7</w:t>
     </w:r>
-    <w:r w:rsidRPr="001C48BC">
-[...1 lines deleted...]
-        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="001C48BC">
-[...1 lines deleted...]
-        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="001C48BC">
-[...1 lines deleted...]
-        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="001C48BC">
-[...1 lines deleted...]
-        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="001C48BC">
-[...1 lines deleted...]
-        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>18</w:t>
     </w:r>
-    <w:r w:rsidRPr="001C48BC">
-[...1 lines deleted...]
-        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+    <w:r w:rsidRPr="008E0731">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00199D08" w14:textId="77777777" w:rsidR="00424233" w:rsidRDefault="00424233">
+    <w:p w14:paraId="7DD2990E" w14:textId="77777777" w:rsidR="00CF2704" w:rsidRDefault="00CF2704">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E4BC00C" w14:textId="77777777" w:rsidR="00424233" w:rsidRDefault="00424233">
+    <w:p w14:paraId="196E007F" w14:textId="77777777" w:rsidR="00CF2704" w:rsidRDefault="00CF2704">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="77C9D021" w14:textId="109B9D1A" w:rsidR="00BF6DFB" w:rsidRPr="00686CB2" w:rsidRDefault="00BF6DFB" w:rsidP="003231AB">
+  <w:p w14:paraId="27073F8A" w14:textId="77777777" w:rsidR="00EA6A86" w:rsidRPr="00EA6A86" w:rsidRDefault="00EA6A86" w:rsidP="00EA6A86">
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...19 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Header1"/>
     </w:pPr>
-    <w:r w:rsidRPr="00686CB2">
-[...8 lines deleted...]
-      <w:t>Sample Standard Operating Procedure (SOP) for Meal Modifications</w:t>
+    <w:r w:rsidRPr="00EA6A86">
+      <w:t>Sample Standard Operating Procedure (SOP) for</w:t>
     </w:r>
-    <w:r w:rsidR="008155FD" w:rsidRPr="008155FD">
-[...8 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+    <w:r>
+      <w:br/>
     </w:r>
-    <w:r w:rsidR="008155FD" w:rsidRPr="00C27BF1">
-[...8 lines deleted...]
-      <w:t xml:space="preserve">in </w:t>
+    <w:r w:rsidRPr="00EA6A86">
+      <w:t>Meal Modifications for Adult Day Care Centers</w:t>
     </w:r>
-    <w:r w:rsidR="00CA0A56">
-[...30 lines deleted...]
-      <w:t>the Child and Adult Care Food Program</w:t>
+    <w:r w:rsidRPr="00EA6A86">
+      <w:br/>
+      <w:t>in the Child and Adult Care Food Program</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFFFE"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="09E27836"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="*"/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06621DF5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C944F240"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10900,51 +10260,601 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08DB579D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B03EA8B4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A9B7AA2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CBBEC2F0"/>
+    <w:lvl w:ilvl="0" w:tplc="29A29B42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1222632D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="24C85766"/>
+    <w:lvl w:ilvl="0" w:tplc="8A24F6DE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="173F0364"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7E728258"/>
+    <w:lvl w:ilvl="0" w:tplc="04DE0D6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="207D0984"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="67861552"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22EB5973"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B33EF5AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
@@ -11016,51 +10926,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B522352"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6CFEEB42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11165,51 +11075,343 @@
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EAC2D8C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0FC0BC06"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33EB7C72"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F3604FEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34235316"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="961C2A32"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11314,51 +11516,200 @@
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="34D46C09"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C382DEFC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="368C5D5C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="93CC79AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -11427,51 +11778,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="385266A9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="636ED5F6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11576,71 +11927,188 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="396E6359"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3F920F2E"/>
+    <w:lvl w:ilvl="0" w:tplc="6EAE8BE6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DED61AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1340E63A"/>
+    <w:tmpl w:val="E3B4FAFE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="1" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11662,51 +12130,165 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E2C531B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6AE66B8"/>
+    <w:lvl w:ilvl="0" w:tplc="381E62B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F0A1676"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BAB0943E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -11779,171 +12361,1227 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="48FC2606"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="460E5C24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CD968FAE"/>
-    <w:lvl w:ilvl="0" w:tplc="2EA28854">
+    <w:tmpl w:val="76C84390"/>
+    <w:lvl w:ilvl="0" w:tplc="3CA4C2AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A125518"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="811C7DCC"/>
+    <w:lvl w:ilvl="0" w:tplc="6EAE8BE6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DF168AA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="67908408"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FC61245"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2A86D8EE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="557661A3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="068EEB64"/>
+    <w:lvl w:ilvl="0" w:tplc="0B74DC5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5726130C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F000F8BA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="594B60D4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F77AB400"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59BF32EC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ABB274C2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5B8A7FBA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E990F70E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1."/>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
-[...4 lines deleted...]
-      <w:pPr>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C115471"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="629213F4"/>
+    <w:lvl w:ilvl="0" w:tplc="29A29B42">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4A3050FB"/>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DCE64D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D0EC96D8"/>
-    <w:lvl w:ilvl="0" w:tplc="0F0470AC">
+    <w:tmpl w:val="4C12CAAE"/>
+    <w:lvl w:ilvl="0" w:tplc="816A235A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
@@ -11984,167 +13622,54 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...113 lines deleted...]
-    <w:nsid w:val="5B8A7FBA"/>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65B81346"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E990F70E"/>
+    <w:tmpl w:val="B33EF5AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="22"/>
@@ -12213,167 +13738,164 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...11 lines deleted...]
-        </w:tabs>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65D02F5C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="176A7EFC"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%2."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
-[...13 lines deleted...]
-        </w:tabs>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...8 lines deleted...]
-        </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69663C71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A81A5BFE"/>
     <w:lvl w:ilvl="0" w:tplc="DBB2C2FE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
@@ -12418,51 +13940,281 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B4A4DEB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="08B20924"/>
+    <w:lvl w:ilvl="0" w:tplc="1C60E51A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F9B6ED0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FD86CA26"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71651233"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D4F2C5F8"/>
     <w:lvl w:ilvl="0" w:tplc="BED20382">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="51E65F5C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -12513,1055 +14265,1046 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="72880EA8"/>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="717E2E12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B3EACFB4"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="3942E06A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%2."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7922700C"/>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72A02F78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3BB6346A"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="75DE4B38"/>
+    <w:lvl w:ilvl="0" w:tplc="F08A5F0C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="u"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%2."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings 3" w:eastAsia="Times New Roman" w:hAnsi="Wingdings 3" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="845442899">
+  <w:num w:numId="1" w16cid:durableId="685408148">
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:numFmt w:val="bullet"/>
+        <w:lvlText w:val=""/>
+        <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="0"/>
+        <w:lvlJc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2138448599">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1868832125">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="732044879">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="508717631">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1922058531">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="430203046">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="490485247">
+  <w:num w:numId="8" w16cid:durableId="1255014782">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="374082111">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="397024249">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="194655377">
+    <w:abstractNumId w:val="28"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="908223102">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1688947272">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1940018405">
+  <w:num w:numId="14" w16cid:durableId="2059544518">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1245339605">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="872423471">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1081755792">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1314335033">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1849514270">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1968705350">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1958215898">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="759253986">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="737829324">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="995887550">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1447847927">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="764692418">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="492834954">
+  <w:num w:numId="27" w16cid:durableId="177231383">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="490485247">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1940018405">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="492834954">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1521241774">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="790636561">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="2037734923">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1521241774">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="34" w16cid:durableId="1752265532">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="431586201">
+  <w:num w:numId="35" w16cid:durableId="1595624665">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1354302323">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1607999924">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="790636561">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="38" w16cid:durableId="1973054226">
+    <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="2037734923">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="39" w16cid:durableId="1439788475">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1752265532">
-[...26 lines deleted...]
-  <w:numIdMacAtCleanup w:val="10"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="wHwIsyM7cjB4aYm5RngJRsa3PKq6c7Xluj7dbXr8gfuCQJg9RFwU3CQMuRnGpQAzto1sAvgTVUsDBEU3aLVXDg==" w:salt="c+ZWuRiMU0JDQdlO/hgMTA=="/>
   <w:defaultTabStop w:val="720"/>
-  <w:displayHorizontalDrawingGridEvery w:val="0"/>
-[...2 lines deleted...]
-  <w:noPunctuationKerning/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="103425"/>
+    <o:shapedefaults v:ext="edit" spidmax="95233">
+      <o:colormru v:ext="edit" colors="#009,#060"/>
+    </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003E318E"/>
-[...222 lines deleted...]
-    <w:rsid w:val="005B29D1"/>
+    <w:rsidRoot w:val="0002381C"/>
+    <w:rsid w:val="00007E67"/>
+    <w:rsid w:val="000110C9"/>
+    <w:rsid w:val="0002381C"/>
+    <w:rsid w:val="000259CF"/>
+    <w:rsid w:val="00025FBF"/>
+    <w:rsid w:val="000265BE"/>
+    <w:rsid w:val="00042268"/>
+    <w:rsid w:val="00044D8D"/>
+    <w:rsid w:val="000506CA"/>
+    <w:rsid w:val="00057083"/>
+    <w:rsid w:val="00065254"/>
+    <w:rsid w:val="00066E7A"/>
+    <w:rsid w:val="000717D8"/>
+    <w:rsid w:val="00071E1B"/>
+    <w:rsid w:val="00072D7B"/>
+    <w:rsid w:val="000751F9"/>
+    <w:rsid w:val="00077879"/>
+    <w:rsid w:val="00085CC7"/>
+    <w:rsid w:val="00086F4C"/>
+    <w:rsid w:val="000935A9"/>
+    <w:rsid w:val="00096E97"/>
+    <w:rsid w:val="000B6717"/>
+    <w:rsid w:val="000C2060"/>
+    <w:rsid w:val="000C3CD9"/>
+    <w:rsid w:val="000C4639"/>
+    <w:rsid w:val="000D63E9"/>
+    <w:rsid w:val="000E5327"/>
+    <w:rsid w:val="000F1A7A"/>
+    <w:rsid w:val="000F5171"/>
+    <w:rsid w:val="00101317"/>
+    <w:rsid w:val="00101745"/>
+    <w:rsid w:val="00102AEE"/>
+    <w:rsid w:val="00104337"/>
+    <w:rsid w:val="00106826"/>
+    <w:rsid w:val="0011408E"/>
+    <w:rsid w:val="00125B5E"/>
+    <w:rsid w:val="001277B4"/>
+    <w:rsid w:val="001333CF"/>
+    <w:rsid w:val="001338CF"/>
+    <w:rsid w:val="0013416A"/>
+    <w:rsid w:val="00142D00"/>
+    <w:rsid w:val="00147136"/>
+    <w:rsid w:val="00150157"/>
+    <w:rsid w:val="00154208"/>
+    <w:rsid w:val="00156992"/>
+    <w:rsid w:val="00170403"/>
+    <w:rsid w:val="00173397"/>
+    <w:rsid w:val="001758B3"/>
+    <w:rsid w:val="001770A2"/>
+    <w:rsid w:val="00177333"/>
+    <w:rsid w:val="00193910"/>
+    <w:rsid w:val="001A0AFF"/>
+    <w:rsid w:val="001A0D7B"/>
+    <w:rsid w:val="001A1CEE"/>
+    <w:rsid w:val="001B3526"/>
+    <w:rsid w:val="001B4F60"/>
+    <w:rsid w:val="001B645D"/>
+    <w:rsid w:val="001D122F"/>
+    <w:rsid w:val="001D4F75"/>
+    <w:rsid w:val="001D70A6"/>
+    <w:rsid w:val="001D7175"/>
+    <w:rsid w:val="001D765E"/>
+    <w:rsid w:val="001E1993"/>
+    <w:rsid w:val="001F6044"/>
+    <w:rsid w:val="00205CE6"/>
+    <w:rsid w:val="00210512"/>
+    <w:rsid w:val="00222AD6"/>
+    <w:rsid w:val="00233ABE"/>
+    <w:rsid w:val="0023466D"/>
+    <w:rsid w:val="00246AAE"/>
+    <w:rsid w:val="00247CC2"/>
+    <w:rsid w:val="00254DB6"/>
+    <w:rsid w:val="00266900"/>
+    <w:rsid w:val="00272933"/>
+    <w:rsid w:val="00276EA3"/>
+    <w:rsid w:val="002867FD"/>
+    <w:rsid w:val="00290C91"/>
+    <w:rsid w:val="00291C92"/>
+    <w:rsid w:val="002963C7"/>
+    <w:rsid w:val="002A39BD"/>
+    <w:rsid w:val="002C01A6"/>
+    <w:rsid w:val="002C4BA0"/>
+    <w:rsid w:val="002C723B"/>
+    <w:rsid w:val="002C789B"/>
+    <w:rsid w:val="002C7940"/>
+    <w:rsid w:val="002D0485"/>
+    <w:rsid w:val="002D3AEC"/>
+    <w:rsid w:val="002D783F"/>
+    <w:rsid w:val="002E30CE"/>
+    <w:rsid w:val="002E415D"/>
+    <w:rsid w:val="00302CB2"/>
+    <w:rsid w:val="003070C5"/>
+    <w:rsid w:val="00310685"/>
+    <w:rsid w:val="003129C2"/>
+    <w:rsid w:val="003146D0"/>
+    <w:rsid w:val="003153F2"/>
+    <w:rsid w:val="0031754F"/>
+    <w:rsid w:val="0032053F"/>
+    <w:rsid w:val="003324E5"/>
+    <w:rsid w:val="00340083"/>
+    <w:rsid w:val="0034027B"/>
+    <w:rsid w:val="00343B32"/>
+    <w:rsid w:val="00346883"/>
+    <w:rsid w:val="00346CA5"/>
+    <w:rsid w:val="00350D48"/>
+    <w:rsid w:val="0035136E"/>
+    <w:rsid w:val="00356F5A"/>
+    <w:rsid w:val="003573BB"/>
+    <w:rsid w:val="00357EE3"/>
+    <w:rsid w:val="00370F03"/>
+    <w:rsid w:val="0037220A"/>
+    <w:rsid w:val="0039485E"/>
+    <w:rsid w:val="003A00BD"/>
+    <w:rsid w:val="003A4F92"/>
+    <w:rsid w:val="003B277D"/>
+    <w:rsid w:val="003B65BD"/>
+    <w:rsid w:val="003B6B13"/>
+    <w:rsid w:val="003E3B9D"/>
+    <w:rsid w:val="003F37C1"/>
+    <w:rsid w:val="003F552F"/>
+    <w:rsid w:val="004001F8"/>
+    <w:rsid w:val="004104DE"/>
+    <w:rsid w:val="00421218"/>
+    <w:rsid w:val="004255CB"/>
+    <w:rsid w:val="00427C38"/>
+    <w:rsid w:val="00431E8C"/>
+    <w:rsid w:val="00435054"/>
+    <w:rsid w:val="004363FD"/>
+    <w:rsid w:val="004552CE"/>
+    <w:rsid w:val="004552FC"/>
+    <w:rsid w:val="00462B32"/>
+    <w:rsid w:val="0047158B"/>
+    <w:rsid w:val="00473E78"/>
+    <w:rsid w:val="004755F9"/>
+    <w:rsid w:val="00476085"/>
+    <w:rsid w:val="00481001"/>
+    <w:rsid w:val="004839F3"/>
+    <w:rsid w:val="00490F83"/>
+    <w:rsid w:val="00493AB9"/>
+    <w:rsid w:val="00497855"/>
+    <w:rsid w:val="004A13EE"/>
+    <w:rsid w:val="004A17BA"/>
+    <w:rsid w:val="004A2541"/>
+    <w:rsid w:val="004A408F"/>
+    <w:rsid w:val="004A43D7"/>
+    <w:rsid w:val="004B50FB"/>
+    <w:rsid w:val="004D148A"/>
+    <w:rsid w:val="004E0946"/>
+    <w:rsid w:val="004E71C9"/>
+    <w:rsid w:val="004F2A5A"/>
+    <w:rsid w:val="004F2B35"/>
+    <w:rsid w:val="004F71DC"/>
+    <w:rsid w:val="004F7522"/>
+    <w:rsid w:val="0051186B"/>
+    <w:rsid w:val="005158C3"/>
+    <w:rsid w:val="005168BE"/>
+    <w:rsid w:val="00521BFC"/>
+    <w:rsid w:val="005266EC"/>
+    <w:rsid w:val="0053158C"/>
+    <w:rsid w:val="00551F5A"/>
+    <w:rsid w:val="00560BF2"/>
+    <w:rsid w:val="00565003"/>
+    <w:rsid w:val="00566A43"/>
+    <w:rsid w:val="00582CDA"/>
+    <w:rsid w:val="005833D9"/>
+    <w:rsid w:val="00594B2E"/>
+    <w:rsid w:val="005A5514"/>
+    <w:rsid w:val="005B2075"/>
     <w:rsid w:val="005B41A0"/>
-    <w:rsid w:val="005B4A4F"/>
-[...167 lines deleted...]
-    <w:rsid w:val="009B5916"/>
+    <w:rsid w:val="005B5311"/>
+    <w:rsid w:val="005B6B1F"/>
+    <w:rsid w:val="005D11A7"/>
+    <w:rsid w:val="005D419A"/>
+    <w:rsid w:val="005F31B0"/>
+    <w:rsid w:val="005F41C9"/>
+    <w:rsid w:val="0060724B"/>
+    <w:rsid w:val="0061164C"/>
+    <w:rsid w:val="00612F5B"/>
+    <w:rsid w:val="006135E4"/>
+    <w:rsid w:val="006167A8"/>
+    <w:rsid w:val="0062010B"/>
+    <w:rsid w:val="00624340"/>
+    <w:rsid w:val="006252E0"/>
+    <w:rsid w:val="0062533C"/>
+    <w:rsid w:val="0063049F"/>
+    <w:rsid w:val="00643AE9"/>
+    <w:rsid w:val="006479D7"/>
+    <w:rsid w:val="0065082C"/>
+    <w:rsid w:val="00654B63"/>
+    <w:rsid w:val="00655310"/>
+    <w:rsid w:val="00657DB1"/>
+    <w:rsid w:val="00671F7B"/>
+    <w:rsid w:val="006738A8"/>
+    <w:rsid w:val="00681568"/>
+    <w:rsid w:val="00687BC4"/>
+    <w:rsid w:val="00695156"/>
+    <w:rsid w:val="00697128"/>
+    <w:rsid w:val="006A6508"/>
+    <w:rsid w:val="006B5732"/>
+    <w:rsid w:val="006B7C42"/>
+    <w:rsid w:val="006C0344"/>
+    <w:rsid w:val="006E6C22"/>
+    <w:rsid w:val="006E756A"/>
+    <w:rsid w:val="006F0F55"/>
+    <w:rsid w:val="007012DC"/>
+    <w:rsid w:val="00710EA2"/>
+    <w:rsid w:val="007242D9"/>
+    <w:rsid w:val="00727632"/>
+    <w:rsid w:val="007326AD"/>
+    <w:rsid w:val="00737BBC"/>
+    <w:rsid w:val="00737BC1"/>
+    <w:rsid w:val="007412D6"/>
+    <w:rsid w:val="00742C8A"/>
+    <w:rsid w:val="00751632"/>
+    <w:rsid w:val="00754CEA"/>
+    <w:rsid w:val="007603AE"/>
+    <w:rsid w:val="00780467"/>
+    <w:rsid w:val="007819AB"/>
+    <w:rsid w:val="00786151"/>
+    <w:rsid w:val="0078667A"/>
+    <w:rsid w:val="0079095E"/>
+    <w:rsid w:val="00793D24"/>
+    <w:rsid w:val="00793DDA"/>
+    <w:rsid w:val="007951A8"/>
+    <w:rsid w:val="007A4F54"/>
+    <w:rsid w:val="007A68A1"/>
+    <w:rsid w:val="007A76E9"/>
+    <w:rsid w:val="007B20B9"/>
+    <w:rsid w:val="007B590A"/>
+    <w:rsid w:val="007C27DE"/>
+    <w:rsid w:val="007D3358"/>
+    <w:rsid w:val="007E14C1"/>
+    <w:rsid w:val="007E7401"/>
+    <w:rsid w:val="007F2E29"/>
+    <w:rsid w:val="007F3500"/>
+    <w:rsid w:val="007F39AA"/>
+    <w:rsid w:val="007F4941"/>
+    <w:rsid w:val="007F6DD2"/>
+    <w:rsid w:val="007F721D"/>
+    <w:rsid w:val="00806318"/>
+    <w:rsid w:val="00806A2A"/>
+    <w:rsid w:val="0080740D"/>
+    <w:rsid w:val="00810431"/>
+    <w:rsid w:val="00810B80"/>
+    <w:rsid w:val="00813EDE"/>
+    <w:rsid w:val="00814F3C"/>
+    <w:rsid w:val="008150AC"/>
+    <w:rsid w:val="00816F8C"/>
+    <w:rsid w:val="00825A46"/>
+    <w:rsid w:val="00826E74"/>
+    <w:rsid w:val="0084142B"/>
+    <w:rsid w:val="00845A54"/>
+    <w:rsid w:val="00851B5B"/>
+    <w:rsid w:val="00853A8F"/>
+    <w:rsid w:val="008548DB"/>
+    <w:rsid w:val="00854939"/>
+    <w:rsid w:val="008606C9"/>
+    <w:rsid w:val="00867856"/>
+    <w:rsid w:val="00881972"/>
+    <w:rsid w:val="00881F24"/>
+    <w:rsid w:val="0088320D"/>
+    <w:rsid w:val="008854E5"/>
+    <w:rsid w:val="00890493"/>
+    <w:rsid w:val="008A0C86"/>
+    <w:rsid w:val="008A3EC5"/>
+    <w:rsid w:val="008B1237"/>
+    <w:rsid w:val="008C5ADC"/>
+    <w:rsid w:val="008D4EB9"/>
+    <w:rsid w:val="008D4F40"/>
+    <w:rsid w:val="008F7E38"/>
+    <w:rsid w:val="00902629"/>
+    <w:rsid w:val="009058D3"/>
+    <w:rsid w:val="00907846"/>
+    <w:rsid w:val="00924351"/>
+    <w:rsid w:val="009304D2"/>
+    <w:rsid w:val="00932FCA"/>
+    <w:rsid w:val="0093585E"/>
+    <w:rsid w:val="00941596"/>
+    <w:rsid w:val="009469F5"/>
+    <w:rsid w:val="00950EE2"/>
+    <w:rsid w:val="00952726"/>
+    <w:rsid w:val="00960C83"/>
+    <w:rsid w:val="0096791A"/>
+    <w:rsid w:val="009713E4"/>
+    <w:rsid w:val="00976541"/>
+    <w:rsid w:val="00983132"/>
+    <w:rsid w:val="00983B54"/>
+    <w:rsid w:val="0098424F"/>
+    <w:rsid w:val="00990029"/>
+    <w:rsid w:val="009A0855"/>
+    <w:rsid w:val="009A344C"/>
+    <w:rsid w:val="009B3429"/>
+    <w:rsid w:val="009B7388"/>
+    <w:rsid w:val="009C0C4B"/>
+    <w:rsid w:val="009C1815"/>
     <w:rsid w:val="009C20A0"/>
-    <w:rsid w:val="009C399D"/>
-[...282 lines deleted...]
-    <w:rsid w:val="00FF7A2C"/>
+    <w:rsid w:val="009C5625"/>
+    <w:rsid w:val="009C798F"/>
+    <w:rsid w:val="009D2C8A"/>
+    <w:rsid w:val="009D2CCC"/>
+    <w:rsid w:val="009D58F2"/>
+    <w:rsid w:val="009D7D8B"/>
+    <w:rsid w:val="009D7FD8"/>
+    <w:rsid w:val="009E52AE"/>
+    <w:rsid w:val="009F5571"/>
+    <w:rsid w:val="009F5A3E"/>
+    <w:rsid w:val="00A00AFB"/>
+    <w:rsid w:val="00A20223"/>
+    <w:rsid w:val="00A20EF8"/>
+    <w:rsid w:val="00A22472"/>
+    <w:rsid w:val="00A30768"/>
+    <w:rsid w:val="00A456F6"/>
+    <w:rsid w:val="00A511E0"/>
+    <w:rsid w:val="00A60741"/>
+    <w:rsid w:val="00A6106F"/>
+    <w:rsid w:val="00A70050"/>
+    <w:rsid w:val="00A72A4B"/>
+    <w:rsid w:val="00A74DB7"/>
+    <w:rsid w:val="00A81A1E"/>
+    <w:rsid w:val="00A8281F"/>
+    <w:rsid w:val="00A83AEA"/>
+    <w:rsid w:val="00A865EB"/>
+    <w:rsid w:val="00A87B49"/>
+    <w:rsid w:val="00A87D2D"/>
+    <w:rsid w:val="00A9253B"/>
+    <w:rsid w:val="00A957E1"/>
+    <w:rsid w:val="00AA120C"/>
+    <w:rsid w:val="00AA23D3"/>
+    <w:rsid w:val="00AA2D6B"/>
+    <w:rsid w:val="00AA5552"/>
+    <w:rsid w:val="00AA6769"/>
+    <w:rsid w:val="00AB056B"/>
+    <w:rsid w:val="00AB0C31"/>
+    <w:rsid w:val="00AB5393"/>
+    <w:rsid w:val="00AB7166"/>
+    <w:rsid w:val="00AC0702"/>
+    <w:rsid w:val="00AC0FE7"/>
+    <w:rsid w:val="00AC4A52"/>
+    <w:rsid w:val="00AC731B"/>
+    <w:rsid w:val="00AE108A"/>
+    <w:rsid w:val="00AE384D"/>
+    <w:rsid w:val="00AE53C7"/>
+    <w:rsid w:val="00AE5F6B"/>
+    <w:rsid w:val="00AE6AE8"/>
+    <w:rsid w:val="00AF63B0"/>
+    <w:rsid w:val="00B05F82"/>
+    <w:rsid w:val="00B23263"/>
+    <w:rsid w:val="00B2461A"/>
+    <w:rsid w:val="00B24AAD"/>
+    <w:rsid w:val="00B24CB5"/>
+    <w:rsid w:val="00B42C28"/>
+    <w:rsid w:val="00B46628"/>
+    <w:rsid w:val="00B51997"/>
+    <w:rsid w:val="00B5698C"/>
+    <w:rsid w:val="00B56BEC"/>
+    <w:rsid w:val="00B61910"/>
+    <w:rsid w:val="00B67665"/>
+    <w:rsid w:val="00B707C1"/>
+    <w:rsid w:val="00B729DC"/>
+    <w:rsid w:val="00B73A12"/>
+    <w:rsid w:val="00B8292B"/>
+    <w:rsid w:val="00B90C4E"/>
+    <w:rsid w:val="00B97E67"/>
+    <w:rsid w:val="00BA1248"/>
+    <w:rsid w:val="00BB2C1D"/>
+    <w:rsid w:val="00BB51B1"/>
+    <w:rsid w:val="00BB5C06"/>
+    <w:rsid w:val="00BD22B8"/>
+    <w:rsid w:val="00BD47E8"/>
+    <w:rsid w:val="00BD7B83"/>
+    <w:rsid w:val="00BE447A"/>
+    <w:rsid w:val="00BF0904"/>
+    <w:rsid w:val="00BF42D1"/>
+    <w:rsid w:val="00C042A5"/>
+    <w:rsid w:val="00C12CED"/>
+    <w:rsid w:val="00C14858"/>
+    <w:rsid w:val="00C1759E"/>
+    <w:rsid w:val="00C17CB3"/>
+    <w:rsid w:val="00C20A79"/>
+    <w:rsid w:val="00C23CCB"/>
+    <w:rsid w:val="00C35C91"/>
+    <w:rsid w:val="00C51511"/>
+    <w:rsid w:val="00C539DF"/>
+    <w:rsid w:val="00C56916"/>
+    <w:rsid w:val="00C608FD"/>
+    <w:rsid w:val="00C708BE"/>
+    <w:rsid w:val="00C81F25"/>
+    <w:rsid w:val="00C82D1D"/>
+    <w:rsid w:val="00C83458"/>
+    <w:rsid w:val="00C85E78"/>
+    <w:rsid w:val="00C863BD"/>
+    <w:rsid w:val="00C91446"/>
+    <w:rsid w:val="00C928A1"/>
+    <w:rsid w:val="00C92E72"/>
+    <w:rsid w:val="00C94B90"/>
+    <w:rsid w:val="00CA0B7D"/>
+    <w:rsid w:val="00CA6880"/>
+    <w:rsid w:val="00CA74A8"/>
+    <w:rsid w:val="00CB2800"/>
+    <w:rsid w:val="00CC0DA8"/>
+    <w:rsid w:val="00CC386A"/>
+    <w:rsid w:val="00CD03C6"/>
+    <w:rsid w:val="00CD3134"/>
+    <w:rsid w:val="00CD45D8"/>
+    <w:rsid w:val="00CF0EC2"/>
+    <w:rsid w:val="00CF1D5D"/>
+    <w:rsid w:val="00CF2704"/>
+    <w:rsid w:val="00CF3555"/>
+    <w:rsid w:val="00CF4521"/>
+    <w:rsid w:val="00D067D1"/>
+    <w:rsid w:val="00D1792B"/>
+    <w:rsid w:val="00D22BD6"/>
+    <w:rsid w:val="00D30C3C"/>
+    <w:rsid w:val="00D35FA5"/>
+    <w:rsid w:val="00D406CD"/>
+    <w:rsid w:val="00D41896"/>
+    <w:rsid w:val="00D42C5E"/>
+    <w:rsid w:val="00D4444D"/>
+    <w:rsid w:val="00D53F11"/>
+    <w:rsid w:val="00D54090"/>
+    <w:rsid w:val="00D57E37"/>
+    <w:rsid w:val="00D70F7C"/>
+    <w:rsid w:val="00D772C6"/>
+    <w:rsid w:val="00D8066B"/>
+    <w:rsid w:val="00D8162C"/>
+    <w:rsid w:val="00D84DC5"/>
+    <w:rsid w:val="00D96CC8"/>
+    <w:rsid w:val="00DA6247"/>
+    <w:rsid w:val="00DA7E64"/>
+    <w:rsid w:val="00DB3784"/>
+    <w:rsid w:val="00DB3BB0"/>
+    <w:rsid w:val="00DB52A3"/>
+    <w:rsid w:val="00DB5522"/>
+    <w:rsid w:val="00DB5E6B"/>
+    <w:rsid w:val="00DC0B79"/>
+    <w:rsid w:val="00DC4FBE"/>
+    <w:rsid w:val="00DC725B"/>
+    <w:rsid w:val="00DD03EC"/>
+    <w:rsid w:val="00DD1389"/>
+    <w:rsid w:val="00DD1742"/>
+    <w:rsid w:val="00DD3D29"/>
+    <w:rsid w:val="00DD52ED"/>
+    <w:rsid w:val="00DF1B2A"/>
+    <w:rsid w:val="00E056E6"/>
+    <w:rsid w:val="00E13DD3"/>
+    <w:rsid w:val="00E14B8F"/>
+    <w:rsid w:val="00E1679D"/>
+    <w:rsid w:val="00E20739"/>
+    <w:rsid w:val="00E23BF2"/>
+    <w:rsid w:val="00E31CAE"/>
+    <w:rsid w:val="00E33B75"/>
+    <w:rsid w:val="00E340AF"/>
+    <w:rsid w:val="00E363DA"/>
+    <w:rsid w:val="00E51569"/>
+    <w:rsid w:val="00E52949"/>
+    <w:rsid w:val="00E53E5B"/>
+    <w:rsid w:val="00E57318"/>
+    <w:rsid w:val="00E61355"/>
+    <w:rsid w:val="00E62BD7"/>
+    <w:rsid w:val="00E637FE"/>
+    <w:rsid w:val="00E75CFB"/>
+    <w:rsid w:val="00E86C7B"/>
+    <w:rsid w:val="00E90BB0"/>
+    <w:rsid w:val="00E953BF"/>
+    <w:rsid w:val="00EA14F3"/>
+    <w:rsid w:val="00EA1824"/>
+    <w:rsid w:val="00EA526D"/>
+    <w:rsid w:val="00EA539C"/>
+    <w:rsid w:val="00EA67C6"/>
+    <w:rsid w:val="00EA6A86"/>
+    <w:rsid w:val="00EA70F5"/>
+    <w:rsid w:val="00EB283D"/>
+    <w:rsid w:val="00EB7021"/>
+    <w:rsid w:val="00EC409F"/>
+    <w:rsid w:val="00EC56AA"/>
+    <w:rsid w:val="00EC59E5"/>
+    <w:rsid w:val="00ED4D9B"/>
+    <w:rsid w:val="00ED65CB"/>
+    <w:rsid w:val="00ED731B"/>
+    <w:rsid w:val="00EE7EB2"/>
+    <w:rsid w:val="00EF05F1"/>
+    <w:rsid w:val="00EF1290"/>
+    <w:rsid w:val="00EF4AD5"/>
+    <w:rsid w:val="00F04148"/>
+    <w:rsid w:val="00F051B8"/>
+    <w:rsid w:val="00F117E3"/>
+    <w:rsid w:val="00F128F2"/>
+    <w:rsid w:val="00F14717"/>
+    <w:rsid w:val="00F15CD3"/>
+    <w:rsid w:val="00F16779"/>
+    <w:rsid w:val="00F23590"/>
+    <w:rsid w:val="00F24461"/>
+    <w:rsid w:val="00F255D7"/>
+    <w:rsid w:val="00F30D6E"/>
+    <w:rsid w:val="00F447C1"/>
+    <w:rsid w:val="00F50AB1"/>
+    <w:rsid w:val="00F60763"/>
+    <w:rsid w:val="00F6106D"/>
+    <w:rsid w:val="00F6366E"/>
+    <w:rsid w:val="00F667B6"/>
+    <w:rsid w:val="00F726A2"/>
+    <w:rsid w:val="00F738CD"/>
+    <w:rsid w:val="00F8024A"/>
+    <w:rsid w:val="00F806E0"/>
+    <w:rsid w:val="00F907DC"/>
+    <w:rsid w:val="00F970B4"/>
+    <w:rsid w:val="00FA3907"/>
+    <w:rsid w:val="00FA5C6A"/>
+    <w:rsid w:val="00FA74C5"/>
+    <w:rsid w:val="00FB0396"/>
+    <w:rsid w:val="00FB1B49"/>
+    <w:rsid w:val="00FB20A2"/>
+    <w:rsid w:val="00FC3346"/>
+    <w:rsid w:val="00FD692F"/>
+    <w:rsid w:val="00FD7EB0"/>
+    <w:rsid w:val="00FF1C83"/>
+    <w:rsid w:val="00FF7D9B"/>
+    <w:rsid w:val="00FF7DCF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="103425"/>
+    <o:shapedefaults v:ext="edit" spidmax="95233">
+      <o:colormru v:ext="edit" colors="#009,#060"/>
+    </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
-      <o:regrouptable v:ext="edit">
-[...1 lines deleted...]
-      </o:regrouptable>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="40953340"/>
+  <w14:docId w14:val="65598CF2"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{25B1AFAC-6EF4-454A-BE24-45C54659287B}"/>
+  <w15:docId w15:val="{AB63C6EA-D503-4373-B756-75692BC44F28}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 6" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="99" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13793,751 +15536,603 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00231430"/>
+    <w:rsid w:val="00F8024A"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
-    <w:qFormat/>
-    <w:rsid w:val="00FE0BA0"/>
+    <w:rsid w:val="00DB3784"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="360" w:after="80"/>
+      <w:spacing w:before="360"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:sz w:val="26"/>
+      <w:color w:val="006600"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00DD445D"/>
+    <w:rsid w:val="00751632"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="240"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="006600"/>
-      <w:sz w:val="24"/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00727CD1"/>
+    <w:rsid w:val="00072D7B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="240" w:after="120"/>
+      <w:spacing w:before="360" w:after="240"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:b/>
-[...13 lines deleted...]
-    <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText3">
-[...5 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
+    <w:rsid w:val="0062010B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0062010B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BlockText">
-[...25 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:semiHidden/>
-    <w:rsid w:val="003E318E"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:rsid w:val="006C0344"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-[...1 lines deleted...]
-    <w:rsid w:val="009F7627"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
+    <w:rsid w:val="006C0344"/>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...25 lines deleted...]
-    <w:rsid w:val="003A6ED5"/>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
+    <w:rsid w:val="006C0344"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="none"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
-[...2 lines deleted...]
-    <w:rsid w:val="006A7A94"/>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:rsid w:val="006C0344"/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:iCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal8pt">
-[...4 lines deleted...]
-    <w:rsid w:val="00A725D7"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:link w:val="CommentText"/>
+    <w:rsid w:val="006C0344"/>
     <w:rPr>
-      <w:bCs/>
-[...3 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Normal8ptChar">
-[...3 lines deleted...]
-    <w:rsid w:val="00A725D7"/>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:rsid w:val="006C0344"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:link w:val="CommentSubject"/>
+    <w:rsid w:val="006C0344"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
       <w:bCs/>
-      <w:smallCaps/>
-[...15 lines deleted...]
-      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00291744"/>
+    <w:rsid w:val="00737BC1"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00737BC1"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri"/>
-      <w:szCs w:val="22"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D54090"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="0645AD"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="002C789B"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:link w:val="Title"/>
+    <w:rsid w:val="002C789B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="006877D6"/>
+    <w:rsid w:val="00F16779"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D783F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B51997"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00737BBC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
-    <w:rsid w:val="00291744"/>
+    <w:rsid w:val="000265BE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:rsid w:val="00DC725B"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0090743F"/>
+    <w:rsid w:val="00CB2800"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
-    <w:rsid w:val="00FE0BA0"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00DD445D"/>
+    <w:rsid w:val="00DB3784"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:color w:val="006600"/>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="26"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BA7C8D"/>
+    <w:rsid w:val="006252E0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
       </w:tabs>
-      <w:spacing w:before="40"/>
+      <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00BA7C8D"/>
+    <w:rsid w:val="006252E0"/>
+    <w:pPr>
+      <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:rsid w:val="00751632"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="006600"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:rsid w:val="00072D7B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Header1">
+    <w:name w:val="Header 1"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EA6A86"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="7" w:color="006600"/>
+        <w:left w:val="single" w:sz="4" w:space="3" w:color="006600"/>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="006600"/>
+        <w:right w:val="single" w:sz="4" w:space="3" w:color="006600"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:before="0" w:after="600" w:line="336" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:bCs/>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      <w:sz w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="006252E0"/>
     <w:pPr>
       <w:ind w:left="360"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
-[...4 lines deleted...]
-    <w:rsid w:val="00291744"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:rsid w:val="00D54090"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleBlockTextBlack">
-[...6 lines deleted...]
-    </w:rPr>
+  <w:style w:type="character" w:styleId="PageNumber">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="009A0855"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleListParagraphBefore12ptLinespacingMultiple12">
     <w:name w:val="Style List Paragraph + Before:  12 pt Line spacing:  Multiple 1.2 ..."/>
     <w:basedOn w:val="ListParagraph"/>
-    <w:rsid w:val="00C4303F"/>
+    <w:rsid w:val="00890493"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240"/>
       <w:ind w:left="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
       <w:szCs w:val="20"/>
-    </w:rPr>
-[...67 lines deleted...]
-      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="20979812">
+    <w:div w:id="120416635">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="226576526">
+    <w:div w:id="1293631244">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="531962740">
+    <w:div w:id="1419063459">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="646394614">
+    <w:div w:id="1983387310">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...154 lines deleted...]
-      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1604654593">
+          <w:marLeft w:val="240"/>
+          <w:marRight w:val="240"/>
+          <w:marTop w:val="240"/>
+          <w:marBottom w:val="240"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/special-diets-in-the-child-and-adult-care-food-program/medical-statements" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/special-diets-in-the-child-and-adult-care-food-program/milk-substitutes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/identify_allowable_nondairy_milk_substitutes_cacfp.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/special-diets-in-the-child-and-adult-care-food-program/medical-statements" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/cacfp/nutrition-requirements-fluid-milk-and-fluid-milksubstitutions-cacfp-qas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.intake@usda.gov" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-7/part-226" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/overview_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/crediting/noncreditable_foods_cacfp.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_&#8204;cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/action_promote_meal_&#8204;modifications_cacfp.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/SDE/Nutrition/CACFP/SpecDiet/Summary_Chart_Meal_Modifications_CACFP.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/milk_substitutes_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/action_policy_meal_&#8204;modifications_cacfp.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-7/part-226" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-7/part-226" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-7/part-226" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/sample_sop_meal_modifications_cacfp_adults.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/CFR-2010-title7-vol1/pdf/CFR-2010-title7-vol1-part15b.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-7/part-226" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/specdiet/action_planning_form.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-7/part-226" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/overview_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/CACFP-Contact" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louis.todisco@ct.gov" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/child-and-adult-care-food-program" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eatrightpro.org/acend/students-and-advancing-education/career-information/registered-dietitian-nutritionist-fact-sheet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/identify_allowable_nondairy_milk_substitutes_cacfp.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/assessment_meal_modifications_&#8204;cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/milk_substitutes_cacfp.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/modifications-accommodate-disabilities-cacfp-and-sfsp" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-7/part-226" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/CACFP-Contact" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-7/part-226" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-7/part-226" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-7/part-226" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-7/part-226" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-7/part-226" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/cacfp/nutrition-requirements-fluid-milk-qas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louis.todisco@ct.gov" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/identify_allowable_nondairy_milk_substitutes_cacfp.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.intake@usda.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gpo.gov/fdsys/pkg/CFR-2010-title7-vol1/pdf/CFR-2010-title7-vol1-part15b.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/guide_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/special-diets-in-the-child-and-adult-care-food-program/medical-statements" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/special-diets-in-the-child-and-adult-care-food-program/medical-statements" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/special-diets-in-the-child-and-adult-care-food-program/medical-statements" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/milk_substitutes_cacfp.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/crediting/noncreditable_foods_cacfp.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/identify_allowable_nondairy_milk_substitutes_cacfp.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/child-and-adult-care-food-program" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/cacfp/specdiet/overview_meal_modifications_cacfp_adults.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eatrightpro.org/acend/students-and-advancing-education/career-information/registered-dietitian-nutritionist-fact-sheet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/current/title-7/part-226" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fns.usda.gov/modifications-accommodate-disabilities-cacfp-and-sfsp" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14766,661 +16361,608 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B027282-3CD7-40C4-A321-56C1F4202184}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EB8C005-F8DA-4F9A-AE28-171262AACD94}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>30700</Characters>
+  <Pages>18</Pages>
+  <Words>4154</Words>
+  <Characters>31599</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>255</Lines>
-  <Paragraphs>69</Paragraphs>
+  <Lines>554</Lines>
+  <Paragraphs>165</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Sample Standard Operating Procedure (SOP) for Meal Modifications in the School Nutrition Programs</vt:lpstr>
+      <vt:lpstr>Sample Standard Operating Procedure (SOP) for Meal Modifications for Adult Day Care Centers in the Child and Adult Care Food Program</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company> </Company>
+  <Company>CSDE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34588</CharactersWithSpaces>
+  <CharactersWithSpaces>35588</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="192" baseType="variant">
+    <vt:vector size="174" baseType="variant">
       <vt:variant>
         <vt:i4>7077903</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>84</vt:i4>
+        <vt:i4>75</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:levy.gillespie@ct.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4456524</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>81</vt:i4>
+        <vt:i4>72</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.ascr.usda.gov/complaint_filing_cust.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>131163</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>78</vt:i4>
+        <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.ocio.usda.gov/sites/default/files/docs/2012/Complain_combined_6_8_12.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2424956</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>75</vt:i4>
+        <vt:i4>3670059</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>66</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/MedicalStatementSNP.pdf.</vt:lpwstr>
+        <vt:lpwstr>https://www.fns.usda.gov/policy-memorandum-modifications-accommodate-disabilities-school-meal-programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3407930</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>72</vt:i4>
+        <vt:i4>63</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.fns.usda.gov/school-meals/accommodating-disabilities-school-meal-programs-guidance-and-qas</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3670059</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>69</vt:i4>
+        <vt:i4>7602276</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>60</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.fns.usda.gov/policy-memorandum-modifications-accommodate-disabilities-school-meal-programs</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/SpecialDietsChart.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6881388</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>66</vt:i4>
+        <vt:i4>5242902</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>57</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/SpecialDietsChart.pdf</vt:lpwstr>
+        <vt:lpwstr>http://portal.ct.gov/SDE/Nutrition/Special-Diets-in-School-Nutrition-Programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5242902</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>63</vt:i4>
+        <vt:i4>7995511</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>54</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://portal.ct.gov/SDE/Nutrition/Special-Diets-in-School-Nutrition-Programs</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/AssessmentSpecialDietsSchools.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
+        <vt:i4>1900639</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>51</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.hhs.gov/sites/default/files/knowyourrights504adafactsheet.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
         <vt:i4>3866679</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>60</vt:i4>
+        <vt:i4>48</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/SpecialDietsPresentation.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1507347</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>57</vt:i4>
+        <vt:i4>7602214</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>45</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/MedicalStatementSNP.pdf</vt:lpwstr>
+        <vt:lpwstr>https://www2.ed.gov/about/offices/list/ocr/504faq.html</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8323168</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>54</vt:i4>
+        <vt:i4>655391</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>42</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://portal.ct.gov/SDE/Nutrition/Meal-Patterns-Preschoolers-in-School-Nutrition-Programs</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Special-Diets-in-School-Nutrition-Programs/Documents</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3866676</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>51</vt:i4>
+        <vt:i4>6619194</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>39</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://portal.ct.gov/SDE/Nutrition/Meal-Patterns-School-Nutrition-Programs</vt:lpwstr>
+        <vt:lpwstr>https://sites.ed.gov/idea/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>65537</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>48</vt:i4>
+        <vt:i4>7208971</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>36</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/Milksub.pdf</vt:lpwstr>
+        <vt:lpwstr>http://frwebgate.access.gpo.gov/cgi-bin/getdoc.cgi?dbname=108_cong_public_laws&amp;docid=f:publ446.108</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
+        <vt:i4>589849</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>33</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Memos/OM2017/OM13-17.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
         <vt:i4>7602279</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>45</vt:i4>
+        <vt:i4>30</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/SpecialDietsGuide.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>20</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>42</vt:i4>
+        <vt:i4>7208971</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>27</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/USDAspdietguide.pdf</vt:lpwstr>
+        <vt:lpwstr>http://frwebgate.access.gpo.gov/cgi-bin/getdoc.cgi?dbname=108_cong_public_laws&amp;docid=f:publ446.108</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1638412</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>39</vt:i4>
+        <vt:i4>1900639</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>24</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/Milksub.pdf</vt:lpwstr>
+        <vt:lpwstr>https://www.hhs.gov/sites/default/files/knowyourrights504adafactsheet.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3080254</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>36</vt:i4>
+        <vt:i4>7733348</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>21</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Preschool/MPGpreschool.pdf</vt:lpwstr>
+        <vt:lpwstr>http://www.gpo.gov/fdsys/granule/CFR-2010-title7-vol1/CFR-2010-title7-vol1-part15b</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6160391</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>33</vt:i4>
+        <vt:i4>7733348</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Menu-Planning-Guide-for-School-Meals</vt:lpwstr>
+        <vt:lpwstr>http://www.gpo.gov/fdsys/granule/CFR-2010-title7-vol1/CFR-2010-title7-vol1-part15b</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7864423</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>30</vt:i4>
+        <vt:i4>5701662</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Meal-Patterns-Preschoolers-in-School-Nutrition-Programs</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Special-Diets-in-School-Nutrition-Programs/What-Next</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2883619</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>27</vt:i4>
+        <vt:i4>8323193</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Meal-Patterns-School-Nutrition-Programs</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/SpecialDietsGuide.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8323193</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>24</vt:i4>
+        <vt:i4>2490465</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/SpecialDietsGuide.pdf</vt:lpwstr>
+        <vt:lpwstr>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=1&amp;SID=1efda750af767569cda912c147528a21&amp;ty=HTML&amp;h=L&amp;mc=true&amp;r=PART&amp;n=pt7.4.220</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3407930</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>21</vt:i4>
+        <vt:i4>2752554</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.fns.usda.gov/school-meals/accommodating-disabilities-school-meal-programs-guidance-and-qas</vt:lpwstr>
+        <vt:lpwstr>https://www.ecfr.gov/cgi-bin/text-idx?SID=4c211a738d6109939c6054a6286ac109&amp;mc=true&amp;node=pt7.4.210&amp;rgn=div5</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3670059</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>18</vt:i4>
+        <vt:i4>4194374</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.fns.usda.gov/policy-memorandum-modifications-accommodate-disabilities-school-meal-programs</vt:lpwstr>
+        <vt:lpwstr>https://www.gpo.gov/fdsys/pkg/CFR-2003-title7-vol1/xml/CFR-2003-title7-vol1-sec15b-3.xml</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3211324</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>15</vt:i4>
+        <vt:i4>458774</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.govregs.com/regulations/7/15b.3</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/School-Nutrition-Programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7405625</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>12</vt:i4>
+        <vt:i4>1769478</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.gpo.gov/fdsys/pkg/USCODE-2009-title42/html/USCODE-2009-title42-chap126.htm</vt:lpwstr>
-[...89 lines deleted...]
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/MedicalStatementSNPinstr.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/SpecDiet/ProceduralSafeguardsSNP.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4849665</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Contact-Information-for-School-Nutrition-Programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>8192059</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Special-Diets-in-School-Nutrition-Programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Sample Standard Operating Procedure (SOP) for Meal Modifications in Adult Day Care Centers in the Child and Adult Care Food Program</dc:title>
+  <dc:title>Sample Standard Operating Procedure (SOP) for Meal Modifications for Adult Day Care Centers in the Child and Adult Care Food Program</dc:title>
   <dc:subject/>
   <dc:creator>Fiore, Susan</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>