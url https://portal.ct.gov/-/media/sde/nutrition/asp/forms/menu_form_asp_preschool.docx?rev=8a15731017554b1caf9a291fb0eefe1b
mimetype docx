--- v0 (2025-12-11)
+++ v1 (2026-02-11)
@@ -1,2482 +1,2018 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="11BBC980" w14:textId="61A6D45D" w:rsidR="009858F4" w:rsidRPr="002C3D16" w:rsidRDefault="001B5CA4" w:rsidP="006D5713">
+    <w:p w14:paraId="59C2AA2F" w14:textId="5F26805B" w:rsidR="0066451E" w:rsidRPr="00503812" w:rsidRDefault="009D6257" w:rsidP="0066451E">
+      <w:pPr>
+        <w:pStyle w:val="Header1"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D6257">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Afterschool Snack Program (ASP) Preschool Menu Form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C2EF2FF" w14:textId="77777777" w:rsidR="0066451E" w:rsidRPr="00FA2BDD" w:rsidRDefault="0066451E" w:rsidP="00C3695A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="160"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA2BDD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:snapToGrid w:val="0"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>School Year 2025-26 (July 1, 2025, through June 30, 2026)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="202CF1F0" w14:textId="77777777" w:rsidR="0066451E" w:rsidRDefault="0066451E" w:rsidP="0066451E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7740"/>
           <w:tab w:val="right" w:pos="14580"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:bCs/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C5A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>School:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000C5A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Week of: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C5A4F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA6CB3B" w14:textId="4D298DAF" w:rsidR="00503812" w:rsidRPr="009D6257" w:rsidRDefault="00503812" w:rsidP="00503812">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="240"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk200770260"/>
-[...27 lines deleted...]
-      <w:r w:rsidR="000C5A4F" w:rsidRPr="002C3D16">
+      <w:r w:rsidRPr="009D6257">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Refer to the </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="002C3D16">
+        <w:r w:rsidR="00030BD9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>ASP Preschool Meal Pattern</w:t>
+          <w:t>Afterschool Snack Program Preschool Meal Pattern</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002C3D16">
+      <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> for specific information and menu planning notes.</w:t>
       </w:r>
-      <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+      <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk200773645"/>
-      <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+      <w:bookmarkStart w:id="0" w:name="_Hlk200773645"/>
+      <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Commercial processed products require a </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:anchor="SNP" w:history="1">
-        <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+        <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve">Child Nutrition (CN) label </w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+      <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:anchor="SNP" w:history="1">
-        <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+        <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>product formulation statement (PFS)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+      <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+      <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>For guidance on the crediting requirements, refer to the CSDE’s</w:t>
       </w:r>
-      <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+      <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+        <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Crediting Guide for the School Nutrition Programs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+      <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk200707667"/>
-      <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+      <w:bookmarkStart w:id="1" w:name="_Hlk200707667"/>
+      <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> visit the CSDE’s </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+        <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Crediting Foods in School Nutrition Programs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+      <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage</w:t>
       </w:r>
-      <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+      <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+        <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Crediting Documentation for the Child Nutrition Programs</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00DA6D41" w:rsidRPr="002C3D16">
+      <w:r w:rsidR="009D6257" w:rsidRPr="009D6257">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14544" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="58" w:type="dxa"/>
           <w:bottom w:w="58" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+        <w:tblCaption w:val="Afterschool Snack Program (ASP) Preschool Menu Form"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5904"/>
         <w:gridCol w:w="1728"/>
         <w:gridCol w:w="1728"/>
         <w:gridCol w:w="1728"/>
         <w:gridCol w:w="1728"/>
         <w:gridCol w:w="1728"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00961020" w:rsidRPr="0041287E" w14:paraId="4B30C5D8" w14:textId="77777777" w:rsidTr="006D5713">
+      <w:tr w:rsidR="009D6257" w:rsidRPr="00657E63" w14:paraId="493B1EFF" w14:textId="77777777" w:rsidTr="00C3695A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5904" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F7ED"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C2DE301" w14:textId="49410A3E" w:rsidR="00961020" w:rsidRPr="00890A52" w:rsidRDefault="00DE2E96" w:rsidP="00DE2E96">
+          <w:p w14:paraId="73DCDFEE" w14:textId="1E475036" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00657E63">
+              <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
-                <w:snapToGrid w:val="0"/>
-[...7 lines deleted...]
-                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Meal components:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Serve any 2 </w:t>
-[...8 lines deleted...]
-              <w:t>different components</w:t>
+              <w:t xml:space="preserve"> Serve any 2 different components</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F7ED"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="376A7D59" w14:textId="77777777" w:rsidR="00961020" w:rsidRPr="00890A52" w:rsidRDefault="00961020" w:rsidP="00DE2E96">
+          <w:p w14:paraId="07AD0E9A" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Monday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F7ED"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B578D09" w14:textId="77777777" w:rsidR="00961020" w:rsidRPr="00890A52" w:rsidRDefault="00961020" w:rsidP="00DE2E96">
+          <w:p w14:paraId="1515EAD6" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tuesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F7ED"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38CA539C" w14:textId="77777777" w:rsidR="00961020" w:rsidRPr="00890A52" w:rsidRDefault="00961020" w:rsidP="00DE2E96">
+          <w:p w14:paraId="04DED2C3" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wednesday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F7ED"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44F64A22" w14:textId="77777777" w:rsidR="00961020" w:rsidRPr="00890A52" w:rsidRDefault="00961020" w:rsidP="00DE2E96">
+          <w:p w14:paraId="73482D19" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thursday</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4F7ED"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3786D89D" w14:textId="77777777" w:rsidR="00961020" w:rsidRPr="00890A52" w:rsidRDefault="00961020" w:rsidP="00DE2E96">
+          <w:p w14:paraId="32F70301" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Friday</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9212D" w:rsidRPr="0041287E" w14:paraId="4BC078DA" w14:textId="77777777" w:rsidTr="006D5713">
+      <w:tr w:rsidR="009D6257" w:rsidRPr="0066451E" w14:paraId="62FFDA02" w14:textId="77777777" w:rsidTr="00C3695A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="348F2485" w14:textId="45502927" w:rsidR="00A9212D" w:rsidRPr="00890A52" w:rsidRDefault="00DA6D41" w:rsidP="00AF4A01">
+          <w:p w14:paraId="1FD05C7D" w14:textId="30DCED27" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-                <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidRPr="00890A52">
+              <w:r w:rsidRPr="00657E63">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:snapToGrid w:val="0"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Milk</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00A9212D" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">½ </w:t>
             </w:r>
-            <w:r w:rsidR="00A9212D" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>cup</w:t>
+              <w:t xml:space="preserve">cup </w:t>
             </w:r>
-            <w:r w:rsidR="00AF4A01" w:rsidRPr="00890A52">
-[...10 lines deleted...]
-            <w:r w:rsidR="00AF4A01" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="006D5713" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Age 1: unflavored whole milk; </w:t>
             </w:r>
-            <w:r w:rsidR="00AF4A01" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...14 lines deleted...]
-              <w:t>ow-fat (1%) or fat-free milk</w:t>
+              <w:t>Ages 2-5: unflavored low-fat (1%) or fat-free milk</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7278E478" w14:textId="6465CECE" w:rsidR="00A9212D" w:rsidRPr="00890A52" w:rsidRDefault="00A9212D" w:rsidP="00DE2E96">
+          <w:p w14:paraId="5551E4C7" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22E1CDDA" w14:textId="2732D6C3" w:rsidR="00A9212D" w:rsidRPr="00890A52" w:rsidRDefault="00A9212D" w:rsidP="00DE2E96">
+          <w:p w14:paraId="41C28A66" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA2DA38" w14:textId="44E1D846" w:rsidR="00A9212D" w:rsidRPr="00890A52" w:rsidRDefault="00A9212D" w:rsidP="00DE2E96">
+          <w:p w14:paraId="5F44384E" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="419A6EC2" w14:textId="73F62477" w:rsidR="00A9212D" w:rsidRPr="00890A52" w:rsidRDefault="00A9212D" w:rsidP="00DE2E96">
+          <w:p w14:paraId="5730EC97" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C97EF34" w14:textId="4B89790F" w:rsidR="00A9212D" w:rsidRPr="00890A52" w:rsidRDefault="00A9212D" w:rsidP="00DE2E96">
+          <w:p w14:paraId="0AF1380C" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C506D1" w:rsidRPr="00D91DD8" w14:paraId="29905000" w14:textId="77777777" w:rsidTr="006D5713">
+      <w:tr w:rsidR="009D6257" w:rsidRPr="0066451E" w14:paraId="44FA1A26" w14:textId="77777777" w:rsidTr="00C3695A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59FCD20F" w14:textId="0583690B" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00DA6D41" w:rsidP="003B717C">
+          <w:p w14:paraId="15632642" w14:textId="73B208DA" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidRPr="00890A52">
+              <w:r w:rsidRPr="00657E63">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Meats/Meat Alternates (MMA)</w:t>
               </w:r>
-              <w:r w:rsidRPr="00890A52">
+              <w:r w:rsidRPr="00657E63">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00C506D1" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00C506D1" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>½ ounce equivalent (oz eq) =</w:t>
             </w:r>
-            <w:r w:rsidR="00DE2E96" w:rsidRPr="00890A52">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00657E63">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ½ ounce lean meat, poultry, fish, cheese, alternate protein product (APP) or tempeh; 2 ounces surimi; 1.1 ounces or ⅛ cup tofu </w:t>
             </w:r>
-            <w:r w:rsidR="00C506D1" w:rsidRPr="00890A52">
-[...4 lines deleted...]
-              <w:t>½ ounce lean meat, poultry, fish, cheese, alternate protein product (APP) or tempeh; 2 ounces surimi; 1.1 ounces or ⅛ cup tofu</w:t>
+            <w:r w:rsidRPr="00657E63">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>with ≥ 5 grams protein per 2.2 ounces or ¼ cup)</w:t>
             </w:r>
-            <w:r w:rsidR="00D91DD8" w:rsidRPr="00890A52">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00657E63">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ⅛ cup cottage cheese; ½ large egg; ⅛ cup beans, beans, or lentils; 1 tablespoon nut/seed butter; ½ ounce nuts/seeds, ¼ cup yogurt or soy yogurt </w:t>
             </w:r>
-            <w:r w:rsidR="00604C88">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">with </w:t>
+              <w:t xml:space="preserve">with ≤ 2 grams of added sugars per ounce; </w:t>
             </w:r>
-            <w:r w:rsidR="00D91DD8" w:rsidRPr="00890A52">
-[...97 lines deleted...]
-            <w:r w:rsidR="00C506D1" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>or any combination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53135D4B" w14:textId="0725656F" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="72D2B8A8" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28EEE9E7" w14:textId="2574A688" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="1903041D" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70900CB8" w14:textId="2C2869EE" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="23C18269" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6144EBD3" w14:textId="27C7843A" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="51B4C09F" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C17D698" w14:textId="30BB981E" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="1E4E82BC" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C506D1" w:rsidRPr="0041287E" w14:paraId="4F4ED518" w14:textId="77777777" w:rsidTr="006D5713">
+      <w:tr w:rsidR="009D6257" w:rsidRPr="0066451E" w14:paraId="14D778BC" w14:textId="77777777" w:rsidTr="00C3695A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57FA6361" w14:textId="4C865D0A" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00DA6D41" w:rsidP="00DE2E96">
+          <w:p w14:paraId="002EFA5F" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r w:rsidRPr="00890A52">
+              <w:r w:rsidRPr="00657E63">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Vegetables</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00C506D1" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, ½</w:t>
             </w:r>
-            <w:r w:rsidR="00C506D1" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> cup </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2059CE1E" w14:textId="29751A8B" w:rsidR="006D5713" w:rsidRPr="00890A52" w:rsidRDefault="0041287E" w:rsidP="00DE2E96">
+          <w:p w14:paraId="23BDEF29" w14:textId="2547C3F0" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Raw leafy greens credit as half the volume served. </w:t>
-[...73 lines deleted...]
-              <w:t>meal or snack per day.</w:t>
+              <w:t>Raw leafy greens credit as half the volume served. Juice credits as the vegetables component or fruits component at only one preschool meal or snack per day.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30451EA1" w14:textId="24C75B0D" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="5DC63831" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66B4D623" w14:textId="5F3F91C0" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="186687D8" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4287D9C7" w14:textId="379160E9" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="30762D5B" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70BA71B2" w14:textId="62281A9A" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="40B6C544" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BA8A1AA" w14:textId="40B10560" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="3EBA86F0" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C506D1" w:rsidRPr="0041287E" w14:paraId="12F30859" w14:textId="77777777" w:rsidTr="006D5713">
+      <w:tr w:rsidR="009D6257" w:rsidRPr="0066451E" w14:paraId="112C0471" w14:textId="77777777" w:rsidTr="00C3695A">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="144"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="786993F4" w14:textId="2D9D7A1A" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00DA6D41" w:rsidP="00DE2E96">
+          <w:p w14:paraId="4D349538" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r w:rsidRPr="00890A52">
+              <w:r w:rsidRPr="00657E63">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Fruits</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00C506D1" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, ½ </w:t>
             </w:r>
-            <w:r w:rsidR="00C506D1" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">cup </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E51C77F" w14:textId="10A423F5" w:rsidR="006D5713" w:rsidRPr="00890A52" w:rsidRDefault="0041287E" w:rsidP="00DE2E96">
+          <w:p w14:paraId="5AEFC6A5" w14:textId="754D750F" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dried fruits credit as twice the volume served. </w:t>
-[...73 lines deleted...]
-              <w:t xml:space="preserve"> meal or snack per day.</w:t>
+              <w:t>Dried fruits credit as twice the volume served. Juice credits as the vegetables component or fruits component at only one preschool meal or snack per day.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="425F1B71" w14:textId="40D731BE" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="05EDB58F" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55ACA2C1" w14:textId="5C7CF531" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="0B5ADDB5" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AECA4BF" w14:textId="72E529AE" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="37F8296B" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43791D09" w14:textId="1499FF55" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="4659BE58" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="185BC075" w14:textId="0EFCD592" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="7BE812F4" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C506D1" w:rsidRPr="00ED74DE" w14:paraId="109A38ED" w14:textId="77777777" w:rsidTr="006D5713">
+      <w:tr w:rsidR="009D6257" w:rsidRPr="0066451E" w14:paraId="3648C422" w14:textId="77777777" w:rsidTr="00C3695A">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="144"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="566D8D3F" w14:textId="58960622" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00DA6D41" w:rsidP="00B33D6D">
+          <w:p w14:paraId="3790B9FC" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7200"/>
               </w:tabs>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r w:rsidRPr="00890A52">
+              <w:r w:rsidRPr="00657E63">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Grains</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00C506D1" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, whole grain-rich (WGR) or enriched</w:t>
             </w:r>
-            <w:r w:rsidR="000C5A4F" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00AF4A01" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>At least one serving of grains per day must be WGR</w:t>
             </w:r>
-            <w:r w:rsidR="00AF4A01" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="000C5A4F" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Indicate “WGR” next to WGR items.</w:t>
-[...29 lines deleted...]
-              <w:t>do not credit.</w:t>
+              <w:t>Indicate “WGR” next to WGR items. Grain-based desserts do not credit.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="154BF3E9" w14:textId="341CD100" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="000C5A4F">
+          <w:p w14:paraId="30F128E2" w14:textId="41506447" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="7200"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">½ oz eq </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">(refer to </w:t>
+              <w:t xml:space="preserve">½ oz eq (refer to </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r w:rsidR="00D800C7" w:rsidRPr="00890A52">
+              <w:r w:rsidRPr="00657E63">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Grain Ounce Equivalents Chart for the School Nutrition Programs</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00D800C7" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
+              <w:t>) =</w:t>
             </w:r>
-            <w:r w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>=</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ½ oz eq bread product, e.g., biscuit, roll, or muffin; ¼ cup cooked breakfast cereal with ≤ 6 grams of added sugars per dry ounce, ¼ cup cooked cereal grains, pasta, or rice; ready-to-eat (RTE) breakfast cereals with ≤ 6 grams of added sugars per dry ounce (½ cup flaked or round, ¾ cup puffed, or ⅛ cup granola); </w:t>
             </w:r>
-            <w:r w:rsidRPr="00890A52">
-[...79 lines deleted...]
-            <w:r w:rsidR="00ED74DE" w:rsidRPr="00890A52">
+            <w:r w:rsidRPr="00657E63">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>or any combination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD8F0F6" w14:textId="18732408" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="6220B64E" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26A0D380" w14:textId="5C5A8A29" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="1BFEC4F3" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02DEAFF1" w14:textId="7F89965E" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="17D6665C" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34106D3E" w14:textId="703D6CF3" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="1721A739" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="753BC24F" w14:textId="1A9C10CE" w:rsidR="00C506D1" w:rsidRPr="00890A52" w:rsidRDefault="00C506D1" w:rsidP="00DE2E96">
+          <w:p w14:paraId="0118FA58" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00657E63" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA6D41" w:rsidRPr="00933C18" w14:paraId="0399FB53" w14:textId="77777777" w:rsidTr="006D5713">
+      <w:tr w:rsidR="009D6257" w:rsidRPr="00D976A6" w14:paraId="7AED3041" w14:textId="77777777" w:rsidTr="00C3695A">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="20"/>
+          <w:trHeight w:val="144"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5904" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5410201A" w14:textId="31B0E5FE" w:rsidR="00DA6D41" w:rsidRPr="00890A52" w:rsidRDefault="00DA6D41" w:rsidP="00DA6D41">
+          <w:p w14:paraId="360C4213" w14:textId="6F0445B8" w:rsidR="009D6257" w:rsidRPr="00D976A6" w:rsidRDefault="00D976A6" w:rsidP="00D976A6">
             <w:pPr>
-              <w:tabs>
-[...4 lines deleted...]
-                <w:snapToGrid w:val="0"/>
+              <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r w:rsidRPr="00890A52">
+              <w:r w:rsidRPr="00D976A6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cs="Arial"/>
-                  <w:snapToGrid w:val="0"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noncreditable foods </w:t>
+                <w:t>Noncreditable foods</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00890A52">
-[...6 lines deleted...]
-              <w:br/>
+            <w:r w:rsidRPr="00D976A6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00890A52">
+            <w:r w:rsidR="009D6257" w:rsidRPr="00D976A6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:snapToGrid w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Do not credit toward the meal pattern </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09AC711F" w14:textId="7956D2EF" w:rsidR="00DA6D41" w:rsidRPr="00890A52" w:rsidRDefault="00DA6D41" w:rsidP="00DA6D41">
+          <w:p w14:paraId="0405D921" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00D976A6" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="377C666A" w14:textId="21A2B06C" w:rsidR="00DA6D41" w:rsidRPr="00890A52" w:rsidRDefault="00DA6D41" w:rsidP="00DA6D41">
+          <w:p w14:paraId="6F6783C1" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00D976A6" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A71B42B" w14:textId="1E118832" w:rsidR="00DA6D41" w:rsidRPr="00890A52" w:rsidRDefault="00DA6D41" w:rsidP="00DA6D41">
+          <w:p w14:paraId="713668DD" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00D976A6" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3719B049" w14:textId="13C23FAD" w:rsidR="00DA6D41" w:rsidRPr="00890A52" w:rsidRDefault="00DA6D41" w:rsidP="00DA6D41">
+          <w:p w14:paraId="4F61D9E6" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00D976A6" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F8CB21D" w14:textId="143A1848" w:rsidR="00DA6D41" w:rsidRPr="00890A52" w:rsidRDefault="00DA6D41" w:rsidP="00DA6D41">
+          <w:p w14:paraId="77F130E1" w14:textId="77777777" w:rsidR="009D6257" w:rsidRPr="00D976A6" w:rsidRDefault="009D6257" w:rsidP="009D6257">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E44AEB2" w14:textId="258CDF37" w:rsidR="00DE2E96" w:rsidRPr="005E0874" w:rsidRDefault="00DE2E96" w:rsidP="00E50806">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="74986CB3" w14:textId="77777777" w:rsidR="00C94370" w:rsidRPr="00FA2BDD" w:rsidRDefault="00C94370" w:rsidP="00FA2BDD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34C259A4" w14:textId="77777777" w:rsidR="00286711" w:rsidRPr="00FA2BDD" w:rsidRDefault="00286711" w:rsidP="00FA2BDD">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="006600"/>
-[...2 lines deleted...]
-        <w:sectPr w:rsidR="00DE2E96" w:rsidRPr="005E0874" w:rsidSect="002C3D16">
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00286711" w:rsidRPr="00FA2BDD" w:rsidSect="00FA2BDD">
           <w:headerReference w:type="default" r:id="rId20"/>
           <w:footerReference w:type="default" r:id="rId21"/>
-          <w:headerReference w:type="first" r:id="rId22"/>
-          <w:footerReference w:type="first" r:id="rId23"/>
+          <w:footerReference w:type="first" r:id="rId22"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
-          <w:pgMar w:top="360" w:right="576" w:bottom="360" w:left="576" w:header="432" w:footer="432" w:gutter="0"/>
-          <w:cols w:space="720"/>
+          <w:pgMar w:top="432" w:right="720" w:bottom="360" w:left="720" w:header="360" w:footer="360" w:gutter="0"/>
+          <w:cols w:space="432"/>
           <w:formProt w:val="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Hlk170233184"/>
     </w:p>
-    <w:p w14:paraId="12E6E9EA" w14:textId="3428CE18" w:rsidR="00EF17EA" w:rsidRPr="0015655E" w:rsidRDefault="00C506D1" w:rsidP="00EF17EA">
+    <w:p w14:paraId="19533E28" w14:textId="2B127411" w:rsidR="00684676" w:rsidRPr="00657E63" w:rsidRDefault="00F769EF" w:rsidP="00FA2BDD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="14" w:color="006600"/>
+          <w:top w:val="single" w:sz="4" w:space="10" w:color="006600"/>
           <w:left w:val="single" w:sz="4" w:space="14" w:color="006600"/>
-          <w:bottom w:val="single" w:sz="4" w:space="14" w:color="006600"/>
+          <w:bottom w:val="single" w:sz="4" w:space="10" w:color="006600"/>
           <w:right w:val="single" w:sz="4" w:space="14" w:color="006600"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="F4F7ED"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:right="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Hlk97278776"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0015655E">
+      <w:bookmarkStart w:id="2" w:name="_Hlk81985937"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk96964819"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk106361339"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk165008846"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk168549459"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk137387786"/>
+      <w:r w:rsidRPr="00657E63">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">For more information on the preschool meal patterns, refer to the CSDE’s </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="00D75C28">
+        <w:t xml:space="preserve">For more information on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5611">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ASP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00657E63">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">preschool meal pattern, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B343ED" w:rsidRPr="00657E63">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visit the CSDE’s </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_Hlk200636366"/>
+      <w:r w:rsidR="00B343ED" w:rsidRPr="00657E63">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00B343ED" w:rsidRPr="00657E63">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://portal.ct.gov/sde/nutrition/meal-patterns-preschoolers-in-school-nutrition-programs"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B343ED" w:rsidRPr="00657E63">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B343ED" w:rsidRPr="00657E63">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00B343ED" w:rsidRPr="00657E63">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0015655E">
+        <w:t>Meal Patterns for Preschoolers in School Nutrition Programs</w:t>
+      </w:r>
+      <w:r w:rsidR="00B343ED" w:rsidRPr="00657E63">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00B343ED" w:rsidRPr="00657E63">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">and visit the CSDE’s </w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="0015655E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidR="00B343ED" w:rsidRPr="00657E63">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> webpage or contact the </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="0015655E">
+        <w:t>webpage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00657E63">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or contact the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00657E63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>school nutrition programs staff</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0015655E">
+      <w:r w:rsidRPr="00657E63">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> at the Connecticut State Department of Education, Bureau of Child Nutrition Programs, 450 Columbus Boulevard, Suite 504, Hartford, CT 06103-1841</w:t>
       </w:r>
-      <w:r w:rsidRPr="0015655E">
+      <w:r w:rsidRPr="00657E63">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00EF17EA" w:rsidRPr="0015655E">
+      <w:r w:rsidR="00684676" w:rsidRPr="00657E63">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">This document is available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
-[...9 lines deleted...]
-      <w:r w:rsidR="00EF17EA" w:rsidRPr="0015655E">
+      <w:r w:rsidR="009D6257" w:rsidRPr="00657E63">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
+        <w:t>https://portal.ct.gov/-/media/sde/nutrition/asp/forms/</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5611" w:rsidRPr="00657E63">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>‌</w:t>
+      </w:r>
+      <w:r w:rsidR="009D6257" w:rsidRPr="00657E63">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>menu_form_asp_preschool.docx.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3D4949C4" w14:textId="77777777" w:rsidR="00EF17EA" w:rsidRDefault="00EF17EA" w:rsidP="002316DF">
-[...14 lines deleted...]
-    <w:p w14:paraId="7187B8A5" w14:textId="77777777" w:rsidR="00EF17EA" w:rsidRDefault="00EF17EA" w:rsidP="002316DF">
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="55DCCCC8" w14:textId="77777777" w:rsidR="00286711" w:rsidRDefault="00286711" w:rsidP="00286711">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00EF17EA" w:rsidSect="003B717C">
-[...4 lines deleted...]
-        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B899042" w14:textId="77777777" w:rsidR="00EF17EA" w:rsidRPr="007842BE" w:rsidRDefault="00EF17EA" w:rsidP="00EF17EA">
+    <w:p w14:paraId="12A90354" w14:textId="70C541DD" w:rsidR="00286711" w:rsidRDefault="00286711" w:rsidP="00286711">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007842BE">
+        <w:sectPr w:rsidR="00286711" w:rsidSect="000C407F">
+          <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="720" w:bottom="360" w:left="720" w:header="576" w:footer="360" w:gutter="0"/>
+          <w:cols w:space="432"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B304BFD" w14:textId="77777777" w:rsidR="00286711" w:rsidRPr="0066451E" w:rsidRDefault="00286711" w:rsidP="00286711">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007842BE">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk200770328"/>
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007842BE">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>In accordance with federal civil rights law and U.S. Department of Agriculture (USDA) civil rights regulations and policies, this institution is prohibited from discriminating on the basis of race, color, national origin, sex (including gender identity and sexual orientation), disability, age, or reprisal or retaliation for prior civil rights activity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56DFDF15" w14:textId="77777777" w:rsidR="00286711" w:rsidRPr="0066451E" w:rsidRDefault="00286711" w:rsidP="00286711">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...8 lines deleted...]
-        <w:spacing w:before="240"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007842BE">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Program information may be made available in languages other than English. Persons with disabilities who require alternative means of communication to obtain program information (e.g., Braille, large print, audiotape, American Sign Language), should contact the responsible state or local agency that administers the program or USDA’s TARGET Center at (202) 720-2600 (voice and TTY) or contact USDA through the Federal Relay Service at (800) 877-8339.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657E0EFB" w14:textId="77777777" w:rsidR="00286711" w:rsidRPr="0066451E" w:rsidRDefault="00286711" w:rsidP="00286711">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...8 lines deleted...]
-        <w:spacing w:before="240" w:after="120"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...8 lines deleted...]
-          <w:szCs w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">To file a program discrimination complaint, a Complainant should complete a Form AD-3027, USDA Program Discrimination Complaint Form which can be obtained online at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidRPr="007842BE">
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="0066451E">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="0000FF"/>
-            <w:sz w:val="19"/>
-            <w:szCs w:val="19"/>
+            <w:sz w:val="20"/>
           </w:rPr>
-          <w:t>https://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
+          <w:t>h</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0066451E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t>ttps://www.usda.gov/sites/default/files/documents/ad-3027.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007842BE">
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>, from any USDA office, by calling (866) 632-9992, or by writing a letter addressed to USDA. The letter must contain the complainant’s name, address, telephone number, and a written description of the alleged discriminatory action in sufficient detail to inform the Assistant Secretary for Civil Rights (ASCR) about the nature and date of an alleged civil rights violation. The completed AD-3027 form or letter must be submitted to USDA by:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592EC7AB" w14:textId="4C1D4B66" w:rsidR="00EF17EA" w:rsidRPr="007842BE" w:rsidRDefault="00183C37" w:rsidP="00EF17EA">
+    <w:p w14:paraId="301191AB" w14:textId="6BFD214A" w:rsidR="00286711" w:rsidRPr="0066451E" w:rsidRDefault="00286711" w:rsidP="00286711">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...66 lines deleted...]
-      <w:r w:rsidR="00EF17EA" w:rsidRPr="007842BE">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>mail: U.S. Department of Agriculture</w:t>
       </w:r>
-      <w:r w:rsidR="00EF17EA" w:rsidRPr="007842BE">
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Office of the Assistant Secretary for Civil Rights</w:t>
       </w:r>
-      <w:r w:rsidR="00EF17EA" w:rsidRPr="007842BE">
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>1400 Independence Avenue, SW</w:t>
       </w:r>
-      <w:r w:rsidR="00EF17EA" w:rsidRPr="007842BE">
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Washington, D.C. 20250-9410; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72AEE102" w14:textId="34218221" w:rsidR="00EF17EA" w:rsidRPr="007842BE" w:rsidRDefault="00EF17EA" w:rsidP="00EF17EA">
+    <w:p w14:paraId="2D0E28D6" w14:textId="77777777" w:rsidR="00286711" w:rsidRPr="0066451E" w:rsidRDefault="00286711" w:rsidP="00286711">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007842BE">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>fax: (833) 256-1665 or (202) 690-7442; or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39FB06A2" w14:textId="77777777" w:rsidR="00EF17EA" w:rsidRPr="007842BE" w:rsidRDefault="00EF17EA" w:rsidP="00EF17EA">
+    <w:p w14:paraId="134159CF" w14:textId="77777777" w:rsidR="00286711" w:rsidRPr="0066451E" w:rsidRDefault="00286711" w:rsidP="00286711">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007842BE">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>email:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007842BE">
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
-        <w:r w:rsidRPr="007842BE">
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="0066451E">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-            <w:szCs w:val="19"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="20"/>
           </w:rPr>
           <w:t>program.intake@usda.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4CBEBB6C" w14:textId="5D922EE1" w:rsidR="00EF17EA" w:rsidRPr="007842BE" w:rsidRDefault="00EF17EA" w:rsidP="0086485A">
+    <w:p w14:paraId="4D1F194A" w14:textId="77777777" w:rsidR="00286711" w:rsidRPr="0066451E" w:rsidRDefault="00286711" w:rsidP="00286711">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5834"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007842BE">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="1B1B1B"/>
-          <w:sz w:val="19"/>
-          <w:szCs w:val="19"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t>This institution is an equal opportunity provider.</w:t>
       </w:r>
-      <w:r w:rsidR="00183C37" w:rsidRPr="00183C37">
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="21"/>
-          <w:szCs w:val="21"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="421BF030" w14:textId="5F24D487" w:rsidR="00EF17EA" w:rsidRPr="00EF17EA" w:rsidRDefault="00EF17EA" w:rsidP="003B717C">
+    <w:p w14:paraId="421BDE1C" w14:textId="194B58F6" w:rsidR="00684676" w:rsidRPr="0066451E" w:rsidRDefault="00286711" w:rsidP="00286711">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5834"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="115"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="0000FF"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007842BE">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r w:rsidRPr="0066451E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="19"/>
-[...31 lines deleted...]
-        <w:r w:rsidRPr="007842BE">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The Connecticut State Department of Education is committed to a policy of equal opportunity/affirmative action for all qualified persons. The Connecticut Department of Education does not discriminate in any employment practice, education program, or educational activity on the basis of race; color; religious creed; age; sex; pregnancy; sexual orientation; workplace hazards to reproductive systems, gender identity or expression; marital status; national origin; ancestry; retaliation for previously opposed discrimination or coercion, intellectual disability; genetic information; learning disability; physical disability (including, but not limited to, blindness); mental disability (past/present history thereof); military or veteran status; status as a victim of domestic violence; or criminal record in state employment, unless there is a bona fide occupational qualification excluding persons in any of the aforementioned protected classes. Inquiries regarding the Connecticut State Department of Education’s nondiscrimination policies should be directed to: Attorney Louis Todisco, Connecticut State Department of Education, by mail 450 Columbus Boulevard, Hartford, CT 06103-1841; or by telephone 860-713-6594; or by email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="0066451E">
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-            <w:szCs w:val="19"/>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="20"/>
           </w:rPr>
           <w:t>louis.todisco@ct.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007842BE">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0066451E">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:sectPr w:rsidR="00EF17EA" w:rsidRPr="00EF17EA" w:rsidSect="00EF17EA">
+    <w:sectPr w:rsidR="00684676" w:rsidRPr="0066451E" w:rsidSect="0066451E">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape" w:code="1"/>
       <w:pgMar w:top="1008" w:right="720" w:bottom="360" w:left="720" w:header="576" w:footer="360" w:gutter="0"/>
-      <w:cols w:num="2" w:space="432" w:equalWidth="0">
-[...1 lines deleted...]
-        <w:col w:w="5760"/>
+      <w:cols w:num="2" w:space="720" w:equalWidth="0">
+        <w:col w:w="8640" w:space="720"/>
+        <w:col w:w="5040"/>
       </w:cols>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FE0087B" w14:textId="77777777" w:rsidR="00D76AA4" w:rsidRDefault="00D76AA4">
+    <w:p w14:paraId="78E3E2AC" w14:textId="77777777" w:rsidR="00D81471" w:rsidRDefault="00D81471">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69B83301" w14:textId="77777777" w:rsidR="00D76AA4" w:rsidRDefault="00D76AA4">
+    <w:p w14:paraId="7FD4F834" w14:textId="77777777" w:rsidR="00D81471" w:rsidRDefault="00D81471">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
@@ -2533,109 +2069,101 @@
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="05B45AD8" w14:textId="6940C492" w:rsidR="00DE2E96" w:rsidRPr="0086485A" w:rsidRDefault="0086485A" w:rsidP="0086485A">
+  <w:p w14:paraId="720EF3BB" w14:textId="167CEFB6" w:rsidR="00286711" w:rsidRPr="009D6257" w:rsidRDefault="009D6257" w:rsidP="009D6257">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="14670"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="009429C4">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>June</w:t>
+      <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-      <w:t>2025</w:t>
+      <w:t>February 2026</w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Page </w:t>
     </w:r>
@@ -2704,126 +2232,118 @@
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0FB42C1F" w14:textId="7C090B97" w:rsidR="00DE2E96" w:rsidRPr="003B717C" w:rsidRDefault="003B717C" w:rsidP="003B717C">
+  <w:p w14:paraId="713B0954" w14:textId="1376BA4D" w:rsidR="00286711" w:rsidRPr="0066451E" w:rsidRDefault="0066451E" w:rsidP="0066451E">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="14670"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Connecticut State Department of Education </w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="009429C4">
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Revised </w:t>
+    </w:r>
+    <w:r w:rsidR="009D6257">
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>June</w:t>
-[...15 lines deleted...]
-      <w:t>2025</w:t>
+      <w:t>February 2026</w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:sym w:font="Symbol" w:char="F0B7"/>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> Page </w:t>
     </w:r>
@@ -2839,51 +2359,51 @@
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
@@ -2892,289 +2412,102 @@
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="008E0731">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="264F003F" w14:textId="77777777" w:rsidR="00D76AA4" w:rsidRDefault="00D76AA4">
+    <w:p w14:paraId="627F4B19" w14:textId="77777777" w:rsidR="00D81471" w:rsidRDefault="00D81471">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2602CD3D" w14:textId="77777777" w:rsidR="00D76AA4" w:rsidRDefault="00D76AA4">
+    <w:p w14:paraId="2F9C01EE" w14:textId="77777777" w:rsidR="00D81471" w:rsidRDefault="00D81471">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="24677BE4" w14:textId="24A0EB15" w:rsidR="003B717C" w:rsidRPr="003B717C" w:rsidRDefault="003B717C" w:rsidP="003B717C">
+  <w:p w14:paraId="1BF168CB" w14:textId="75B2A8B5" w:rsidR="00503812" w:rsidRPr="00503812" w:rsidRDefault="009D6257" w:rsidP="00657E63">
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...11 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="Header1"/>
+      <w:spacing w:after="240"/>
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
-        <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="24"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003B717C">
+    <w:r w:rsidRPr="009D6257">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:szCs w:val="24"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Afterschool Snack Program (ASP) Preschool Menu Form</w:t>
     </w:r>
-  </w:p>
-[...166 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BA227A2"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="04090001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30C64DCC"/>
@@ -3679,798 +3012,693 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1444416470">
+  <w:num w:numId="1" w16cid:durableId="2072654959">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="850724429">
+  <w:num w:numId="2" w16cid:durableId="193084435">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="573247834">
+  <w:num w:numId="3" w16cid:durableId="878975914">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1755662081">
+  <w:num w:numId="4" w16cid:durableId="1656840007">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="436291546">
+  <w:num w:numId="5" w16cid:durableId="1291204598">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="2143375856">
+  <w:num w:numId="6" w16cid:durableId="1583761824">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1369138385">
+  <w:num w:numId="7" w16cid:durableId="289751853">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="567150118">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="jg8B2ycwtGPLIxTMHwkIWabAHJGyh9c/62pCbOPDFDRhK1HOEvxcXUbXRQOiufPtVv8ckR1naRVFqwMtqVOStg==" w:salt="/HTevdsU8JCLhb9CVYR2zg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="71681"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00ED6C4B"/>
-    <w:rsid w:val="000029FB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0001509B"/>
+    <w:rsid w:val="0000276C"/>
     <w:rsid w:val="000176C2"/>
-    <w:rsid w:val="000201C0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000268D7"/>
+    <w:rsid w:val="00020DEA"/>
+    <w:rsid w:val="00030BD9"/>
     <w:rsid w:val="00034DFE"/>
-    <w:rsid w:val="00041F64"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0005585A"/>
+    <w:rsid w:val="0004352C"/>
+    <w:rsid w:val="000441D3"/>
+    <w:rsid w:val="000503B3"/>
+    <w:rsid w:val="0005272A"/>
     <w:rsid w:val="0006491F"/>
-    <w:rsid w:val="00067A24"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00087454"/>
+    <w:rsid w:val="00067727"/>
+    <w:rsid w:val="00067EA8"/>
+    <w:rsid w:val="000706BB"/>
+    <w:rsid w:val="00072882"/>
+    <w:rsid w:val="00081535"/>
+    <w:rsid w:val="00084FD4"/>
+    <w:rsid w:val="00091FEF"/>
+    <w:rsid w:val="00095547"/>
     <w:rsid w:val="000977FA"/>
-    <w:rsid w:val="000A19AA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000B1C67"/>
+    <w:rsid w:val="000A2E9E"/>
+    <w:rsid w:val="000B04E0"/>
     <w:rsid w:val="000B36D7"/>
-    <w:rsid w:val="000B3ABA"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000C5A4F"/>
+    <w:rsid w:val="000B7F04"/>
+    <w:rsid w:val="000C2B28"/>
+    <w:rsid w:val="000C407F"/>
     <w:rsid w:val="000C6128"/>
+    <w:rsid w:val="000D2E39"/>
     <w:rsid w:val="000D67B6"/>
-    <w:rsid w:val="000E2520"/>
-    <w:rsid w:val="000E5CAF"/>
+    <w:rsid w:val="000E36CD"/>
+    <w:rsid w:val="000E4FBF"/>
     <w:rsid w:val="000F5A3C"/>
-    <w:rsid w:val="000F5C96"/>
+    <w:rsid w:val="000F5D10"/>
     <w:rsid w:val="000F776D"/>
-    <w:rsid w:val="001000DC"/>
+    <w:rsid w:val="0010038F"/>
     <w:rsid w:val="001003BF"/>
-    <w:rsid w:val="001115DC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0011415B"/>
+    <w:rsid w:val="00110F42"/>
+    <w:rsid w:val="0011756B"/>
+    <w:rsid w:val="00117E3D"/>
+    <w:rsid w:val="00121FC2"/>
+    <w:rsid w:val="00122156"/>
     <w:rsid w:val="00123F8C"/>
-    <w:rsid w:val="00125038"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00132522"/>
     <w:rsid w:val="00133348"/>
-    <w:rsid w:val="001429B2"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00160577"/>
+    <w:rsid w:val="0015260B"/>
+    <w:rsid w:val="00153039"/>
     <w:rsid w:val="001640AB"/>
-    <w:rsid w:val="00170A8E"/>
-    <w:rsid w:val="0017450B"/>
+    <w:rsid w:val="001660DF"/>
+    <w:rsid w:val="001665AC"/>
+    <w:rsid w:val="00170287"/>
     <w:rsid w:val="00174642"/>
+    <w:rsid w:val="00174E64"/>
+    <w:rsid w:val="0017709A"/>
     <w:rsid w:val="001772CB"/>
-    <w:rsid w:val="001817E8"/>
-    <w:rsid w:val="00182F4D"/>
+    <w:rsid w:val="00181035"/>
+    <w:rsid w:val="00181458"/>
+    <w:rsid w:val="001822C6"/>
     <w:rsid w:val="00183308"/>
-    <w:rsid w:val="00183C37"/>
-    <w:rsid w:val="001852CC"/>
     <w:rsid w:val="001872BB"/>
-    <w:rsid w:val="001A2B1D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001A5A10"/>
+    <w:rsid w:val="0019519E"/>
+    <w:rsid w:val="00196859"/>
+    <w:rsid w:val="001A2D81"/>
     <w:rsid w:val="001B30BD"/>
-    <w:rsid w:val="001B5CA4"/>
-    <w:rsid w:val="001B66D5"/>
+    <w:rsid w:val="001C1C78"/>
     <w:rsid w:val="001C21B7"/>
-    <w:rsid w:val="001D074F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001D3ED8"/>
+    <w:rsid w:val="001C5AA8"/>
+    <w:rsid w:val="001C62D1"/>
+    <w:rsid w:val="001C75DA"/>
     <w:rsid w:val="001D3FEB"/>
-    <w:rsid w:val="001E2918"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00212AE1"/>
+    <w:rsid w:val="001D62B4"/>
+    <w:rsid w:val="001F088C"/>
+    <w:rsid w:val="00200195"/>
+    <w:rsid w:val="00214092"/>
     <w:rsid w:val="002148DA"/>
-    <w:rsid w:val="00225193"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002316DF"/>
+    <w:rsid w:val="00216376"/>
+    <w:rsid w:val="002225BF"/>
+    <w:rsid w:val="002265F3"/>
+    <w:rsid w:val="00233CB2"/>
+    <w:rsid w:val="0023421B"/>
+    <w:rsid w:val="00234810"/>
     <w:rsid w:val="0023559B"/>
-    <w:rsid w:val="002627DA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0027233B"/>
+    <w:rsid w:val="002371E7"/>
+    <w:rsid w:val="002401FF"/>
+    <w:rsid w:val="00241B5F"/>
+    <w:rsid w:val="00252763"/>
+    <w:rsid w:val="0027480A"/>
+    <w:rsid w:val="00274DF4"/>
+    <w:rsid w:val="00281033"/>
+    <w:rsid w:val="00286711"/>
     <w:rsid w:val="00292559"/>
-    <w:rsid w:val="00295928"/>
+    <w:rsid w:val="00292779"/>
     <w:rsid w:val="00297F7F"/>
-    <w:rsid w:val="002A776E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002B4358"/>
+    <w:rsid w:val="002A0968"/>
+    <w:rsid w:val="002B5E12"/>
+    <w:rsid w:val="002B7692"/>
     <w:rsid w:val="002C3699"/>
-    <w:rsid w:val="002C3D16"/>
-[...2 lines deleted...]
-    <w:rsid w:val="002C77A9"/>
     <w:rsid w:val="002C7E68"/>
-    <w:rsid w:val="002C7EAF"/>
     <w:rsid w:val="002D237F"/>
-    <w:rsid w:val="002D51F5"/>
+    <w:rsid w:val="002D2F6B"/>
     <w:rsid w:val="002D54C0"/>
-    <w:rsid w:val="002E41EA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002F349F"/>
+    <w:rsid w:val="002D5768"/>
+    <w:rsid w:val="002E4AED"/>
+    <w:rsid w:val="002F4979"/>
     <w:rsid w:val="002F7E20"/>
     <w:rsid w:val="00300594"/>
-    <w:rsid w:val="00306D36"/>
+    <w:rsid w:val="00305149"/>
     <w:rsid w:val="00310A77"/>
-    <w:rsid w:val="00312DD5"/>
-[...16 lines deleted...]
-    <w:rsid w:val="003770FA"/>
+    <w:rsid w:val="00311060"/>
+    <w:rsid w:val="00324AC8"/>
+    <w:rsid w:val="003266C0"/>
+    <w:rsid w:val="003512E0"/>
+    <w:rsid w:val="00352DF9"/>
+    <w:rsid w:val="0035432D"/>
+    <w:rsid w:val="00364A77"/>
+    <w:rsid w:val="00370D43"/>
+    <w:rsid w:val="0038149E"/>
     <w:rsid w:val="003824F4"/>
     <w:rsid w:val="00382978"/>
     <w:rsid w:val="00382CA8"/>
+    <w:rsid w:val="0038421C"/>
     <w:rsid w:val="00387CBF"/>
+    <w:rsid w:val="003905E0"/>
+    <w:rsid w:val="00391324"/>
     <w:rsid w:val="00392F19"/>
-    <w:rsid w:val="00395538"/>
-[...16 lines deleted...]
-    <w:rsid w:val="0042268E"/>
+    <w:rsid w:val="003941A4"/>
+    <w:rsid w:val="003969C7"/>
+    <w:rsid w:val="003B0C2E"/>
+    <w:rsid w:val="003B2730"/>
+    <w:rsid w:val="003C35FA"/>
+    <w:rsid w:val="003D1BB0"/>
+    <w:rsid w:val="003F2E27"/>
+    <w:rsid w:val="003F3B8B"/>
     <w:rsid w:val="00422A80"/>
-    <w:rsid w:val="004402A3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0045092B"/>
     <w:rsid w:val="00452955"/>
-    <w:rsid w:val="0045531F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00462C11"/>
     <w:rsid w:val="004645B1"/>
-    <w:rsid w:val="004712BF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00496932"/>
+    <w:rsid w:val="00483327"/>
+    <w:rsid w:val="004861B9"/>
+    <w:rsid w:val="004912DD"/>
+    <w:rsid w:val="00492A4E"/>
+    <w:rsid w:val="004954D3"/>
+    <w:rsid w:val="004A1B10"/>
     <w:rsid w:val="004A5981"/>
-    <w:rsid w:val="004A5F66"/>
-[...10 lines deleted...]
-    <w:rsid w:val="004F43F6"/>
+    <w:rsid w:val="004C2FF6"/>
+    <w:rsid w:val="004C3542"/>
+    <w:rsid w:val="004D0760"/>
+    <w:rsid w:val="004D4F5A"/>
+    <w:rsid w:val="004D72AB"/>
+    <w:rsid w:val="004E2F00"/>
+    <w:rsid w:val="004F70C0"/>
     <w:rsid w:val="004F7680"/>
-    <w:rsid w:val="004F7FC8"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00514DB2"/>
+    <w:rsid w:val="0050274D"/>
+    <w:rsid w:val="00503812"/>
     <w:rsid w:val="005164F9"/>
-    <w:rsid w:val="00522FB2"/>
-[...10 lines deleted...]
-    <w:rsid w:val="005557C2"/>
+    <w:rsid w:val="00525387"/>
+    <w:rsid w:val="0052697E"/>
+    <w:rsid w:val="00535174"/>
+    <w:rsid w:val="0053660E"/>
+    <w:rsid w:val="00544A16"/>
+    <w:rsid w:val="00553A2F"/>
     <w:rsid w:val="0055703E"/>
-    <w:rsid w:val="00563DD4"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005804F1"/>
+    <w:rsid w:val="0057515A"/>
     <w:rsid w:val="005826CD"/>
+    <w:rsid w:val="00583A48"/>
     <w:rsid w:val="0058679F"/>
-    <w:rsid w:val="005A1D63"/>
-    <w:rsid w:val="005A3793"/>
+    <w:rsid w:val="0059448D"/>
     <w:rsid w:val="005A46B3"/>
-    <w:rsid w:val="005B2A1A"/>
-[...5 lines deleted...]
-    <w:rsid w:val="005D6E7B"/>
+    <w:rsid w:val="005A6DAB"/>
+    <w:rsid w:val="005B03EA"/>
+    <w:rsid w:val="005B2527"/>
+    <w:rsid w:val="005C0F52"/>
+    <w:rsid w:val="005C4A43"/>
+    <w:rsid w:val="005C5E03"/>
+    <w:rsid w:val="005C7602"/>
+    <w:rsid w:val="005D2F5E"/>
+    <w:rsid w:val="005E0BE0"/>
     <w:rsid w:val="005E1AA5"/>
-    <w:rsid w:val="005E43A7"/>
-    <w:rsid w:val="005F0067"/>
+    <w:rsid w:val="005E2C0A"/>
     <w:rsid w:val="005F00A7"/>
     <w:rsid w:val="005F1072"/>
+    <w:rsid w:val="005F4880"/>
     <w:rsid w:val="00601101"/>
-    <w:rsid w:val="006016C4"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00630DE3"/>
+    <w:rsid w:val="00605565"/>
+    <w:rsid w:val="00611CA7"/>
+    <w:rsid w:val="0061652B"/>
+    <w:rsid w:val="0061738A"/>
+    <w:rsid w:val="00623343"/>
+    <w:rsid w:val="0062371F"/>
     <w:rsid w:val="00631395"/>
     <w:rsid w:val="0063283A"/>
     <w:rsid w:val="00632C02"/>
-    <w:rsid w:val="00633ACE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00641572"/>
     <w:rsid w:val="00642A53"/>
-    <w:rsid w:val="00644632"/>
+    <w:rsid w:val="00643979"/>
     <w:rsid w:val="00646C36"/>
-    <w:rsid w:val="00647E2D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00663A20"/>
+    <w:rsid w:val="006572E1"/>
+    <w:rsid w:val="00657E63"/>
+    <w:rsid w:val="00661E75"/>
+    <w:rsid w:val="006640A9"/>
+    <w:rsid w:val="0066451E"/>
     <w:rsid w:val="0066695E"/>
     <w:rsid w:val="006710BD"/>
-    <w:rsid w:val="00680753"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00684B85"/>
+    <w:rsid w:val="0067234A"/>
+    <w:rsid w:val="0067270C"/>
+    <w:rsid w:val="00676011"/>
+    <w:rsid w:val="00681C4F"/>
+    <w:rsid w:val="00684676"/>
+    <w:rsid w:val="00684AE3"/>
     <w:rsid w:val="00684DF8"/>
-    <w:rsid w:val="00691D95"/>
-[...7 lines deleted...]
-    <w:rsid w:val="006D0D62"/>
+    <w:rsid w:val="00686148"/>
+    <w:rsid w:val="0069142E"/>
+    <w:rsid w:val="00693798"/>
+    <w:rsid w:val="006970C6"/>
+    <w:rsid w:val="006A2FDB"/>
     <w:rsid w:val="006D16FE"/>
-    <w:rsid w:val="006D4F4B"/>
-[...8 lines deleted...]
-    <w:rsid w:val="006F3742"/>
+    <w:rsid w:val="006D64D8"/>
+    <w:rsid w:val="006D6E11"/>
+    <w:rsid w:val="006E1678"/>
+    <w:rsid w:val="006E2DBC"/>
+    <w:rsid w:val="006E4F19"/>
+    <w:rsid w:val="006E63D5"/>
+    <w:rsid w:val="006F126A"/>
+    <w:rsid w:val="006F17F7"/>
+    <w:rsid w:val="006F1CC4"/>
     <w:rsid w:val="006F7FAD"/>
-    <w:rsid w:val="0070086D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00703E26"/>
     <w:rsid w:val="00711EE8"/>
-    <w:rsid w:val="00713D76"/>
-[...6 lines deleted...]
-    <w:rsid w:val="0073592B"/>
+    <w:rsid w:val="007128CE"/>
+    <w:rsid w:val="0071410D"/>
+    <w:rsid w:val="00716EF1"/>
+    <w:rsid w:val="00717140"/>
+    <w:rsid w:val="0072160C"/>
+    <w:rsid w:val="00731BBD"/>
+    <w:rsid w:val="007336E3"/>
+    <w:rsid w:val="00744408"/>
     <w:rsid w:val="00745BE7"/>
-    <w:rsid w:val="007461E3"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00781E88"/>
+    <w:rsid w:val="0075051A"/>
+    <w:rsid w:val="00750B49"/>
+    <w:rsid w:val="00762C0F"/>
+    <w:rsid w:val="00765CB9"/>
+    <w:rsid w:val="00775412"/>
+    <w:rsid w:val="00780A79"/>
+    <w:rsid w:val="00780EB7"/>
+    <w:rsid w:val="00783C19"/>
+    <w:rsid w:val="0078414B"/>
     <w:rsid w:val="007846D6"/>
-    <w:rsid w:val="007861D0"/>
-    <w:rsid w:val="007861F9"/>
+    <w:rsid w:val="00785D2F"/>
     <w:rsid w:val="00790D41"/>
-    <w:rsid w:val="007955B7"/>
-    <w:rsid w:val="007964AF"/>
+    <w:rsid w:val="007955F0"/>
+    <w:rsid w:val="00797681"/>
     <w:rsid w:val="007A0D57"/>
-    <w:rsid w:val="007A14D8"/>
-    <w:rsid w:val="007A520E"/>
+    <w:rsid w:val="007B2755"/>
     <w:rsid w:val="007B2785"/>
-    <w:rsid w:val="007B6EA1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007F0F18"/>
+    <w:rsid w:val="007B4A66"/>
+    <w:rsid w:val="007B7F1B"/>
+    <w:rsid w:val="007D6447"/>
     <w:rsid w:val="007F2082"/>
-    <w:rsid w:val="00801DC9"/>
-[...4 lines deleted...]
-    <w:rsid w:val="0081494B"/>
+    <w:rsid w:val="008008C8"/>
+    <w:rsid w:val="00813156"/>
     <w:rsid w:val="00817A35"/>
+    <w:rsid w:val="00826A37"/>
+    <w:rsid w:val="00827795"/>
     <w:rsid w:val="008355D2"/>
-    <w:rsid w:val="00835833"/>
-[...3 lines deleted...]
-    <w:rsid w:val="008605F3"/>
+    <w:rsid w:val="00841AFE"/>
+    <w:rsid w:val="008444E5"/>
+    <w:rsid w:val="00853D7C"/>
     <w:rsid w:val="008614C2"/>
-    <w:rsid w:val="00861B45"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00876F27"/>
+    <w:rsid w:val="00861D9A"/>
+    <w:rsid w:val="00862659"/>
+    <w:rsid w:val="0087002A"/>
+    <w:rsid w:val="00871A3A"/>
+    <w:rsid w:val="008757DE"/>
+    <w:rsid w:val="00877D37"/>
+    <w:rsid w:val="008806B8"/>
     <w:rsid w:val="008813C0"/>
     <w:rsid w:val="00882438"/>
-    <w:rsid w:val="0088263F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008910DD"/>
     <w:rsid w:val="00891C4C"/>
-    <w:rsid w:val="00893504"/>
-[...3 lines deleted...]
-    <w:rsid w:val="008A269A"/>
+    <w:rsid w:val="008A112B"/>
+    <w:rsid w:val="008A2B19"/>
     <w:rsid w:val="008A3631"/>
-    <w:rsid w:val="008A3E49"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008B36D4"/>
+    <w:rsid w:val="008A7C8B"/>
+    <w:rsid w:val="008B3465"/>
     <w:rsid w:val="008B3A03"/>
-    <w:rsid w:val="008B7FA7"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008D45BB"/>
+    <w:rsid w:val="008C1498"/>
+    <w:rsid w:val="008C2355"/>
+    <w:rsid w:val="008C5D9B"/>
+    <w:rsid w:val="008D0A68"/>
     <w:rsid w:val="008E308F"/>
     <w:rsid w:val="008E408A"/>
-    <w:rsid w:val="008E7803"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009006DF"/>
+    <w:rsid w:val="008E6C51"/>
+    <w:rsid w:val="008F57AA"/>
+    <w:rsid w:val="008F7BFE"/>
     <w:rsid w:val="0090185C"/>
-    <w:rsid w:val="00901CFB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009345F1"/>
+    <w:rsid w:val="00920EE9"/>
+    <w:rsid w:val="00925B39"/>
+    <w:rsid w:val="00937CE5"/>
     <w:rsid w:val="009407C5"/>
-    <w:rsid w:val="00945780"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00952533"/>
+    <w:rsid w:val="0094222F"/>
+    <w:rsid w:val="00952CBF"/>
     <w:rsid w:val="00952D41"/>
-    <w:rsid w:val="00955276"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00985117"/>
+    <w:rsid w:val="009541C6"/>
+    <w:rsid w:val="00954937"/>
+    <w:rsid w:val="00955877"/>
     <w:rsid w:val="009858F4"/>
-    <w:rsid w:val="009871A8"/>
-[...6 lines deleted...]
-    <w:rsid w:val="009C11DC"/>
+    <w:rsid w:val="00997590"/>
+    <w:rsid w:val="009A1B95"/>
+    <w:rsid w:val="009A2F0A"/>
+    <w:rsid w:val="009A4CE6"/>
+    <w:rsid w:val="009B1B55"/>
+    <w:rsid w:val="009B37B7"/>
+    <w:rsid w:val="009C01DE"/>
     <w:rsid w:val="009C272C"/>
-    <w:rsid w:val="009C2B37"/>
-    <w:rsid w:val="009E1BE9"/>
+    <w:rsid w:val="009D3C80"/>
+    <w:rsid w:val="009D3E3B"/>
+    <w:rsid w:val="009D6257"/>
+    <w:rsid w:val="009E19E0"/>
     <w:rsid w:val="009E3C51"/>
-    <w:rsid w:val="009F4E1E"/>
+    <w:rsid w:val="00A0142B"/>
     <w:rsid w:val="00A02C4A"/>
-    <w:rsid w:val="00A03526"/>
     <w:rsid w:val="00A052CF"/>
-    <w:rsid w:val="00A1012B"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00A464DB"/>
+    <w:rsid w:val="00A062F2"/>
+    <w:rsid w:val="00A3314D"/>
+    <w:rsid w:val="00A449F4"/>
+    <w:rsid w:val="00A478CE"/>
     <w:rsid w:val="00A50A71"/>
+    <w:rsid w:val="00A54FB7"/>
     <w:rsid w:val="00A60B0E"/>
-    <w:rsid w:val="00A64415"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A769F0"/>
+    <w:rsid w:val="00A60D13"/>
+    <w:rsid w:val="00A64578"/>
+    <w:rsid w:val="00A64640"/>
+    <w:rsid w:val="00A730DA"/>
     <w:rsid w:val="00A81DB2"/>
-    <w:rsid w:val="00A8737C"/>
-    <w:rsid w:val="00A87C15"/>
     <w:rsid w:val="00A900C2"/>
-    <w:rsid w:val="00A9212D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AB06C9"/>
+    <w:rsid w:val="00A9152C"/>
+    <w:rsid w:val="00A9758E"/>
+    <w:rsid w:val="00AA3362"/>
+    <w:rsid w:val="00AA3F04"/>
     <w:rsid w:val="00AB4338"/>
     <w:rsid w:val="00AB56D1"/>
-    <w:rsid w:val="00AB668F"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00B1405D"/>
+    <w:rsid w:val="00AF266F"/>
+    <w:rsid w:val="00AF6BD8"/>
+    <w:rsid w:val="00B02540"/>
+    <w:rsid w:val="00B12992"/>
+    <w:rsid w:val="00B16041"/>
     <w:rsid w:val="00B16289"/>
-    <w:rsid w:val="00B16446"/>
+    <w:rsid w:val="00B25E1B"/>
     <w:rsid w:val="00B32841"/>
-    <w:rsid w:val="00B33D6D"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00B64EA8"/>
+    <w:rsid w:val="00B343ED"/>
+    <w:rsid w:val="00B3689E"/>
+    <w:rsid w:val="00B61CD2"/>
+    <w:rsid w:val="00B74B4C"/>
     <w:rsid w:val="00B75B22"/>
-    <w:rsid w:val="00B865DF"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B957B5"/>
+    <w:rsid w:val="00B77FE9"/>
+    <w:rsid w:val="00B95FF1"/>
     <w:rsid w:val="00B9674F"/>
-    <w:rsid w:val="00BA07EB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BB338B"/>
     <w:rsid w:val="00BC1B5C"/>
-    <w:rsid w:val="00BC3FC7"/>
     <w:rsid w:val="00BC4106"/>
-    <w:rsid w:val="00BC6497"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BD0E19"/>
+    <w:rsid w:val="00BD4DE3"/>
     <w:rsid w:val="00BD6E78"/>
-    <w:rsid w:val="00BE674D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00C05C4C"/>
+    <w:rsid w:val="00BF0205"/>
+    <w:rsid w:val="00BF2A1D"/>
+    <w:rsid w:val="00BF62FB"/>
+    <w:rsid w:val="00C02832"/>
     <w:rsid w:val="00C076FF"/>
-    <w:rsid w:val="00C10C0D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C31CF3"/>
+    <w:rsid w:val="00C103E6"/>
+    <w:rsid w:val="00C111F5"/>
+    <w:rsid w:val="00C12EE1"/>
+    <w:rsid w:val="00C14E2A"/>
+    <w:rsid w:val="00C23199"/>
+    <w:rsid w:val="00C26D32"/>
+    <w:rsid w:val="00C3429D"/>
+    <w:rsid w:val="00C3695A"/>
     <w:rsid w:val="00C478E5"/>
     <w:rsid w:val="00C47FF5"/>
-    <w:rsid w:val="00C506D1"/>
-    <w:rsid w:val="00C55523"/>
     <w:rsid w:val="00C57FCD"/>
     <w:rsid w:val="00C6067F"/>
-    <w:rsid w:val="00C61C1C"/>
-    <w:rsid w:val="00C72AD9"/>
+    <w:rsid w:val="00C6752B"/>
+    <w:rsid w:val="00C67FF1"/>
+    <w:rsid w:val="00C705A0"/>
+    <w:rsid w:val="00C74723"/>
     <w:rsid w:val="00C82FDB"/>
-    <w:rsid w:val="00C96D6B"/>
-    <w:rsid w:val="00CA155D"/>
+    <w:rsid w:val="00C833F0"/>
+    <w:rsid w:val="00C870BF"/>
+    <w:rsid w:val="00C94370"/>
+    <w:rsid w:val="00CA0628"/>
+    <w:rsid w:val="00CA0A9C"/>
     <w:rsid w:val="00CA15B5"/>
-    <w:rsid w:val="00CA4F5B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CB0ECF"/>
+    <w:rsid w:val="00CA1AC2"/>
+    <w:rsid w:val="00CA42DF"/>
+    <w:rsid w:val="00CC278B"/>
+    <w:rsid w:val="00CC2A26"/>
     <w:rsid w:val="00CD4E96"/>
+    <w:rsid w:val="00CE05BF"/>
+    <w:rsid w:val="00CE1B9D"/>
     <w:rsid w:val="00CE6A48"/>
-    <w:rsid w:val="00CF0350"/>
-    <w:rsid w:val="00CF1AE4"/>
+    <w:rsid w:val="00CE7F04"/>
     <w:rsid w:val="00D00161"/>
+    <w:rsid w:val="00D014B6"/>
+    <w:rsid w:val="00D02BFC"/>
+    <w:rsid w:val="00D03F9D"/>
+    <w:rsid w:val="00D1163B"/>
+    <w:rsid w:val="00D11D14"/>
     <w:rsid w:val="00D1661B"/>
-    <w:rsid w:val="00D26897"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00D4269F"/>
+    <w:rsid w:val="00D26B16"/>
+    <w:rsid w:val="00D41179"/>
+    <w:rsid w:val="00D45889"/>
     <w:rsid w:val="00D471A5"/>
-    <w:rsid w:val="00D65A52"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D66E34"/>
     <w:rsid w:val="00D70DE8"/>
-    <w:rsid w:val="00D75C28"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D83498"/>
+    <w:rsid w:val="00D80D92"/>
+    <w:rsid w:val="00D81471"/>
     <w:rsid w:val="00D83EC7"/>
     <w:rsid w:val="00D86C36"/>
     <w:rsid w:val="00D878C1"/>
-    <w:rsid w:val="00D91DD8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D94B5C"/>
     <w:rsid w:val="00D964ED"/>
-    <w:rsid w:val="00DA3BC0"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DB6CFF"/>
+    <w:rsid w:val="00D976A6"/>
+    <w:rsid w:val="00DB0A75"/>
+    <w:rsid w:val="00DC50A5"/>
     <w:rsid w:val="00DC7B34"/>
-    <w:rsid w:val="00DD02F1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DE2E96"/>
+    <w:rsid w:val="00DD3846"/>
+    <w:rsid w:val="00DE0672"/>
+    <w:rsid w:val="00DE20B4"/>
     <w:rsid w:val="00DE2FEC"/>
-    <w:rsid w:val="00DE3BBF"/>
-    <w:rsid w:val="00DE6DFF"/>
+    <w:rsid w:val="00DE4B5C"/>
+    <w:rsid w:val="00DE56FA"/>
     <w:rsid w:val="00DE71BE"/>
-    <w:rsid w:val="00DF1678"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E02110"/>
+    <w:rsid w:val="00DF28B8"/>
+    <w:rsid w:val="00E01D15"/>
+    <w:rsid w:val="00E03406"/>
+    <w:rsid w:val="00E0366B"/>
+    <w:rsid w:val="00E14A5F"/>
     <w:rsid w:val="00E1576F"/>
-    <w:rsid w:val="00E178AE"/>
-    <w:rsid w:val="00E208C7"/>
     <w:rsid w:val="00E25A4B"/>
     <w:rsid w:val="00E26FB0"/>
-    <w:rsid w:val="00E330CE"/>
-    <w:rsid w:val="00E35051"/>
+    <w:rsid w:val="00E30EC8"/>
+    <w:rsid w:val="00E40D55"/>
     <w:rsid w:val="00E41988"/>
-    <w:rsid w:val="00E4241D"/>
     <w:rsid w:val="00E438E5"/>
-    <w:rsid w:val="00E50806"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00EA1BC1"/>
+    <w:rsid w:val="00E43F4A"/>
+    <w:rsid w:val="00E45983"/>
+    <w:rsid w:val="00E537B7"/>
+    <w:rsid w:val="00E55675"/>
+    <w:rsid w:val="00E56919"/>
+    <w:rsid w:val="00E66ADB"/>
+    <w:rsid w:val="00E759B2"/>
+    <w:rsid w:val="00E77760"/>
+    <w:rsid w:val="00E83D6B"/>
+    <w:rsid w:val="00E91405"/>
     <w:rsid w:val="00EA2F77"/>
-    <w:rsid w:val="00EA7396"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00ED597B"/>
+    <w:rsid w:val="00EA3462"/>
+    <w:rsid w:val="00EB2FDA"/>
+    <w:rsid w:val="00EB6D42"/>
+    <w:rsid w:val="00ED228C"/>
+    <w:rsid w:val="00ED4163"/>
+    <w:rsid w:val="00ED5611"/>
     <w:rsid w:val="00ED63FF"/>
     <w:rsid w:val="00ED6C4B"/>
     <w:rsid w:val="00ED7189"/>
-    <w:rsid w:val="00ED74DE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EE4B31"/>
+    <w:rsid w:val="00ED7A01"/>
+    <w:rsid w:val="00EE0E90"/>
+    <w:rsid w:val="00EE2CFC"/>
     <w:rsid w:val="00EE63DB"/>
-    <w:rsid w:val="00EE75E0"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F0712F"/>
+    <w:rsid w:val="00EF2044"/>
+    <w:rsid w:val="00F018E2"/>
+    <w:rsid w:val="00F02B9E"/>
+    <w:rsid w:val="00F02CBB"/>
+    <w:rsid w:val="00F05FC4"/>
+    <w:rsid w:val="00F10503"/>
     <w:rsid w:val="00F12B63"/>
-    <w:rsid w:val="00F15D0E"/>
+    <w:rsid w:val="00F12CA0"/>
+    <w:rsid w:val="00F235D6"/>
     <w:rsid w:val="00F279C3"/>
+    <w:rsid w:val="00F32A22"/>
     <w:rsid w:val="00F35AF8"/>
-    <w:rsid w:val="00F37CFD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F4382D"/>
+    <w:rsid w:val="00F407C1"/>
+    <w:rsid w:val="00F4238A"/>
     <w:rsid w:val="00F457AA"/>
-    <w:rsid w:val="00F62002"/>
+    <w:rsid w:val="00F51D62"/>
+    <w:rsid w:val="00F55A74"/>
+    <w:rsid w:val="00F7049B"/>
+    <w:rsid w:val="00F769EF"/>
+    <w:rsid w:val="00F8241A"/>
     <w:rsid w:val="00F90089"/>
-    <w:rsid w:val="00F90888"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00FC5785"/>
+    <w:rsid w:val="00F9074E"/>
+    <w:rsid w:val="00F91EA1"/>
+    <w:rsid w:val="00F92938"/>
+    <w:rsid w:val="00FA2BDD"/>
+    <w:rsid w:val="00FA383A"/>
+    <w:rsid w:val="00FA7805"/>
+    <w:rsid w:val="00FB692C"/>
+    <w:rsid w:val="00FB72E2"/>
+    <w:rsid w:val="00FC24B1"/>
     <w:rsid w:val="00FC762B"/>
-    <w:rsid w:val="00FD1BDA"/>
+    <w:rsid w:val="00FD5ED1"/>
     <w:rsid w:val="00FD621F"/>
-    <w:rsid w:val="00FD6623"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FF3515"/>
+    <w:rsid w:val="00FE1258"/>
+    <w:rsid w:val="00FE2CA7"/>
+    <w:rsid w:val="00FE5BAF"/>
+    <w:rsid w:val="00FE72F4"/>
+    <w:rsid w:val="00FF1268"/>
+    <w:rsid w:val="00FF731A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="71681"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="76F20362"/>
+  <w14:docId w14:val="676111EC"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{E24A3317-E4EA-436C-854D-B7D698B63FEA}"/>
+  <w15:docId w15:val="{797B0080-F3D2-457E-9A73-3437A4F4A3B4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="99" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4703,79 +3931,78 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EF17EA"/>
+    <w:rsid w:val="003D1BB0"/>
     <w:pPr>
       <w:spacing w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
-    <w:rsid w:val="00E50806"/>
+    <w:rsid w:val="008A112B"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="90"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:snapToGrid w:val="0"/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
-      <w:sz w:val="24"/>
+      <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="90"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:snapToGrid w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
@@ -4861,285 +4088,322 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="009407C5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EF17EA"/>
+    <w:qFormat/>
+    <w:rsid w:val="0066451E"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="none"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:color w:val="0645AD"/>
+      <w:sz w:val="22"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="009858F4"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:link w:val="Title"/>
     <w:rsid w:val="009858F4"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
-    <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="0063283A"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EB7B4E"/>
+    <w:rsid w:val="002371E7"/>
     <w:pPr>
       <w:spacing w:after="225"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
-    <w:rsid w:val="00DD02F1"/>
-[...19 lines deleted...]
-    </w:tblPr>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001660DF"/>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
-    <w:rsid w:val="00395538"/>
+    <w:rsid w:val="002225BF"/>
     <w:rPr>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="00EA7396"/>
+    <w:rsid w:val="003B0C2E"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Garamond"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00FD6623"/>
+    <w:rsid w:val="00FF731A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
-    <w:name w:val="page number"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="003D6F02"/>
+    <w:link w:val="Header"/>
+    <w:rsid w:val="00E759B2"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...3 lines deleted...]
-    <w:rsid w:val="00E50806"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Header1">
+    <w:name w:val="Header 1"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00117E3D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="4" w:color="006600"/>
+        <w:left w:val="single" w:sz="4" w:space="3" w:color="006600"/>
+        <w:bottom w:val="single" w:sz="4" w:space="5" w:color="006600"/>
+        <w:right w:val="single" w:sz="4" w:space="3" w:color="006600"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="006600"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="90"/>
+      </w:tabs>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="60" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...3 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+      <w:color w:val="FFFFFF"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="297035128">
+    <w:div w:id="426584216">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="641346424">
+    <w:div w:id="761337825">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="832065520">
+    <w:div w:id="891160207">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1109618646">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1397119429">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2080859286">
+    <w:div w:id="1664969777">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1974015949">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2072271590">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs/milk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/crediting/grain_oz_eq_snp.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Contact-Information-for-School-Nutrition-Programs" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/asp/meal_pattern_asp_preschool.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs/grains" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Meal-Patterns-Preschoolers-in-School-Nutrition-Programs/Documents" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs/fruits" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/preschool/guide_preschool_meal_patterns.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louis.todisco@ct.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs/vegetables" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/mpg/guide_crediting_snp.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/crediting/noncreditable_foods_snp.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.intake@usda.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs/product-formulation-statements" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs/meats-and-meat-alternates" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/asp/forms/menu_form_asp_preschool.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs/child-nutrition-labels" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs/child-nutrition-labels" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs/milk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/crediting/grain_oz_eq_snp.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louis.todisco@ct.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/asp/meal_pattern_asp_preschool.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs/grains" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.intake@usda.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs/fruits" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usda.gov/sites/default/files/documents/ad-3027.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs/vegetables" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/SDE/Nutrition/Contact-Information-for-School-Nutrition-Programs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/mpg/guide_crediting_snp.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/-/media/sde/nutrition/nslp/crediting/noncreditable_foods_snp.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-documentation-for-the-child-nutrition-programs/product-formulation-statements" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.ct.gov/sde/nutrition/crediting-foods-in-school-nutrition-programs/meats-and-meat-alternates" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5364,919 +4628,757 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>830</Words>
-  <Characters>6852</Characters>
+  <Words>833</Words>
+  <Characters>6664</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>55</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Afterschool Snack Program (ASP) Menu Form for Ages 3-4 </vt:lpstr>
+      <vt:lpstr>Seven-day Lunch Menu Form for Ages 3-5 in the NSLP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CT State Deptartment of Education</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7667</CharactersWithSpaces>
+  <CharactersWithSpaces>7483</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="282" baseType="variant">
+    <vt:vector size="228" baseType="variant">
       <vt:variant>
         <vt:i4>7077903</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:i4>231</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:levy.gillespie@ct.gov</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4456524</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>228</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.ascr.usda.gov/complaint_filing_cust.html</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>131163</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>225</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>http://www.ocio.usda.gov/sites/default/files/docs/2012/Complain_combined_6_8_12.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2555949</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>222</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/Noncredpreschool.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6094922</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:i4>219</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:levy.gillespie@ct.gov</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/CreditCerealsPreschool.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4456524</vt:i4>
+        <vt:i4>65549</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>216</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://www.ascr.usda.gov/complaint_filing_cust.html</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Preschool/Preschoolozeq.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>131163</vt:i4>
+        <vt:i4>5963856</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>213</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>http://www.ocio.usda.gov/sites/default/files/docs/2012/Complain_combined_6_8_12.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/GrainCalcPreschool.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7405630</vt:i4>
+        <vt:i4>65549</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>210</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/ASP/ASPHandbook.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Preschool/Preschoolozeq.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7536766</vt:i4>
+        <vt:i4>7929978</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>207</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/ASP/Forms/ASPmenuform34.pdf</vt:lpwstr>
+        <vt:lpwstr>https://www.fns.usda.gov/sites/default/files/tn/CACFPGrainBasedDesserts.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6029321</vt:i4>
+        <vt:i4>2162725</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>204</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/ASP/ASPmenuguidancepreschool.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/WGRCriteriapreschool.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8323108</vt:i4>
+        <vt:i4>852008</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>201</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/ASP/ASPmealpatternpreschool.pdf</vt:lpwstr>
+        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/cacfp/CACFP_factBP.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2555949</vt:i4>
+        <vt:i4>655386</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>198</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/Noncredpreschool.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/IdentifyCreditableGrainsPreschool.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6094922</vt:i4>
+        <vt:i4>852008</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>195</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/CreditCerealsPreschool.pdf</vt:lpwstr>
+        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/cacfp/CACFP_factBP.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>65549</vt:i4>
+        <vt:i4>7340128</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>192</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Preschool/Preschoolozeq.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/Creditsmoothiepreschool.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5963856</vt:i4>
+        <vt:i4>3670064</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>189</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/GrainCalcPreschool.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/CreditJuicePreschool.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>65549</vt:i4>
+        <vt:i4>852008</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>186</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Preschool/Preschoolozeq.pdf</vt:lpwstr>
+        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/cacfp/CACFP_factBP.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7929978</vt:i4>
+        <vt:i4>4456520</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>183</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://www.fns.usda.gov/sites/default/files/tn/CACFPGrainBasedDesserts.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/CACFP/Crediting/VeggroupCACFP.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2162725</vt:i4>
+        <vt:i4>852008</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>180</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/WGRCriteriapreschool.pdf</vt:lpwstr>
+        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/cacfp/CACFP_factBP.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
+        <vt:i4>1900545</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>177</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/Credityogurtpreschool.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4325461</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>174</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/CreditNuts.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1114140</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>171</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/CreditLegumes.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4849737</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>168</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/CreditTofu.pdf</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7864437</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>165</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/APPReq.pdf?la=en</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>2687048</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>162</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://www.ecfr.gov/cgi-bin/text-idx?SID=4c211a738d6109939c6054a6286ac109&amp;mc=true&amp;node=pt7.4.210&amp;rgn=div5</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>ap7.4.210_133.a</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
         <vt:i4>852008</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>177</vt:i4>
+        <vt:i4>159</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/cacfp/CACFP_factBP.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>655386</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>174</vt:i4>
+        <vt:i4>7864423</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>156</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/IdentifyCreditableGrainsPreschool.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Meal-Patterns-Preschoolers-in-School-Nutrition-Programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>852008</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>171</vt:i4>
+        <vt:i4>5242902</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>153</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/cacfp/CACFP_factBP.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Meal-Patterns-Preschoolers-in-School-Nutrition-Programs/Documents</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>crediting</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7864423</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>150</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Meal-Patterns-Preschoolers-in-School-Nutrition-Programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7340128</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>168</vt:i4>
+        <vt:i4>5242902</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>147</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/Creditsmoothiepreschool.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Meal-Patterns-Preschoolers-in-School-Nutrition-Programs/Documents</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>crediting</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>524292</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>144</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/CreditMMA.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3670064</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>165</vt:i4>
+        <vt:i4>2162733</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>141</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/CreditJuicePreschool.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/AcceptDoc.pdf?la=en</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>852008</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>162</vt:i4>
+        <vt:i4>6815853</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>138</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/cacfp/CACFP_factBP.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/PFS.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4456520</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>159</vt:i4>
+        <vt:i4>6946913</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>135</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/CACFP/Crediting/VeggroupCACFP.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/CNlabel.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>852008</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>156</vt:i4>
+        <vt:i4>6422654</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>132</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://fns-prod.azureedge.net/sites/default/files/cacfp/CACFP_factBP.pdf</vt:lpwstr>
+        <vt:lpwstr>https://www.fns.usda.gov/tn/food-buying-guide-for-child-nutrition-programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1900545</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>153</vt:i4>
+        <vt:i4>4718664</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/Credityogurtpreschool.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Preschool/Forms/menuform7Lunch12.doc</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4325461</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>150</vt:i4>
+        <vt:i4>4849665</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/CreditNuts.pdf</vt:lpwstr>
+        <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Contact-Information-for-School-Nutrition-Programs</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1114140</vt:i4>
-[...2 lines deleted...]
-        <vt:i4>147</vt:i4>
+        <vt:i4>7864423</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Crediting/CreditLegumes.pdf</vt:lpwstr>
-[...142 lines deleted...]
-      <vt:variant>
         <vt:lpwstr>https://portal.ct.gov/SDE/Nutrition/Meal-Patterns-Preschoolers-in-School-Nutrition-Programs</vt:lpwstr>
-      </vt:variant>
-[...232 lines deleted...]
-        <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/ASP/ASPHandbook.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3080254</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://portal.ct.gov/-/media/SDE/Nutrition/NSLP/Preschool/mpgpreschool.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Afterschool Snack Program (ASP) Preschool Menu Form</dc:title>
+  <dc:title>Five-day Preschool Lunch Menu Form for Ages 3-5 in the National School Lunch Program (NSLP)</dc:title>
   <dc:subject/>
   <dc:creator>Susan Fiore</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>