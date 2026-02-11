--- v0 (2025-12-18)
+++ v1 (2026-02-11)
@@ -264,105 +264,89 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00EB49CB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>March 2, 2021</w:t>
       </w:r>
       <w:r w:rsidR="00EB49CB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00AF1B2F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">March </w:t>
-[...7 lines deleted...]
-        <w:t>23</w:t>
+        <w:t>March 4, 2021</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1F75">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="005254E8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ju</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE1A4B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ne 3, 2021</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1F75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00AF1B2F">
-[...41 lines deleted...]
-      </w:r>
       <w:r w:rsidR="0039590F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00EE1A4B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ugust 5, 2021</w:t>
       </w:r>
       <w:r w:rsidR="00EE1A4B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2619,51 +2603,50 @@
     <w:rsid w:val="00821684"/>
     <w:rsid w:val="0082665D"/>
     <w:rsid w:val="00834E98"/>
     <w:rsid w:val="0084185D"/>
     <w:rsid w:val="008457B7"/>
     <w:rsid w:val="00863602"/>
     <w:rsid w:val="008803D9"/>
     <w:rsid w:val="0088235C"/>
     <w:rsid w:val="00882399"/>
     <w:rsid w:val="008A26CD"/>
     <w:rsid w:val="008B1688"/>
     <w:rsid w:val="008C32FF"/>
     <w:rsid w:val="0090535D"/>
     <w:rsid w:val="00912430"/>
     <w:rsid w:val="0092067D"/>
     <w:rsid w:val="009263AC"/>
     <w:rsid w:val="00950098"/>
     <w:rsid w:val="00973A94"/>
     <w:rsid w:val="00987FCD"/>
     <w:rsid w:val="009A5A53"/>
     <w:rsid w:val="009D2536"/>
     <w:rsid w:val="009D2F53"/>
     <w:rsid w:val="009F1F75"/>
     <w:rsid w:val="009F274B"/>
     <w:rsid w:val="00A02329"/>
-    <w:rsid w:val="00A02864"/>
     <w:rsid w:val="00A24571"/>
     <w:rsid w:val="00A37453"/>
     <w:rsid w:val="00A54E6D"/>
     <w:rsid w:val="00A61B95"/>
     <w:rsid w:val="00A87B91"/>
     <w:rsid w:val="00AA6B0E"/>
     <w:rsid w:val="00AB3B61"/>
     <w:rsid w:val="00AF1B2F"/>
     <w:rsid w:val="00AF4BA7"/>
     <w:rsid w:val="00B061FE"/>
     <w:rsid w:val="00B30EAF"/>
     <w:rsid w:val="00B32D1E"/>
     <w:rsid w:val="00B51C7A"/>
     <w:rsid w:val="00B625C7"/>
     <w:rsid w:val="00B73EB5"/>
     <w:rsid w:val="00BA1859"/>
     <w:rsid w:val="00BA30B1"/>
     <w:rsid w:val="00BE49ED"/>
     <w:rsid w:val="00BF58DF"/>
     <w:rsid w:val="00C10235"/>
     <w:rsid w:val="00C16662"/>
     <w:rsid w:val="00C34710"/>
     <w:rsid w:val="00C35D7A"/>
     <w:rsid w:val="00C42263"/>
     <w:rsid w:val="00C51BF6"/>
@@ -2716,51 +2699,51 @@
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="3D4548BF"/>
+  <w14:docId w14:val="05D4383A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{04CB61CD-12E6-4E04-91E7-5541884EF042}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3483,68 +3466,68 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>411</Words>
-  <Characters>2346</Characters>
+  <Characters>2345</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>CONDITIONAL RELEASE SERVICE UNIT – DMHAS/DIVISION OF FORENSIC SERVICES</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>St of CT - DMHAS-CVH</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2752</CharactersWithSpaces>
+  <CharactersWithSpaces>2751</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CONDITIONAL RELEASE SERVICE UNIT – DMHAS/DIVISION OF FORENSIC SERVICES</dc:title>
   <dc:subject/>
   <dc:creator>CVH</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>