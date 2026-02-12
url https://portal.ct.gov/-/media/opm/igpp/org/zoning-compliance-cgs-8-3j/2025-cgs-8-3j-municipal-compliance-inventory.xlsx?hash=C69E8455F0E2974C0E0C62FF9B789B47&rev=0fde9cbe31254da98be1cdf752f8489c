--- v0 (2025-12-05)
+++ v1 (2026-02-12)
@@ -5,82 +5,82 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ORG\Zoning Compliance 8-3j\2025 CGS 8-3j Report\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{85B40272-370F-4819-81DD-0AE6E72890AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EA7FD8E2-DE7E-4691-BA28-56FA0294F379}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6F107AC2-E058-43EC-867D-684CE352FFB4}"/>
   </bookViews>
   <sheets>
     <sheet name="2025 CGS 8-3j Zoning Compliance" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025 CGS 8-3j Zoning Compliance'!$A$2:$F$181</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="488" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="546" uniqueCount="205">
   <si>
     <t>Town Code</t>
   </si>
   <si>
     <t>Municipality</t>
   </si>
   <si>
     <t>Compliant? Y/N</t>
   </si>
   <si>
     <t>Interim Update</t>
   </si>
   <si>
     <t>Andover</t>
   </si>
   <si>
     <t>Ansonia</t>
   </si>
   <si>
     <t>Ashford</t>
   </si>
   <si>
     <t>Avon</t>
   </si>
   <si>
@@ -638,120 +638,132 @@
   <si>
     <t>See Killingly</t>
   </si>
   <si>
     <t>by end of first quarter of FY26</t>
   </si>
   <si>
     <t>by December 16, 2025</t>
   </si>
   <si>
     <t>by September 30, 2026</t>
   </si>
   <si>
     <t>by March 31, 2026</t>
   </si>
   <si>
     <t>by April 1, 2026</t>
   </si>
   <si>
     <t>by May 2026</t>
   </si>
   <si>
     <t>by March 2, 2026</t>
   </si>
   <si>
-    <t>Updated 12/4/2025</t>
+    <t>NOT REPORTED</t>
+  </si>
+  <si>
+    <t>by December 31, 2026</t>
+  </si>
+  <si>
+    <t>by January 5, 2026</t>
+  </si>
+  <si>
+    <t>by July 1, 2026</t>
+  </si>
+  <si>
+    <t>Updated 1/8/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Poppins"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Poppins"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Poppins"/>
     </font>
     <font>
-      <b/>
-[...4 lines deleted...]
-    <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color rgb="FF0070C0"/>
       <name val="Poppins"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
+      <name val="Poppins"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
       <name val="Poppins"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6D4FB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF3371E7"/>
         <bgColor indexed="64"/>
@@ -843,150 +855,150 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="34">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="3" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="9" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Bad" xfId="1" builtinId="27"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Sheet1" xfId="3" xr:uid="{D2B03E9E-3AA5-430A-A9C2-DB911A83E98B}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFEE0000"/>
       <color rgb="FF3371E7"/>
       <color rgb="FFC6D4FB"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -1300,93 +1312,93 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E56D13DC-7839-49AF-9F80-EC110750997B}">
   <dimension ref="A1:H181"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="E46" sqref="E46"/>
+      <selection sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="23.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="27.7109375" style="3" customWidth="1"/>
     <col min="3" max="3" width="19.28515625" style="3" customWidth="1"/>
     <col min="4" max="4" width="21.28515625" style="3" customWidth="1"/>
     <col min="5" max="5" width="30.85546875" style="3" customWidth="1"/>
     <col min="6" max="6" width="35.7109375" style="3" customWidth="1"/>
     <col min="7" max="7" width="37.7109375" style="3" customWidth="1"/>
     <col min="8" max="8" width="27.42578125" style="3" customWidth="1"/>
     <col min="9" max="16384" width="8.85546875" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A1" s="31" t="s">
-[...6 lines deleted...]
-      <c r="F1" s="33"/>
+      <c r="A1" s="30" t="s">
+        <v>204</v>
+      </c>
+      <c r="B1" s="31"/>
+      <c r="C1" s="31"/>
+      <c r="D1" s="31"/>
+      <c r="E1" s="31"/>
+      <c r="F1" s="32"/>
     </row>
     <row r="2" spans="1:7" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>176</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>174</v>
       </c>
-      <c r="F2" s="20" t="s">
+      <c r="F2" s="18" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="5">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="7">
         <v>45917</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F3" s="5"/>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="5">
         <v>2</v>
       </c>
@@ -1436,93 +1448,105 @@
         <v>70</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F6" s="5"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="5">
         <v>5</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="7">
         <v>45915</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F7" s="5"/>
     </row>
-    <row r="8" spans="1:7" ht="81" customHeight="1" x14ac:dyDescent="0.65">
+    <row r="8" spans="1:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A8" s="9">
         <v>6</v>
       </c>
       <c r="B8" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="C8" s="7"/>
-[...1 lines deleted...]
-      <c r="E8" s="5"/>
+      <c r="C8" s="11">
+        <v>46015</v>
+      </c>
+      <c r="D8" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F8" s="5"/>
-      <c r="G8" s="21"/>
+      <c r="G8" s="19"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="5">
         <v>7</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="7">
         <v>45936</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F9" s="5"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A10" s="5">
         <v>8</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="7"/>
-[...1 lines deleted...]
-      <c r="E10" s="5"/>
+      <c r="C10" s="33" t="s">
+        <v>200</v>
+      </c>
+      <c r="D10" s="33" t="s">
+        <v>200</v>
+      </c>
+      <c r="E10" s="33" t="s">
+        <v>200</v>
+      </c>
       <c r="F10" s="5"/>
-      <c r="G10" s="22"/>
+      <c r="G10" s="20"/>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="5">
         <v>9</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="7">
         <v>45916</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>187</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>188</v>
       </c>
       <c r="F11" s="5"/>
     </row>
     <row r="12" spans="1:7" ht="46.5" x14ac:dyDescent="0.25">
       <c r="A12" s="5">
         <v>10</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>13</v>
@@ -1587,133 +1611,145 @@
       <c r="D15" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F15" s="5"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A16" s="5">
         <v>14</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="7">
         <v>45987</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F16" s="5"/>
-      <c r="G16" s="23"/>
+      <c r="G16" s="21"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A17" s="5">
         <v>15</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C17" s="7"/>
-[...1 lines deleted...]
-      <c r="E17" s="5"/>
+      <c r="C17" s="11">
+        <v>46024</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E17" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F17" s="5"/>
-      <c r="G17" s="24"/>
+      <c r="G17" s="22"/>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="5">
         <v>16</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="7">
         <v>45915</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F18" s="5"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A19" s="5">
         <v>17</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="7">
         <v>45982</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="5"/>
-      <c r="G19" s="23"/>
+      <c r="G19" s="21"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A20" s="5">
         <v>18</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C20" s="7">
         <v>45980</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F20" s="5"/>
-      <c r="G20" s="23"/>
+      <c r="G20" s="21"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A21" s="5">
         <v>19</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="C21" s="11"/>
-[...1 lines deleted...]
-      <c r="E21" s="10"/>
+      <c r="C21" s="11">
+        <v>46014</v>
+      </c>
+      <c r="D21" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E21" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F21" s="5"/>
-      <c r="G21" s="22"/>
+      <c r="G21" s="20"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="5">
         <v>20</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C22" s="7">
         <v>45960</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F22" s="5"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="5">
         <v>21</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>24</v>
@@ -1886,178 +1922,184 @@
       <c r="D32" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>71</v>
       </c>
       <c r="F32" s="5"/>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A33" s="5">
         <v>31</v>
       </c>
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="7">
         <v>45993</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F33" s="5"/>
-      <c r="G33" s="23"/>
+      <c r="G33" s="21"/>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="5">
         <v>32</v>
       </c>
       <c r="B34" s="6" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="7">
         <v>45915</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F34" s="5"/>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A35" s="5">
         <v>33</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="C35" s="7">
         <v>45994</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F35" s="5"/>
-      <c r="G35" s="25"/>
+      <c r="G35" s="23"/>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="5">
         <v>34</v>
       </c>
       <c r="B36" s="6" t="s">
         <v>37</v>
       </c>
       <c r="C36" s="7">
         <v>45926</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F36" s="5"/>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A37" s="5">
         <v>35</v>
       </c>
       <c r="B37" s="6" t="s">
         <v>38</v>
       </c>
       <c r="C37" s="7">
         <v>45985</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F37" s="5"/>
-      <c r="G37" s="22"/>
-      <c r="H37" s="26"/>
+      <c r="G37" s="20"/>
+      <c r="H37" s="24"/>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A38" s="5">
         <v>36</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>39</v>
       </c>
       <c r="C38" s="11">
         <v>45945</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>71</v>
       </c>
       <c r="F38" s="5"/>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A39" s="5">
         <v>37</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="C39" s="7"/>
-[...1 lines deleted...]
-      <c r="E39" s="5"/>
+      <c r="C39" s="7">
+        <v>45996</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>71</v>
+      </c>
       <c r="F39" s="5"/>
-      <c r="G39" s="22"/>
-      <c r="H39" s="27"/>
+      <c r="G39" s="20"/>
+      <c r="H39" s="25"/>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A40" s="5">
         <v>38</v>
       </c>
       <c r="B40" s="6" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="7">
         <v>45982</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F40" s="5"/>
-      <c r="G40" s="23"/>
-      <c r="H40" s="26"/>
+      <c r="G40" s="21"/>
+      <c r="H40" s="24"/>
     </row>
     <row r="41" spans="1:8" ht="46.5" x14ac:dyDescent="0.25">
       <c r="A41" s="5">
         <v>39</v>
       </c>
       <c r="B41" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C41" s="7">
         <v>45915</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>186</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F41" s="5"/>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A42" s="5">
         <v>40</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>43</v>
@@ -2068,185 +2110,203 @@
       <c r="D42" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F42" s="5"/>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A43" s="5">
         <v>41</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C43" s="7">
         <v>45993</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F43" s="5"/>
-      <c r="G43" s="23"/>
+      <c r="G43" s="21"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A44" s="5">
         <v>42</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="C44" s="7"/>
-[...1 lines deleted...]
-      <c r="E44" s="5"/>
+      <c r="C44" s="11">
+        <v>46008</v>
+      </c>
+      <c r="D44" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E44" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F44" s="5"/>
-      <c r="G44" s="24"/>
+      <c r="G44" s="22"/>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A45" s="5">
         <v>43</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="C45" s="7"/>
-[...1 lines deleted...]
-      <c r="E45" s="5"/>
+      <c r="C45" s="11">
+        <v>46014</v>
+      </c>
+      <c r="D45" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E45" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F45" s="5"/>
-      <c r="G45" s="22"/>
+      <c r="G45" s="20"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A46" s="5">
         <v>44</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C46" s="7">
         <v>45995</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F46" s="5"/>
-      <c r="G46" s="22"/>
+      <c r="G46" s="20"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="5">
         <v>45</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>48</v>
       </c>
       <c r="C47" s="7">
         <v>45933</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F47" s="5"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A48" s="5">
         <v>46</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>49</v>
       </c>
       <c r="C48" s="7">
         <v>45992</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F48" s="5"/>
-      <c r="G48" s="22"/>
+      <c r="G48" s="20"/>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A49" s="5">
         <v>47</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="C49" s="7"/>
-[...1 lines deleted...]
-      <c r="E49" s="5"/>
+      <c r="C49" s="11">
+        <v>46015</v>
+      </c>
+      <c r="D49" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E49" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F49" s="5"/>
-      <c r="G49" s="23"/>
+      <c r="G49" s="21"/>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A50" s="5">
         <v>48</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C50" s="7">
         <v>45994</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F50" s="5"/>
-      <c r="G50" s="24"/>
-      <c r="H50" s="22"/>
+      <c r="G50" s="22"/>
+      <c r="H50" s="20"/>
     </row>
     <row r="51" spans="1:8" ht="46.5" x14ac:dyDescent="0.65">
       <c r="A51" s="5">
         <v>49</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>52</v>
       </c>
       <c r="C51" s="7">
         <v>45982</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>187</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>193</v>
       </c>
       <c r="F51" s="5"/>
-      <c r="G51" s="23"/>
+      <c r="G51" s="21"/>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A52" s="5">
         <v>50</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>53</v>
       </c>
       <c r="C52" s="7">
         <v>45923</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F52" s="5"/>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A53" s="5">
         <v>51</v>
       </c>
       <c r="B53" s="6" t="s">
         <v>54</v>
@@ -2275,51 +2335,51 @@
       <c r="D54" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F54" s="5"/>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A55" s="5">
         <v>53</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>56</v>
       </c>
       <c r="C55" s="7">
         <v>45992</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>187</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>194</v>
       </c>
       <c r="F55" s="5"/>
-      <c r="G55" s="22"/>
+      <c r="G55" s="20"/>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A56" s="5">
         <v>54</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>57</v>
       </c>
       <c r="C56" s="7">
         <v>45915</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F56" s="5"/>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A57" s="5">
         <v>55</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>58</v>
@@ -2348,70 +2408,70 @@
       <c r="D58" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F58" s="5"/>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A59" s="5">
         <v>57</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>60</v>
       </c>
       <c r="C59" s="11">
         <v>45993</v>
       </c>
       <c r="D59" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>71</v>
       </c>
       <c r="F59" s="5"/>
-      <c r="G59" s="23"/>
+      <c r="G59" s="21"/>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A60" s="5">
         <v>58</v>
       </c>
       <c r="B60" s="6" t="s">
         <v>61</v>
       </c>
       <c r="C60" s="7">
         <v>45993</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F60" s="5"/>
-      <c r="G60" s="25"/>
+      <c r="G60" s="23"/>
     </row>
     <row r="61" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A61" s="5">
         <v>59</v>
       </c>
       <c r="B61" s="6" t="s">
         <v>189</v>
       </c>
       <c r="C61" s="7">
         <v>45916</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F61" s="5"/>
     </row>
     <row r="62" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A62" s="5">
         <v>60</v>
       </c>
       <c r="B62" s="6" t="s">
         <v>62</v>
@@ -2422,158 +2482,182 @@
       <c r="D62" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F62" s="5"/>
     </row>
     <row r="63" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A63" s="5">
         <v>61</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>63</v>
       </c>
       <c r="C63" s="7">
         <v>45994</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E63" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F63" s="5"/>
-      <c r="G63" s="25"/>
+      <c r="G63" s="23"/>
     </row>
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A64" s="5">
         <v>62</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C64" s="7">
         <v>45915</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F64" s="5"/>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A65" s="5">
         <v>63</v>
       </c>
       <c r="B65" s="10" t="s">
         <v>65</v>
       </c>
-      <c r="C65" s="7"/>
-[...1 lines deleted...]
-      <c r="E65" s="5"/>
+      <c r="C65" s="11">
+        <v>46021</v>
+      </c>
+      <c r="D65" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E65" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F65" s="5"/>
-      <c r="G65" s="25"/>
+      <c r="G65" s="23"/>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A66" s="5">
         <v>64</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="C66" s="7"/>
-[...1 lines deleted...]
-      <c r="E66" s="5"/>
+      <c r="C66" s="7">
+        <v>46007</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>71</v>
+      </c>
       <c r="F66" s="5"/>
-      <c r="G66" s="28"/>
+      <c r="G66" s="26"/>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A67" s="5">
         <v>65</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="C67" s="12"/>
-[...1 lines deleted...]
-      <c r="E67" s="12"/>
+      <c r="C67" s="11">
+        <v>46027</v>
+      </c>
+      <c r="D67" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="E67" s="10" t="s">
+        <v>203</v>
+      </c>
       <c r="F67" s="5"/>
-      <c r="G67" s="23"/>
+      <c r="G67" s="21"/>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A68" s="5">
         <v>66</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C68" s="7">
         <v>45985</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F68" s="5"/>
-      <c r="G68" s="23"/>
+      <c r="G68" s="21"/>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="5">
         <v>67</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C69" s="7">
         <v>45918</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F69" s="5"/>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A70" s="5">
         <v>68</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="C70" s="7"/>
-[...1 lines deleted...]
-      <c r="E70" s="5"/>
+      <c r="C70" s="11">
+        <v>46015</v>
+      </c>
+      <c r="D70" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E70" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F70" s="5"/>
-      <c r="G70" s="23"/>
+      <c r="G70" s="21"/>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="5">
         <v>69</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>73</v>
       </c>
       <c r="C71" s="7">
         <v>45915</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F71" s="5"/>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="5">
         <v>70</v>
       </c>
       <c r="B72" s="6" t="s">
         <v>74</v>
@@ -2602,295 +2686,331 @@
       <c r="D73" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F73" s="5"/>
     </row>
     <row r="74" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A74" s="5">
         <v>72</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C74" s="7">
         <v>45981</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E74" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F74" s="5"/>
-      <c r="G74" s="25"/>
+      <c r="G74" s="23"/>
     </row>
     <row r="75" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A75" s="5">
         <v>73</v>
       </c>
       <c r="B75" s="10" t="s">
         <v>77</v>
       </c>
       <c r="C75" s="7">
         <v>45918</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F75" s="5"/>
     </row>
     <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="5">
         <v>74</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>78</v>
       </c>
       <c r="C76" s="11">
         <v>45915</v>
       </c>
       <c r="D76" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>71</v>
       </c>
       <c r="F76" s="5"/>
     </row>
     <row r="77" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A77" s="5">
         <v>75</v>
       </c>
       <c r="B77" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="C77" s="7"/>
-[...1 lines deleted...]
-      <c r="E77" s="5"/>
+      <c r="C77" s="7">
+        <v>46006</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>71</v>
+      </c>
       <c r="F77" s="5"/>
-      <c r="G77" s="23"/>
+      <c r="G77" s="21"/>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A78" s="5">
         <v>76</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>80</v>
       </c>
       <c r="C78" s="7">
         <v>45929</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E78" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F78" s="5"/>
     </row>
     <row r="79" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A79" s="5">
         <v>77</v>
       </c>
       <c r="B79" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="C79" s="7"/>
-[...1 lines deleted...]
-      <c r="E79" s="5"/>
+      <c r="C79" s="7">
+        <v>45996</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>71</v>
+      </c>
       <c r="F79" s="5"/>
-      <c r="G79" s="23"/>
+      <c r="G79" s="21"/>
     </row>
     <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="5">
         <v>78</v>
       </c>
       <c r="B80" s="6" t="s">
         <v>82</v>
       </c>
       <c r="C80" s="7">
         <v>45924</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E80" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F80" s="5"/>
     </row>
     <row r="81" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A81" s="5">
         <v>79</v>
       </c>
       <c r="B81" s="6" t="s">
         <v>83</v>
       </c>
       <c r="C81" s="11">
         <v>45994</v>
       </c>
       <c r="D81" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>71</v>
       </c>
       <c r="F81" s="5"/>
-      <c r="G81" s="22"/>
+      <c r="G81" s="20"/>
     </row>
     <row r="82" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A82" s="5">
         <v>80</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>84</v>
       </c>
       <c r="C82" s="7">
         <v>45981</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F82" s="5"/>
-      <c r="G82" s="23"/>
+      <c r="G82" s="21"/>
     </row>
     <row r="83" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A83" s="5">
         <v>81</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>85</v>
       </c>
       <c r="C83" s="7">
         <v>45993</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F83" s="5"/>
-      <c r="G83" s="25"/>
-      <c r="H83" s="26"/>
+      <c r="G83" s="23"/>
+      <c r="H83" s="24"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A84" s="5">
         <v>82</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="C84" s="7"/>
-[...1 lines deleted...]
-      <c r="E84" s="5"/>
+      <c r="C84" s="11">
+        <v>46027</v>
+      </c>
+      <c r="D84" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E84" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F84" s="5"/>
-      <c r="G84" s="22"/>
+      <c r="G84" s="20"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A85" s="2">
         <v>83</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C85" s="8"/>
-[...1 lines deleted...]
-      <c r="E85" s="2"/>
+      <c r="C85" s="11">
+        <v>46015</v>
+      </c>
+      <c r="D85" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E85" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F85" s="5"/>
-      <c r="G85" s="24"/>
+      <c r="G85" s="22"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" s="5">
         <v>84</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>88</v>
       </c>
       <c r="C86" s="7">
         <v>45915</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F86" s="5"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A87" s="5">
         <v>85</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="C87" s="7"/>
-[...1 lines deleted...]
-      <c r="E87" s="5"/>
+      <c r="C87" s="33" t="s">
+        <v>200</v>
+      </c>
+      <c r="D87" s="33" t="s">
+        <v>200</v>
+      </c>
+      <c r="E87" s="33" t="s">
+        <v>200</v>
+      </c>
       <c r="F87" s="5"/>
-      <c r="G87" s="22"/>
+      <c r="G87" s="20"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" s="5">
         <v>86</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C88" s="7">
         <v>45918</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F88" s="5"/>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A89" s="2">
         <v>87</v>
       </c>
       <c r="B89" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C89" s="14"/>
-[...1 lines deleted...]
-      <c r="E89" s="16"/>
+      <c r="C89" s="12">
+        <v>46000</v>
+      </c>
+      <c r="D89" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="E89" s="14" t="s">
+        <v>71</v>
+      </c>
       <c r="F89" s="5"/>
-      <c r="G89" s="23"/>
+      <c r="G89" s="21"/>
     </row>
     <row r="90" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A90" s="5">
         <v>88</v>
       </c>
       <c r="B90" s="6" t="s">
         <v>92</v>
       </c>
       <c r="C90" s="7">
         <v>45924</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F90" s="5"/>
     </row>
     <row r="91" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A91" s="9">
         <v>89</v>
       </c>
       <c r="B91" s="10" t="s">
         <v>93</v>
@@ -2937,65 +3057,71 @@
       <c r="D93" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F93" s="5"/>
     </row>
     <row r="94" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A94" s="5">
         <v>92</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>96</v>
       </c>
       <c r="C94" s="11">
         <v>45993</v>
       </c>
       <c r="D94" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>71</v>
       </c>
       <c r="F94" s="5"/>
-      <c r="G94" s="24"/>
+      <c r="G94" s="22"/>
     </row>
     <row r="95" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A95" s="5">
         <v>93</v>
       </c>
       <c r="B95" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="C95" s="11"/>
-[...1 lines deleted...]
-      <c r="E95" s="10"/>
+      <c r="C95" s="11">
+        <v>45999</v>
+      </c>
+      <c r="D95" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E95" s="10" t="s">
+        <v>71</v>
+      </c>
       <c r="F95" s="5"/>
-      <c r="G95" s="24"/>
-      <c r="H95" s="26"/>
+      <c r="G95" s="22"/>
+      <c r="H95" s="24"/>
     </row>
     <row r="96" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A96" s="5">
         <v>94</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>98</v>
       </c>
       <c r="C96" s="7">
         <v>45915</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F96" s="5"/>
     </row>
     <row r="97" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A97" s="5">
         <v>95</v>
       </c>
       <c r="B97" s="6" t="s">
         <v>99</v>
@@ -3024,101 +3150,107 @@
       <c r="D98" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E98" s="10" t="s">
         <v>71</v>
       </c>
       <c r="F98" s="5"/>
     </row>
     <row r="99" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A99" s="5">
         <v>97</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>101</v>
       </c>
       <c r="C99" s="7">
         <v>45981</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F99" s="5"/>
-      <c r="G99" s="23"/>
+      <c r="G99" s="21"/>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A100" s="5">
         <v>98</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="C100" s="7"/>
-[...1 lines deleted...]
-      <c r="E100" s="5"/>
+      <c r="C100" s="11">
+        <v>46014</v>
+      </c>
+      <c r="D100" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E100" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F100" s="5"/>
-      <c r="G100" s="23"/>
+      <c r="G100" s="21"/>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A101" s="9">
         <v>99</v>
       </c>
       <c r="B101" s="10" t="s">
         <v>103</v>
       </c>
       <c r="C101" s="7">
         <v>45915</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F101" s="5"/>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.65">
-      <c r="A102" s="17">
+      <c r="A102" s="15">
         <v>100</v>
       </c>
-      <c r="B102" s="18" t="s">
+      <c r="B102" s="16" t="s">
         <v>104</v>
       </c>
       <c r="C102" s="11">
         <v>45982</v>
       </c>
       <c r="D102" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>71</v>
       </c>
       <c r="F102" s="9"/>
-      <c r="G102" s="25"/>
+      <c r="G102" s="23"/>
     </row>
     <row r="103" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A103" s="9">
         <v>101</v>
       </c>
       <c r="B103" s="10" t="s">
         <v>105</v>
       </c>
       <c r="C103" s="7">
         <v>45961</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F103" s="5"/>
     </row>
     <row r="104" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A104" s="5">
         <v>102</v>
       </c>
       <c r="B104" s="6" t="s">
         <v>106</v>
@@ -3129,144 +3261,144 @@
       <c r="D104" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E104" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F104" s="5"/>
     </row>
     <row r="105" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A105" s="5">
         <v>103</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>107</v>
       </c>
       <c r="C105" s="7">
         <v>45993</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E105" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F105" s="5"/>
-      <c r="G105" s="22"/>
+      <c r="G105" s="20"/>
     </row>
     <row r="106" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A106" s="5">
         <v>104</v>
       </c>
       <c r="B106" s="6" t="s">
         <v>108</v>
       </c>
       <c r="C106" s="7">
         <v>45919</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F106" s="5"/>
     </row>
     <row r="107" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A107" s="5">
         <v>105</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>109</v>
       </c>
       <c r="C107" s="7">
         <v>45994</v>
       </c>
       <c r="D107" s="5" t="s">
         <v>187</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>197</v>
       </c>
       <c r="F107" s="5"/>
-      <c r="G107" s="22"/>
+      <c r="G107" s="20"/>
     </row>
     <row r="108" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A108" s="5">
         <v>106</v>
       </c>
       <c r="B108" s="6" t="s">
         <v>110</v>
       </c>
       <c r="C108" s="7">
         <v>45980</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F108" s="5"/>
-      <c r="G108" s="25"/>
+      <c r="G108" s="23"/>
     </row>
     <row r="109" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A109" s="5">
         <v>107</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>111</v>
       </c>
       <c r="C109" s="7">
         <v>45916</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F109" s="5"/>
     </row>
     <row r="110" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A110" s="5">
         <v>108</v>
       </c>
       <c r="B110" s="6" t="s">
         <v>112</v>
       </c>
       <c r="C110" s="7">
         <v>45994</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>187</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>199</v>
       </c>
       <c r="F110" s="5"/>
-      <c r="G110" s="25"/>
+      <c r="G110" s="23"/>
     </row>
     <row r="111" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A111" s="5">
         <v>109</v>
       </c>
       <c r="B111" s="6" t="s">
         <v>113</v>
       </c>
       <c r="C111" s="7">
         <v>45971</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F111" s="5"/>
     </row>
     <row r="112" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A112" s="5">
         <v>110</v>
       </c>
       <c r="B112" s="6" t="s">
         <v>114</v>
@@ -3277,51 +3409,51 @@
       <c r="D112" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F112" s="5"/>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A113" s="5">
         <v>111</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>115</v>
       </c>
       <c r="C113" s="7">
         <v>45993</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>187</v>
       </c>
       <c r="E113" s="5" t="s">
         <v>196</v>
       </c>
       <c r="F113" s="5"/>
-      <c r="G113" s="24"/>
+      <c r="G113" s="22"/>
     </row>
     <row r="114" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A114" s="5">
         <v>112</v>
       </c>
       <c r="B114" s="6" t="s">
         <v>116</v>
       </c>
       <c r="C114" s="7">
         <v>45973</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E114" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F114" s="5"/>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A115" s="5">
         <v>113</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>117</v>
@@ -3332,125 +3464,125 @@
       <c r="D115" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F115" s="5"/>
     </row>
     <row r="116" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A116" s="5">
         <v>114</v>
       </c>
       <c r="B116" s="6" t="s">
         <v>118</v>
       </c>
       <c r="C116" s="7">
         <v>45986</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E116" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F116" s="5"/>
-      <c r="G116" s="25"/>
+      <c r="G116" s="23"/>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A117" s="5">
         <v>115</v>
       </c>
       <c r="B117" s="6" t="s">
         <v>119</v>
       </c>
       <c r="C117" s="7">
         <v>45992</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F117" s="5"/>
-      <c r="G117" s="24"/>
+      <c r="G117" s="22"/>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A118" s="5">
         <v>116</v>
       </c>
-      <c r="B118" s="19" t="s">
+      <c r="B118" s="17" t="s">
         <v>120</v>
       </c>
       <c r="C118" s="7">
         <v>45918</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E118" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F118" s="5"/>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A119" s="5">
         <v>117</v>
       </c>
       <c r="B119" s="6" t="s">
         <v>121</v>
       </c>
       <c r="C119" s="7">
         <v>45952</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E119" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F119" s="5"/>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A120" s="5">
         <v>118</v>
       </c>
       <c r="B120" s="6" t="s">
         <v>122</v>
       </c>
       <c r="C120" s="11">
         <v>45987</v>
       </c>
       <c r="D120" s="9" t="s">
         <v>187</v>
       </c>
       <c r="E120" s="10" t="s">
         <v>188</v>
       </c>
       <c r="F120" s="5"/>
-      <c r="G120" s="22"/>
+      <c r="G120" s="20"/>
     </row>
     <row r="121" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A121" s="5">
         <v>119</v>
       </c>
       <c r="B121" s="6" t="s">
         <v>123</v>
       </c>
       <c r="C121" s="7">
         <v>45915</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E121" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F121" s="5"/>
     </row>
     <row r="122" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A122" s="5">
         <v>120</v>
       </c>
       <c r="B122" s="6" t="s">
         <v>124</v>
@@ -3515,193 +3647,199 @@
       <c r="D125" s="9" t="s">
         <v>70</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>71</v>
       </c>
       <c r="F125" s="5"/>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A126" s="5">
         <v>124</v>
       </c>
       <c r="B126" s="6" t="s">
         <v>128</v>
       </c>
       <c r="C126" s="7">
         <v>45980</v>
       </c>
       <c r="D126" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E126" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F126" s="5"/>
-      <c r="G126" s="22"/>
+      <c r="G126" s="20"/>
     </row>
     <row r="127" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A127" s="5">
         <v>125</v>
       </c>
       <c r="B127" s="6" t="s">
         <v>129</v>
       </c>
       <c r="C127" s="7">
         <v>45916</v>
       </c>
       <c r="D127" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E127" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F127" s="5"/>
     </row>
     <row r="128" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A128" s="5">
         <v>126</v>
       </c>
       <c r="B128" s="6" t="s">
         <v>130</v>
       </c>
       <c r="C128" s="7">
         <v>45995</v>
       </c>
       <c r="D128" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E128" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F128" s="5"/>
-      <c r="G128" s="25"/>
+      <c r="G128" s="23"/>
     </row>
     <row r="129" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A129" s="5">
         <v>127</v>
       </c>
       <c r="B129" s="6" t="s">
         <v>131</v>
       </c>
       <c r="C129" s="7">
         <v>45994</v>
       </c>
       <c r="D129" s="5" t="s">
         <v>187</v>
       </c>
       <c r="E129" s="5" t="s">
         <v>198</v>
       </c>
       <c r="F129" s="5"/>
-      <c r="G129" s="23"/>
+      <c r="G129" s="21"/>
     </row>
     <row r="130" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A130" s="5">
         <v>128</v>
       </c>
       <c r="B130" s="6" t="s">
         <v>132</v>
       </c>
       <c r="C130" s="7">
         <v>45916</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E130" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F130" s="5"/>
     </row>
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" s="5">
         <v>129</v>
       </c>
       <c r="B131" s="6" t="s">
         <v>133</v>
       </c>
       <c r="C131" s="7">
         <v>45916</v>
       </c>
       <c r="D131" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E131" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F131" s="5"/>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A132" s="5">
         <v>130</v>
       </c>
       <c r="B132" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="C132" s="7"/>
-[...1 lines deleted...]
-      <c r="E132" s="5"/>
+      <c r="C132" s="11">
+        <v>46015</v>
+      </c>
+      <c r="D132" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E132" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F132" s="5"/>
-      <c r="G132" s="25"/>
+      <c r="G132" s="23"/>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="5">
         <v>131</v>
       </c>
       <c r="B133" s="6" t="s">
         <v>135</v>
       </c>
       <c r="C133" s="7">
         <v>45917</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E133" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F133" s="5"/>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A134" s="5">
         <v>132</v>
       </c>
       <c r="B134" s="6" t="s">
         <v>136</v>
       </c>
       <c r="C134" s="7">
         <v>45986</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E134" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F134" s="5"/>
-      <c r="G134" s="24"/>
+      <c r="G134" s="22"/>
     </row>
     <row r="135" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A135" s="5">
         <v>133</v>
       </c>
       <c r="B135" s="6" t="s">
         <v>137</v>
       </c>
       <c r="C135" s="7">
         <v>45911</v>
       </c>
       <c r="D135" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E135" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F135" s="5"/>
     </row>
     <row r="136" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A136" s="5">
         <v>134</v>
       </c>
       <c r="B136" s="6" t="s">
         <v>138</v>
@@ -3766,150 +3904,162 @@
       <c r="D139" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E139" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F139" s="5"/>
     </row>
     <row r="140" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A140" s="5">
         <v>138</v>
       </c>
       <c r="B140" s="6" t="s">
         <v>142</v>
       </c>
       <c r="C140" s="7">
         <v>45985</v>
       </c>
       <c r="D140" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E140" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F140" s="5"/>
-      <c r="G140" s="25"/>
+      <c r="G140" s="23"/>
     </row>
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="5">
         <v>139</v>
       </c>
       <c r="B141" s="6" t="s">
         <v>143</v>
       </c>
       <c r="C141" s="7">
         <v>45951</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E141" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F141" s="5"/>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A142" s="5">
         <v>140</v>
       </c>
       <c r="B142" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="C142" s="7"/>
-[...1 lines deleted...]
-      <c r="E142" s="5"/>
+      <c r="C142" s="11">
+        <v>46027</v>
+      </c>
+      <c r="D142" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E142" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F142" s="5"/>
-      <c r="G142" s="25"/>
+      <c r="G142" s="23"/>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" s="2">
         <v>141</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C143" s="8">
         <v>45915</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F143" s="5"/>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A144" s="5">
         <v>142</v>
       </c>
       <c r="B144" s="6" t="s">
         <v>146</v>
       </c>
       <c r="C144" s="7">
         <v>45915</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E144" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F144" s="5"/>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A145" s="5">
         <v>143</v>
       </c>
-      <c r="B145" s="18" t="s">
+      <c r="B145" s="16" t="s">
         <v>147</v>
       </c>
-      <c r="C145" s="7"/>
-[...1 lines deleted...]
-      <c r="E145" s="5"/>
+      <c r="C145" s="11">
+        <v>46015</v>
+      </c>
+      <c r="D145" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E145" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F145" s="5"/>
-      <c r="G145" s="22"/>
+      <c r="G145" s="20"/>
     </row>
     <row r="146" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A146" s="5">
         <v>144</v>
       </c>
       <c r="B146" s="6" t="s">
         <v>148</v>
       </c>
       <c r="C146" s="7">
         <v>45981</v>
       </c>
       <c r="D146" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E146" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F146" s="5"/>
-      <c r="G146" s="24"/>
+      <c r="G146" s="22"/>
     </row>
     <row r="147" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A147" s="5">
         <v>145</v>
       </c>
       <c r="B147" s="6" t="s">
         <v>149</v>
       </c>
       <c r="C147" s="7">
         <v>45931</v>
       </c>
       <c r="D147" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E147" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F147" s="5"/>
     </row>
     <row r="148" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A148" s="5">
         <v>146</v>
       </c>
       <c r="B148" s="6" t="s">
         <v>150</v>
@@ -3938,88 +4088,88 @@
       <c r="D149" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E149" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F149" s="5"/>
     </row>
     <row r="150" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A150" s="5">
         <v>148</v>
       </c>
       <c r="B150" s="6" t="s">
         <v>152</v>
       </c>
       <c r="C150" s="7">
         <v>45994</v>
       </c>
       <c r="D150" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E150" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F150" s="5"/>
-      <c r="G150" s="23"/>
+      <c r="G150" s="21"/>
     </row>
     <row r="151" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A151" s="5">
         <v>149</v>
       </c>
       <c r="B151" s="6" t="s">
         <v>153</v>
       </c>
       <c r="C151" s="7">
         <v>45922</v>
       </c>
       <c r="D151" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E151" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F151" s="5"/>
     </row>
     <row r="152" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A152" s="5">
         <v>150</v>
       </c>
       <c r="B152" s="6" t="s">
         <v>154</v>
       </c>
       <c r="C152" s="7">
         <v>45985</v>
       </c>
       <c r="D152" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E152" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F152" s="5"/>
-      <c r="G152" s="24"/>
+      <c r="G152" s="22"/>
     </row>
     <row r="153" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A153" s="2">
         <v>151</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C153" s="8">
         <v>45923</v>
       </c>
       <c r="D153" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F153" s="5"/>
     </row>
     <row r="154" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A154" s="5">
         <v>152</v>
       </c>
       <c r="B154" s="6" t="s">
         <v>156</v>
@@ -4056,74 +4206,80 @@
     <row r="156" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A156" s="5">
         <v>154</v>
       </c>
       <c r="B156" s="6" t="s">
         <v>158</v>
       </c>
       <c r="C156" s="7">
         <v>45922</v>
       </c>
       <c r="D156" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E156" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F156" s="5"/>
     </row>
     <row r="157" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A157" s="5">
         <v>155</v>
       </c>
       <c r="B157" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="C157" s="7"/>
-[...1 lines deleted...]
-      <c r="E157" s="5"/>
+      <c r="C157" s="7">
+        <v>45996</v>
+      </c>
+      <c r="D157" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E157" s="5" t="s">
+        <v>71</v>
+      </c>
       <c r="F157" s="5"/>
-      <c r="G157" s="25"/>
+      <c r="G157" s="23"/>
     </row>
     <row r="158" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A158" s="5">
         <v>156</v>
       </c>
       <c r="B158" s="6" t="s">
         <v>160</v>
       </c>
       <c r="C158" s="7">
         <v>45995</v>
       </c>
       <c r="D158" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E158" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F158" s="5"/>
-      <c r="G158" s="22"/>
+      <c r="G158" s="20"/>
     </row>
     <row r="159" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A159" s="5">
         <v>157</v>
       </c>
       <c r="B159" s="6" t="s">
         <v>161</v>
       </c>
       <c r="C159" s="7">
         <v>45922</v>
       </c>
       <c r="D159" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E159" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F159" s="5"/>
     </row>
     <row r="160" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A160" s="5">
         <v>158</v>
       </c>
       <c r="B160" s="6" t="s">
         <v>162</v>
@@ -4170,51 +4326,51 @@
       <c r="D162" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E162" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F162" s="5"/>
     </row>
     <row r="163" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A163" s="5">
         <v>161</v>
       </c>
       <c r="B163" s="6" t="s">
         <v>165</v>
       </c>
       <c r="C163" s="7">
         <v>45993</v>
       </c>
       <c r="D163" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E163" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F163" s="5"/>
-      <c r="G163" s="22"/>
+      <c r="G163" s="20"/>
     </row>
     <row r="164" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A164" s="5">
         <v>162</v>
       </c>
       <c r="B164" s="6" t="s">
         <v>166</v>
       </c>
       <c r="C164" s="7">
         <v>45915</v>
       </c>
       <c r="D164" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E164" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F164" s="5"/>
     </row>
     <row r="165" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A165" s="5">
         <v>163</v>
       </c>
       <c r="B165" s="6" t="s">
         <v>167</v>
@@ -4233,158 +4389,176 @@
     <row r="166" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A166" s="5">
         <v>164</v>
       </c>
       <c r="B166" s="6" t="s">
         <v>168</v>
       </c>
       <c r="C166" s="7">
         <v>45922</v>
       </c>
       <c r="D166" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E166" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F166" s="5"/>
     </row>
     <row r="167" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A167" s="5">
         <v>165</v>
       </c>
       <c r="B167" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="C167" s="11"/>
-[...1 lines deleted...]
-      <c r="E167" s="10"/>
+      <c r="C167" s="29">
+        <v>46021</v>
+      </c>
+      <c r="D167" s="29" t="s">
+        <v>187</v>
+      </c>
+      <c r="E167" s="29" t="s">
+        <v>202</v>
+      </c>
       <c r="F167" s="5"/>
-      <c r="G167" s="23"/>
+      <c r="G167" s="21"/>
     </row>
     <row r="168" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A168" s="5">
         <v>166</v>
       </c>
       <c r="B168" s="6" t="s">
         <v>170</v>
       </c>
       <c r="C168" s="7">
         <v>45992</v>
       </c>
       <c r="D168" s="5" t="s">
         <v>187</v>
       </c>
       <c r="E168" s="5" t="s">
         <v>195</v>
       </c>
       <c r="F168" s="5"/>
-      <c r="G168" s="25"/>
+      <c r="G168" s="23"/>
     </row>
     <row r="169" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A169" s="5">
         <v>167</v>
       </c>
       <c r="B169" s="6" t="s">
         <v>171</v>
       </c>
-      <c r="C169" s="7"/>
-[...1 lines deleted...]
-      <c r="E169" s="5"/>
+      <c r="C169" s="11">
+        <v>46020</v>
+      </c>
+      <c r="D169" s="11" t="s">
+        <v>187</v>
+      </c>
+      <c r="E169" s="11" t="s">
+        <v>201</v>
+      </c>
       <c r="F169" s="5"/>
-      <c r="G169" s="22"/>
+      <c r="G169" s="20"/>
     </row>
     <row r="170" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A170" s="5">
         <v>168</v>
       </c>
       <c r="B170" s="6" t="s">
         <v>172</v>
       </c>
       <c r="C170" s="7">
         <v>45915</v>
       </c>
       <c r="D170" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E170" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F170" s="5"/>
     </row>
     <row r="171" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A171" s="5">
         <v>169</v>
       </c>
       <c r="B171" s="6" t="s">
         <v>173</v>
       </c>
       <c r="C171" s="7">
         <v>45986</v>
       </c>
       <c r="D171" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E171" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F171" s="5"/>
-      <c r="G171" s="25"/>
-      <c r="H171" s="26"/>
+      <c r="G171" s="23"/>
+      <c r="H171" s="24"/>
     </row>
     <row r="172" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A172" s="5">
         <v>601</v>
       </c>
       <c r="B172" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="C172" s="7"/>
-[...1 lines deleted...]
-      <c r="E172" s="6"/>
+      <c r="C172" s="11">
+        <v>45968</v>
+      </c>
+      <c r="D172" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E172" s="11" t="s">
+        <v>71</v>
+      </c>
       <c r="F172" s="5"/>
-      <c r="G172" s="29"/>
+      <c r="G172" s="27"/>
     </row>
     <row r="173" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A173" s="5">
         <v>603</v>
       </c>
       <c r="B173" s="6" t="s">
         <v>178</v>
       </c>
       <c r="C173" s="7">
         <v>45980</v>
       </c>
       <c r="D173" s="5" t="s">
         <v>192</v>
       </c>
       <c r="E173" s="6" t="s">
         <v>192</v>
       </c>
       <c r="F173" s="5"/>
-      <c r="G173" s="23"/>
-      <c r="H173" s="30"/>
+      <c r="G173" s="21"/>
+      <c r="H173" s="28"/>
     </row>
     <row r="174" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A174" s="5">
         <v>604</v>
       </c>
       <c r="B174" s="6" t="s">
         <v>179</v>
       </c>
       <c r="C174" s="7">
         <v>45931</v>
       </c>
       <c r="D174" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E174" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F174" s="5"/>
     </row>
     <row r="175" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A175" s="5">
         <v>501</v>
       </c>
       <c r="B175" s="6" t="s">
         <v>185</v>
@@ -4431,84 +4605,90 @@
       <c r="D177" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E177" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F177" s="5"/>
     </row>
     <row r="178" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A178" s="5">
         <v>607</v>
       </c>
       <c r="B178" s="6" t="s">
         <v>181</v>
       </c>
       <c r="C178" s="7">
         <v>45987</v>
       </c>
       <c r="D178" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E178" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F178" s="5"/>
-      <c r="G178" s="23"/>
-      <c r="H178" s="30"/>
+      <c r="G178" s="21"/>
+      <c r="H178" s="28"/>
     </row>
     <row r="179" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A179" s="5">
         <v>608</v>
       </c>
       <c r="B179" s="6" t="s">
         <v>182</v>
       </c>
       <c r="C179" s="7">
         <v>45993</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E179" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F179" s="5"/>
-      <c r="G179" s="29"/>
+      <c r="G179" s="27"/>
     </row>
     <row r="180" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A180" s="5">
         <v>610</v>
       </c>
       <c r="B180" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="C180" s="7"/>
-[...1 lines deleted...]
-      <c r="E180" s="6"/>
+      <c r="C180" s="7">
+        <v>46000</v>
+      </c>
+      <c r="D180" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="E180" s="6" t="s">
+        <v>71</v>
+      </c>
       <c r="F180" s="5"/>
-      <c r="G180" s="22"/>
+      <c r="G180" s="20"/>
     </row>
     <row r="181" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A181" s="5">
         <v>611</v>
       </c>
       <c r="B181" s="6" t="s">
         <v>184</v>
       </c>
       <c r="C181" s="7">
         <v>45920</v>
       </c>
       <c r="D181" s="5" t="s">
         <v>191</v>
       </c>
       <c r="E181" s="6" t="s">
         <v>191</v>
       </c>
       <c r="F181" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:F181" xr:uid="{E56D13DC-7839-49AF-9F80-EC110750997B}"/>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>