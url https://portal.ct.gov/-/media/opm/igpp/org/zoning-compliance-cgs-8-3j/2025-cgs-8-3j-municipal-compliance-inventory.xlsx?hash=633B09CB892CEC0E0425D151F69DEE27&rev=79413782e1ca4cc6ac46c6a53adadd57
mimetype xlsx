--- v0 (2025-12-18)
+++ v1 (2026-02-12)
@@ -5,82 +5,82 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\ORG\Zoning Compliance 8-3j\2025 CGS 8-3j Report\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8B89A0E8-E3A8-41F4-A45E-F3AFE2B8DDB2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EA7FD8E2-DE7E-4691-BA28-56FA0294F379}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28305" yWindow="90" windowWidth="21600" windowHeight="11295" xr2:uid="{6F107AC2-E058-43EC-867D-684CE352FFB4}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{6F107AC2-E058-43EC-867D-684CE352FFB4}"/>
   </bookViews>
   <sheets>
     <sheet name="2025 CGS 8-3j Zoning Compliance" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025 CGS 8-3j Zoning Compliance'!$A$2:$F$181</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="546" uniqueCount="205">
   <si>
     <t>Town Code</t>
   </si>
   <si>
     <t>Municipality</t>
   </si>
   <si>
     <t>Compliant? Y/N</t>
   </si>
   <si>
     <t>Interim Update</t>
   </si>
   <si>
     <t>Andover</t>
   </si>
   <si>
     <t>Ansonia</t>
   </si>
   <si>
     <t>Ashford</t>
   </si>
   <si>
     <t>Avon</t>
   </si>
   <si>
@@ -641,51 +641,60 @@
   <si>
     <t>by end of first quarter of FY26</t>
   </si>
   <si>
     <t>by December 16, 2025</t>
   </si>
   <si>
     <t>by September 30, 2026</t>
   </si>
   <si>
     <t>by March 31, 2026</t>
   </si>
   <si>
     <t>by April 1, 2026</t>
   </si>
   <si>
     <t>by May 2026</t>
   </si>
   <si>
     <t>by March 2, 2026</t>
   </si>
   <si>
     <t>NOT REPORTED</t>
   </si>
   <si>
-    <t>Updated 12/16/2025</t>
+    <t>by December 31, 2026</t>
+  </si>
+  <si>
+    <t>by January 5, 2026</t>
+  </si>
+  <si>
+    <t>by July 1, 2026</t>
+  </si>
+  <si>
+    <t>Updated 1/8/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C0006"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -708,50 +717,51 @@
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color rgb="FF0070C0"/>
       <name val="Poppins"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Poppins"/>
     </font>
     <font>
+      <b/>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Poppins"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6D4FB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -932,63 +942,63 @@
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="3" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Bad" xfId="1" builtinId="27"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Sheet1" xfId="3" xr:uid="{D2B03E9E-3AA5-430A-A9C2-DB911A83E98B}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFEE0000"/>
       <color rgb="FF3371E7"/>
       <color rgb="FFC6D4FB"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -1319,58 +1329,58 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E56D13DC-7839-49AF-9F80-EC110750997B}">
   <dimension ref="A1:H181"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="23.25" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="27.7109375" style="3" customWidth="1"/>
     <col min="3" max="3" width="19.28515625" style="3" customWidth="1"/>
     <col min="4" max="4" width="21.28515625" style="3" customWidth="1"/>
     <col min="5" max="5" width="30.85546875" style="3" customWidth="1"/>
     <col min="6" max="6" width="35.7109375" style="3" customWidth="1"/>
     <col min="7" max="7" width="37.7109375" style="3" customWidth="1"/>
     <col min="8" max="8" width="27.42578125" style="3" customWidth="1"/>
     <col min="9" max="16384" width="8.85546875" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.25">
-      <c r="A1" s="29" t="s">
-[...6 lines deleted...]
-      <c r="F1" s="31"/>
+      <c r="A1" s="30" t="s">
+        <v>204</v>
+      </c>
+      <c r="B1" s="31"/>
+      <c r="C1" s="31"/>
+      <c r="D1" s="31"/>
+      <c r="E1" s="31"/>
+      <c r="F1" s="32"/>
     </row>
     <row r="2" spans="1:7" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>176</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>174</v>
       </c>
       <c r="F2" s="18" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="5">
         <v>1</v>
       </c>
@@ -1438,101 +1448,101 @@
         <v>70</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F6" s="5"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="5">
         <v>5</v>
       </c>
       <c r="B7" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="7">
         <v>45915</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F7" s="5"/>
     </row>
-    <row r="8" spans="1:7" ht="81" customHeight="1" x14ac:dyDescent="0.65">
+    <row r="8" spans="1:7" ht="23.25" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A8" s="9">
         <v>6</v>
       </c>
       <c r="B8" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="C8" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C8" s="11">
+        <v>46015</v>
+      </c>
+      <c r="D8" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F8" s="5"/>
       <c r="G8" s="19"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="5">
         <v>7</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="7">
         <v>45936</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F9" s="5"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A10" s="5">
         <v>8</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="C10" s="32" t="s">
+      <c r="C10" s="33" t="s">
         <v>200</v>
       </c>
-      <c r="D10" s="32" t="s">
+      <c r="D10" s="33" t="s">
         <v>200</v>
       </c>
-      <c r="E10" s="32" t="s">
+      <c r="E10" s="33" t="s">
         <v>200</v>
       </c>
       <c r="F10" s="5"/>
       <c r="G10" s="20"/>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="5">
         <v>9</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="7">
         <v>45916</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>187</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>188</v>
       </c>
       <c r="F11" s="5"/>
     </row>
     <row r="12" spans="1:7" ht="46.5" x14ac:dyDescent="0.25">
       <c r="A12" s="5">
@@ -1610,58 +1620,58 @@
       <c r="A16" s="5">
         <v>14</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>17</v>
       </c>
       <c r="C16" s="7">
         <v>45987</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F16" s="5"/>
       <c r="G16" s="21"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A17" s="5">
         <v>15</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C17" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C17" s="11">
+        <v>46024</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E17" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F17" s="5"/>
       <c r="G17" s="22"/>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="5">
         <v>16</v>
       </c>
       <c r="B18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="7">
         <v>45915</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F18" s="5"/>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A19" s="5">
         <v>17</v>
@@ -1685,58 +1695,58 @@
       <c r="A20" s="5">
         <v>18</v>
       </c>
       <c r="B20" s="6" t="s">
         <v>21</v>
       </c>
       <c r="C20" s="7">
         <v>45980</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F20" s="5"/>
       <c r="G20" s="21"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A21" s="5">
         <v>19</v>
       </c>
       <c r="B21" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="C21" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C21" s="11">
+        <v>46014</v>
+      </c>
+      <c r="D21" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E21" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F21" s="5"/>
       <c r="G21" s="20"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="5">
         <v>20</v>
       </c>
       <c r="B22" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C22" s="7">
         <v>45960</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F22" s="5"/>
     </row>
     <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="5">
         <v>21</v>
@@ -2109,77 +2119,77 @@
       <c r="A43" s="5">
         <v>41</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>44</v>
       </c>
       <c r="C43" s="7">
         <v>45993</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F43" s="5"/>
       <c r="G43" s="21"/>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A44" s="5">
         <v>42</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="C44" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C44" s="11">
+        <v>46008</v>
+      </c>
+      <c r="D44" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E44" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F44" s="5"/>
       <c r="G44" s="22"/>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A45" s="5">
         <v>43</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="C45" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C45" s="11">
+        <v>46014</v>
+      </c>
+      <c r="D45" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E45" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F45" s="5"/>
       <c r="G45" s="20"/>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A46" s="5">
         <v>44</v>
       </c>
       <c r="B46" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C46" s="7">
         <v>45995</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F46" s="5"/>
       <c r="G46" s="20"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="5">
@@ -2203,58 +2213,58 @@
       <c r="A48" s="5">
         <v>46</v>
       </c>
       <c r="B48" s="6" t="s">
         <v>49</v>
       </c>
       <c r="C48" s="7">
         <v>45992</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F48" s="5"/>
       <c r="G48" s="20"/>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A49" s="5">
         <v>47</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="C49" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C49" s="11">
+        <v>46015</v>
+      </c>
+      <c r="D49" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E49" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F49" s="5"/>
       <c r="G49" s="21"/>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A50" s="5">
         <v>48</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>51</v>
       </c>
       <c r="C50" s="7">
         <v>45994</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F50" s="5"/>
       <c r="G50" s="22"/>
       <c r="H50" s="20"/>
     </row>
     <row r="51" spans="1:8" ht="46.5" x14ac:dyDescent="0.65">
@@ -2499,152 +2509,152 @@
     <row r="64" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A64" s="5">
         <v>62</v>
       </c>
       <c r="B64" s="6" t="s">
         <v>64</v>
       </c>
       <c r="C64" s="7">
         <v>45915</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F64" s="5"/>
     </row>
     <row r="65" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A65" s="5">
         <v>63</v>
       </c>
       <c r="B65" s="10" t="s">
         <v>65</v>
       </c>
-      <c r="C65" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C65" s="11">
+        <v>46021</v>
+      </c>
+      <c r="D65" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E65" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F65" s="5"/>
       <c r="G65" s="23"/>
     </row>
     <row r="66" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A66" s="5">
         <v>64</v>
       </c>
       <c r="B66" s="6" t="s">
         <v>66</v>
       </c>
       <c r="C66" s="7">
         <v>46007</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F66" s="5"/>
       <c r="G66" s="26"/>
     </row>
     <row r="67" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A67" s="5">
         <v>65</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="C67" s="33" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C67" s="11">
+        <v>46027</v>
+      </c>
+      <c r="D67" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="E67" s="10" t="s">
+        <v>203</v>
       </c>
       <c r="F67" s="5"/>
       <c r="G67" s="21"/>
     </row>
     <row r="68" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A68" s="5">
         <v>66</v>
       </c>
       <c r="B68" s="6" t="s">
         <v>68</v>
       </c>
       <c r="C68" s="7">
         <v>45985</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F68" s="5"/>
       <c r="G68" s="21"/>
     </row>
     <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="5">
         <v>67</v>
       </c>
       <c r="B69" s="6" t="s">
         <v>69</v>
       </c>
       <c r="C69" s="7">
         <v>45918</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F69" s="5"/>
     </row>
     <row r="70" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A70" s="5">
         <v>68</v>
       </c>
       <c r="B70" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="C70" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C70" s="11">
+        <v>46015</v>
+      </c>
+      <c r="D70" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E70" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F70" s="5"/>
       <c r="G70" s="21"/>
     </row>
     <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="5">
         <v>69</v>
       </c>
       <c r="B71" s="6" t="s">
         <v>73</v>
       </c>
       <c r="C71" s="7">
         <v>45915</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F71" s="5"/>
     </row>
     <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="5">
         <v>70</v>
@@ -2853,113 +2863,113 @@
         <v>81</v>
       </c>
       <c r="B83" s="6" t="s">
         <v>85</v>
       </c>
       <c r="C83" s="7">
         <v>45993</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F83" s="5"/>
       <c r="G83" s="23"/>
       <c r="H83" s="24"/>
     </row>
     <row r="84" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A84" s="5">
         <v>82</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="C84" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C84" s="11">
+        <v>46027</v>
+      </c>
+      <c r="D84" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E84" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F84" s="5"/>
       <c r="G84" s="20"/>
     </row>
     <row r="85" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A85" s="2">
         <v>83</v>
       </c>
       <c r="B85" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C85" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C85" s="11">
+        <v>46015</v>
+      </c>
+      <c r="D85" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E85" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F85" s="5"/>
       <c r="G85" s="22"/>
     </row>
     <row r="86" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A86" s="5">
         <v>84</v>
       </c>
       <c r="B86" s="6" t="s">
         <v>88</v>
       </c>
       <c r="C86" s="7">
         <v>45915</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F86" s="5"/>
     </row>
     <row r="87" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A87" s="5">
         <v>85</v>
       </c>
       <c r="B87" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="C87" s="32" t="s">
+      <c r="C87" s="33" t="s">
         <v>200</v>
       </c>
-      <c r="D87" s="32" t="s">
+      <c r="D87" s="33" t="s">
         <v>200</v>
       </c>
-      <c r="E87" s="32" t="s">
+      <c r="E87" s="33" t="s">
         <v>200</v>
       </c>
       <c r="F87" s="5"/>
       <c r="G87" s="20"/>
     </row>
     <row r="88" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A88" s="5">
         <v>86</v>
       </c>
       <c r="B88" s="6" t="s">
         <v>90</v>
       </c>
       <c r="C88" s="7">
         <v>45918</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F88" s="5"/>
     </row>
     <row r="89" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A89" s="2">
@@ -3149,58 +3159,58 @@
       <c r="A99" s="5">
         <v>97</v>
       </c>
       <c r="B99" s="6" t="s">
         <v>101</v>
       </c>
       <c r="C99" s="7">
         <v>45981</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F99" s="5"/>
       <c r="G99" s="21"/>
     </row>
     <row r="100" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A100" s="5">
         <v>98</v>
       </c>
       <c r="B100" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="C100" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C100" s="11">
+        <v>46014</v>
+      </c>
+      <c r="D100" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E100" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F100" s="5"/>
       <c r="G100" s="21"/>
     </row>
     <row r="101" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A101" s="9">
         <v>99</v>
       </c>
       <c r="B101" s="10" t="s">
         <v>103</v>
       </c>
       <c r="C101" s="7">
         <v>45915</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F101" s="5"/>
     </row>
     <row r="102" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A102" s="15">
         <v>100</v>
@@ -3738,58 +3748,58 @@
     <row r="131" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A131" s="5">
         <v>129</v>
       </c>
       <c r="B131" s="6" t="s">
         <v>133</v>
       </c>
       <c r="C131" s="7">
         <v>45916</v>
       </c>
       <c r="D131" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E131" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F131" s="5"/>
     </row>
     <row r="132" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A132" s="5">
         <v>130</v>
       </c>
       <c r="B132" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="C132" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C132" s="11">
+        <v>46015</v>
+      </c>
+      <c r="D132" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E132" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F132" s="5"/>
       <c r="G132" s="23"/>
     </row>
     <row r="133" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A133" s="5">
         <v>131</v>
       </c>
       <c r="B133" s="6" t="s">
         <v>135</v>
       </c>
       <c r="C133" s="7">
         <v>45917</v>
       </c>
       <c r="D133" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E133" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F133" s="5"/>
     </row>
     <row r="134" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A134" s="5">
         <v>132</v>
@@ -3921,113 +3931,113 @@
     <row r="141" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A141" s="5">
         <v>139</v>
       </c>
       <c r="B141" s="6" t="s">
         <v>143</v>
       </c>
       <c r="C141" s="7">
         <v>45951</v>
       </c>
       <c r="D141" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E141" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F141" s="5"/>
     </row>
     <row r="142" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A142" s="5">
         <v>140</v>
       </c>
       <c r="B142" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="C142" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C142" s="11">
+        <v>46027</v>
+      </c>
+      <c r="D142" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E142" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F142" s="5"/>
       <c r="G142" s="23"/>
     </row>
     <row r="143" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A143" s="2">
         <v>141</v>
       </c>
       <c r="B143" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C143" s="8">
         <v>45915</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F143" s="5"/>
     </row>
     <row r="144" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A144" s="5">
         <v>142</v>
       </c>
       <c r="B144" s="6" t="s">
         <v>146</v>
       </c>
       <c r="C144" s="7">
         <v>45915</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E144" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F144" s="5"/>
     </row>
     <row r="145" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A145" s="5">
         <v>143</v>
       </c>
       <c r="B145" s="16" t="s">
         <v>147</v>
       </c>
-      <c r="C145" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C145" s="11">
+        <v>46015</v>
+      </c>
+      <c r="D145" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E145" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F145" s="5"/>
       <c r="G145" s="20"/>
     </row>
     <row r="146" spans="1:7" x14ac:dyDescent="0.65">
       <c r="A146" s="5">
         <v>144</v>
       </c>
       <c r="B146" s="6" t="s">
         <v>148</v>
       </c>
       <c r="C146" s="7">
         <v>45981</v>
       </c>
       <c r="D146" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E146" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F146" s="5"/>
       <c r="G146" s="22"/>
     </row>
     <row r="147" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A147" s="5">
@@ -4379,153 +4389,153 @@
     <row r="166" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A166" s="5">
         <v>164</v>
       </c>
       <c r="B166" s="6" t="s">
         <v>168</v>
       </c>
       <c r="C166" s="7">
         <v>45922</v>
       </c>
       <c r="D166" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E166" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F166" s="5"/>
     </row>
     <row r="167" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A167" s="5">
         <v>165</v>
       </c>
       <c r="B167" s="6" t="s">
         <v>169</v>
       </c>
-      <c r="C167" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C167" s="29">
+        <v>46021</v>
+      </c>
+      <c r="D167" s="29" t="s">
+        <v>187</v>
+      </c>
+      <c r="E167" s="29" t="s">
+        <v>202</v>
       </c>
       <c r="F167" s="5"/>
       <c r="G167" s="21"/>
     </row>
     <row r="168" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A168" s="5">
         <v>166</v>
       </c>
       <c r="B168" s="6" t="s">
         <v>170</v>
       </c>
       <c r="C168" s="7">
         <v>45992</v>
       </c>
       <c r="D168" s="5" t="s">
         <v>187</v>
       </c>
       <c r="E168" s="5" t="s">
         <v>195</v>
       </c>
       <c r="F168" s="5"/>
       <c r="G168" s="23"/>
     </row>
     <row r="169" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A169" s="5">
         <v>167</v>
       </c>
       <c r="B169" s="6" t="s">
         <v>171</v>
       </c>
-      <c r="C169" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C169" s="11">
+        <v>46020</v>
+      </c>
+      <c r="D169" s="11" t="s">
+        <v>187</v>
+      </c>
+      <c r="E169" s="11" t="s">
+        <v>201</v>
       </c>
       <c r="F169" s="5"/>
       <c r="G169" s="20"/>
     </row>
     <row r="170" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A170" s="5">
         <v>168</v>
       </c>
       <c r="B170" s="6" t="s">
         <v>172</v>
       </c>
       <c r="C170" s="7">
         <v>45915</v>
       </c>
       <c r="D170" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E170" s="5" t="s">
         <v>71</v>
       </c>
       <c r="F170" s="5"/>
     </row>
     <row r="171" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A171" s="5">
         <v>169</v>
       </c>
       <c r="B171" s="6" t="s">
         <v>173</v>
       </c>
       <c r="C171" s="7">
         <v>45986</v>
       </c>
       <c r="D171" s="5" t="s">
         <v>70</v>
       </c>
       <c r="E171" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F171" s="5"/>
       <c r="G171" s="23"/>
       <c r="H171" s="24"/>
     </row>
     <row r="172" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A172" s="5">
         <v>601</v>
       </c>
       <c r="B172" s="6" t="s">
         <v>177</v>
       </c>
-      <c r="C172" s="32" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="C172" s="11">
+        <v>45968</v>
+      </c>
+      <c r="D172" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E172" s="11" t="s">
+        <v>71</v>
       </c>
       <c r="F172" s="5"/>
       <c r="G172" s="27"/>
     </row>
     <row r="173" spans="1:8" x14ac:dyDescent="0.65">
       <c r="A173" s="5">
         <v>603</v>
       </c>
       <c r="B173" s="6" t="s">
         <v>178</v>
       </c>
       <c r="C173" s="7">
         <v>45980</v>
       </c>
       <c r="D173" s="5" t="s">
         <v>192</v>
       </c>
       <c r="E173" s="6" t="s">
         <v>192</v>
       </c>
       <c r="F173" s="5"/>
       <c r="G173" s="21"/>
       <c r="H173" s="28"/>
     </row>
     <row r="174" spans="1:8" x14ac:dyDescent="0.25">