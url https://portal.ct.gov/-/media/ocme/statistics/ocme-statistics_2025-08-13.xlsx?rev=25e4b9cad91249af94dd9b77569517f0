--- v0 (2025-12-16)
+++ v1 (2026-02-12)
@@ -5,60 +5,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="25928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\CTOCME-05\gp_IT\CaseManager\REPORTS\Web Stats\2025-08\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ddenning\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E1D947C7-D660-4656-B068-10AB8E38E148}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6E8638DE-806A-45D2-8EF7-152378243570}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CY" sheetId="8" r:id="rId1"/>
     <sheet name="FY" sheetId="15" r:id="rId2"/>
     <sheet name="AccessionsCremationsChart" sheetId="16" r:id="rId3"/>
     <sheet name="FY_CY Changes" sheetId="13" r:id="rId4"/>
     <sheet name="Suicides" sheetId="14" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">CY!$A$1:$T$38</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -1016,51 +1016,51 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="91">
+  <cellXfs count="90">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
@@ -1165,129 +1165,128 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="15" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="3" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="0" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="13" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="3" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -2899,129 +2898,129 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:T45"/>
+  <dimension ref="A1:X45"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="3" topLeftCell="B24" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="3" topLeftCell="B7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomRight" sqref="A1:T1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.6"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="7.33203125" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="10" max="10" width="5.44140625" customWidth="1"/>
+    <col min="1" max="1" width="7.28515625" customWidth="1"/>
+    <col min="2" max="2" width="9.42578125" customWidth="1"/>
+    <col min="3" max="3" width="5.7109375" customWidth="1"/>
+    <col min="4" max="5" width="6.42578125" customWidth="1"/>
+    <col min="6" max="7" width="5.42578125" customWidth="1"/>
+    <col min="8" max="8" width="6.42578125" customWidth="1"/>
+    <col min="9" max="9" width="5.28515625" customWidth="1"/>
+    <col min="10" max="10" width="5.42578125" customWidth="1"/>
     <col min="11" max="11" width="6" customWidth="1"/>
-    <col min="12" max="12" width="5.5546875" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="20" max="20" width="7.5546875" customWidth="1"/>
+    <col min="12" max="12" width="5.5703125" customWidth="1"/>
+    <col min="13" max="13" width="6.85546875" customWidth="1"/>
+    <col min="14" max="14" width="8.42578125" customWidth="1"/>
+    <col min="15" max="15" width="7.42578125" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="3.85546875" customWidth="1"/>
+    <col min="17" max="18" width="3.5703125" customWidth="1"/>
+    <col min="19" max="19" width="4.7109375" customWidth="1"/>
+    <col min="20" max="20" width="7.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="21">
-      <c r="A1" s="60" t="s">
+    <row r="1" spans="1:20" ht="20.25">
+      <c r="A1" s="76" t="s">
         <v>22</v>
       </c>
-      <c r="B1" s="60"/>
-[...17 lines deleted...]
-      <c r="T1" s="60"/>
+      <c r="B1" s="76"/>
+      <c r="C1" s="76"/>
+      <c r="D1" s="76"/>
+      <c r="E1" s="76"/>
+      <c r="F1" s="76"/>
+      <c r="G1" s="76"/>
+      <c r="H1" s="76"/>
+      <c r="I1" s="76"/>
+      <c r="J1" s="76"/>
+      <c r="K1" s="76"/>
+      <c r="L1" s="76"/>
+      <c r="M1" s="76"/>
+      <c r="N1" s="76"/>
+      <c r="O1" s="76"/>
+      <c r="P1" s="76"/>
+      <c r="Q1" s="76"/>
+      <c r="R1" s="76"/>
+      <c r="S1" s="76"/>
+      <c r="T1" s="76"/>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" s="25"/>
       <c r="B2" s="25"/>
       <c r="C2" s="25"/>
       <c r="D2" s="25"/>
       <c r="E2" s="25"/>
       <c r="F2" s="26"/>
       <c r="G2" s="11"/>
       <c r="H2" s="25"/>
       <c r="I2" s="25"/>
       <c r="J2" s="26"/>
       <c r="K2" s="26"/>
       <c r="L2" s="26"/>
       <c r="M2" s="26"/>
       <c r="N2" s="26"/>
       <c r="O2" s="26"/>
       <c r="P2" s="7" t="s">
         <v>2</v>
       </c>
       <c r="Q2" s="8"/>
       <c r="R2" s="9"/>
       <c r="S2" s="27"/>
       <c r="T2" s="26"/>
     </row>
-    <row r="3" spans="1:20" ht="31.8" thickBot="1">
+    <row r="3" spans="1:20" ht="45.75" thickBot="1">
       <c r="A3" s="22" t="s">
         <v>20</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="54" t="s">
         <v>49</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="54" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="I3" s="2" t="s">
@@ -3062,51 +3061,51 @@
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" s="49">
         <v>1990</v>
       </c>
       <c r="B4" s="12">
         <v>11882</v>
       </c>
       <c r="C4" s="18">
         <v>1264</v>
       </c>
       <c r="D4" s="18">
         <v>129</v>
       </c>
       <c r="E4" s="18"/>
       <c r="F4" s="12">
         <f t="shared" ref="F4:F21" si="0">SUM(C4:E4)</f>
         <v>1393</v>
       </c>
       <c r="G4" s="18"/>
       <c r="H4" s="12">
         <v>4628</v>
       </c>
       <c r="I4" s="23">
-        <f t="shared" ref="I4:I38" si="1">H4/B4</f>
+        <f t="shared" ref="I4:I36" si="1">H4/B4</f>
         <v>0.38949671772428884</v>
       </c>
       <c r="J4" s="16">
         <v>186</v>
       </c>
       <c r="K4" s="17">
         <v>340</v>
       </c>
       <c r="L4" s="17">
         <v>792</v>
       </c>
       <c r="M4" s="17">
         <v>109</v>
       </c>
       <c r="N4" s="17"/>
       <c r="O4" s="17"/>
       <c r="P4" s="28">
         <v>260</v>
       </c>
       <c r="Q4" s="28">
         <v>42</v>
       </c>
       <c r="R4" s="29">
         <v>21</v>
       </c>
@@ -3767,51 +3766,51 @@
       </c>
       <c r="L16" s="12">
         <v>976</v>
       </c>
       <c r="M16" s="20">
         <v>86</v>
       </c>
       <c r="N16" s="20"/>
       <c r="O16" s="20"/>
       <c r="P16" s="24">
         <v>150</v>
       </c>
       <c r="Q16" s="24">
         <v>14</v>
       </c>
       <c r="R16" s="34">
         <v>4</v>
       </c>
       <c r="S16" s="19">
         <v>21</v>
       </c>
       <c r="T16" s="12">
         <v>73</v>
       </c>
     </row>
-    <row r="17" spans="1:20">
+    <row r="17" spans="1:24">
       <c r="A17" s="22">
         <v>2003</v>
       </c>
       <c r="B17" s="20">
         <v>15748</v>
       </c>
       <c r="C17" s="12">
         <v>1170</v>
       </c>
       <c r="D17" s="12">
         <v>338</v>
       </c>
       <c r="E17" s="12"/>
       <c r="F17" s="12">
         <f t="shared" si="0"/>
         <v>1508</v>
       </c>
       <c r="G17" s="12"/>
       <c r="H17" s="12">
         <v>10170</v>
       </c>
       <c r="I17" s="23">
         <f t="shared" si="1"/>
         <v>0.64579629159258323</v>
       </c>
@@ -3823,703 +3822,730 @@
       </c>
       <c r="L17" s="12">
         <v>812</v>
       </c>
       <c r="M17" s="20">
         <v>34</v>
       </c>
       <c r="N17" s="20"/>
       <c r="O17" s="20"/>
       <c r="P17" s="24">
         <v>156</v>
       </c>
       <c r="Q17" s="24">
         <v>14</v>
       </c>
       <c r="R17" s="34">
         <v>3</v>
       </c>
       <c r="S17" s="19">
         <v>17</v>
       </c>
       <c r="T17" s="12">
         <v>25</v>
       </c>
     </row>
-    <row r="18" spans="1:20">
+    <row r="18" spans="1:24">
       <c r="A18" s="22">
         <v>2004</v>
       </c>
       <c r="B18" s="20">
         <v>15920</v>
       </c>
       <c r="C18" s="12">
         <v>1238</v>
       </c>
       <c r="D18" s="12">
         <v>299</v>
       </c>
       <c r="E18" s="12"/>
       <c r="F18" s="12">
         <f t="shared" si="0"/>
         <v>1537</v>
       </c>
       <c r="G18" s="12"/>
       <c r="H18" s="12">
         <v>10305</v>
       </c>
       <c r="I18" s="23">
         <f t="shared" si="1"/>
         <v>0.64729899497487442</v>
       </c>
       <c r="J18" s="19">
         <v>112</v>
       </c>
       <c r="K18" s="12">
         <v>318</v>
       </c>
       <c r="L18" s="12">
         <v>652</v>
       </c>
       <c r="M18" s="20">
         <v>50</v>
       </c>
-      <c r="N18" s="13"/>
+      <c r="N18" s="13">
+        <v>256</v>
+      </c>
       <c r="O18" s="13"/>
       <c r="P18" s="30">
         <v>177</v>
       </c>
       <c r="Q18" s="30">
         <v>13</v>
       </c>
       <c r="R18" s="29">
         <v>1</v>
       </c>
       <c r="S18" s="19">
         <v>17</v>
       </c>
       <c r="T18" s="12">
         <v>7</v>
       </c>
-    </row>
-    <row r="19" spans="1:20">
+      <c r="X18" s="55"/>
+    </row>
+    <row r="19" spans="1:24">
       <c r="A19" s="22">
         <v>2005</v>
       </c>
       <c r="B19" s="20">
         <v>16210</v>
       </c>
       <c r="C19" s="12">
         <v>1250</v>
       </c>
       <c r="D19" s="12">
         <v>254</v>
       </c>
       <c r="E19" s="12"/>
       <c r="F19" s="12">
         <f t="shared" si="0"/>
         <v>1504</v>
       </c>
       <c r="G19" s="12"/>
       <c r="H19" s="12">
         <v>10830</v>
       </c>
       <c r="I19" s="23">
         <f t="shared" si="1"/>
         <v>0.66810610734114739</v>
       </c>
       <c r="J19" s="19">
         <v>119</v>
       </c>
       <c r="K19" s="12">
         <v>301</v>
       </c>
       <c r="L19" s="12">
         <v>686</v>
       </c>
       <c r="M19" s="20">
         <v>47</v>
       </c>
-      <c r="N19" s="20"/>
+      <c r="N19" s="20">
+        <v>291</v>
+      </c>
       <c r="O19" s="20"/>
       <c r="P19" s="24">
         <v>190</v>
       </c>
       <c r="Q19" s="24">
         <v>10</v>
       </c>
       <c r="R19" s="34">
         <v>3</v>
       </c>
       <c r="S19" s="19">
         <v>8</v>
       </c>
       <c r="T19" s="12">
         <v>9</v>
       </c>
-    </row>
-    <row r="20" spans="1:20">
+      <c r="X19" s="55"/>
+    </row>
+    <row r="20" spans="1:24">
       <c r="A20" s="22">
         <v>2006</v>
       </c>
       <c r="B20" s="20">
         <v>16193</v>
       </c>
       <c r="C20" s="12">
         <v>1330</v>
       </c>
       <c r="D20" s="12">
         <v>299</v>
       </c>
       <c r="E20" s="12"/>
       <c r="F20" s="12">
         <f t="shared" si="0"/>
         <v>1629</v>
       </c>
       <c r="G20" s="12"/>
       <c r="H20" s="12">
         <v>10906</v>
       </c>
       <c r="I20" s="23">
         <f t="shared" si="1"/>
         <v>0.67350089544865066</v>
       </c>
       <c r="J20" s="19">
         <v>141</v>
       </c>
       <c r="K20" s="12">
         <v>283</v>
       </c>
       <c r="L20" s="12">
         <v>1039</v>
       </c>
       <c r="M20" s="20">
         <v>54</v>
       </c>
-      <c r="N20" s="20"/>
+      <c r="N20" s="20">
+        <v>321</v>
+      </c>
       <c r="O20" s="20"/>
       <c r="P20" s="24">
         <v>181</v>
       </c>
       <c r="Q20" s="24">
         <v>24</v>
       </c>
       <c r="R20" s="34">
         <v>8</v>
       </c>
       <c r="S20" s="19">
         <v>12</v>
       </c>
       <c r="T20" s="12">
         <v>17</v>
       </c>
-    </row>
-    <row r="21" spans="1:20">
+      <c r="X20" s="55"/>
+    </row>
+    <row r="21" spans="1:24">
       <c r="A21" s="22">
         <v>2007</v>
       </c>
       <c r="B21" s="20">
         <v>16286</v>
       </c>
       <c r="C21" s="12">
         <v>1407</v>
       </c>
       <c r="D21" s="12">
         <v>342</v>
       </c>
       <c r="E21" s="12"/>
       <c r="F21" s="12">
         <f t="shared" si="0"/>
         <v>1749</v>
       </c>
       <c r="G21" s="19"/>
       <c r="H21" s="19">
         <v>11238</v>
       </c>
       <c r="I21" s="23">
         <f t="shared" si="1"/>
         <v>0.69004052560481399</v>
       </c>
       <c r="J21" s="19">
         <v>118</v>
       </c>
       <c r="K21" s="12">
         <v>262</v>
       </c>
       <c r="L21" s="12">
         <v>1111</v>
       </c>
       <c r="M21" s="20">
         <v>87</v>
       </c>
-      <c r="N21" s="20"/>
+      <c r="N21" s="20">
+        <v>326</v>
+      </c>
       <c r="O21" s="20"/>
       <c r="P21" s="24">
         <v>151</v>
       </c>
       <c r="Q21" s="24">
         <v>14</v>
       </c>
       <c r="R21" s="34">
         <v>1</v>
       </c>
       <c r="S21" s="19">
         <v>9</v>
       </c>
       <c r="T21" s="12">
         <v>16</v>
       </c>
-    </row>
-    <row r="22" spans="1:20">
+      <c r="X21" s="55"/>
+    </row>
+    <row r="22" spans="1:24">
       <c r="A22" s="22">
         <v>2008</v>
       </c>
       <c r="B22" s="12">
         <v>16631</v>
       </c>
       <c r="C22" s="12">
         <v>1405</v>
       </c>
       <c r="D22" s="12">
         <v>396</v>
       </c>
       <c r="E22" s="12"/>
       <c r="F22" s="12">
-        <f t="shared" ref="F22:F38" si="2">SUM(C22:E22)</f>
+        <f t="shared" ref="F22:F35" si="2">SUM(C22:E22)</f>
         <v>1801</v>
       </c>
       <c r="G22" s="12"/>
       <c r="H22" s="12">
         <v>11799</v>
       </c>
       <c r="I22" s="23">
         <f t="shared" si="1"/>
         <v>0.70945824063495877</v>
       </c>
       <c r="J22" s="12">
         <v>133</v>
       </c>
       <c r="K22" s="12">
         <v>308</v>
       </c>
       <c r="L22" s="12">
         <v>1173</v>
       </c>
       <c r="M22" s="12">
         <v>59</v>
       </c>
-      <c r="N22" s="12"/>
+      <c r="N22" s="12">
+        <v>323</v>
+      </c>
       <c r="O22" s="12"/>
       <c r="P22" s="24">
         <v>202</v>
       </c>
       <c r="Q22" s="24">
         <v>13</v>
       </c>
       <c r="R22" s="34">
         <v>3</v>
       </c>
       <c r="S22" s="12">
         <v>15</v>
       </c>
       <c r="T22" s="12">
         <v>18</v>
       </c>
-    </row>
-    <row r="23" spans="1:20">
+      <c r="X22" s="55"/>
+    </row>
+    <row r="23" spans="1:24">
       <c r="A23" s="22">
         <v>2009</v>
       </c>
       <c r="B23" s="12">
         <v>17156</v>
       </c>
       <c r="C23" s="12">
         <v>1334</v>
       </c>
       <c r="D23" s="12">
         <v>366</v>
       </c>
       <c r="E23" s="12"/>
       <c r="F23" s="12">
         <f t="shared" si="2"/>
         <v>1700</v>
       </c>
       <c r="G23" s="12"/>
       <c r="H23" s="12">
         <v>12635</v>
       </c>
       <c r="I23" s="23">
         <f t="shared" si="1"/>
         <v>0.73647703427372346</v>
       </c>
       <c r="J23" s="19">
         <v>122</v>
       </c>
       <c r="K23" s="12">
         <v>315</v>
       </c>
       <c r="L23" s="12">
         <v>1083</v>
       </c>
       <c r="M23" s="20">
         <v>81</v>
       </c>
-      <c r="N23" s="20"/>
+      <c r="N23" s="20">
+        <v>311</v>
+      </c>
       <c r="O23" s="20"/>
       <c r="P23" s="24">
         <v>180</v>
       </c>
       <c r="Q23" s="24">
         <v>14</v>
       </c>
       <c r="R23" s="34">
         <v>4</v>
       </c>
       <c r="S23" s="19">
         <v>21</v>
       </c>
       <c r="T23" s="12">
         <v>11</v>
       </c>
-    </row>
-    <row r="24" spans="1:20">
+      <c r="X23" s="55"/>
+    </row>
+    <row r="24" spans="1:24">
       <c r="A24" s="22">
         <v>2010</v>
       </c>
       <c r="B24" s="12">
         <v>17331</v>
       </c>
       <c r="C24" s="12">
         <v>1405</v>
       </c>
       <c r="D24" s="12">
         <v>392</v>
       </c>
       <c r="E24" s="12">
         <v>835</v>
       </c>
       <c r="F24" s="12">
         <f t="shared" si="2"/>
         <v>2632</v>
       </c>
       <c r="G24" s="12">
         <v>9</v>
       </c>
       <c r="H24" s="12">
         <v>12785</v>
       </c>
       <c r="I24" s="23">
         <f t="shared" si="1"/>
         <v>0.73769545900409672</v>
       </c>
       <c r="J24" s="19">
         <v>144</v>
       </c>
       <c r="K24" s="12">
         <v>357</v>
       </c>
       <c r="L24" s="12">
         <v>1126</v>
       </c>
       <c r="M24" s="20">
         <v>68</v>
       </c>
-      <c r="N24" s="20"/>
+      <c r="N24" s="20">
+        <v>287</v>
+      </c>
       <c r="O24" s="20">
         <v>335</v>
       </c>
       <c r="P24" s="24">
         <v>217</v>
       </c>
       <c r="Q24" s="24">
         <v>13</v>
       </c>
       <c r="R24" s="34">
         <v>4</v>
       </c>
       <c r="S24" s="19">
         <v>14</v>
       </c>
       <c r="T24" s="12">
         <v>0</v>
       </c>
-    </row>
-    <row r="25" spans="1:20">
+      <c r="X24" s="55"/>
+    </row>
+    <row r="25" spans="1:24">
       <c r="A25" s="22">
         <v>2011</v>
       </c>
       <c r="B25" s="12">
         <v>18125</v>
       </c>
       <c r="C25" s="12">
         <v>1385</v>
       </c>
       <c r="D25" s="12">
         <v>492</v>
       </c>
       <c r="E25" s="12">
         <v>833</v>
       </c>
       <c r="F25" s="12">
         <f t="shared" si="2"/>
         <v>2710</v>
       </c>
       <c r="G25" s="12">
         <v>5</v>
       </c>
       <c r="H25" s="12">
         <v>13770</v>
       </c>
       <c r="I25" s="23">
         <f t="shared" si="1"/>
         <v>0.75972413793103444</v>
       </c>
       <c r="J25" s="19">
         <v>140</v>
       </c>
       <c r="K25" s="12">
         <v>374</v>
       </c>
       <c r="L25" s="12">
         <v>1128</v>
       </c>
       <c r="M25" s="20">
         <v>71</v>
       </c>
-      <c r="N25" s="20"/>
+      <c r="N25" s="20">
+        <v>324</v>
+      </c>
       <c r="O25" s="20">
         <v>248</v>
       </c>
       <c r="P25" s="24">
         <v>215</v>
       </c>
       <c r="Q25" s="24">
         <v>13</v>
       </c>
       <c r="R25" s="34">
         <v>3</v>
       </c>
       <c r="S25" s="19">
         <v>17</v>
       </c>
       <c r="T25" s="12">
         <v>0</v>
       </c>
-    </row>
-    <row r="26" spans="1:20">
+      <c r="X25" s="55"/>
+    </row>
+    <row r="26" spans="1:24">
       <c r="A26" s="22">
         <v>2012</v>
       </c>
       <c r="B26" s="12">
         <v>18400</v>
       </c>
       <c r="C26" s="12">
         <v>1378</v>
       </c>
       <c r="D26" s="12">
         <v>506</v>
       </c>
       <c r="E26" s="12">
         <v>850</v>
       </c>
       <c r="F26" s="12">
         <f t="shared" si="2"/>
         <v>2734</v>
       </c>
       <c r="G26" s="12">
         <v>4</v>
       </c>
       <c r="H26" s="12">
         <v>14153</v>
       </c>
       <c r="I26" s="23">
         <f t="shared" si="1"/>
         <v>0.76918478260869561</v>
       </c>
       <c r="J26" s="19">
         <v>152</v>
       </c>
       <c r="K26" s="12">
         <v>381</v>
       </c>
       <c r="L26" s="12">
         <v>1190</v>
       </c>
       <c r="M26" s="20">
         <v>69</v>
       </c>
       <c r="N26" s="20">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="O26" s="20">
         <v>288</v>
       </c>
       <c r="P26" s="24">
         <v>228</v>
       </c>
       <c r="Q26" s="24">
         <v>34</v>
       </c>
       <c r="R26" s="34">
         <v>27</v>
       </c>
       <c r="S26" s="19">
         <v>13</v>
       </c>
       <c r="T26" s="12">
         <v>0</v>
       </c>
-    </row>
-    <row r="27" spans="1:20">
+      <c r="X26" s="55"/>
+    </row>
+    <row r="27" spans="1:24">
       <c r="A27" s="22">
         <v>2013</v>
       </c>
       <c r="B27" s="12">
         <v>18990</v>
       </c>
       <c r="C27" s="12">
         <v>1449</v>
       </c>
       <c r="D27" s="12">
         <v>514</v>
       </c>
       <c r="E27" s="12">
         <v>851</v>
       </c>
       <c r="F27" s="12">
         <f t="shared" si="2"/>
         <v>2814</v>
       </c>
       <c r="G27" s="12">
         <v>11</v>
       </c>
       <c r="H27" s="12">
         <v>14849</v>
       </c>
       <c r="I27" s="23">
         <f t="shared" si="1"/>
         <v>0.78193786203264881</v>
       </c>
       <c r="J27" s="19">
         <v>105</v>
       </c>
       <c r="K27" s="12">
         <v>339</v>
       </c>
       <c r="L27" s="12">
         <v>1359</v>
       </c>
       <c r="M27" s="20">
         <v>58</v>
       </c>
       <c r="N27" s="20">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="O27" s="20">
         <v>306</v>
       </c>
       <c r="P27" s="24">
         <v>164</v>
       </c>
       <c r="Q27" s="24">
         <v>10</v>
       </c>
       <c r="R27" s="34">
         <v>3</v>
       </c>
       <c r="S27" s="19">
         <v>18</v>
       </c>
       <c r="T27" s="12">
         <v>0</v>
       </c>
-    </row>
-    <row r="28" spans="1:20">
+      <c r="X27" s="55"/>
+    </row>
+    <row r="28" spans="1:24">
       <c r="A28" s="22">
         <v>2014</v>
       </c>
       <c r="B28" s="12">
         <v>19538</v>
       </c>
       <c r="C28" s="12">
         <v>1717</v>
       </c>
       <c r="D28" s="12">
         <v>448</v>
       </c>
       <c r="E28" s="12">
         <v>827</v>
       </c>
       <c r="F28" s="12">
         <f t="shared" si="2"/>
         <v>2992</v>
       </c>
       <c r="G28" s="12">
         <v>8</v>
       </c>
       <c r="H28" s="12">
         <v>15682</v>
       </c>
       <c r="I28" s="23">
         <f t="shared" si="1"/>
         <v>0.80264100726788823</v>
       </c>
       <c r="J28" s="12">
         <v>104</v>
       </c>
       <c r="K28" s="12">
         <v>378</v>
       </c>
       <c r="L28" s="12">
         <v>1407</v>
       </c>
       <c r="M28" s="12">
         <v>53</v>
       </c>
       <c r="N28" s="12">
-        <v>558</v>
+        <v>568</v>
       </c>
       <c r="O28" s="12">
         <v>261</v>
       </c>
       <c r="P28" s="24">
         <v>185</v>
       </c>
       <c r="Q28" s="24">
         <v>13</v>
       </c>
       <c r="R28" s="24">
         <v>5</v>
       </c>
       <c r="S28" s="12">
         <v>13</v>
       </c>
       <c r="T28" s="12">
         <v>0</v>
       </c>
-    </row>
-    <row r="29" spans="1:20">
+      <c r="X28" s="55"/>
+    </row>
+    <row r="29" spans="1:24">
       <c r="A29" s="22">
         <v>2015</v>
       </c>
       <c r="B29" s="12">
         <v>20649</v>
       </c>
       <c r="C29" s="12">
         <v>2227</v>
       </c>
       <c r="D29" s="12">
         <v>376</v>
       </c>
       <c r="E29" s="12">
         <v>958</v>
       </c>
       <c r="F29" s="12">
         <f t="shared" si="2"/>
         <v>3561</v>
       </c>
       <c r="G29" s="12">
         <v>9</v>
       </c>
       <c r="H29" s="12">
         <v>16653</v>
       </c>
@@ -4538,52 +4564,53 @@
       </c>
       <c r="M29" s="12">
         <v>79</v>
       </c>
       <c r="N29" s="12">
         <v>729</v>
       </c>
       <c r="O29" s="12">
         <v>287</v>
       </c>
       <c r="P29" s="24">
         <v>189</v>
       </c>
       <c r="Q29" s="24">
         <v>12</v>
       </c>
       <c r="R29" s="24">
         <v>5</v>
       </c>
       <c r="S29" s="22">
         <v>8</v>
       </c>
       <c r="T29" s="12">
         <v>0</v>
       </c>
-    </row>
-    <row r="30" spans="1:20">
+      <c r="X29" s="55"/>
+    </row>
+    <row r="30" spans="1:24">
       <c r="A30" s="22">
         <v>2016</v>
       </c>
       <c r="B30" s="12">
         <v>21046</v>
       </c>
       <c r="C30" s="12">
         <v>2379</v>
       </c>
       <c r="D30" s="12">
         <v>331</v>
       </c>
       <c r="E30" s="12">
         <v>865</v>
       </c>
       <c r="F30" s="12">
         <f t="shared" si="2"/>
         <v>3575</v>
       </c>
       <c r="G30" s="12">
         <v>2</v>
       </c>
       <c r="H30" s="12">
         <v>17135</v>
       </c>
@@ -4602,52 +4629,53 @@
       </c>
       <c r="M30" s="12">
         <v>65</v>
       </c>
       <c r="N30" s="12">
         <v>917</v>
       </c>
       <c r="O30" s="12">
         <v>334</v>
       </c>
       <c r="P30" s="24">
         <v>167</v>
       </c>
       <c r="Q30" s="24">
         <v>9</v>
       </c>
       <c r="R30" s="24">
         <v>2</v>
       </c>
       <c r="S30" s="22">
         <v>0</v>
       </c>
       <c r="T30" s="12">
         <v>0</v>
       </c>
-    </row>
-    <row r="31" spans="1:20">
+      <c r="X30" s="55"/>
+    </row>
+    <row r="31" spans="1:24">
       <c r="A31" s="22">
         <v>2017</v>
       </c>
       <c r="B31" s="12">
         <v>22015</v>
       </c>
       <c r="C31" s="12">
         <v>2347</v>
       </c>
       <c r="D31" s="12">
         <v>362</v>
       </c>
       <c r="E31" s="12">
         <v>1022</v>
       </c>
       <c r="F31" s="12">
         <f t="shared" si="2"/>
         <v>3731</v>
       </c>
       <c r="G31" s="12">
         <v>1</v>
       </c>
       <c r="H31" s="12">
         <v>18146</v>
       </c>
@@ -4666,52 +4694,53 @@
       </c>
       <c r="M31" s="12">
         <v>51</v>
       </c>
       <c r="N31" s="12">
         <v>1038</v>
       </c>
       <c r="O31" s="12">
         <v>318</v>
       </c>
       <c r="P31" s="24">
         <v>194</v>
       </c>
       <c r="Q31" s="24">
         <v>16</v>
       </c>
       <c r="R31" s="24">
         <v>6</v>
       </c>
       <c r="S31" s="22">
         <v>0</v>
       </c>
       <c r="T31" s="22">
         <v>2</v>
       </c>
-    </row>
-    <row r="32" spans="1:20">
+      <c r="X31" s="55"/>
+    </row>
+    <row r="32" spans="1:24">
       <c r="A32" s="22">
         <v>2018</v>
       </c>
       <c r="B32" s="12">
         <v>22482</v>
       </c>
       <c r="C32" s="12">
         <v>2471</v>
       </c>
       <c r="D32" s="12">
         <v>408</v>
       </c>
       <c r="E32" s="12">
         <v>1041</v>
       </c>
       <c r="F32" s="12">
         <f t="shared" si="2"/>
         <v>3920</v>
       </c>
       <c r="G32" s="12">
         <v>1</v>
       </c>
       <c r="H32" s="12">
         <v>18736</v>
       </c>
@@ -4724,56 +4753,57 @@
       </c>
       <c r="K32" s="12">
         <v>420</v>
       </c>
       <c r="L32" s="12">
         <v>1978</v>
       </c>
       <c r="M32" s="12">
         <v>61</v>
       </c>
       <c r="N32" s="12">
         <v>1017</v>
       </c>
       <c r="O32" s="12">
         <v>326</v>
       </c>
       <c r="P32" s="24">
         <v>190</v>
       </c>
       <c r="Q32" s="24">
         <v>8</v>
       </c>
       <c r="R32" s="24">
         <v>3</v>
       </c>
-      <c r="S32" s="74"/>
+      <c r="S32" s="60"/>
       <c r="T32" s="22">
         <v>2</v>
       </c>
-    </row>
-    <row r="33" spans="1:20">
+      <c r="X32" s="55"/>
+    </row>
+    <row r="33" spans="1:24">
       <c r="A33" s="22">
         <v>2019</v>
       </c>
       <c r="B33" s="12">
         <v>23179</v>
       </c>
       <c r="C33" s="12">
         <v>2768</v>
       </c>
       <c r="D33" s="12">
         <v>386</v>
       </c>
       <c r="E33" s="12">
         <v>1162</v>
       </c>
       <c r="F33" s="12">
         <f t="shared" si="2"/>
         <v>4316</v>
       </c>
       <c r="G33" s="12">
         <v>6</v>
       </c>
       <c r="H33" s="12">
         <v>19554</v>
       </c>
@@ -4786,56 +4816,57 @@
       </c>
       <c r="K33" s="12">
         <v>426</v>
       </c>
       <c r="L33" s="12">
         <v>2150</v>
       </c>
       <c r="M33" s="12">
         <v>60</v>
       </c>
       <c r="N33" s="12">
         <v>1200</v>
       </c>
       <c r="O33" s="12">
         <v>279</v>
       </c>
       <c r="P33" s="24">
         <v>189</v>
       </c>
       <c r="Q33" s="24">
         <v>10</v>
       </c>
       <c r="R33" s="24">
         <v>3</v>
       </c>
-      <c r="S33" s="74"/>
+      <c r="S33" s="60"/>
       <c r="T33" s="22">
         <v>0</v>
       </c>
-    </row>
-    <row r="34" spans="1:20">
+      <c r="X33" s="55"/>
+    </row>
+    <row r="34" spans="1:24">
       <c r="A34" s="22">
         <v>2020</v>
       </c>
       <c r="B34" s="12">
         <v>30129</v>
       </c>
       <c r="C34" s="12">
         <v>2933</v>
       </c>
       <c r="D34" s="12">
         <v>572</v>
       </c>
       <c r="E34" s="12">
         <v>2122</v>
       </c>
       <c r="F34" s="12">
         <f t="shared" si="2"/>
         <v>5627</v>
       </c>
       <c r="G34" s="12">
         <v>7</v>
       </c>
       <c r="H34" s="12">
         <v>23966</v>
       </c>
@@ -4848,56 +4879,57 @@
       </c>
       <c r="K34" s="12">
         <v>359</v>
       </c>
       <c r="L34" s="12">
         <v>2494</v>
       </c>
       <c r="M34" s="12">
         <v>59</v>
       </c>
       <c r="N34" s="12">
         <v>1374</v>
       </c>
       <c r="O34" s="12">
         <v>342</v>
       </c>
       <c r="P34" s="24">
         <v>218</v>
       </c>
       <c r="Q34" s="24">
         <v>15</v>
       </c>
       <c r="R34" s="24">
         <v>7</v>
       </c>
-      <c r="S34" s="75"/>
+      <c r="S34" s="61"/>
       <c r="T34" s="22">
         <v>0</v>
       </c>
-    </row>
-    <row r="35" spans="1:20">
+      <c r="X34" s="55"/>
+    </row>
+    <row r="35" spans="1:24">
       <c r="A35" s="22">
         <v>2021</v>
       </c>
       <c r="B35" s="12">
         <v>27199</v>
       </c>
       <c r="C35" s="12">
         <v>3252</v>
       </c>
       <c r="D35" s="12">
         <v>511</v>
       </c>
       <c r="E35" s="12">
         <v>1853</v>
       </c>
       <c r="F35" s="12">
         <f t="shared" si="2"/>
         <v>5616</v>
       </c>
       <c r="G35" s="12">
         <v>11</v>
       </c>
       <c r="H35" s="12">
         <v>22183</v>
       </c>
@@ -4910,56 +4942,57 @@
       </c>
       <c r="K35" s="12">
         <v>392</v>
       </c>
       <c r="L35" s="12">
         <v>2646</v>
       </c>
       <c r="M35" s="12">
         <v>62</v>
       </c>
       <c r="N35" s="12">
         <v>1524</v>
       </c>
       <c r="O35" s="12">
         <v>329</v>
       </c>
       <c r="P35" s="24">
         <v>247</v>
       </c>
       <c r="Q35" s="24">
         <v>22</v>
       </c>
       <c r="R35" s="24">
         <v>7</v>
       </c>
-      <c r="S35" s="75"/>
+      <c r="S35" s="61"/>
       <c r="T35" s="22">
         <v>2</v>
       </c>
-    </row>
-    <row r="36" spans="1:20">
+      <c r="X35" s="55"/>
+    </row>
+    <row r="36" spans="1:24">
       <c r="A36" s="22">
         <v>2022</v>
       </c>
       <c r="B36" s="12">
         <v>27282</v>
       </c>
       <c r="C36" s="12">
         <v>3211</v>
       </c>
       <c r="D36" s="12">
         <v>640</v>
       </c>
       <c r="E36" s="12">
         <v>1742</v>
       </c>
       <c r="F36" s="12">
         <f t="shared" ref="F36:F38" si="3">SUM(C36:E36)</f>
         <v>5593</v>
       </c>
       <c r="G36" s="12">
         <v>14</v>
       </c>
       <c r="H36" s="12">
         <v>22681</v>
       </c>
@@ -4972,118 +5005,120 @@
       </c>
       <c r="K36" s="12">
         <v>391</v>
       </c>
       <c r="L36" s="12">
         <v>2677</v>
       </c>
       <c r="M36" s="12">
         <v>73</v>
       </c>
       <c r="N36" s="12">
         <v>1452</v>
       </c>
       <c r="O36" s="12">
         <v>431</v>
       </c>
       <c r="P36" s="24">
         <v>249</v>
       </c>
       <c r="Q36" s="24">
         <v>16</v>
       </c>
       <c r="R36" s="24">
         <v>5</v>
       </c>
-      <c r="S36" s="75"/>
+      <c r="S36" s="61"/>
       <c r="T36" s="22">
         <v>5</v>
       </c>
-    </row>
-    <row r="37" spans="1:20">
+      <c r="X36" s="55"/>
+    </row>
+    <row r="37" spans="1:24">
       <c r="A37" s="22">
         <v>2023</v>
       </c>
       <c r="B37" s="12">
         <v>25386</v>
       </c>
       <c r="C37" s="12">
         <v>2842</v>
       </c>
       <c r="D37" s="12">
         <v>472</v>
       </c>
       <c r="E37" s="12">
         <v>1508</v>
       </c>
       <c r="F37" s="12">
         <f t="shared" si="3"/>
         <v>4822</v>
       </c>
       <c r="G37" s="12">
         <v>11</v>
       </c>
       <c r="H37" s="12">
         <v>21984</v>
       </c>
       <c r="I37" s="23">
         <f t="shared" ref="I37:I38" si="4">H37/B37</f>
         <v>0.86598912786575277</v>
       </c>
       <c r="J37" s="12">
         <v>152</v>
       </c>
       <c r="K37" s="12">
         <v>355</v>
       </c>
       <c r="L37" s="12">
         <v>2391</v>
       </c>
       <c r="M37" s="12">
         <v>75</v>
       </c>
       <c r="N37" s="12">
-        <v>1329</v>
+        <v>1328</v>
       </c>
       <c r="O37" s="12">
         <v>365</v>
       </c>
       <c r="P37" s="24">
         <v>221</v>
       </c>
       <c r="Q37" s="24">
         <v>18</v>
       </c>
       <c r="R37" s="24">
         <v>8</v>
       </c>
-      <c r="S37" s="75"/>
+      <c r="S37" s="61"/>
       <c r="T37" s="22">
         <v>0</v>
       </c>
-    </row>
-    <row r="38" spans="1:20">
+      <c r="X37" s="55"/>
+    </row>
+    <row r="38" spans="1:24">
       <c r="A38" s="22">
         <v>2024</v>
       </c>
       <c r="B38" s="12">
         <v>25445</v>
       </c>
       <c r="C38" s="12">
         <v>2747</v>
       </c>
       <c r="D38" s="12">
         <v>383</v>
       </c>
       <c r="E38" s="12">
         <v>1382</v>
       </c>
       <c r="F38" s="12">
         <f t="shared" si="3"/>
         <v>4512</v>
       </c>
       <c r="G38" s="12">
         <v>11</v>
       </c>
       <c r="H38" s="12">
         <v>22287</v>
       </c>
@@ -5096,203 +5131,204 @@
       </c>
       <c r="K38" s="12">
         <v>390</v>
       </c>
       <c r="L38" s="12">
         <v>2047</v>
       </c>
       <c r="M38" s="12">
         <v>62</v>
       </c>
       <c r="N38" s="12">
         <v>982</v>
       </c>
       <c r="O38" s="12">
         <v>357</v>
       </c>
       <c r="P38" s="24">
         <v>217</v>
       </c>
       <c r="Q38" s="24">
         <v>13</v>
       </c>
       <c r="R38" s="24">
         <v>7</v>
       </c>
-      <c r="S38" s="75"/>
+      <c r="S38" s="61"/>
       <c r="T38" s="22">
         <v>2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B40" s="62" t="s">
+      <c r="X38" s="55"/>
+    </row>
+    <row r="40" spans="1:24" ht="12.75" customHeight="1">
+      <c r="B40" s="78" t="s">
         <v>45</v>
       </c>
-      <c r="C40" s="62"/>
-[...5 lines deleted...]
-      <c r="I40" s="62"/>
+      <c r="C40" s="78"/>
+      <c r="D40" s="78"/>
+      <c r="E40" s="78"/>
+      <c r="F40" s="78"/>
+      <c r="G40" s="78"/>
+      <c r="H40" s="78"/>
+      <c r="I40" s="78"/>
       <c r="J40" s="52"/>
-      <c r="K40" s="61" t="s">
+      <c r="K40" s="77" t="s">
         <v>47</v>
       </c>
-      <c r="L40" s="61"/>
-[...11 lines deleted...]
-      <c r="I41" s="62"/>
+      <c r="L40" s="77"/>
+      <c r="M40" s="77"/>
+      <c r="N40" s="77"/>
+    </row>
+    <row r="41" spans="1:24" ht="12.6" customHeight="1">
+      <c r="B41" s="78"/>
+      <c r="C41" s="78"/>
+      <c r="D41" s="78"/>
+      <c r="E41" s="78"/>
+      <c r="F41" s="78"/>
+      <c r="G41" s="78"/>
+      <c r="H41" s="78"/>
+      <c r="I41" s="78"/>
       <c r="J41" s="52"/>
-      <c r="K41" s="61"/>
-[...12 lines deleted...]
-      <c r="I42" s="62"/>
+      <c r="K41" s="77"/>
+      <c r="L41" s="77"/>
+      <c r="M41" s="77"/>
+      <c r="N41" s="77"/>
+    </row>
+    <row r="42" spans="1:24" ht="12.6" customHeight="1">
+      <c r="B42" s="78"/>
+      <c r="C42" s="78"/>
+      <c r="D42" s="78"/>
+      <c r="E42" s="78"/>
+      <c r="F42" s="78"/>
+      <c r="G42" s="78"/>
+      <c r="H42" s="78"/>
+      <c r="I42" s="78"/>
       <c r="J42" s="52"/>
-      <c r="K42" s="61"/>
-[...12 lines deleted...]
-      <c r="I43" s="62"/>
+      <c r="K42" s="77"/>
+      <c r="L42" s="77"/>
+      <c r="M42" s="77"/>
+      <c r="N42" s="77"/>
+    </row>
+    <row r="43" spans="1:24" ht="15" customHeight="1">
+      <c r="B43" s="78"/>
+      <c r="C43" s="78"/>
+      <c r="D43" s="78"/>
+      <c r="E43" s="78"/>
+      <c r="F43" s="78"/>
+      <c r="G43" s="78"/>
+      <c r="H43" s="78"/>
+      <c r="I43" s="78"/>
       <c r="J43" s="52"/>
-      <c r="K43" s="61"/>
-[...4 lines deleted...]
-    <row r="44" spans="1:20" ht="17.399999999999999" customHeight="1">
+      <c r="K43" s="77"/>
+      <c r="L43" s="77"/>
+      <c r="M43" s="77"/>
+      <c r="N43" s="77"/>
+    </row>
+    <row r="44" spans="1:24" ht="17.45" customHeight="1">
       <c r="B44" s="58"/>
       <c r="C44" s="58"/>
       <c r="D44" s="58"/>
       <c r="E44" s="58"/>
       <c r="F44" s="58"/>
       <c r="G44" s="58"/>
       <c r="H44" s="58"/>
       <c r="I44" s="58"/>
       <c r="J44" s="52"/>
-      <c r="K44" s="61"/>
-[...5 lines deleted...]
-      <c r="B45" s="63" t="s">
+      <c r="K44" s="77"/>
+      <c r="L44" s="77"/>
+      <c r="M44" s="77"/>
+      <c r="N44" s="77"/>
+    </row>
+    <row r="45" spans="1:24" ht="12.75" customHeight="1">
+      <c r="B45" s="79" t="s">
         <v>50</v>
       </c>
-      <c r="C45" s="63"/>
-      <c r="D45" s="63"/>
+      <c r="C45" s="79"/>
+      <c r="D45" s="79"/>
       <c r="E45" s="52"/>
       <c r="F45" s="52"/>
       <c r="G45" s="52"/>
       <c r="H45" s="52"/>
       <c r="I45" s="52"/>
       <c r="J45" s="52"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:T1"/>
     <mergeCell ref="K40:N44"/>
     <mergeCell ref="B40:I43"/>
     <mergeCell ref="B45:D45"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup fitToWidth="2" fitToHeight="2" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;A&amp;C&amp;F&amp;R&amp;D</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="F4:F38" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I46"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="2" topLeftCell="B23" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="H39" sqref="H39"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.6"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="9" customWidth="1"/>
-    <col min="3" max="3" width="8.109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="9" width="6.6640625" customWidth="1"/>
+    <col min="3" max="3" width="8.140625" customWidth="1"/>
+    <col min="4" max="5" width="6.7109375" customWidth="1"/>
+    <col min="6" max="6" width="5.5703125" customWidth="1"/>
+    <col min="7" max="7" width="7.140625" customWidth="1"/>
+    <col min="8" max="8" width="8.5703125" customWidth="1"/>
+    <col min="9" max="9" width="6.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18" customHeight="1">
-      <c r="A1" s="64" t="s">
+      <c r="A1" s="80" t="s">
         <v>21</v>
       </c>
-      <c r="B1" s="65"/>
-[...8 lines deleted...]
-    <row r="2" spans="1:9" ht="21.6" thickBot="1">
+      <c r="B1" s="81"/>
+      <c r="C1" s="81"/>
+      <c r="D1" s="81"/>
+      <c r="E1" s="81"/>
+      <c r="F1" s="81"/>
+      <c r="G1" s="81"/>
+      <c r="H1" s="81"/>
+      <c r="I1" s="81"/>
+    </row>
+    <row r="2" spans="1:9" ht="23.25" thickBot="1">
       <c r="A2" s="38" t="s">
         <v>20</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>49</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="I2" s="2" t="s">
@@ -5320,51 +5356,51 @@
       <c r="G3" s="14">
         <v>39</v>
       </c>
       <c r="H3" s="12">
         <v>4367</v>
       </c>
       <c r="I3" s="23">
         <v>0.36</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" s="39">
         <v>1991</v>
       </c>
       <c r="B4" s="12">
         <v>11913</v>
       </c>
       <c r="C4" s="13">
         <v>1269</v>
       </c>
       <c r="D4" s="14">
         <v>120</v>
       </c>
       <c r="E4" s="14"/>
       <c r="F4" s="15">
-        <f t="shared" ref="F4:F38" si="0">SUM(C4:E4)</f>
+        <f t="shared" ref="F4:F34" si="0">SUM(C4:E4)</f>
         <v>1389</v>
       </c>
       <c r="G4" s="14">
         <v>17</v>
       </c>
       <c r="H4" s="12">
         <v>4999</v>
       </c>
       <c r="I4" s="23">
         <v>0.42</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="22">
         <v>1992</v>
       </c>
       <c r="B5" s="12">
         <v>12326</v>
       </c>
       <c r="C5" s="13">
         <v>1270</v>
       </c>
       <c r="D5" s="14">
         <v>127</v>
       </c>
@@ -5552,51 +5588,51 @@
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="22">
         <v>1999</v>
       </c>
       <c r="B12" s="12">
         <v>14529</v>
       </c>
       <c r="C12" s="13">
         <v>1220</v>
       </c>
       <c r="D12" s="14">
         <v>213</v>
       </c>
       <c r="E12" s="14"/>
       <c r="F12" s="15">
         <f t="shared" si="0"/>
         <v>1433</v>
       </c>
       <c r="G12" s="14"/>
       <c r="H12" s="12">
         <v>8357</v>
       </c>
       <c r="I12" s="23">
-        <f t="shared" ref="I12:I38" si="1">H12/B12</f>
+        <f t="shared" ref="I12:I34" si="1">H12/B12</f>
         <v>0.57519443870878928</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="22">
         <v>2000</v>
       </c>
       <c r="B13" s="12">
         <v>14709</v>
       </c>
       <c r="C13" s="20">
         <v>1186</v>
       </c>
       <c r="D13" s="21">
         <v>290</v>
       </c>
       <c r="E13" s="21"/>
       <c r="F13" s="15">
         <f t="shared" si="0"/>
         <v>1476</v>
       </c>
       <c r="G13" s="21"/>
       <c r="H13" s="12">
         <v>8752</v>
       </c>
@@ -6213,51 +6249,51 @@
       <c r="H34" s="12">
         <v>22129</v>
       </c>
       <c r="I34" s="23">
         <f t="shared" si="1"/>
         <v>0.80536448666157145</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="22">
         <v>2022</v>
       </c>
       <c r="B35" s="12">
         <v>27484</v>
       </c>
       <c r="C35" s="20">
         <v>3234</v>
       </c>
       <c r="D35" s="21">
         <v>589</v>
       </c>
       <c r="E35" s="21">
         <v>1765</v>
       </c>
       <c r="F35" s="15">
-        <f t="shared" ref="F35:F38" si="2">SUM(C35:E35)</f>
+        <f t="shared" ref="F35" si="2">SUM(C35:E35)</f>
         <v>5588</v>
       </c>
       <c r="G35" s="21">
         <v>11</v>
       </c>
       <c r="H35" s="12">
         <v>22660</v>
       </c>
       <c r="I35" s="23">
         <f t="shared" ref="I35:I38" si="3">H35/B35</f>
         <v>0.82447969727841652</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="22">
         <v>2023</v>
       </c>
       <c r="B36" s="12">
         <v>25927</v>
       </c>
       <c r="C36" s="20">
         <v>3026</v>
       </c>
       <c r="D36" s="21">
         <v>576</v>
@@ -6320,2058 +6356,2058 @@
       </c>
       <c r="C38" s="20">
         <v>2678</v>
       </c>
       <c r="D38" s="21">
         <v>339</v>
       </c>
       <c r="E38" s="21">
         <v>1353</v>
       </c>
       <c r="F38" s="15">
         <f t="shared" si="4"/>
         <v>4370</v>
       </c>
       <c r="G38" s="21">
         <v>5</v>
       </c>
       <c r="H38" s="12">
         <v>22450</v>
       </c>
       <c r="I38" s="23">
         <f t="shared" si="3"/>
         <v>0.88194853663327444</v>
       </c>
     </row>
-    <row r="40" spans="1:9" ht="13.2">
-      <c r="B40" s="63" t="s">
+    <row r="40" spans="1:9">
+      <c r="B40" s="79" t="s">
         <v>50</v>
       </c>
-      <c r="C40" s="63"/>
-      <c r="D40" s="63"/>
+      <c r="C40" s="79"/>
+      <c r="D40" s="79"/>
     </row>
     <row r="42" spans="1:9">
-      <c r="B42" s="61" t="s">
+      <c r="B42" s="77" t="s">
         <v>47</v>
       </c>
-      <c r="C42" s="61"/>
-[...1 lines deleted...]
-      <c r="E42" s="61"/>
+      <c r="C42" s="77"/>
+      <c r="D42" s="77"/>
+      <c r="E42" s="77"/>
     </row>
     <row r="43" spans="1:9">
-      <c r="B43" s="61"/>
-[...2 lines deleted...]
-      <c r="E43" s="61"/>
+      <c r="B43" s="77"/>
+      <c r="C43" s="77"/>
+      <c r="D43" s="77"/>
+      <c r="E43" s="77"/>
     </row>
     <row r="44" spans="1:9">
-      <c r="B44" s="61"/>
-[...2 lines deleted...]
-      <c r="E44" s="61"/>
+      <c r="B44" s="77"/>
+      <c r="C44" s="77"/>
+      <c r="D44" s="77"/>
+      <c r="E44" s="77"/>
     </row>
     <row r="45" spans="1:9">
-      <c r="B45" s="61"/>
-[...2 lines deleted...]
-      <c r="E45" s="61"/>
+      <c r="B45" s="77"/>
+      <c r="C45" s="77"/>
+      <c r="D45" s="77"/>
+      <c r="E45" s="77"/>
     </row>
     <row r="46" spans="1:9">
-      <c r="B46" s="61"/>
-[...2 lines deleted...]
-      <c r="E46" s="61"/>
+      <c r="B46" s="77"/>
+      <c r="C46" s="77"/>
+      <c r="D46" s="77"/>
+      <c r="E46" s="77"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="B42:E46"/>
     <mergeCell ref="B40:D40"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="F3:F38" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView topLeftCell="A4" workbookViewId="0">
       <selection activeCell="Q23" sqref="Q23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.6"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="7.109375" customWidth="1"/>
+    <col min="1" max="1" width="7.140625" customWidth="1"/>
   </cols>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:R38"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" ySplit="2" topLeftCell="B22" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight" activeCell="R11" sqref="R11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.6"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="8.6640625" style="90" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="15" max="15" width="8.109375" style="90" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="8.7109375" customWidth="1"/>
+    <col min="2" max="2" width="13.42578125" customWidth="1"/>
+    <col min="3" max="3" width="7" customWidth="1"/>
+    <col min="4" max="4" width="0.7109375" customWidth="1"/>
+    <col min="5" max="5" width="11" customWidth="1"/>
+    <col min="6" max="6" width="8.85546875" style="62"/>
+    <col min="7" max="7" width="7.5703125" customWidth="1"/>
+    <col min="8" max="8" width="2.7109375" customWidth="1"/>
+    <col min="9" max="9" width="8.7109375" customWidth="1"/>
+    <col min="10" max="10" width="11.7109375" customWidth="1"/>
+    <col min="11" max="11" width="7" customWidth="1"/>
+    <col min="12" max="12" width="0.7109375" customWidth="1"/>
+    <col min="13" max="13" width="10.85546875" customWidth="1"/>
+    <col min="14" max="14" width="8.85546875"/>
+    <col min="15" max="15" width="8.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" s="36" customFormat="1" ht="15.6">
-      <c r="A1" s="66" t="s">
+    <row r="1" spans="1:15" s="36" customFormat="1" ht="15.75">
+      <c r="A1" s="82" t="s">
         <v>23</v>
       </c>
-      <c r="B1" s="66"/>
-[...4 lines deleted...]
-      <c r="G1" s="66"/>
+      <c r="B1" s="82"/>
+      <c r="C1" s="82"/>
+      <c r="D1" s="82"/>
+      <c r="E1" s="82"/>
+      <c r="F1" s="82"/>
+      <c r="G1" s="82"/>
       <c r="H1" s="37"/>
-      <c r="I1" s="66" t="s">
+      <c r="I1" s="82" t="s">
         <v>24</v>
       </c>
-      <c r="J1" s="66"/>
-[...4 lines deleted...]
-      <c r="O1" s="66"/>
+      <c r="J1" s="82"/>
+      <c r="K1" s="82"/>
+      <c r="L1" s="82"/>
+      <c r="M1" s="82"/>
+      <c r="N1" s="82"/>
+      <c r="O1" s="82"/>
     </row>
     <row r="2" spans="1:15" ht="15.75" customHeight="1" thickBot="1">
       <c r="A2" s="40" t="s">
         <v>20</v>
       </c>
       <c r="B2" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="77" t="s">
+      <c r="C2" s="63" t="s">
         <v>11</v>
       </c>
-      <c r="D2" s="78"/>
+      <c r="D2" s="64"/>
       <c r="E2" s="59" t="s">
         <v>0</v>
       </c>
-      <c r="F2" s="79" t="s">
+      <c r="F2" s="65" t="s">
         <v>51</v>
       </c>
-      <c r="G2" s="80" t="s">
+      <c r="G2" s="66" t="s">
         <v>11</v>
       </c>
-      <c r="H2" s="81"/>
+      <c r="H2" s="67"/>
       <c r="I2" s="40" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="40" t="s">
         <v>1</v>
       </c>
-      <c r="K2" s="77" t="s">
+      <c r="K2" s="63" t="s">
         <v>11</v>
       </c>
-      <c r="L2" s="78"/>
-      <c r="M2" s="82" t="s">
+      <c r="L2" s="64"/>
+      <c r="M2" s="68" t="s">
         <v>0</v>
       </c>
-      <c r="N2" s="82" t="s">
+      <c r="N2" s="68" t="s">
         <v>51</v>
       </c>
-      <c r="O2" s="77" t="s">
+      <c r="O2" s="63" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="3" spans="1:15" ht="13.2">
-      <c r="A3" s="82">
+    <row r="3" spans="1:15">
+      <c r="A3" s="68">
         <v>1990</v>
       </c>
-      <c r="B3" s="83">
+      <c r="B3" s="69">
         <v>12211</v>
       </c>
-      <c r="C3" s="84">
+      <c r="C3" s="70">
         <f>B3/12325-1</f>
         <v>-9.2494929006085025E-3</v>
       </c>
-      <c r="D3" s="85"/>
-      <c r="E3" s="83">
+      <c r="D3" s="71"/>
+      <c r="E3" s="69">
         <v>4367</v>
       </c>
-      <c r="F3" s="79">
+      <c r="F3" s="65">
         <f>E3/B3</f>
         <v>0.35762836786503971</v>
       </c>
-      <c r="G3" s="84">
+      <c r="G3" s="70">
         <f>E3/4158-1</f>
         <v>5.0264550264550234E-2</v>
       </c>
-      <c r="H3" s="81"/>
-      <c r="I3" s="82">
+      <c r="H3" s="67"/>
+      <c r="I3" s="68">
         <v>1990</v>
       </c>
-      <c r="J3" s="83">
+      <c r="J3" s="69">
         <v>11841</v>
       </c>
-      <c r="K3" s="84">
+      <c r="K3" s="70">
         <f>J3/12319-1</f>
         <v>-3.8801850799577875E-2</v>
       </c>
-      <c r="L3" s="85"/>
-      <c r="M3" s="83">
+      <c r="L3" s="71"/>
+      <c r="M3" s="69">
         <v>4628</v>
       </c>
-      <c r="N3" s="79">
+      <c r="N3" s="65">
         <f>M3/J3</f>
         <v>0.3908453677898826</v>
       </c>
-      <c r="O3" s="84">
+      <c r="O3" s="70">
         <f>M3/4322-1</f>
         <v>7.0800555298472956E-2</v>
       </c>
     </row>
-    <row r="4" spans="1:15" ht="13.2">
-      <c r="A4" s="82">
+    <row r="4" spans="1:15">
+      <c r="A4" s="68">
         <v>1991</v>
       </c>
-      <c r="B4" s="83">
+      <c r="B4" s="69">
         <v>11913</v>
       </c>
-      <c r="C4" s="84">
+      <c r="C4" s="70">
         <f t="shared" ref="C4:C28" si="0">B4/B3-1</f>
         <v>-2.4404225698141047E-2</v>
       </c>
-      <c r="D4" s="85"/>
-      <c r="E4" s="83">
+      <c r="D4" s="71"/>
+      <c r="E4" s="69">
         <v>4994</v>
       </c>
-      <c r="F4" s="79">
+      <c r="F4" s="65">
         <f t="shared" ref="F4:F38" si="1">E4/B4</f>
         <v>0.41920590951061865</v>
       </c>
-      <c r="G4" s="84">
-        <f>E4/E3-1</f>
+      <c r="G4" s="70">
+        <f t="shared" ref="G4:G38" si="2">E4/E3-1</f>
         <v>0.14357682619647361</v>
       </c>
-      <c r="H4" s="81"/>
-      <c r="I4" s="82">
+      <c r="H4" s="67"/>
+      <c r="I4" s="68">
         <v>1991</v>
       </c>
-      <c r="J4" s="83">
+      <c r="J4" s="69">
         <v>12054</v>
       </c>
-      <c r="K4" s="84">
-        <f t="shared" ref="K4:K25" si="2">J4/J3-1</f>
+      <c r="K4" s="70">
+        <f t="shared" ref="K4:K25" si="3">J4/J3-1</f>
         <v>1.7988345578920706E-2</v>
       </c>
-      <c r="L4" s="85"/>
-      <c r="M4" s="83">
+      <c r="L4" s="71"/>
+      <c r="M4" s="69">
         <v>5291</v>
       </c>
-      <c r="N4" s="79">
-        <f t="shared" ref="N4:N37" si="3">M4/J4</f>
+      <c r="N4" s="65">
+        <f t="shared" ref="N4:N37" si="4">M4/J4</f>
         <v>0.43894143023062882</v>
       </c>
-      <c r="O4" s="84">
-        <f t="shared" ref="O4:O20" si="4">M4/M3-1</f>
+      <c r="O4" s="70">
+        <f t="shared" ref="O4:O20" si="5">M4/M3-1</f>
         <v>0.14325842696629221</v>
       </c>
     </row>
-    <row r="5" spans="1:15" ht="13.2">
-      <c r="A5" s="82">
+    <row r="5" spans="1:15">
+      <c r="A5" s="68">
         <v>1992</v>
       </c>
-      <c r="B5" s="83">
+      <c r="B5" s="69">
         <v>12326</v>
       </c>
-      <c r="C5" s="84">
+      <c r="C5" s="70">
         <f t="shared" si="0"/>
         <v>3.4668009737261807E-2</v>
       </c>
-      <c r="D5" s="85"/>
-      <c r="E5" s="83">
+      <c r="D5" s="71"/>
+      <c r="E5" s="69">
         <v>5578</v>
       </c>
-      <c r="F5" s="79">
+      <c r="F5" s="65">
         <f t="shared" si="1"/>
         <v>0.45253934772026611</v>
       </c>
-      <c r="G5" s="84">
-        <f>E5/E4-1</f>
+      <c r="G5" s="70">
+        <f t="shared" si="2"/>
         <v>0.11694032839407287</v>
       </c>
-      <c r="H5" s="81"/>
-      <c r="I5" s="82">
+      <c r="H5" s="67"/>
+      <c r="I5" s="68">
         <v>1992</v>
       </c>
-      <c r="J5" s="83">
+      <c r="J5" s="69">
         <v>12570</v>
       </c>
-      <c r="K5" s="84">
-        <f t="shared" si="2"/>
+      <c r="K5" s="70">
+        <f t="shared" si="3"/>
         <v>4.280736684917863E-2</v>
       </c>
-      <c r="L5" s="85"/>
-      <c r="M5" s="83">
+      <c r="L5" s="71"/>
+      <c r="M5" s="69">
         <v>5953</v>
       </c>
-      <c r="N5" s="79">
-        <f t="shared" si="3"/>
+      <c r="N5" s="65">
+        <f t="shared" si="4"/>
         <v>0.47358790771678599</v>
       </c>
-      <c r="O5" s="84">
-        <f t="shared" si="4"/>
+      <c r="O5" s="70">
+        <f t="shared" si="5"/>
         <v>0.12511812511812503</v>
       </c>
     </row>
-    <row r="6" spans="1:15" ht="13.2">
-      <c r="A6" s="82">
+    <row r="6" spans="1:15">
+      <c r="A6" s="68">
         <v>1993</v>
       </c>
-      <c r="B6" s="83">
+      <c r="B6" s="69">
         <v>13026</v>
       </c>
-      <c r="C6" s="84">
+      <c r="C6" s="70">
         <f t="shared" si="0"/>
         <v>5.6790524095408079E-2</v>
       </c>
-      <c r="D6" s="85"/>
-      <c r="E6" s="83">
+      <c r="D6" s="71"/>
+      <c r="E6" s="69">
         <v>6351</v>
       </c>
-      <c r="F6" s="79">
+      <c r="F6" s="65">
         <f t="shared" si="1"/>
         <v>0.48756333486872411</v>
       </c>
-      <c r="G6" s="84">
-        <f>E6/E5-1</f>
+      <c r="G6" s="70">
+        <f t="shared" si="2"/>
         <v>0.13858013624955179</v>
       </c>
-      <c r="H6" s="81"/>
-      <c r="I6" s="82">
+      <c r="H6" s="67"/>
+      <c r="I6" s="68">
         <v>1993</v>
       </c>
-      <c r="J6" s="83">
+      <c r="J6" s="69">
         <v>13196</v>
       </c>
-      <c r="K6" s="84">
-        <f t="shared" si="2"/>
+      <c r="K6" s="70">
+        <f t="shared" si="3"/>
         <v>4.9801113762927507E-2</v>
       </c>
-      <c r="L6" s="85"/>
-      <c r="M6" s="83">
+      <c r="L6" s="71"/>
+      <c r="M6" s="69">
         <v>6469</v>
       </c>
-      <c r="N6" s="79">
-        <f t="shared" si="3"/>
+      <c r="N6" s="65">
+        <f t="shared" si="4"/>
         <v>0.49022431039709002</v>
       </c>
-      <c r="O6" s="84">
-        <f t="shared" si="4"/>
+      <c r="O6" s="70">
+        <f t="shared" si="5"/>
         <v>8.667898538551988E-2</v>
       </c>
     </row>
-    <row r="7" spans="1:15" ht="13.2">
-      <c r="A7" s="82">
+    <row r="7" spans="1:15">
+      <c r="A7" s="68">
         <v>1994</v>
       </c>
-      <c r="B7" s="83">
+      <c r="B7" s="69">
         <v>13246</v>
       </c>
-      <c r="C7" s="84">
+      <c r="C7" s="70">
         <f t="shared" si="0"/>
         <v>1.6889298326424163E-2</v>
       </c>
-      <c r="D7" s="85"/>
-      <c r="E7" s="83">
+      <c r="D7" s="71"/>
+      <c r="E7" s="69">
         <v>6622</v>
       </c>
-      <c r="F7" s="79">
+      <c r="F7" s="65">
         <f t="shared" si="1"/>
         <v>0.49992450551109768</v>
       </c>
-      <c r="G7" s="84">
-        <f>E7/E6-1</f>
+      <c r="G7" s="70">
+        <f t="shared" si="2"/>
         <v>4.2670445599118256E-2</v>
       </c>
-      <c r="H7" s="81"/>
-      <c r="I7" s="82">
+      <c r="H7" s="67"/>
+      <c r="I7" s="68">
         <v>1994</v>
       </c>
-      <c r="J7" s="83">
+      <c r="J7" s="69">
         <v>13333</v>
       </c>
-      <c r="K7" s="84">
-        <f t="shared" si="2"/>
+      <c r="K7" s="70">
+        <f t="shared" si="3"/>
         <v>1.038193391936959E-2</v>
       </c>
-      <c r="L7" s="85"/>
-      <c r="M7" s="83">
+      <c r="L7" s="71"/>
+      <c r="M7" s="69">
         <v>6826</v>
       </c>
-      <c r="N7" s="79">
-        <f t="shared" si="3"/>
+      <c r="N7" s="65">
+        <f t="shared" si="4"/>
         <v>0.51196279906997677</v>
       </c>
-      <c r="O7" s="84">
-        <f t="shared" si="4"/>
+      <c r="O7" s="70">
+        <f t="shared" si="5"/>
         <v>5.5186272994280472E-2</v>
       </c>
     </row>
-    <row r="8" spans="1:15" ht="13.2">
-      <c r="A8" s="82">
+    <row r="8" spans="1:15">
+      <c r="A8" s="68">
         <v>1995</v>
       </c>
-      <c r="B8" s="83">
+      <c r="B8" s="69">
         <v>13342</v>
       </c>
-      <c r="C8" s="84">
+      <c r="C8" s="70">
         <f t="shared" si="0"/>
         <v>7.247470934621747E-3</v>
       </c>
-      <c r="D8" s="85"/>
-      <c r="E8" s="83">
+      <c r="D8" s="71"/>
+      <c r="E8" s="69">
         <v>6910</v>
       </c>
-      <c r="F8" s="79">
+      <c r="F8" s="65">
         <f t="shared" si="1"/>
         <v>0.51791335631839308</v>
       </c>
-      <c r="G8" s="84">
-        <f>E8/E7-1</f>
+      <c r="G8" s="70">
+        <f t="shared" si="2"/>
         <v>4.3491392328601552E-2</v>
       </c>
-      <c r="H8" s="81"/>
-      <c r="I8" s="82">
+      <c r="H8" s="67"/>
+      <c r="I8" s="68">
         <v>1995</v>
       </c>
-      <c r="J8" s="83">
+      <c r="J8" s="69">
         <v>13520</v>
       </c>
-      <c r="K8" s="84">
-        <f t="shared" si="2"/>
+      <c r="K8" s="70">
+        <f t="shared" si="3"/>
         <v>1.4025350633765754E-2</v>
       </c>
-      <c r="L8" s="85"/>
-      <c r="M8" s="83">
+      <c r="L8" s="71"/>
+      <c r="M8" s="69">
         <v>7092</v>
       </c>
-      <c r="N8" s="79">
-        <f t="shared" si="3"/>
+      <c r="N8" s="65">
+        <f t="shared" si="4"/>
         <v>0.52455621301775146</v>
       </c>
-      <c r="O8" s="84">
-        <f t="shared" si="4"/>
+      <c r="O8" s="70">
+        <f t="shared" si="5"/>
         <v>3.8968649282156376E-2</v>
       </c>
     </row>
-    <row r="9" spans="1:15" ht="13.2">
-      <c r="A9" s="82">
+    <row r="9" spans="1:15">
+      <c r="A9" s="68">
         <v>1996</v>
       </c>
-      <c r="B9" s="83">
+      <c r="B9" s="69">
         <v>13455</v>
       </c>
-      <c r="C9" s="84">
+      <c r="C9" s="70">
         <f t="shared" si="0"/>
         <v>8.4694948283614568E-3</v>
       </c>
-      <c r="D9" s="85"/>
-      <c r="E9" s="83">
+      <c r="D9" s="71"/>
+      <c r="E9" s="69">
         <v>7079</v>
       </c>
-      <c r="F9" s="79">
+      <c r="F9" s="65">
         <f t="shared" si="1"/>
         <v>0.52612411742846521</v>
       </c>
-      <c r="G9" s="84">
-        <f>E9/E8-1</f>
+      <c r="G9" s="70">
+        <f t="shared" si="2"/>
         <v>2.4457308248914567E-2</v>
       </c>
-      <c r="H9" s="81"/>
-      <c r="I9" s="82">
+      <c r="H9" s="67"/>
+      <c r="I9" s="68">
         <v>1996</v>
       </c>
-      <c r="J9" s="83">
+      <c r="J9" s="69">
         <v>13627</v>
       </c>
-      <c r="K9" s="84">
-        <f t="shared" si="2"/>
+      <c r="K9" s="70">
+        <f t="shared" si="3"/>
         <v>7.9142011834318904E-3</v>
       </c>
-      <c r="L9" s="85"/>
-      <c r="M9" s="83">
+      <c r="L9" s="71"/>
+      <c r="M9" s="69">
         <v>7333</v>
       </c>
-      <c r="N9" s="79">
-        <f t="shared" si="3"/>
+      <c r="N9" s="65">
+        <f t="shared" si="4"/>
         <v>0.53812284435312252</v>
       </c>
-      <c r="O9" s="84">
-        <f t="shared" si="4"/>
+      <c r="O9" s="70">
+        <f t="shared" si="5"/>
         <v>3.3981951494641782E-2</v>
       </c>
     </row>
-    <row r="10" spans="1:15" ht="13.2">
-      <c r="A10" s="82">
+    <row r="10" spans="1:15">
+      <c r="A10" s="68">
         <v>1997</v>
       </c>
-      <c r="B10" s="83">
+      <c r="B10" s="69">
         <v>13985</v>
       </c>
-      <c r="C10" s="84">
+      <c r="C10" s="70">
         <f t="shared" si="0"/>
         <v>3.9390561129691637E-2</v>
       </c>
-      <c r="D10" s="85"/>
-      <c r="E10" s="83">
+      <c r="D10" s="71"/>
+      <c r="E10" s="69">
         <v>7746</v>
       </c>
-      <c r="F10" s="79">
+      <c r="F10" s="65">
         <f t="shared" si="1"/>
         <v>0.55387915623882733</v>
       </c>
-      <c r="G10" s="84">
-        <f>E10/E9-1</f>
+      <c r="G10" s="70">
+        <f t="shared" si="2"/>
         <v>9.4222347789235661E-2</v>
       </c>
-      <c r="H10" s="81"/>
-      <c r="I10" s="82">
+      <c r="H10" s="67"/>
+      <c r="I10" s="68">
         <v>1997</v>
       </c>
-      <c r="J10" s="83">
+      <c r="J10" s="69">
         <v>14030</v>
       </c>
-      <c r="K10" s="84">
-        <f t="shared" si="2"/>
+      <c r="K10" s="70">
+        <f t="shared" si="3"/>
         <v>2.9573640566522341E-2</v>
       </c>
-      <c r="L10" s="85"/>
-      <c r="M10" s="83">
+      <c r="L10" s="71"/>
+      <c r="M10" s="69">
         <v>7845</v>
       </c>
-      <c r="N10" s="79">
-        <f t="shared" si="3"/>
+      <c r="N10" s="65">
+        <f t="shared" si="4"/>
         <v>0.55915894511760511</v>
       </c>
-      <c r="O10" s="84">
-        <f t="shared" si="4"/>
+      <c r="O10" s="70">
+        <f t="shared" si="5"/>
         <v>6.9821355516159755E-2</v>
       </c>
     </row>
-    <row r="11" spans="1:15" ht="13.2">
-      <c r="A11" s="82">
+    <row r="11" spans="1:15">
+      <c r="A11" s="68">
         <v>1998</v>
       </c>
-      <c r="B11" s="83">
+      <c r="B11" s="69">
         <v>13928</v>
       </c>
-      <c r="C11" s="84">
+      <c r="C11" s="70">
         <f t="shared" si="0"/>
         <v>-4.075795495173451E-3</v>
       </c>
-      <c r="D11" s="85"/>
-      <c r="E11" s="83">
+      <c r="D11" s="71"/>
+      <c r="E11" s="69">
         <v>7752</v>
       </c>
-      <c r="F11" s="79">
+      <c r="F11" s="65">
         <f t="shared" si="1"/>
         <v>0.55657668006892591</v>
       </c>
-      <c r="G11" s="84">
-        <f>E11/E10-1</f>
+      <c r="G11" s="70">
+        <f t="shared" si="2"/>
         <v>7.7459333849727585E-4</v>
       </c>
-      <c r="H11" s="81"/>
-      <c r="I11" s="82">
+      <c r="H11" s="67"/>
+      <c r="I11" s="68">
         <v>1998</v>
       </c>
-      <c r="J11" s="83">
+      <c r="J11" s="69">
         <v>14268</v>
       </c>
-      <c r="K11" s="84">
-        <f t="shared" si="2"/>
+      <c r="K11" s="70">
+        <f t="shared" si="3"/>
         <v>1.6963649322879526E-2</v>
       </c>
-      <c r="L11" s="85"/>
-      <c r="M11" s="83">
+      <c r="L11" s="71"/>
+      <c r="M11" s="69">
         <v>8124</v>
       </c>
-      <c r="N11" s="79">
-        <f t="shared" si="3"/>
+      <c r="N11" s="65">
+        <f t="shared" si="4"/>
         <v>0.56938603868797311</v>
       </c>
-      <c r="O11" s="84">
-        <f t="shared" si="4"/>
+      <c r="O11" s="70">
+        <f t="shared" si="5"/>
         <v>3.5564053537284979E-2</v>
       </c>
     </row>
-    <row r="12" spans="1:15" ht="13.2">
-      <c r="A12" s="82">
+    <row r="12" spans="1:15">
+      <c r="A12" s="68">
         <v>1999</v>
       </c>
-      <c r="B12" s="83">
+      <c r="B12" s="69">
         <v>14529</v>
       </c>
-      <c r="C12" s="84">
+      <c r="C12" s="70">
         <f t="shared" si="0"/>
         <v>4.3150488225157879E-2</v>
       </c>
-      <c r="D12" s="85"/>
-      <c r="E12" s="83">
+      <c r="D12" s="71"/>
+      <c r="E12" s="69">
         <v>8357</v>
       </c>
-      <c r="F12" s="79">
+      <c r="F12" s="65">
         <f t="shared" si="1"/>
         <v>0.57519443870878928</v>
       </c>
-      <c r="G12" s="84">
-        <f>E12/E11-1</f>
+      <c r="G12" s="70">
+        <f t="shared" si="2"/>
         <v>7.804437564499489E-2</v>
       </c>
-      <c r="H12" s="81"/>
-      <c r="I12" s="82">
+      <c r="H12" s="67"/>
+      <c r="I12" s="68">
         <v>1999</v>
       </c>
-      <c r="J12" s="83">
+      <c r="J12" s="69">
         <v>14309</v>
       </c>
-      <c r="K12" s="84">
-        <f t="shared" si="2"/>
+      <c r="K12" s="70">
+        <f t="shared" si="3"/>
         <v>2.8735632183907178E-3</v>
       </c>
-      <c r="L12" s="85"/>
-      <c r="M12" s="83">
+      <c r="L12" s="71"/>
+      <c r="M12" s="69">
         <v>8294</v>
       </c>
-      <c r="N12" s="79">
-        <f t="shared" si="3"/>
+      <c r="N12" s="65">
+        <f t="shared" si="4"/>
         <v>0.5796351946327486</v>
       </c>
-      <c r="O12" s="84">
-        <f t="shared" si="4"/>
+      <c r="O12" s="70">
+        <f t="shared" si="5"/>
         <v>2.092565238798616E-2</v>
       </c>
     </row>
-    <row r="13" spans="1:15" ht="13.2">
-      <c r="A13" s="82">
+    <row r="13" spans="1:15">
+      <c r="A13" s="68">
         <v>2000</v>
       </c>
-      <c r="B13" s="83">
+      <c r="B13" s="69">
         <v>14709</v>
       </c>
-      <c r="C13" s="84">
+      <c r="C13" s="70">
         <f t="shared" si="0"/>
         <v>1.2389015073301701E-2</v>
       </c>
-      <c r="D13" s="85"/>
-      <c r="E13" s="83">
+      <c r="D13" s="71"/>
+      <c r="E13" s="69">
         <v>8752</v>
       </c>
-      <c r="F13" s="79">
+      <c r="F13" s="65">
         <f t="shared" si="1"/>
         <v>0.59500985791012306</v>
       </c>
-      <c r="G13" s="84">
-        <f>E13/E12-1</f>
+      <c r="G13" s="70">
+        <f t="shared" si="2"/>
         <v>4.7265765226756074E-2</v>
       </c>
-      <c r="H13" s="81"/>
-      <c r="I13" s="82">
+      <c r="H13" s="67"/>
+      <c r="I13" s="68">
         <v>2000</v>
       </c>
-      <c r="J13" s="83">
+      <c r="J13" s="69">
         <v>15337</v>
       </c>
-      <c r="K13" s="84">
-        <f t="shared" si="2"/>
+      <c r="K13" s="70">
+        <f t="shared" si="3"/>
         <v>7.184289607939065E-2</v>
       </c>
-      <c r="L13" s="85"/>
-      <c r="M13" s="83">
+      <c r="L13" s="71"/>
+      <c r="M13" s="69">
         <v>9274</v>
       </c>
-      <c r="N13" s="79">
-        <f t="shared" si="3"/>
+      <c r="N13" s="65">
+        <f t="shared" si="4"/>
         <v>0.60468148920910214</v>
       </c>
-      <c r="O13" s="84">
-        <f t="shared" si="4"/>
+      <c r="O13" s="70">
+        <f t="shared" si="5"/>
         <v>0.11815770436460094</v>
       </c>
     </row>
-    <row r="14" spans="1:15" ht="13.2">
-      <c r="A14" s="82">
+    <row r="14" spans="1:15">
+      <c r="A14" s="68">
         <v>2001</v>
       </c>
-      <c r="B14" s="83">
+      <c r="B14" s="69">
         <v>15756</v>
       </c>
-      <c r="C14" s="84">
+      <c r="C14" s="70">
         <f t="shared" si="0"/>
         <v>7.1180909647154733E-2</v>
       </c>
-      <c r="D14" s="85"/>
-      <c r="E14" s="83">
+      <c r="D14" s="71"/>
+      <c r="E14" s="69">
         <v>9710</v>
       </c>
-      <c r="F14" s="79">
+      <c r="F14" s="65">
         <f t="shared" si="1"/>
         <v>0.61627316577811631</v>
       </c>
-      <c r="G14" s="84">
-        <f>E14/E13-1</f>
+      <c r="G14" s="70">
+        <f t="shared" si="2"/>
         <v>0.10946069469835473</v>
       </c>
-      <c r="H14" s="81"/>
-      <c r="I14" s="82">
+      <c r="H14" s="67"/>
+      <c r="I14" s="68">
         <v>2001</v>
       </c>
-      <c r="J14" s="83">
+      <c r="J14" s="69">
         <v>15494</v>
       </c>
-      <c r="K14" s="84">
-        <f t="shared" si="2"/>
+      <c r="K14" s="70">
+        <f t="shared" si="3"/>
         <v>1.0236682532437813E-2</v>
       </c>
-      <c r="L14" s="85"/>
-      <c r="M14" s="83">
+      <c r="L14" s="71"/>
+      <c r="M14" s="69">
         <v>9611</v>
       </c>
-      <c r="N14" s="79">
-        <f t="shared" si="3"/>
+      <c r="N14" s="65">
+        <f t="shared" si="4"/>
         <v>0.62030463405189107</v>
       </c>
-      <c r="O14" s="84">
-        <f t="shared" si="4"/>
+      <c r="O14" s="70">
+        <f t="shared" si="5"/>
         <v>3.6338149665732233E-2</v>
       </c>
     </row>
-    <row r="15" spans="1:15" ht="13.2">
-      <c r="A15" s="82">
+    <row r="15" spans="1:15">
+      <c r="A15" s="68">
         <v>2002</v>
       </c>
-      <c r="B15" s="83">
+      <c r="B15" s="69">
         <v>15110</v>
       </c>
-      <c r="C15" s="84">
+      <c r="C15" s="70">
         <f t="shared" si="0"/>
         <v>-4.1000253871541048E-2</v>
       </c>
-      <c r="D15" s="85"/>
-      <c r="E15" s="83">
+      <c r="D15" s="71"/>
+      <c r="E15" s="69">
         <v>9446</v>
       </c>
-      <c r="F15" s="79">
+      <c r="F15" s="65">
         <f t="shared" si="1"/>
         <v>0.62514890800794176</v>
       </c>
-      <c r="G15" s="84">
-        <f>E15/E14-1</f>
+      <c r="G15" s="70">
+        <f t="shared" si="2"/>
         <v>-2.7188465499485059E-2</v>
       </c>
-      <c r="H15" s="81"/>
-      <c r="I15" s="82">
+      <c r="H15" s="67"/>
+      <c r="I15" s="68">
         <v>2002</v>
       </c>
-      <c r="J15" s="83">
+      <c r="J15" s="69">
         <v>15583</v>
       </c>
-      <c r="K15" s="84">
-        <f t="shared" si="2"/>
+      <c r="K15" s="70">
+        <f t="shared" si="3"/>
         <v>5.7441590293016986E-3</v>
       </c>
-      <c r="L15" s="85"/>
-      <c r="M15" s="83">
+      <c r="L15" s="71"/>
+      <c r="M15" s="69">
         <v>9836</v>
       </c>
-      <c r="N15" s="79">
-        <f t="shared" si="3"/>
+      <c r="N15" s="65">
+        <f t="shared" si="4"/>
         <v>0.63120066739395497</v>
       </c>
-      <c r="O15" s="84">
-        <f t="shared" si="4"/>
+      <c r="O15" s="70">
+        <f t="shared" si="5"/>
         <v>2.3410675267922176E-2</v>
       </c>
     </row>
-    <row r="16" spans="1:15" ht="13.2">
-      <c r="A16" s="82">
+    <row r="16" spans="1:15">
+      <c r="A16" s="68">
         <v>2003</v>
       </c>
-      <c r="B16" s="83">
+      <c r="B16" s="69">
         <v>15734</v>
       </c>
-      <c r="C16" s="84">
+      <c r="C16" s="70">
         <f t="shared" si="0"/>
         <v>4.1297154202514896E-2</v>
       </c>
-      <c r="D16" s="85"/>
-      <c r="E16" s="83">
+      <c r="D16" s="71"/>
+      <c r="E16" s="69">
         <v>10025</v>
       </c>
-      <c r="F16" s="79">
+      <c r="F16" s="65">
         <f t="shared" si="1"/>
         <v>0.63715520528791147</v>
       </c>
-      <c r="G16" s="84">
-        <f>E16/E15-1</f>
+      <c r="G16" s="70">
+        <f t="shared" si="2"/>
         <v>6.1295786576328615E-2</v>
       </c>
-      <c r="H16" s="81"/>
-      <c r="I16" s="82">
+      <c r="H16" s="67"/>
+      <c r="I16" s="68">
         <v>2003</v>
       </c>
-      <c r="J16" s="83">
+      <c r="J16" s="69">
         <v>15780</v>
       </c>
-      <c r="K16" s="84">
-        <f t="shared" si="2"/>
+      <c r="K16" s="70">
+        <f t="shared" si="3"/>
         <v>1.26419816466663E-2</v>
       </c>
-      <c r="L16" s="85"/>
-      <c r="M16" s="83">
+      <c r="L16" s="71"/>
+      <c r="M16" s="69">
         <v>10170</v>
       </c>
-      <c r="N16" s="79">
-        <f t="shared" si="3"/>
+      <c r="N16" s="65">
+        <f t="shared" si="4"/>
         <v>0.64448669201520914</v>
       </c>
-      <c r="O16" s="84">
-        <f t="shared" si="4"/>
+      <c r="O16" s="70">
+        <f t="shared" si="5"/>
         <v>3.3956893045953729E-2</v>
       </c>
     </row>
-    <row r="17" spans="1:18" ht="13.2">
-      <c r="A17" s="82">
+    <row r="17" spans="1:18">
+      <c r="A17" s="68">
         <v>2004</v>
       </c>
-      <c r="B17" s="83">
+      <c r="B17" s="69">
         <v>15926</v>
       </c>
-      <c r="C17" s="84">
+      <c r="C17" s="70">
         <f t="shared" si="0"/>
         <v>1.2202872759628836E-2</v>
       </c>
-      <c r="D17" s="85"/>
-      <c r="E17" s="83">
+      <c r="D17" s="71"/>
+      <c r="E17" s="69">
         <v>10290</v>
       </c>
-      <c r="F17" s="79">
+      <c r="F17" s="65">
         <f t="shared" si="1"/>
         <v>0.64611327389174933</v>
       </c>
-      <c r="G17" s="84">
-        <f>E17/E16-1</f>
+      <c r="G17" s="70">
+        <f t="shared" si="2"/>
         <v>2.6433915211970138E-2</v>
       </c>
-      <c r="H17" s="81"/>
-      <c r="I17" s="82">
+      <c r="H17" s="67"/>
+      <c r="I17" s="68">
         <v>2004</v>
       </c>
-      <c r="J17" s="83">
+      <c r="J17" s="69">
         <v>15915</v>
       </c>
-      <c r="K17" s="84">
-        <f t="shared" si="2"/>
+      <c r="K17" s="70">
+        <f t="shared" si="3"/>
         <v>8.5551330798478986E-3</v>
       </c>
-      <c r="L17" s="85"/>
-      <c r="M17" s="83">
+      <c r="L17" s="71"/>
+      <c r="M17" s="69">
         <v>10305</v>
       </c>
-      <c r="N17" s="79">
-        <f t="shared" si="3"/>
+      <c r="N17" s="65">
+        <f t="shared" si="4"/>
         <v>0.64750235626767205</v>
       </c>
-      <c r="O17" s="84">
-        <f t="shared" si="4"/>
+      <c r="O17" s="70">
+        <f t="shared" si="5"/>
         <v>1.327433628318575E-2</v>
       </c>
     </row>
-    <row r="18" spans="1:18" ht="13.2">
-      <c r="A18" s="82">
+    <row r="18" spans="1:18">
+      <c r="A18" s="68">
         <v>2005</v>
       </c>
-      <c r="B18" s="83">
+      <c r="B18" s="69">
         <v>16312</v>
       </c>
-      <c r="C18" s="84">
+      <c r="C18" s="70">
         <f t="shared" si="0"/>
         <v>2.4237096571643857E-2</v>
       </c>
-      <c r="D18" s="85"/>
-      <c r="E18" s="83">
+      <c r="D18" s="71"/>
+      <c r="E18" s="69">
         <v>10689</v>
       </c>
-      <c r="F18" s="79">
+      <c r="F18" s="65">
         <f t="shared" si="1"/>
         <v>0.65528445316331541</v>
       </c>
-      <c r="G18" s="84">
-        <f>E18/E17-1</f>
+      <c r="G18" s="70">
+        <f t="shared" si="2"/>
         <v>3.8775510204081653E-2</v>
       </c>
-      <c r="H18" s="81"/>
-      <c r="I18" s="82">
+      <c r="H18" s="67"/>
+      <c r="I18" s="68">
         <v>2005</v>
       </c>
-      <c r="J18" s="83">
+      <c r="J18" s="69">
         <v>16211</v>
       </c>
-      <c r="K18" s="84">
-        <f t="shared" si="2"/>
+      <c r="K18" s="70">
+        <f t="shared" si="3"/>
         <v>1.8598806157712922E-2</v>
       </c>
-      <c r="L18" s="85"/>
-      <c r="M18" s="83">
+      <c r="L18" s="71"/>
+      <c r="M18" s="69">
         <v>10830</v>
       </c>
-      <c r="N18" s="79">
-        <f t="shared" si="3"/>
+      <c r="N18" s="65">
+        <f t="shared" si="4"/>
         <v>0.66806489420763682</v>
       </c>
-      <c r="O18" s="84">
-        <f t="shared" si="4"/>
+      <c r="O18" s="70">
+        <f t="shared" si="5"/>
         <v>5.09461426491995E-2</v>
       </c>
     </row>
-    <row r="19" spans="1:18" ht="13.2">
-      <c r="A19" s="82">
+    <row r="19" spans="1:18">
+      <c r="A19" s="68">
         <v>2006</v>
       </c>
-      <c r="B19" s="83">
+      <c r="B19" s="69">
         <v>16048</v>
       </c>
-      <c r="C19" s="84">
+      <c r="C19" s="70">
         <f t="shared" si="0"/>
         <v>-1.6184404119666485E-2</v>
       </c>
-      <c r="D19" s="85"/>
-      <c r="E19" s="83">
+      <c r="D19" s="71"/>
+      <c r="E19" s="69">
         <v>10828</v>
       </c>
-      <c r="F19" s="79">
+      <c r="F19" s="65">
         <f t="shared" si="1"/>
         <v>0.67472582253240276</v>
       </c>
-      <c r="G19" s="84">
-        <f>E19/E18-1</f>
+      <c r="G19" s="70">
+        <f t="shared" si="2"/>
         <v>1.3004022827205475E-2</v>
       </c>
-      <c r="H19" s="81"/>
-      <c r="I19" s="82">
+      <c r="H19" s="67"/>
+      <c r="I19" s="68">
         <v>2006</v>
       </c>
-      <c r="J19" s="83">
+      <c r="J19" s="69">
         <v>16193</v>
       </c>
-      <c r="K19" s="84">
-        <f t="shared" si="2"/>
+      <c r="K19" s="70">
+        <f t="shared" si="3"/>
         <v>-1.1103571648880539E-3</v>
       </c>
-      <c r="L19" s="85"/>
-      <c r="M19" s="83">
+      <c r="L19" s="71"/>
+      <c r="M19" s="69">
         <v>10906</v>
       </c>
-      <c r="N19" s="79">
-        <f t="shared" si="3"/>
+      <c r="N19" s="65">
+        <f t="shared" si="4"/>
         <v>0.67350089544865066</v>
       </c>
-      <c r="O19" s="84">
-        <f t="shared" si="4"/>
+      <c r="O19" s="70">
+        <f t="shared" si="5"/>
         <v>7.0175438596491446E-3</v>
       </c>
     </row>
-    <row r="20" spans="1:18" ht="13.2">
-      <c r="A20" s="82">
+    <row r="20" spans="1:18">
+      <c r="A20" s="68">
         <v>2007</v>
       </c>
-      <c r="B20" s="83">
+      <c r="B20" s="69">
         <v>16192</v>
       </c>
-      <c r="C20" s="84">
+      <c r="C20" s="70">
         <f t="shared" si="0"/>
         <v>8.9730807577268479E-3</v>
       </c>
-      <c r="D20" s="81"/>
-      <c r="E20" s="83">
+      <c r="D20" s="67"/>
+      <c r="E20" s="69">
         <v>11044</v>
       </c>
-      <c r="F20" s="79">
+      <c r="F20" s="65">
         <f t="shared" si="1"/>
         <v>0.68206521739130432</v>
       </c>
-      <c r="G20" s="84">
-        <f>E20/E19-1</f>
+      <c r="G20" s="70">
+        <f t="shared" si="2"/>
         <v>1.9948282231252223E-2</v>
       </c>
-      <c r="H20" s="81"/>
-      <c r="I20" s="82">
+      <c r="H20" s="67"/>
+      <c r="I20" s="68">
         <v>2007</v>
       </c>
-      <c r="J20" s="83">
+      <c r="J20" s="69">
         <v>16286</v>
       </c>
-      <c r="K20" s="84">
-        <f t="shared" si="2"/>
+      <c r="K20" s="70">
+        <f t="shared" si="3"/>
         <v>5.7432223800406579E-3</v>
       </c>
-      <c r="L20" s="81"/>
-      <c r="M20" s="83">
+      <c r="L20" s="67"/>
+      <c r="M20" s="69">
         <v>11238</v>
       </c>
-      <c r="N20" s="79">
-        <f t="shared" si="3"/>
+      <c r="N20" s="65">
+        <f t="shared" si="4"/>
         <v>0.69004052560481399</v>
       </c>
-      <c r="O20" s="84">
-        <f t="shared" si="4"/>
+      <c r="O20" s="70">
+        <f t="shared" si="5"/>
         <v>3.044195855492382E-2</v>
       </c>
       <c r="P20" s="6"/>
     </row>
-    <row r="21" spans="1:18" ht="13.2">
-      <c r="A21" s="82">
+    <row r="21" spans="1:18">
+      <c r="A21" s="68">
         <v>2008</v>
       </c>
-      <c r="B21" s="83">
+      <c r="B21" s="69">
         <v>16554</v>
       </c>
-      <c r="C21" s="84">
+      <c r="C21" s="70">
         <f t="shared" si="0"/>
         <v>2.2356719367588873E-2</v>
       </c>
-      <c r="D21" s="81"/>
-      <c r="E21" s="83">
+      <c r="D21" s="67"/>
+      <c r="E21" s="69">
         <v>11475</v>
       </c>
-      <c r="F21" s="79">
+      <c r="F21" s="65">
         <f t="shared" si="1"/>
         <v>0.69318593693367159</v>
       </c>
-      <c r="G21" s="84">
-        <f>E21/E20-1</f>
+      <c r="G21" s="70">
+        <f t="shared" si="2"/>
         <v>3.9025715320536003E-2</v>
       </c>
-      <c r="H21" s="81"/>
-      <c r="I21" s="82">
+      <c r="H21" s="67"/>
+      <c r="I21" s="68">
         <v>2008</v>
       </c>
-      <c r="J21" s="83">
+      <c r="J21" s="69">
         <v>16631</v>
       </c>
-      <c r="K21" s="84">
-        <f t="shared" si="2"/>
+      <c r="K21" s="70">
+        <f t="shared" si="3"/>
         <v>2.1183838880019623E-2</v>
       </c>
-      <c r="L21" s="81"/>
-      <c r="M21" s="83">
+      <c r="L21" s="67"/>
+      <c r="M21" s="69">
         <v>11799</v>
       </c>
-      <c r="N21" s="79">
-        <f t="shared" si="3"/>
+      <c r="N21" s="65">
+        <f t="shared" si="4"/>
         <v>0.70945824063495877</v>
       </c>
-      <c r="O21" s="84">
-        <f t="shared" ref="O21:O28" si="5">M21/M20-1</f>
+      <c r="O21" s="70">
+        <f t="shared" ref="O21:O28" si="6">M21/M20-1</f>
         <v>4.9919914575547342E-2</v>
       </c>
       <c r="P21" s="6"/>
       <c r="R21" s="55"/>
     </row>
-    <row r="22" spans="1:18" ht="13.2">
-      <c r="A22" s="82">
+    <row r="22" spans="1:18">
+      <c r="A22" s="68">
         <v>2009</v>
       </c>
-      <c r="B22" s="83">
+      <c r="B22" s="69">
         <v>16874</v>
       </c>
-      <c r="C22" s="84">
+      <c r="C22" s="70">
         <f t="shared" si="0"/>
         <v>1.9330675365470507E-2</v>
       </c>
-      <c r="D22" s="81"/>
-      <c r="E22" s="83">
+      <c r="D22" s="67"/>
+      <c r="E22" s="69">
         <v>12362</v>
       </c>
-      <c r="F22" s="79">
+      <c r="F22" s="65">
         <f t="shared" si="1"/>
         <v>0.73260637667417328</v>
       </c>
-      <c r="G22" s="84">
-        <f>E22/E21-1</f>
+      <c r="G22" s="70">
+        <f t="shared" si="2"/>
         <v>7.7298474945533879E-2</v>
       </c>
-      <c r="H22" s="81"/>
-      <c r="I22" s="82">
+      <c r="H22" s="67"/>
+      <c r="I22" s="68">
         <v>2009</v>
       </c>
-      <c r="J22" s="83">
+      <c r="J22" s="69">
         <v>17156</v>
       </c>
-      <c r="K22" s="84">
+      <c r="K22" s="70">
         <f>J22/J21-1</f>
         <v>3.1567554566772849E-2</v>
       </c>
-      <c r="L22" s="81"/>
-      <c r="M22" s="83">
+      <c r="L22" s="67"/>
+      <c r="M22" s="69">
         <v>12635</v>
       </c>
-      <c r="N22" s="79">
-        <f t="shared" si="3"/>
+      <c r="N22" s="65">
+        <f t="shared" si="4"/>
         <v>0.73647703427372346</v>
       </c>
-      <c r="O22" s="84">
-        <f t="shared" si="5"/>
+      <c r="O22" s="70">
+        <f t="shared" si="6"/>
         <v>7.0853462157810077E-2</v>
       </c>
       <c r="R22" s="55"/>
     </row>
-    <row r="23" spans="1:18" ht="13.2">
-      <c r="A23" s="82">
+    <row r="23" spans="1:18">
+      <c r="A23" s="68">
         <v>2010</v>
       </c>
-      <c r="B23" s="83">
+      <c r="B23" s="69">
         <v>17145</v>
       </c>
-      <c r="C23" s="84">
+      <c r="C23" s="70">
         <f t="shared" si="0"/>
         <v>1.6060210975465283E-2</v>
       </c>
-      <c r="D23" s="81"/>
-      <c r="E23" s="83">
+      <c r="D23" s="67"/>
+      <c r="E23" s="69">
         <v>12515</v>
       </c>
-      <c r="F23" s="79">
+      <c r="F23" s="65">
         <f t="shared" si="1"/>
         <v>0.72995042286380873</v>
       </c>
-      <c r="G23" s="84">
-        <f>E23/E22-1</f>
+      <c r="G23" s="70">
+        <f t="shared" si="2"/>
         <v>1.2376638084452329E-2</v>
       </c>
-      <c r="H23" s="81"/>
-      <c r="I23" s="82">
+      <c r="H23" s="67"/>
+      <c r="I23" s="68">
         <v>2010</v>
       </c>
-      <c r="J23" s="83">
+      <c r="J23" s="69">
         <v>17331</v>
       </c>
-      <c r="K23" s="84">
-        <f t="shared" si="2"/>
+      <c r="K23" s="70">
+        <f t="shared" si="3"/>
         <v>1.0200512940079287E-2</v>
       </c>
-      <c r="L23" s="81"/>
-      <c r="M23" s="83">
+      <c r="L23" s="67"/>
+      <c r="M23" s="69">
         <v>12785</v>
       </c>
-      <c r="N23" s="79">
-        <f t="shared" si="3"/>
+      <c r="N23" s="65">
+        <f t="shared" si="4"/>
         <v>0.73769545900409672</v>
       </c>
-      <c r="O23" s="84">
-        <f t="shared" si="5"/>
+      <c r="O23" s="70">
+        <f t="shared" si="6"/>
         <v>1.1871784724970302E-2</v>
       </c>
       <c r="R23" s="55"/>
     </row>
-    <row r="24" spans="1:18" ht="13.2">
-      <c r="A24" s="82">
+    <row r="24" spans="1:18">
+      <c r="A24" s="68">
         <v>2011</v>
       </c>
-      <c r="B24" s="83">
+      <c r="B24" s="69">
         <v>17826</v>
       </c>
-      <c r="C24" s="84">
+      <c r="C24" s="70">
         <f t="shared" si="0"/>
         <v>3.9720034995625486E-2</v>
       </c>
-      <c r="D24" s="81"/>
-      <c r="E24" s="83">
+      <c r="D24" s="67"/>
+      <c r="E24" s="69">
         <v>13387</v>
       </c>
-      <c r="F24" s="79">
+      <c r="F24" s="65">
         <f t="shared" si="1"/>
         <v>0.75098171210591269</v>
       </c>
-      <c r="G24" s="84">
-        <f>E24/E23-1</f>
+      <c r="G24" s="70">
+        <f t="shared" si="2"/>
         <v>6.9676388333999251E-2</v>
       </c>
-      <c r="H24" s="81"/>
-      <c r="I24" s="82">
+      <c r="H24" s="67"/>
+      <c r="I24" s="68">
         <v>2011</v>
       </c>
-      <c r="J24" s="83">
+      <c r="J24" s="69">
         <v>18125</v>
       </c>
-      <c r="K24" s="84">
-        <f t="shared" si="2"/>
+      <c r="K24" s="70">
+        <f t="shared" si="3"/>
         <v>4.5813859558017533E-2</v>
       </c>
-      <c r="L24" s="81"/>
-      <c r="M24" s="83">
+      <c r="L24" s="67"/>
+      <c r="M24" s="69">
         <v>13770</v>
       </c>
-      <c r="N24" s="79">
-        <f t="shared" si="3"/>
+      <c r="N24" s="65">
+        <f t="shared" si="4"/>
         <v>0.75972413793103444</v>
       </c>
-      <c r="O24" s="84">
-        <f t="shared" si="5"/>
+      <c r="O24" s="70">
+        <f t="shared" si="6"/>
         <v>7.7043410246382393E-2</v>
       </c>
       <c r="R24" s="55"/>
     </row>
-    <row r="25" spans="1:18" ht="13.2">
-      <c r="A25" s="82">
+    <row r="25" spans="1:18">
+      <c r="A25" s="68">
         <v>2012</v>
       </c>
-      <c r="B25" s="83">
+      <c r="B25" s="69">
         <v>18116</v>
       </c>
-      <c r="C25" s="84">
+      <c r="C25" s="70">
         <f>B25/B24-1</f>
         <v>1.6268372040839196E-2</v>
       </c>
-      <c r="D25" s="81"/>
-      <c r="E25" s="83">
+      <c r="D25" s="67"/>
+      <c r="E25" s="69">
         <v>13887</v>
       </c>
-      <c r="F25" s="79">
+      <c r="F25" s="65">
         <f t="shared" si="1"/>
         <v>0.76655994700816954</v>
       </c>
-      <c r="G25" s="84">
-        <f>E25/E24-1</f>
+      <c r="G25" s="70">
+        <f t="shared" si="2"/>
         <v>3.7349667587958546E-2</v>
       </c>
-      <c r="H25" s="81"/>
-      <c r="I25" s="82">
+      <c r="H25" s="67"/>
+      <c r="I25" s="68">
         <v>2012</v>
       </c>
-      <c r="J25" s="83">
+      <c r="J25" s="69">
         <v>18400</v>
       </c>
-      <c r="K25" s="84">
-        <f t="shared" si="2"/>
+      <c r="K25" s="70">
+        <f t="shared" si="3"/>
         <v>1.5172413793103523E-2</v>
       </c>
-      <c r="L25" s="81"/>
-      <c r="M25" s="83">
+      <c r="L25" s="67"/>
+      <c r="M25" s="69">
         <v>14153</v>
       </c>
-      <c r="N25" s="79">
-        <f t="shared" si="3"/>
+      <c r="N25" s="65">
+        <f t="shared" si="4"/>
         <v>0.76918478260869561</v>
       </c>
-      <c r="O25" s="84">
-        <f t="shared" si="5"/>
+      <c r="O25" s="70">
+        <f t="shared" si="6"/>
         <v>2.7814088598402398E-2</v>
       </c>
       <c r="R25" s="55"/>
     </row>
-    <row r="26" spans="1:18" ht="13.2">
-      <c r="A26" s="82">
+    <row r="26" spans="1:18">
+      <c r="A26" s="68">
         <v>2013</v>
       </c>
-      <c r="B26" s="83">
+      <c r="B26" s="69">
         <v>18816</v>
       </c>
-      <c r="C26" s="84">
+      <c r="C26" s="70">
         <f t="shared" si="0"/>
         <v>3.863987635239563E-2</v>
       </c>
-      <c r="D26" s="81"/>
-      <c r="E26" s="83">
+      <c r="D26" s="67"/>
+      <c r="E26" s="69">
         <v>14537</v>
       </c>
-      <c r="F26" s="79">
+      <c r="F26" s="65">
         <f t="shared" si="1"/>
         <v>0.77258715986394555</v>
       </c>
-      <c r="G26" s="84">
-        <f>E26/E25-1</f>
+      <c r="G26" s="70">
+        <f t="shared" si="2"/>
         <v>4.6806365665730487E-2</v>
       </c>
-      <c r="H26" s="81"/>
-      <c r="I26" s="82">
+      <c r="H26" s="67"/>
+      <c r="I26" s="68">
         <v>2013</v>
       </c>
-      <c r="J26" s="83">
+      <c r="J26" s="69">
         <v>18990</v>
       </c>
-      <c r="K26" s="84">
-        <f t="shared" ref="K26:K28" si="6">J26/J25-1</f>
+      <c r="K26" s="70">
+        <f t="shared" ref="K26:K28" si="7">J26/J25-1</f>
         <v>3.2065217391304301E-2</v>
       </c>
-      <c r="L26" s="81"/>
-      <c r="M26" s="83">
+      <c r="L26" s="67"/>
+      <c r="M26" s="69">
         <v>14849</v>
       </c>
-      <c r="N26" s="79">
-        <f t="shared" si="3"/>
+      <c r="N26" s="65">
+        <f t="shared" si="4"/>
         <v>0.78193786203264881</v>
       </c>
-      <c r="O26" s="84">
-        <f t="shared" si="5"/>
+      <c r="O26" s="70">
+        <f t="shared" si="6"/>
         <v>4.9176852964035955E-2</v>
       </c>
       <c r="R26" s="55"/>
     </row>
-    <row r="27" spans="1:18" ht="13.2">
-      <c r="A27" s="82">
+    <row r="27" spans="1:18">
+      <c r="A27" s="68">
         <v>2014</v>
       </c>
-      <c r="B27" s="83">
+      <c r="B27" s="69">
         <v>19317</v>
       </c>
-      <c r="C27" s="84">
+      <c r="C27" s="70">
         <f t="shared" si="0"/>
         <v>2.6626275510204023E-2</v>
       </c>
-      <c r="D27" s="81"/>
-      <c r="E27" s="83">
+      <c r="D27" s="67"/>
+      <c r="E27" s="69">
         <v>15354</v>
       </c>
-      <c r="F27" s="79">
+      <c r="F27" s="65">
         <f t="shared" si="1"/>
         <v>0.7948439198633328</v>
       </c>
-      <c r="G27" s="84">
-        <f>E27/E26-1</f>
+      <c r="G27" s="70">
+        <f t="shared" si="2"/>
         <v>5.6201417073673987E-2</v>
       </c>
-      <c r="H27" s="81"/>
-      <c r="I27" s="82">
+      <c r="H27" s="67"/>
+      <c r="I27" s="68">
         <v>2014</v>
       </c>
-      <c r="J27" s="83">
+      <c r="J27" s="69">
         <v>19538</v>
       </c>
-      <c r="K27" s="84">
+      <c r="K27" s="70">
+        <f t="shared" si="7"/>
+        <v>2.8857293312269716E-2</v>
+      </c>
+      <c r="L27" s="67"/>
+      <c r="M27" s="72">
+        <v>15682</v>
+      </c>
+      <c r="N27" s="65">
+        <f t="shared" si="4"/>
+        <v>0.80264100726788823</v>
+      </c>
+      <c r="O27" s="70">
         <f t="shared" si="6"/>
-        <v>2.8857293312269716E-2</v>
-[...10 lines deleted...]
-        <f t="shared" si="5"/>
         <v>5.6098053740992748E-2</v>
       </c>
       <c r="R27" s="55"/>
     </row>
-    <row r="28" spans="1:18" ht="13.2">
-      <c r="A28" s="82">
+    <row r="28" spans="1:18">
+      <c r="A28" s="68">
         <v>2015</v>
       </c>
-      <c r="B28" s="83">
+      <c r="B28" s="69">
         <v>20242</v>
       </c>
-      <c r="C28" s="84">
+      <c r="C28" s="70">
         <f t="shared" si="0"/>
         <v>4.7885282393746342E-2</v>
       </c>
-      <c r="D28" s="81"/>
-      <c r="E28" s="83">
+      <c r="D28" s="67"/>
+      <c r="E28" s="69">
         <v>16304</v>
       </c>
-      <c r="F28" s="79">
+      <c r="F28" s="65">
         <f t="shared" si="1"/>
         <v>0.80545400652109478</v>
       </c>
-      <c r="G28" s="84">
-        <f>E28/E27-1</f>
+      <c r="G28" s="70">
+        <f t="shared" si="2"/>
         <v>6.1873127523772276E-2</v>
       </c>
-      <c r="H28" s="81"/>
-      <c r="I28" s="82">
+      <c r="H28" s="67"/>
+      <c r="I28" s="68">
         <v>2015</v>
       </c>
-      <c r="J28" s="83">
+      <c r="J28" s="69">
         <v>20649</v>
       </c>
-      <c r="K28" s="84">
+      <c r="K28" s="70">
+        <f t="shared" si="7"/>
+        <v>5.6863547957825666E-2</v>
+      </c>
+      <c r="L28" s="67"/>
+      <c r="M28" s="69">
+        <v>16653</v>
+      </c>
+      <c r="N28" s="65">
+        <f t="shared" si="4"/>
+        <v>0.80647973267470585</v>
+      </c>
+      <c r="O28" s="70">
         <f t="shared" si="6"/>
-        <v>5.6863547957825666E-2</v>
-[...10 lines deleted...]
-        <f t="shared" si="5"/>
         <v>6.1918122688432664E-2</v>
       </c>
       <c r="R28" s="55"/>
     </row>
-    <row r="29" spans="1:18" ht="13.2">
-      <c r="A29" s="82">
+    <row r="29" spans="1:18">
+      <c r="A29" s="68">
         <v>2016</v>
       </c>
-      <c r="B29" s="83">
+      <c r="B29" s="69">
         <v>20576</v>
       </c>
-      <c r="C29" s="84">
-        <f t="shared" ref="C29" si="7">B29/B28-1</f>
+      <c r="C29" s="70">
+        <f t="shared" ref="C29" si="8">B29/B28-1</f>
         <v>1.6500345815630757E-2</v>
       </c>
-      <c r="D29" s="81"/>
-      <c r="E29" s="83">
+      <c r="D29" s="67"/>
+      <c r="E29" s="69">
         <v>16605</v>
       </c>
-      <c r="F29" s="79">
+      <c r="F29" s="65">
         <f t="shared" si="1"/>
         <v>0.80700816485225502</v>
       </c>
-      <c r="G29" s="84">
-        <f>E29/E28-1</f>
+      <c r="G29" s="70">
+        <f t="shared" si="2"/>
         <v>1.8461727183513243E-2</v>
       </c>
-      <c r="H29" s="81"/>
-      <c r="I29" s="82">
+      <c r="H29" s="67"/>
+      <c r="I29" s="68">
         <v>2016</v>
       </c>
-      <c r="J29" s="83">
+      <c r="J29" s="69">
         <v>21046</v>
       </c>
-      <c r="K29" s="84">
-        <f t="shared" ref="K29" si="8">J29/J28-1</f>
+      <c r="K29" s="70">
+        <f t="shared" ref="K29" si="9">J29/J28-1</f>
         <v>1.9226112644680216E-2</v>
       </c>
-      <c r="L29" s="81"/>
-      <c r="M29" s="83">
+      <c r="L29" s="67"/>
+      <c r="M29" s="69">
         <v>17135</v>
       </c>
-      <c r="N29" s="79">
-        <f t="shared" si="3"/>
+      <c r="N29" s="65">
+        <f t="shared" si="4"/>
         <v>0.81416896322341537</v>
       </c>
-      <c r="O29" s="84">
-        <f t="shared" ref="O29" si="9">M29/M28-1</f>
+      <c r="O29" s="70">
+        <f t="shared" ref="O29" si="10">M29/M28-1</f>
         <v>2.894373386176663E-2</v>
       </c>
       <c r="R29" s="55"/>
     </row>
-    <row r="30" spans="1:18" ht="13.2">
-      <c r="A30" s="82">
+    <row r="30" spans="1:18">
+      <c r="A30" s="68">
         <v>2017</v>
       </c>
-      <c r="B30" s="83">
+      <c r="B30" s="69">
         <v>21748</v>
       </c>
-      <c r="C30" s="84">
-        <f t="shared" ref="C30" si="10">B30/B29-1</f>
+      <c r="C30" s="70">
+        <f t="shared" ref="C30" si="11">B30/B29-1</f>
         <v>5.6959564541213092E-2</v>
       </c>
-      <c r="D30" s="81"/>
-      <c r="E30" s="83">
+      <c r="D30" s="67"/>
+      <c r="E30" s="69">
         <v>17904</v>
       </c>
-      <c r="F30" s="79">
+      <c r="F30" s="65">
         <f t="shared" si="1"/>
         <v>0.82324811476917414</v>
       </c>
-      <c r="G30" s="84">
-        <f>E30/E29-1</f>
+      <c r="G30" s="70">
+        <f t="shared" si="2"/>
         <v>7.8229448961156356E-2</v>
       </c>
-      <c r="H30" s="81"/>
-      <c r="I30" s="82">
+      <c r="H30" s="67"/>
+      <c r="I30" s="68">
         <v>2017</v>
       </c>
-      <c r="J30" s="83">
+      <c r="J30" s="69">
         <v>22015</v>
       </c>
-      <c r="K30" s="84">
-        <f t="shared" ref="K30" si="11">J30/J29-1</f>
+      <c r="K30" s="70">
+        <f t="shared" ref="K30" si="12">J30/J29-1</f>
         <v>4.6042003231017814E-2</v>
       </c>
-      <c r="L30" s="81"/>
-      <c r="M30" s="83">
+      <c r="L30" s="67"/>
+      <c r="M30" s="69">
         <v>18146</v>
       </c>
-      <c r="N30" s="79">
-        <f t="shared" si="3"/>
+      <c r="N30" s="65">
+        <f t="shared" si="4"/>
         <v>0.82425618896207131</v>
       </c>
-      <c r="O30" s="84">
-        <f t="shared" ref="O30" si="12">M30/M29-1</f>
+      <c r="O30" s="70">
+        <f t="shared" ref="O30" si="13">M30/M29-1</f>
         <v>5.9002042602859683E-2</v>
       </c>
       <c r="R30" s="55"/>
     </row>
-    <row r="31" spans="1:18" ht="13.2">
-      <c r="A31" s="82">
+    <row r="31" spans="1:18">
+      <c r="A31" s="68">
         <v>2018</v>
       </c>
-      <c r="B31" s="83">
+      <c r="B31" s="69">
         <v>22145</v>
       </c>
-      <c r="C31" s="84">
-        <f t="shared" ref="C31:C38" si="13">B31/B30-1</f>
+      <c r="C31" s="70">
+        <f t="shared" ref="C31:C38" si="14">B31/B30-1</f>
         <v>1.8254552142725755E-2</v>
       </c>
-      <c r="D31" s="81"/>
-      <c r="E31" s="83">
+      <c r="D31" s="67"/>
+      <c r="E31" s="69">
         <v>18272</v>
       </c>
-      <c r="F31" s="79">
+      <c r="F31" s="65">
         <f t="shared" si="1"/>
         <v>0.82510724768570787</v>
       </c>
-      <c r="G31" s="84">
-        <f>E31/E30-1</f>
+      <c r="G31" s="70">
+        <f t="shared" si="2"/>
         <v>2.0554066130473725E-2</v>
       </c>
-      <c r="H31" s="81"/>
-      <c r="I31" s="82">
+      <c r="H31" s="67"/>
+      <c r="I31" s="68">
         <v>2018</v>
       </c>
-      <c r="J31" s="83">
+      <c r="J31" s="69">
         <v>22482</v>
       </c>
-      <c r="K31" s="84">
-        <f t="shared" ref="K31" si="14">J31/J30-1</f>
+      <c r="K31" s="70">
+        <f t="shared" ref="K31" si="15">J31/J30-1</f>
         <v>2.1212809448103664E-2</v>
       </c>
-      <c r="L31" s="81"/>
-      <c r="M31" s="83">
+      <c r="L31" s="67"/>
+      <c r="M31" s="69">
         <v>18736</v>
       </c>
-      <c r="N31" s="79">
-        <f t="shared" si="3"/>
+      <c r="N31" s="65">
+        <f t="shared" si="4"/>
         <v>0.8333778133618005</v>
       </c>
-      <c r="O31" s="84">
-        <f t="shared" ref="O31" si="15">M31/M30-1</f>
+      <c r="O31" s="70">
+        <f t="shared" ref="O31" si="16">M31/M30-1</f>
         <v>3.2514052683787042E-2</v>
       </c>
       <c r="R31" s="55"/>
     </row>
-    <row r="32" spans="1:18" ht="13.2">
-      <c r="A32" s="82">
+    <row r="32" spans="1:18">
+      <c r="A32" s="68">
         <v>2019</v>
       </c>
-      <c r="B32" s="83">
+      <c r="B32" s="69">
         <v>22747</v>
       </c>
-      <c r="C32" s="84">
-        <f t="shared" si="13"/>
+      <c r="C32" s="70">
+        <f t="shared" si="14"/>
         <v>2.7184466019417375E-2</v>
       </c>
-      <c r="D32" s="81"/>
-      <c r="E32" s="83">
+      <c r="D32" s="67"/>
+      <c r="E32" s="69">
         <v>19065</v>
       </c>
-      <c r="F32" s="79">
+      <c r="F32" s="65">
         <f t="shared" si="1"/>
         <v>0.83813250098914138</v>
       </c>
-      <c r="G32" s="84">
-        <f>E32/E31-1</f>
+      <c r="G32" s="70">
+        <f t="shared" si="2"/>
         <v>4.3399737302977304E-2</v>
       </c>
-      <c r="H32" s="81"/>
-      <c r="I32" s="82">
+      <c r="H32" s="67"/>
+      <c r="I32" s="68">
         <v>2019</v>
       </c>
-      <c r="J32" s="83">
+      <c r="J32" s="69">
         <v>23179</v>
       </c>
-      <c r="K32" s="84">
-        <f t="shared" ref="K32" si="16">J32/J31-1</f>
+      <c r="K32" s="70">
+        <f t="shared" ref="K32" si="17">J32/J31-1</f>
         <v>3.1002579841651112E-2</v>
       </c>
-      <c r="L32" s="81"/>
-      <c r="M32" s="83">
+      <c r="L32" s="67"/>
+      <c r="M32" s="69">
         <v>19554</v>
       </c>
-      <c r="N32" s="79">
-        <f t="shared" si="3"/>
+      <c r="N32" s="65">
+        <f t="shared" si="4"/>
         <v>0.84360843867293667</v>
       </c>
-      <c r="O32" s="84">
-        <f t="shared" ref="O32" si="17">M32/M31-1</f>
+      <c r="O32" s="70">
+        <f t="shared" ref="O32" si="18">M32/M31-1</f>
         <v>4.3659265584970131E-2</v>
       </c>
       <c r="R32" s="55"/>
     </row>
-    <row r="33" spans="1:18" ht="13.2">
-      <c r="A33" s="82">
+    <row r="33" spans="1:18">
+      <c r="A33" s="68">
         <v>2020</v>
       </c>
-      <c r="B33" s="83">
+      <c r="B33" s="69">
         <v>27937</v>
       </c>
-      <c r="C33" s="84">
-        <f t="shared" si="13"/>
+      <c r="C33" s="70">
+        <f t="shared" si="14"/>
         <v>0.22816195542269302</v>
       </c>
-      <c r="D33" s="81"/>
-      <c r="E33" s="83">
+      <c r="D33" s="67"/>
+      <c r="E33" s="69">
         <v>22633</v>
       </c>
-      <c r="F33" s="79">
+      <c r="F33" s="65">
         <f t="shared" si="1"/>
         <v>0.81014425314099581</v>
       </c>
-      <c r="G33" s="84">
-        <f>E33/E32-1</f>
+      <c r="G33" s="70">
+        <f t="shared" si="2"/>
         <v>0.18714922633097308</v>
       </c>
-      <c r="H33" s="81"/>
-      <c r="I33" s="82">
+      <c r="H33" s="67"/>
+      <c r="I33" s="68">
         <v>2020</v>
       </c>
-      <c r="J33" s="83">
+      <c r="J33" s="69">
         <v>30129</v>
       </c>
-      <c r="K33" s="84">
+      <c r="K33" s="70">
         <f>J33/J32-1</f>
         <v>0.29984037275119713</v>
       </c>
-      <c r="L33" s="81"/>
-      <c r="M33" s="83">
+      <c r="L33" s="67"/>
+      <c r="M33" s="69">
         <v>23966</v>
       </c>
-      <c r="N33" s="79">
-        <f t="shared" si="3"/>
+      <c r="N33" s="65">
+        <f t="shared" si="4"/>
         <v>0.79544624780112183</v>
       </c>
-      <c r="O33" s="84">
+      <c r="O33" s="70">
         <f>M33/M32-1</f>
         <v>0.22563158433057184</v>
       </c>
       <c r="R33" s="55"/>
     </row>
-    <row r="34" spans="1:18" ht="13.2">
-      <c r="A34" s="82">
+    <row r="34" spans="1:18">
+      <c r="A34" s="68">
         <v>2021</v>
       </c>
-      <c r="B34" s="83">
+      <c r="B34" s="69">
         <v>27477</v>
       </c>
-      <c r="C34" s="84">
-        <f t="shared" si="13"/>
+      <c r="C34" s="70">
+        <f t="shared" si="14"/>
         <v>-1.6465619071482251E-2</v>
       </c>
-      <c r="D34" s="81"/>
-      <c r="E34" s="83">
+      <c r="D34" s="67"/>
+      <c r="E34" s="69">
         <v>22129</v>
       </c>
-      <c r="F34" s="79">
+      <c r="F34" s="65">
         <f t="shared" si="1"/>
         <v>0.80536448666157145</v>
       </c>
-      <c r="G34" s="84">
-        <f>E34/E33-1</f>
+      <c r="G34" s="70">
+        <f t="shared" si="2"/>
         <v>-2.2268369195422633E-2</v>
       </c>
-      <c r="H34" s="81"/>
-      <c r="I34" s="82">
+      <c r="H34" s="67"/>
+      <c r="I34" s="68">
         <v>2021</v>
       </c>
-      <c r="J34" s="83">
+      <c r="J34" s="69">
         <v>27199</v>
       </c>
-      <c r="K34" s="84">
+      <c r="K34" s="70">
         <f>J34/J33-1</f>
         <v>-9.7248498124730354E-2</v>
       </c>
-      <c r="L34" s="81"/>
-      <c r="M34" s="83">
+      <c r="L34" s="67"/>
+      <c r="M34" s="69">
         <v>22183</v>
       </c>
-      <c r="N34" s="79">
-        <f t="shared" si="3"/>
+      <c r="N34" s="65">
+        <f t="shared" si="4"/>
         <v>0.8155814552005588</v>
       </c>
-      <c r="O34" s="84">
+      <c r="O34" s="70">
         <f>M34/M33-1</f>
         <v>-7.4397062505215716E-2</v>
       </c>
       <c r="R34" s="55"/>
     </row>
-    <row r="35" spans="1:18" ht="13.2">
-      <c r="A35" s="82">
+    <row r="35" spans="1:18">
+      <c r="A35" s="68">
         <v>2022</v>
       </c>
-      <c r="B35" s="83">
+      <c r="B35" s="69">
         <v>27484</v>
       </c>
-      <c r="C35" s="84">
-        <f t="shared" si="13"/>
+      <c r="C35" s="70">
+        <f t="shared" si="14"/>
         <v>2.547585253120932E-4</v>
       </c>
-      <c r="D35" s="81"/>
-      <c r="E35" s="83">
+      <c r="D35" s="67"/>
+      <c r="E35" s="69">
         <v>22660</v>
       </c>
-      <c r="F35" s="79">
+      <c r="F35" s="65">
         <f t="shared" si="1"/>
         <v>0.82447969727841652</v>
       </c>
-      <c r="G35" s="84">
-        <f>E35/E34-1</f>
+      <c r="G35" s="70">
+        <f t="shared" si="2"/>
         <v>2.3995661801256229E-2</v>
       </c>
-      <c r="H35" s="81"/>
-      <c r="I35" s="82">
+      <c r="H35" s="67"/>
+      <c r="I35" s="68">
         <v>2022</v>
       </c>
-      <c r="J35" s="83">
+      <c r="J35" s="69">
         <v>27282</v>
       </c>
-      <c r="K35" s="84">
+      <c r="K35" s="70">
         <f>J35/J34-1</f>
         <v>3.0515827787787053E-3</v>
       </c>
-      <c r="L35" s="81"/>
-      <c r="M35" s="83">
+      <c r="L35" s="67"/>
+      <c r="M35" s="69">
         <v>22681</v>
       </c>
-      <c r="N35" s="79">
-        <f t="shared" si="3"/>
+      <c r="N35" s="65">
+        <f t="shared" si="4"/>
         <v>0.83135400630452316</v>
       </c>
-      <c r="O35" s="84">
-        <f t="shared" ref="O35:O38" si="18">M35/M34-1</f>
+      <c r="O35" s="70">
+        <f t="shared" ref="O35:O37" si="19">M35/M34-1</f>
         <v>2.2449623585628631E-2</v>
       </c>
       <c r="R35" s="55"/>
     </row>
-    <row r="36" spans="1:18" ht="13.2">
-      <c r="A36" s="82">
+    <row r="36" spans="1:18">
+      <c r="A36" s="68">
         <v>2023</v>
       </c>
-      <c r="B36" s="83">
+      <c r="B36" s="69">
         <v>25927</v>
       </c>
-      <c r="C36" s="84">
-        <f t="shared" si="13"/>
+      <c r="C36" s="70">
+        <f t="shared" si="14"/>
         <v>-5.6651142482899153E-2</v>
       </c>
-      <c r="D36" s="81"/>
-      <c r="E36" s="83">
+      <c r="D36" s="67"/>
+      <c r="E36" s="69">
         <v>22188</v>
       </c>
-      <c r="F36" s="79">
+      <c r="F36" s="65">
         <f t="shared" si="1"/>
         <v>0.85578740309330037</v>
       </c>
-      <c r="G36" s="84">
-        <f>E36/E35-1</f>
+      <c r="G36" s="70">
+        <f t="shared" si="2"/>
         <v>-2.0829655781112066E-2</v>
       </c>
-      <c r="H36" s="81"/>
-      <c r="I36" s="82">
+      <c r="H36" s="67"/>
+      <c r="I36" s="68">
         <v>2023</v>
       </c>
-      <c r="J36" s="83">
+      <c r="J36" s="69">
         <v>25386</v>
       </c>
-      <c r="K36" s="84">
-        <f t="shared" ref="K36:K38" si="19">J36/J35-1</f>
+      <c r="K36" s="70">
+        <f t="shared" ref="K36:K37" si="20">J36/J35-1</f>
         <v>-6.9496371233780496E-2</v>
       </c>
-      <c r="L36" s="81"/>
-      <c r="M36" s="83">
+      <c r="L36" s="67"/>
+      <c r="M36" s="69">
         <v>21960</v>
       </c>
-      <c r="N36" s="79">
-        <f t="shared" si="3"/>
+      <c r="N36" s="65">
+        <f t="shared" si="4"/>
         <v>0.8650437248877334</v>
       </c>
-      <c r="O36" s="84">
-        <f t="shared" si="18"/>
+      <c r="O36" s="70">
+        <f t="shared" si="19"/>
         <v>-3.178872183766146E-2</v>
       </c>
       <c r="R36" s="55"/>
     </row>
-    <row r="37" spans="1:18" ht="13.2">
-      <c r="A37" s="82">
+    <row r="37" spans="1:18">
+      <c r="A37" s="68">
         <v>2024</v>
       </c>
-      <c r="B37" s="83">
+      <c r="B37" s="69">
         <v>25585</v>
       </c>
-      <c r="C37" s="84">
-        <f t="shared" si="13"/>
+      <c r="C37" s="70">
+        <f t="shared" si="14"/>
         <v>-1.3190882092027567E-2</v>
       </c>
-      <c r="D37" s="81"/>
-      <c r="E37" s="83">
+      <c r="D37" s="67"/>
+      <c r="E37" s="69">
         <v>22236</v>
       </c>
-      <c r="F37" s="79">
+      <c r="F37" s="65">
         <f t="shared" si="1"/>
         <v>0.86910299003322256</v>
       </c>
-      <c r="G37" s="84">
-        <f>E37/E36-1</f>
+      <c r="G37" s="70">
+        <f t="shared" si="2"/>
         <v>2.1633315305571443E-3</v>
       </c>
-      <c r="H37" s="81"/>
-      <c r="I37" s="82">
+      <c r="H37" s="67"/>
+      <c r="I37" s="68">
         <v>2024</v>
       </c>
-      <c r="J37" s="83">
+      <c r="J37" s="69">
         <v>25445</v>
       </c>
-      <c r="K37" s="84">
+      <c r="K37" s="70">
+        <f t="shared" si="20"/>
+        <v>2.3241156542976871E-3</v>
+      </c>
+      <c r="L37" s="67"/>
+      <c r="M37" s="69">
+        <v>22287</v>
+      </c>
+      <c r="N37" s="65">
+        <f t="shared" si="4"/>
+        <v>0.87588917272548639</v>
+      </c>
+      <c r="O37" s="70">
         <f t="shared" si="19"/>
-        <v>2.3241156542976871E-3</v>
-[...10 lines deleted...]
-        <f t="shared" si="18"/>
         <v>1.4890710382513772E-2</v>
       </c>
       <c r="R37" s="55"/>
     </row>
-    <row r="38" spans="1:18" ht="13.2">
-      <c r="A38" s="82">
+    <row r="38" spans="1:18">
+      <c r="A38" s="68">
         <v>2025</v>
       </c>
-      <c r="B38" s="83">
+      <c r="B38" s="69">
         <v>25455</v>
       </c>
-      <c r="C38" s="84">
-        <f t="shared" si="13"/>
+      <c r="C38" s="70">
+        <f t="shared" si="14"/>
         <v>-5.0811022083251389E-3</v>
       </c>
-      <c r="D38" s="81"/>
-      <c r="E38" s="83">
+      <c r="D38" s="67"/>
+      <c r="E38" s="69">
         <v>22450</v>
       </c>
-      <c r="F38" s="79">
+      <c r="F38" s="65">
         <f t="shared" si="1"/>
         <v>0.88194853663327444</v>
       </c>
-      <c r="G38" s="84">
-        <f>E38/E37-1</f>
+      <c r="G38" s="70">
+        <f t="shared" si="2"/>
         <v>9.6240330994783463E-3</v>
       </c>
-      <c r="H38" s="81"/>
-[...6 lines deleted...]
-      <c r="O38" s="89"/>
+      <c r="H38" s="67"/>
+      <c r="I38" s="73"/>
+      <c r="J38" s="74"/>
+      <c r="K38" s="75"/>
+      <c r="L38" s="67"/>
+      <c r="M38" s="74"/>
+      <c r="N38" s="74"/>
+      <c r="O38" s="75"/>
       <c r="R38" s="55"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="I1:O1"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.25" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967293" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;R&amp;F, &amp;A, as of &amp;D</oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AH39"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="B4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
       <selection pane="bottomRight" activeCell="A38" sqref="A38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="12.6"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="6.5546875" bestFit="1" customWidth="1"/>
-    <col min="2" max="3" width="3.33203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="6.5703125" bestFit="1" customWidth="1"/>
+    <col min="2" max="3" width="3.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="25" width="4" bestFit="1" customWidth="1"/>
-    <col min="26" max="26" width="3.33203125" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="3.28515625" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="4" bestFit="1" customWidth="1"/>
-    <col min="28" max="28" width="3.33203125" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="3.28515625" bestFit="1" customWidth="1"/>
     <col min="29" max="31" width="4" bestFit="1" customWidth="1"/>
     <col min="32" max="33" width="5" bestFit="1" customWidth="1"/>
-    <col min="34" max="34" width="7.33203125" bestFit="1" customWidth="1"/>
+    <col min="34" max="34" width="7.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" ht="18">
-      <c r="A1" s="73" t="s">
+    <row r="1" spans="1:34" ht="18.75">
+      <c r="A1" s="83" t="s">
         <v>42</v>
       </c>
-      <c r="B1" s="73"/>
-[...26 lines deleted...]
-      <c r="AC1" s="73"/>
+      <c r="B1" s="83"/>
+      <c r="C1" s="83"/>
+      <c r="D1" s="83"/>
+      <c r="E1" s="83"/>
+      <c r="F1" s="83"/>
+      <c r="G1" s="83"/>
+      <c r="H1" s="83"/>
+      <c r="I1" s="83"/>
+      <c r="J1" s="83"/>
+      <c r="K1" s="83"/>
+      <c r="L1" s="83"/>
+      <c r="M1" s="83"/>
+      <c r="N1" s="83"/>
+      <c r="O1" s="83"/>
+      <c r="P1" s="83"/>
+      <c r="Q1" s="83"/>
+      <c r="R1" s="83"/>
+      <c r="S1" s="83"/>
+      <c r="T1" s="83"/>
+      <c r="U1" s="83"/>
+      <c r="V1" s="83"/>
+      <c r="W1" s="83"/>
+      <c r="X1" s="83"/>
+      <c r="Y1" s="83"/>
+      <c r="Z1" s="83"/>
+      <c r="AA1" s="83"/>
+      <c r="AB1" s="83"/>
+      <c r="AC1" s="83"/>
     </row>
     <row r="2" spans="1:34">
       <c r="A2" s="41"/>
-      <c r="B2" s="67" t="s">
+      <c r="B2" s="84" t="s">
         <v>25</v>
       </c>
-      <c r="C2" s="68"/>
-      <c r="D2" s="69" t="s">
+      <c r="C2" s="85"/>
+      <c r="D2" s="86" t="s">
         <v>26</v>
       </c>
-      <c r="E2" s="70"/>
-      <c r="F2" s="67" t="s">
+      <c r="E2" s="87"/>
+      <c r="F2" s="84" t="s">
         <v>27</v>
       </c>
-      <c r="G2" s="68"/>
-      <c r="H2" s="69" t="s">
+      <c r="G2" s="85"/>
+      <c r="H2" s="86" t="s">
         <v>28</v>
       </c>
-      <c r="I2" s="70"/>
-      <c r="J2" s="67" t="s">
+      <c r="I2" s="87"/>
+      <c r="J2" s="84" t="s">
         <v>29</v>
       </c>
-      <c r="K2" s="68"/>
-      <c r="L2" s="69" t="s">
+      <c r="K2" s="85"/>
+      <c r="L2" s="86" t="s">
         <v>30</v>
       </c>
-      <c r="M2" s="70"/>
-      <c r="N2" s="67" t="s">
+      <c r="M2" s="87"/>
+      <c r="N2" s="84" t="s">
         <v>31</v>
       </c>
-      <c r="O2" s="68"/>
-      <c r="P2" s="69" t="s">
+      <c r="O2" s="85"/>
+      <c r="P2" s="86" t="s">
         <v>32</v>
       </c>
-      <c r="Q2" s="70"/>
-      <c r="R2" s="67" t="s">
+      <c r="Q2" s="87"/>
+      <c r="R2" s="84" t="s">
         <v>33</v>
       </c>
-      <c r="S2" s="68"/>
-      <c r="T2" s="69" t="s">
+      <c r="S2" s="85"/>
+      <c r="T2" s="86" t="s">
         <v>34</v>
       </c>
-      <c r="U2" s="70"/>
-      <c r="V2" s="67" t="s">
+      <c r="U2" s="87"/>
+      <c r="V2" s="84" t="s">
         <v>35</v>
       </c>
-      <c r="W2" s="68"/>
-      <c r="X2" s="69" t="s">
+      <c r="W2" s="85"/>
+      <c r="X2" s="86" t="s">
         <v>36</v>
       </c>
-      <c r="Y2" s="70"/>
-      <c r="Z2" s="67" t="s">
+      <c r="Y2" s="87"/>
+      <c r="Z2" s="84" t="s">
         <v>37</v>
       </c>
-      <c r="AA2" s="68"/>
-      <c r="AB2" s="69" t="s">
+      <c r="AA2" s="85"/>
+      <c r="AB2" s="86" t="s">
         <v>38</v>
       </c>
-      <c r="AC2" s="70"/>
-      <c r="AD2" s="67" t="s">
+      <c r="AC2" s="87"/>
+      <c r="AD2" s="84" t="s">
         <v>39</v>
       </c>
-      <c r="AE2" s="68"/>
-      <c r="AF2" s="69" t="s">
+      <c r="AE2" s="85"/>
+      <c r="AF2" s="86" t="s">
         <v>40</v>
       </c>
-      <c r="AG2" s="70"/>
-      <c r="AH2" s="71" t="s">
+      <c r="AG2" s="87"/>
+      <c r="AH2" s="88" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="3" spans="1:34" ht="13.2" thickBot="1">
+    <row r="3" spans="1:34" ht="13.5" thickBot="1">
       <c r="A3" s="42" t="s">
         <v>41</v>
       </c>
       <c r="B3" s="50" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="50" t="s">
         <v>10</v>
       </c>
       <c r="D3" s="51" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="51" t="s">
         <v>10</v>
       </c>
       <c r="F3" s="50" t="s">
         <v>9</v>
       </c>
       <c r="G3" s="50" t="s">
         <v>10</v>
       </c>
       <c r="H3" s="51" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="51" t="s">
@@ -8427,51 +8463,51 @@
       </c>
       <c r="Z3" s="50" t="s">
         <v>9</v>
       </c>
       <c r="AA3" s="50" t="s">
         <v>10</v>
       </c>
       <c r="AB3" s="51" t="s">
         <v>9</v>
       </c>
       <c r="AC3" s="51" t="s">
         <v>10</v>
       </c>
       <c r="AD3" s="50" t="s">
         <v>9</v>
       </c>
       <c r="AE3" s="50" t="s">
         <v>10</v>
       </c>
       <c r="AF3" s="51" t="s">
         <v>9</v>
       </c>
       <c r="AG3" s="51" t="s">
         <v>10</v>
       </c>
-      <c r="AH3" s="72"/>
+      <c r="AH3" s="89"/>
     </row>
     <row r="4" spans="1:34">
       <c r="A4" s="43">
         <v>1990</v>
       </c>
       <c r="B4" s="44">
         <v>0</v>
       </c>
       <c r="C4" s="44">
         <v>2</v>
       </c>
       <c r="D4" s="43">
         <v>6</v>
       </c>
       <c r="E4" s="43">
         <v>16</v>
       </c>
       <c r="F4" s="44">
         <v>3</v>
       </c>
       <c r="G4" s="44">
         <v>28</v>
       </c>
       <c r="H4" s="43">
         <v>5</v>
@@ -8853,51 +8889,51 @@
       </c>
       <c r="AB7" s="45">
         <v>4</v>
       </c>
       <c r="AC7" s="45">
         <v>7</v>
       </c>
       <c r="AD7" s="46">
         <v>2</v>
       </c>
       <c r="AE7" s="46">
         <v>8</v>
       </c>
       <c r="AF7" s="43">
         <f t="shared" si="0"/>
         <v>74</v>
       </c>
       <c r="AG7" s="43">
         <f t="shared" si="1"/>
         <v>251</v>
       </c>
       <c r="AH7" s="46">
         <v>325</v>
       </c>
     </row>
-    <row r="8" spans="1:34" ht="13.2" thickBot="1">
+    <row r="8" spans="1:34" ht="13.5" thickBot="1">
       <c r="A8" s="47">
         <v>1994</v>
       </c>
       <c r="B8" s="48">
         <v>0</v>
       </c>
       <c r="C8" s="48">
         <v>3</v>
       </c>
       <c r="D8" s="47">
         <v>3</v>
       </c>
       <c r="E8" s="47">
         <v>15</v>
       </c>
       <c r="F8" s="48">
         <v>4</v>
       </c>
       <c r="G8" s="48">
         <v>25</v>
       </c>
       <c r="H8" s="47">
         <v>5</v>
       </c>
       <c r="I8" s="47">
@@ -9384,51 +9420,51 @@
       <c r="AB12" s="45">
         <v>2</v>
       </c>
       <c r="AC12" s="45">
         <v>11</v>
       </c>
       <c r="AD12" s="46">
         <v>7</v>
       </c>
       <c r="AE12" s="46">
         <v>15</v>
       </c>
       <c r="AF12" s="43">
         <f t="shared" si="0"/>
         <v>66</v>
       </c>
       <c r="AG12" s="43">
         <f t="shared" si="1"/>
         <v>215</v>
       </c>
       <c r="AH12" s="46">
         <f t="shared" si="2"/>
         <v>281</v>
       </c>
     </row>
-    <row r="13" spans="1:34" ht="13.2" thickBot="1">
+    <row r="13" spans="1:34" ht="13.5" thickBot="1">
       <c r="A13" s="47">
         <v>1999</v>
       </c>
       <c r="B13" s="48">
         <v>0</v>
       </c>
       <c r="C13" s="48">
         <v>0</v>
       </c>
       <c r="D13" s="47">
         <v>3</v>
       </c>
       <c r="E13" s="47">
         <v>8</v>
       </c>
       <c r="F13" s="48">
         <v>1</v>
       </c>
       <c r="G13" s="48">
         <v>18</v>
       </c>
       <c r="H13" s="47">
         <v>3</v>
       </c>
       <c r="I13" s="47">
@@ -9919,51 +9955,51 @@
       <c r="AB17" s="45">
         <v>4</v>
       </c>
       <c r="AC17" s="45">
         <v>9</v>
       </c>
       <c r="AD17" s="46">
         <v>2</v>
       </c>
       <c r="AE17" s="46">
         <v>9</v>
       </c>
       <c r="AF17" s="43">
         <f t="shared" si="0"/>
         <v>70</v>
       </c>
       <c r="AG17" s="43">
         <f t="shared" si="1"/>
         <v>211</v>
       </c>
       <c r="AH17" s="46">
         <f t="shared" si="2"/>
         <v>281</v>
       </c>
     </row>
-    <row r="18" spans="1:34" ht="13.2" thickBot="1">
+    <row r="18" spans="1:34" ht="13.5" thickBot="1">
       <c r="A18" s="47">
         <v>2004</v>
       </c>
       <c r="B18" s="48">
         <v>3</v>
       </c>
       <c r="C18" s="48">
         <v>2</v>
       </c>
       <c r="D18" s="47">
         <v>2</v>
       </c>
       <c r="E18" s="47">
         <v>8</v>
       </c>
       <c r="F18" s="48">
         <v>3</v>
       </c>
       <c r="G18" s="48">
         <v>23</v>
       </c>
       <c r="H18" s="47">
         <v>3</v>
       </c>
       <c r="I18" s="47">
@@ -10454,51 +10490,51 @@
       <c r="AB22" s="45">
         <v>1</v>
       </c>
       <c r="AC22" s="45">
         <v>10</v>
       </c>
       <c r="AD22" s="46">
         <v>6</v>
       </c>
       <c r="AE22" s="46">
         <v>10</v>
       </c>
       <c r="AF22" s="43">
         <f t="shared" si="0"/>
         <v>72</v>
       </c>
       <c r="AG22" s="43">
         <f>C22+E22+G22+I22+K22+M22+O22+Q22+S22+U22+W22+Y22+AA22+AC22+AE22</f>
         <v>236</v>
       </c>
       <c r="AH22" s="46">
         <f t="shared" si="2"/>
         <v>308</v>
       </c>
     </row>
-    <row r="23" spans="1:34" ht="13.2" thickBot="1">
+    <row r="23" spans="1:34" ht="13.5" thickBot="1">
       <c r="A23" s="47">
         <v>2009</v>
       </c>
       <c r="B23" s="48">
         <v>1</v>
       </c>
       <c r="C23" s="48">
         <v>0</v>
       </c>
       <c r="D23" s="47">
         <v>6</v>
       </c>
       <c r="E23" s="47">
         <v>10</v>
       </c>
       <c r="F23" s="48">
         <v>5</v>
       </c>
       <c r="G23" s="48">
         <v>18</v>
       </c>
       <c r="H23" s="47">
         <v>6</v>
       </c>
       <c r="I23" s="47">
@@ -10989,51 +11025,51 @@
       <c r="AB27" s="45">
         <v>1</v>
       </c>
       <c r="AC27" s="45">
         <v>9</v>
       </c>
       <c r="AD27" s="46">
         <v>2</v>
       </c>
       <c r="AE27" s="46">
         <v>8</v>
       </c>
       <c r="AF27" s="43">
         <f t="shared" si="0"/>
         <v>79</v>
       </c>
       <c r="AG27" s="43">
         <f t="shared" si="1"/>
         <v>260</v>
       </c>
       <c r="AH27" s="46">
         <f t="shared" si="2"/>
         <v>339</v>
       </c>
     </row>
-    <row r="28" spans="1:34" ht="13.2" thickBot="1">
+    <row r="28" spans="1:34" ht="13.5" thickBot="1">
       <c r="A28" s="47">
         <v>2014</v>
       </c>
       <c r="B28" s="48">
         <v>1</v>
       </c>
       <c r="C28" s="48">
         <v>0</v>
       </c>
       <c r="D28" s="47">
         <v>7</v>
       </c>
       <c r="E28" s="47">
         <v>7</v>
       </c>
       <c r="F28" s="48">
         <v>5</v>
       </c>
       <c r="G28" s="48">
         <v>22</v>
       </c>
       <c r="H28" s="47">
         <v>3</v>
       </c>
       <c r="I28" s="47">
@@ -11524,51 +11560,51 @@
       <c r="AB32" s="45">
         <v>2</v>
       </c>
       <c r="AC32" s="45">
         <v>14</v>
       </c>
       <c r="AD32" s="46">
         <v>8</v>
       </c>
       <c r="AE32" s="46">
         <v>16</v>
       </c>
       <c r="AF32" s="43">
         <f t="shared" si="0"/>
         <v>108</v>
       </c>
       <c r="AG32" s="43">
         <f t="shared" si="1"/>
         <v>312</v>
       </c>
       <c r="AH32" s="46">
         <f t="shared" si="2"/>
         <v>420</v>
       </c>
     </row>
-    <row r="33" spans="1:34" ht="13.2" thickBot="1">
+    <row r="33" spans="1:34" ht="13.5" thickBot="1">
       <c r="A33" s="47">
         <v>2019</v>
       </c>
       <c r="B33" s="48">
         <v>3</v>
       </c>
       <c r="C33" s="48">
         <v>0</v>
       </c>
       <c r="D33" s="47">
         <v>3</v>
       </c>
       <c r="E33" s="47">
         <v>14</v>
       </c>
       <c r="F33" s="48">
         <v>4</v>
       </c>
       <c r="G33" s="48">
         <v>21</v>
       </c>
       <c r="H33" s="47">
         <v>10</v>
       </c>
       <c r="I33" s="47">
@@ -12171,68 +12207,68 @@
       </c>
       <c r="AD38" s="46">
         <v>5</v>
       </c>
       <c r="AE38" s="46">
         <v>31</v>
       </c>
       <c r="AF38" s="43">
         <f t="shared" si="3"/>
         <v>91</v>
       </c>
       <c r="AG38" s="43">
         <f t="shared" si="6"/>
         <v>300</v>
       </c>
       <c r="AH38" s="57">
         <f t="shared" si="5"/>
         <v>391</v>
       </c>
     </row>
     <row r="39" spans="1:34">
       <c r="C39" s="53"/>
     </row>
   </sheetData>
   <mergeCells count="18">
+    <mergeCell ref="AF2:AG2"/>
+    <mergeCell ref="AD2:AE2"/>
+    <mergeCell ref="AH2:AH3"/>
     <mergeCell ref="A1:AC1"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="H2:I2"/>
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="L2:M2"/>
     <mergeCell ref="N2:O2"/>
     <mergeCell ref="P2:Q2"/>
     <mergeCell ref="R2:S2"/>
     <mergeCell ref="T2:U2"/>
     <mergeCell ref="V2:W2"/>
     <mergeCell ref="X2:Y2"/>
     <mergeCell ref="Z2:AA2"/>
     <mergeCell ref="AB2:AC2"/>
-    <mergeCell ref="AF2:AG2"/>
-[...1 lines deleted...]
-    <mergeCell ref="AH2:AH3"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup scale="87" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>