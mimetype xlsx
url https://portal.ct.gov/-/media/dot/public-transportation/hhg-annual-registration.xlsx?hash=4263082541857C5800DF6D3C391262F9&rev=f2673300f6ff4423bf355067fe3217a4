--- v0 (2025-12-21)
+++ v1 (2026-02-12)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Ptrans\R&amp;C\HHG Unit Folder\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AFB7B721-DEE4-4CA5-A42D-421F1BAB7B60}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F0B3FE16-F7FE-4BF0-9ADC-EA92880214C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="15216" xr2:uid="{CA09FFF0-43C5-4262-85F3-2E1A85F13363}"/>
+    <workbookView xWindow="28680" yWindow="-60" windowWidth="29040" windowHeight="15720" xr2:uid="{CA09FFF0-43C5-4262-85F3-2E1A85F13363}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="403" uniqueCount="368">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="365">
   <si>
     <t>Legal Name</t>
   </si>
   <si>
     <t>DBA</t>
   </si>
   <si>
     <t>City, State, Zip</t>
   </si>
   <si>
     <t>Permit No. HG:</t>
   </si>
   <si>
     <t>1-800-PACK RAT, LLC</t>
   </si>
   <si>
     <t>Mailing/Business  Address</t>
   </si>
   <si>
     <t>2 YOUNG STUDES MOVING LLC</t>
   </si>
   <si>
     <t>NEW HAVEN, CT 06511</t>
   </si>
   <si>
@@ -192,59 +192,50 @@
   <si>
     <t>ANTWALL 13, LLC</t>
   </si>
   <si>
     <t>DBA TWO MEN AND A TRUCK CONNECTICUT</t>
   </si>
   <si>
     <t>1091 READING ROAD/60 BELAMOSE AVE., SUITE A3</t>
   </si>
   <si>
     <t>MASON OH 45040/ROCKY HILL, CT 06067</t>
   </si>
   <si>
     <t>BRAUN MOVING, INC.</t>
   </si>
   <si>
     <t>DBA BRAUN MOVING</t>
   </si>
   <si>
     <t>46 BARNABUS ROAD</t>
   </si>
   <si>
     <t xml:space="preserve">NEWTOWN, CT 06470 </t>
   </si>
   <si>
-    <t>PROFESSIONAL MOVING AND STORAE LLC</t>
-[...7 lines deleted...]
-  <si>
     <t>BUTT BROTHERS MOVING &amp; STORAGE LLC</t>
   </si>
   <si>
     <t>DBA B &amp; B MOVING AND STORAGE</t>
   </si>
   <si>
     <t>PO BOX 5032/6 JIREN LANE</t>
   </si>
   <si>
     <t>BROOKFIELD, CT 06804/DANBURY, CT 06811</t>
   </si>
   <si>
     <t>SOUTH WINDSOR, CT 06074</t>
   </si>
   <si>
     <t>CASTLE EXPRESS MOVING LLC</t>
   </si>
   <si>
     <t>ENFIELD, CT 06082</t>
   </si>
   <si>
     <t>CENTRAL CONNECTICUT TRANSPORTATION INC.</t>
   </si>
   <si>
     <t xml:space="preserve">MERIDEN, CT 06451 </t>
@@ -1065,56 +1056,50 @@
   <si>
     <t>DBA CT MOVING AND STORAGE</t>
   </si>
   <si>
     <t>SCARLETS MOVING COMPANY LLC</t>
   </si>
   <si>
     <t>26 1/2 BOUTON STREET</t>
   </si>
   <si>
     <t>NORWALK, CT 06854</t>
   </si>
   <si>
     <t>434 EAST 165TH ST./1069 CONNECTICUT AVE, #4B</t>
   </si>
   <si>
     <t>BRONX, NY 10456/BRIDGEPORT, CT 06607</t>
   </si>
   <si>
     <t>PO BOX 96/9 TERRANCE VIEW, UNIT 2</t>
   </si>
   <si>
     <t>WHALEN MOVING AND STORAGE, LLC</t>
   </si>
   <si>
-    <t>STAMFORD, CT 06905/OXFORD, CT 06478</t>
-[...4 lines deleted...]
-  <si>
     <t>EJD HAULING LLC</t>
   </si>
   <si>
     <t>5 GREAT PASTURE ROAD,UNIT 9</t>
   </si>
   <si>
     <t>MERCADO MOVERS LLC</t>
   </si>
   <si>
     <t>DBA FINISHLINE MOVERS</t>
   </si>
   <si>
     <t>329 MAIN ST #207/47-5 BILLARD STREET</t>
   </si>
   <si>
     <t xml:space="preserve">WALLINGFORD, CT 06492/MERIDEN, CT 06451 </t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>LOTUS TRANSITIONS, LLC</t>
   </si>
   <si>
     <t>PO BOX 334/84 MIDDLETOWN AVE</t>
@@ -1135,50 +1120,56 @@
     <t>DBA TWO MEN AND A TRUCK</t>
   </si>
   <si>
     <t>172 GAYLORD MOUNTAIN ROAD/150 MATTATUCK HEIGHTS ROAD</t>
   </si>
   <si>
     <t>HAMDEN, CT 06518/ WATERBURY, CT 06705</t>
   </si>
   <si>
     <t>MOVIN ONN LLC</t>
   </si>
   <si>
     <t>59 KELLEY STREET, 3RD FLOOR</t>
   </si>
   <si>
     <t>BRISTOL, CT 06010</t>
   </si>
   <si>
     <t>CT FAMILY FIRST MOVERS LLC</t>
   </si>
   <si>
     <t>842 TOTOKET ROAD</t>
   </si>
   <si>
     <t>NORTH BRANFORD, CT 06472</t>
+  </si>
+  <si>
+    <t>RYE BROOK, NY 10573/OXFORD, CT 06478</t>
+  </si>
+  <si>
+    <t>7 RYE RIDGE PLZ#198/115 HURLEY ROAD UNIT 8 - A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Copperplate Gothic Bold"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Copperplate Gothic Bold"/>
       <family val="2"/>
@@ -1585,1944 +1576,1929 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD47CCC2-1F8D-473E-827C-3BB0DD9A7159}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E119"/>
+  <dimension ref="A1:E118"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A110" workbookViewId="0">
-      <selection activeCell="A119" sqref="A119"/>
+    <sheetView tabSelected="1" topLeftCell="A115" workbookViewId="0">
+      <selection activeCell="E119" sqref="E119"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="53.88671875" style="2" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="9.109375" style="1"/>
+    <col min="1" max="1" width="53.85546875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="57.5703125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="45.85546875" style="2" customWidth="1"/>
+    <col min="4" max="4" width="46.28515625" style="2" customWidth="1"/>
+    <col min="5" max="5" width="20.140625" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="8" customFormat="1" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" s="8" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="7" t="s">
         <v>5</v>
       </c>
       <c r="D1" s="7" t="s">
         <v>2</v>
       </c>
       <c r="E1" s="8" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="5" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="E2" s="6">
         <v>1776</v>
       </c>
     </row>
-    <row r="3" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A3" s="12" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="12"/>
       <c r="C3" s="12" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="E3" s="4">
         <v>1759</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="D4" s="3" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="E4" s="4">
         <v>1807</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="B5" s="3"/>
       <c r="C5" s="3" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D5" s="3" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="E5" s="4">
         <v>1801</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="B6" s="3"/>
       <c r="C6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="4">
         <v>906</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="3"/>
       <c r="C7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="4">
         <v>1542</v>
       </c>
     </row>
-    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="B8" s="3"/>
       <c r="C8" s="3" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="E8" s="4">
         <v>1824</v>
       </c>
     </row>
-    <row r="9" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="4">
         <v>1751</v>
       </c>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="3"/>
       <c r="C10" s="3" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="E10" s="4">
         <v>1786</v>
       </c>
     </row>
-    <row r="11" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="3"/>
       <c r="C11" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="E11" s="4">
         <v>1738</v>
       </c>
     </row>
-    <row r="12" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="E12" s="4">
         <v>1811</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="B13" s="3"/>
       <c r="C13" s="3" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="E13" s="4">
         <v>1816</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A14" s="12" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B14" s="12"/>
       <c r="C14" s="12" t="s">
-        <v>345</v>
+        <v>364</v>
       </c>
       <c r="D14" s="12" t="s">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="E14" s="13">
         <v>1823</v>
       </c>
     </row>
-    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="D15" s="3" t="s">
         <v>327</v>
-      </c>
-[...7 lines deleted...]
-        <v>330</v>
       </c>
       <c r="E15" s="4">
         <v>1827</v>
       </c>
     </row>
-    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="3"/>
       <c r="C16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="E16" s="4">
         <v>81</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>47</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="4">
         <v>1775</v>
       </c>
     </row>
-    <row r="18" spans="1:5" s="11" customFormat="1" ht="28.2" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:5" s="11" customFormat="1" ht="29.25" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="E18" s="4">
         <v>1792</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>47</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E19" s="4">
         <v>1775</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="31.2" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:5" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="E20" s="10">
         <v>1792</v>
       </c>
     </row>
-    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>25</v>
       </c>
       <c r="E21" s="4">
         <v>1748</v>
       </c>
     </row>
-    <row r="22" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>28</v>
       </c>
       <c r="E22" s="4">
         <v>1010</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3" t="s">
         <v>30</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E23" s="4">
         <v>1120</v>
       </c>
     </row>
-    <row r="24" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="3"/>
       <c r="C24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E24" s="4">
         <v>1587</v>
       </c>
     </row>
-    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E25" s="4">
         <v>59</v>
       </c>
     </row>
-    <row r="26" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>38</v>
       </c>
       <c r="B26" s="3"/>
       <c r="C26" s="3" t="s">
         <v>39</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E26" s="4">
         <v>233</v>
       </c>
     </row>
-    <row r="27" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>43</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E27" s="4">
         <v>1763</v>
       </c>
     </row>
-    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>51</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>52</v>
       </c>
       <c r="E28" s="4">
         <v>119</v>
       </c>
     </row>
-    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="B29" s="3"/>
       <c r="C29" s="3" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="E29" s="4">
         <v>1828</v>
       </c>
     </row>
-    <row r="30" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D30" s="3" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
       <c r="E30" s="4">
         <v>1747</v>
       </c>
     </row>
-    <row r="31" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A31" s="12" t="s">
+        <v>314</v>
+      </c>
+      <c r="B31" s="12" t="s">
+        <v>315</v>
+      </c>
+      <c r="C31" s="12" t="s">
+        <v>316</v>
+      </c>
+      <c r="D31" s="12" t="s">
         <v>317</v>
-      </c>
-[...7 lines deleted...]
-        <v>320</v>
       </c>
       <c r="E31" s="13">
         <v>514</v>
       </c>
     </row>
-    <row r="32" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B32" s="3"/>
       <c r="C32" s="3" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="D32" s="3" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E32" s="4">
         <v>1768</v>
       </c>
     </row>
-    <row r="33" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B33" s="3"/>
       <c r="C33" s="3" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="E33" s="4">
         <v>975</v>
       </c>
     </row>
-    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="E34" s="4">
         <v>1547</v>
       </c>
     </row>
-    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="D35" s="3" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="E35" s="4">
         <v>1757</v>
       </c>
     </row>
-    <row r="36" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D36" s="3" t="s">
         <v>71</v>
-      </c>
-[...7 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E36" s="4">
         <v>1734</v>
       </c>
     </row>
-    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="E37" s="4">
         <v>589</v>
       </c>
     </row>
-    <row r="38" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="E38" s="4">
         <v>1795</v>
       </c>
     </row>
-    <row r="39" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="E39" s="4">
         <v>1789</v>
       </c>
     </row>
-    <row r="40" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="E40" s="4">
         <v>1743</v>
       </c>
     </row>
-    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="B41" s="3"/>
       <c r="C41" s="3" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="D41" s="3" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="E41" s="4">
         <v>1833</v>
       </c>
     </row>
-    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="E42" s="4">
         <v>180</v>
       </c>
     </row>
-    <row r="43" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B43" s="3"/>
       <c r="C43" s="3" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="D43" s="3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="E43" s="4">
         <v>47</v>
       </c>
     </row>
-    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B44" s="3"/>
       <c r="C44" s="3" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="E44" s="4">
         <v>1793</v>
       </c>
     </row>
-    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B45" s="3"/>
       <c r="C45" s="3" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E45" s="4">
         <v>136</v>
       </c>
     </row>
-    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B46" s="3"/>
       <c r="C46" s="3" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D46" s="3" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="E46" s="4">
         <v>1401</v>
       </c>
     </row>
-    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D47" s="3" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="E47" s="4">
         <v>52</v>
       </c>
     </row>
-    <row r="48" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B48" s="3"/>
       <c r="C48" s="3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="D48" s="3" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="E48" s="4">
         <v>92</v>
       </c>
     </row>
-    <row r="49" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="E49" s="4">
         <v>1796</v>
       </c>
     </row>
-    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="E50" s="4">
         <v>1777</v>
       </c>
     </row>
-    <row r="51" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B51" s="3"/>
       <c r="C51" s="3" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="E51" s="4">
         <v>1817</v>
       </c>
     </row>
-    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="B52" s="3"/>
       <c r="C52" s="3" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="E52" s="4">
         <v>1803</v>
       </c>
     </row>
-    <row r="53" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B53" s="3"/>
       <c r="C53" s="3" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E53" s="4">
         <v>1809</v>
       </c>
     </row>
-    <row r="54" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="D54" s="3" t="s">
         <v>243</v>
-      </c>
-[...7 lines deleted...]
-        <v>246</v>
       </c>
       <c r="E54" s="4">
         <v>1813</v>
       </c>
     </row>
-    <row r="55" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="B55" s="3"/>
       <c r="C55" s="3" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="D55" s="3" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="E55" s="4">
         <v>849</v>
       </c>
     </row>
-    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="E56" s="4">
         <v>257</v>
       </c>
     </row>
-    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B57" s="3"/>
       <c r="C57" s="3" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E57" s="4">
         <v>1730</v>
       </c>
     </row>
-    <row r="58" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="D58" s="3" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="E58" s="4">
         <v>1826</v>
       </c>
     </row>
-    <row r="59" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="E59" s="4">
         <v>1447</v>
       </c>
     </row>
-    <row r="60" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B60" s="3"/>
       <c r="C60" s="3" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="E60" s="4">
         <v>1785</v>
       </c>
     </row>
-    <row r="61" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="E61" s="4">
         <v>1806</v>
       </c>
     </row>
-    <row r="62" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B62" s="3"/>
       <c r="C62" s="3" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="D62" s="3" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E62" s="4">
         <v>1822</v>
       </c>
     </row>
-    <row r="63" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="D63" s="3" t="s">
         <v>116</v>
-      </c>
-[...7 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E63" s="4">
         <v>1791</v>
       </c>
     </row>
-    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B64" s="3"/>
       <c r="C64" s="3" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E64" s="4">
         <v>1740</v>
       </c>
     </row>
-    <row r="65" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B65" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C65" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D65" s="3" t="s">
         <v>122</v>
-      </c>
-[...7 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E65" s="4">
         <v>1771</v>
       </c>
     </row>
-    <row r="66" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="E66" s="4">
         <v>1767</v>
       </c>
     </row>
-    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B67" s="3"/>
       <c r="C67" s="3" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="D67" s="3" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="E67" s="4">
         <v>344</v>
       </c>
     </row>
-    <row r="68" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B68" s="3"/>
       <c r="C68" s="3" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D68" s="3" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E68" s="4">
         <v>49</v>
       </c>
     </row>
-    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B69" s="3"/>
       <c r="C69" s="3" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D69" s="3" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E69" s="4">
         <v>24</v>
       </c>
     </row>
-    <row r="70" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>8</v>
       </c>
       <c r="E70" s="4">
         <v>238</v>
       </c>
     </row>
-    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B71" s="3"/>
       <c r="C71" s="3" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="D71" s="3" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="E71" s="4">
         <v>173</v>
       </c>
     </row>
-    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B72" s="3"/>
       <c r="C72" s="3" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D72" s="3" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="E72" s="4">
         <v>581</v>
       </c>
     </row>
-    <row r="73" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>7</v>
       </c>
       <c r="E73" s="4">
         <v>1782</v>
       </c>
     </row>
-    <row r="74" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="D74" s="3" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="E74" s="4">
         <v>1780</v>
       </c>
     </row>
-    <row r="75" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B75" s="3"/>
       <c r="C75" s="3" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D75" s="3" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="E75" s="4">
         <v>1764</v>
       </c>
     </row>
-    <row r="76" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B76" s="3"/>
       <c r="C76" s="3" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D76" s="3" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="E76" s="4">
         <v>415</v>
       </c>
     </row>
-    <row r="77" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="E77" s="4">
         <v>1745</v>
       </c>
     </row>
-    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B78" s="3"/>
       <c r="C78" s="3" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="E78" s="4">
         <v>1769</v>
       </c>
     </row>
-    <row r="79" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="D79" s="3" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="E79" s="4">
         <v>1830</v>
       </c>
     </row>
-    <row r="80" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B80" s="3"/>
       <c r="C80" s="3" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D80" s="3" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="E80" s="4">
         <v>1760</v>
       </c>
     </row>
-    <row r="81" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B81" s="3"/>
       <c r="C81" s="3" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="D81" s="3" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="E81" s="4">
         <v>1051</v>
       </c>
     </row>
-    <row r="82" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B82" s="3"/>
       <c r="C82" s="3" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="D82" s="3" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="E82" s="4">
         <v>1810</v>
       </c>
     </row>
-    <row r="83" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="E83" s="4">
         <v>154</v>
       </c>
     </row>
-    <row r="84" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B84" s="3"/>
       <c r="C84" s="3" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="E84" s="4">
         <v>1784</v>
       </c>
     </row>
-    <row r="85" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="B85" s="3"/>
       <c r="C85" s="3" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="D85" s="3" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="E85" s="4">
         <v>1832</v>
       </c>
     </row>
-    <row r="86" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="D86" s="3" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E86" s="4">
         <v>1749</v>
       </c>
     </row>
-    <row r="87" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D87" s="3" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="E87" s="4">
         <v>1603</v>
       </c>
     </row>
-    <row r="88" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="E88" s="4">
         <v>290</v>
       </c>
     </row>
-    <row r="89" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B89" s="3"/>
       <c r="C89" s="3" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="E89" s="4">
         <v>1733</v>
       </c>
     </row>
-    <row r="90" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="B90" s="3"/>
       <c r="C90" s="3" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="E90" s="4">
         <v>1808</v>
       </c>
     </row>
-    <row r="91" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="B91" s="3"/>
+        <v>169</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>170</v>
+      </c>
       <c r="C91" s="3" t="s">
-        <v>54</v>
+        <v>171</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>55</v>
+        <v>172</v>
       </c>
       <c r="E91" s="4">
-        <v>1752</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E92" s="4">
-        <v>1007</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="B93" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="B93" s="3"/>
+      <c r="C93" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="E93" s="4">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A94" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B94" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="C93" s="3" t="s">
+      <c r="C94" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="E94" s="4">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
+      <c r="A95" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C95" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="D93" s="3" t="s">
+      <c r="D95" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="E93" s="4">
-[...19 lines deleted...]
-      <c r="A95" s="3" t="s">
+      <c r="E95" s="4">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
+      <c r="A96" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B96" s="3"/>
+      <c r="C96" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="B95" s="3" t="s">
-[...16 lines deleted...]
-      <c r="B96" s="3" t="s">
+      <c r="D96" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="C96" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E96" s="4">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:5" x14ac:dyDescent="0.25">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>187</v>
+        <v>224</v>
       </c>
       <c r="B97" s="3"/>
       <c r="C97" s="3" t="s">
-        <v>188</v>
+        <v>225</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>189</v>
+        <v>10</v>
       </c>
       <c r="E97" s="4">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>227</v>
+        <v>247</v>
       </c>
       <c r="B98" s="3"/>
       <c r="C98" s="3" t="s">
-        <v>228</v>
+        <v>248</v>
       </c>
       <c r="D98" s="3" t="s">
-        <v>10</v>
+        <v>249</v>
       </c>
       <c r="E98" s="4">
-        <v>1802</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>250</v>
+        <v>334</v>
       </c>
       <c r="B99" s="3"/>
       <c r="C99" s="3" t="s">
-        <v>251</v>
+        <v>335</v>
       </c>
       <c r="D99" s="3" t="s">
-        <v>252</v>
+        <v>336</v>
       </c>
       <c r="E99" s="4">
-        <v>1815</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1829</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>337</v>
+        <v>187</v>
       </c>
       <c r="B100" s="3"/>
       <c r="C100" s="3" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
       <c r="D100" s="3" t="s">
-        <v>339</v>
+        <v>329</v>
       </c>
       <c r="E100" s="4">
-        <v>1829</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>190</v>
+        <v>257</v>
       </c>
       <c r="B101" s="3"/>
       <c r="C101" s="3" t="s">
-        <v>331</v>
+        <v>258</v>
       </c>
       <c r="D101" s="3" t="s">
-        <v>332</v>
+        <v>64</v>
       </c>
       <c r="E101" s="4">
-        <v>1766</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="B102" s="3"/>
+        <v>188</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>189</v>
+      </c>
       <c r="C102" s="3" t="s">
-        <v>261</v>
+        <v>190</v>
       </c>
       <c r="D102" s="3" t="s">
-        <v>67</v>
+        <v>172</v>
       </c>
       <c r="E102" s="4">
-        <v>1821</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C103" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="E103" s="4">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
+      <c r="A104" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C104" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="D103" s="3" t="s">
-[...7 lines deleted...]
-      <c r="A104" s="3" t="s">
+      <c r="D104" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="B104" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E104" s="4">
-        <v>1790</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="B105" s="3"/>
+      <c r="C105" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="B105" s="3" t="s">
+      <c r="D105" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="C105" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E105" s="4">
-        <v>1773</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:5" x14ac:dyDescent="0.25">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>200</v>
+        <v>244</v>
       </c>
       <c r="B106" s="3"/>
       <c r="C106" s="3" t="s">
-        <v>201</v>
+        <v>245</v>
       </c>
       <c r="D106" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="E106" s="4">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A107" s="3" t="s">
         <v>202</v>
-      </c>
-[...6 lines deleted...]
-        <v>247</v>
       </c>
       <c r="B107" s="3"/>
       <c r="C107" s="3" t="s">
-        <v>248</v>
+        <v>203</v>
       </c>
       <c r="D107" s="3" t="s">
-        <v>249</v>
+        <v>204</v>
       </c>
       <c r="E107" s="4">
-        <v>1814</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" ht="42.75" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="E108" s="4">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A109" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B108" s="3"/>
-      <c r="C108" s="3" t="s">
+      <c r="B109" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="D108" s="3" t="s">
+      <c r="C109" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="E108" s="4">
-[...12 lines deleted...]
-      </c>
       <c r="D109" s="3" t="s">
-        <v>361</v>
+        <v>160</v>
       </c>
       <c r="E109" s="4">
-        <v>1831</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
         <v>208</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>209</v>
       </c>
       <c r="C110" s="3" t="s">
         <v>210</v>
       </c>
       <c r="D110" s="3" t="s">
-        <v>163</v>
+        <v>211</v>
       </c>
       <c r="E110" s="4">
-        <v>1794</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="D111" s="3" t="s">
-        <v>214</v>
+        <v>145</v>
       </c>
       <c r="E111" s="4">
-        <v>1781</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>229</v>
+        <v>276</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>230</v>
+        <v>277</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>231</v>
+        <v>278</v>
       </c>
       <c r="D112" s="3" t="s">
-        <v>148</v>
+        <v>279</v>
       </c>
       <c r="E112" s="4">
-        <v>1804</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="B113" s="3"/>
       <c r="C113" s="3" t="s">
-        <v>281</v>
+        <v>217</v>
       </c>
       <c r="D113" s="3" t="s">
-        <v>282</v>
+        <v>145</v>
       </c>
       <c r="E113" s="4">
-        <v>1731</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>219</v>
+        <v>340</v>
       </c>
       <c r="B114" s="3"/>
       <c r="C114" s="3" t="s">
-        <v>220</v>
+        <v>339</v>
       </c>
       <c r="D114" s="3" t="s">
-        <v>148</v>
+        <v>212</v>
       </c>
       <c r="E114" s="4">
-        <v>1805</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:5" x14ac:dyDescent="0.25">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>343</v>
+        <v>213</v>
       </c>
       <c r="B115" s="3"/>
       <c r="C115" s="3" t="s">
-        <v>342</v>
+        <v>289</v>
       </c>
       <c r="D115" s="3" t="s">
-        <v>215</v>
+        <v>95</v>
       </c>
       <c r="E115" s="4">
-        <v>1742</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:5" x14ac:dyDescent="0.25">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="B116" s="3"/>
       <c r="C116" s="3" t="s">
-        <v>292</v>
+        <v>307</v>
       </c>
       <c r="D116" s="3" t="s">
-        <v>98</v>
+        <v>308</v>
       </c>
       <c r="E116" s="4">
-        <v>122</v>
-[...13 lines deleted...]
-      <c r="E117" s="4">
         <v>462</v>
       </c>
     </row>
-    <row r="118" spans="1:5" s="16" customFormat="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="E118" s="13">
+    <row r="117" spans="1:5" s="16" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="12" t="s">
+        <v>255</v>
+      </c>
+      <c r="B117" s="12"/>
+      <c r="C117" s="12" t="s">
+        <v>256</v>
+      </c>
+      <c r="D117" s="12" t="s">
+        <v>172</v>
+      </c>
+      <c r="E117" s="13">
         <v>1820</v>
       </c>
     </row>
-    <row r="119" spans="1:5" ht="27.6" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>117</v>
+    <row r="118" spans="1:5" ht="28.5" x14ac:dyDescent="0.2">
+      <c r="A118" s="14" t="s">
+        <v>260</v>
+      </c>
+      <c r="B118" s="14"/>
+      <c r="C118" s="14"/>
+      <c r="D118" s="14"/>
+      <c r="E118" s="15">
+        <v>116</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E118">
-    <sortCondition ref="A1:A118"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:E117">
+    <sortCondition ref="A1:A117"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="54" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2025</vt:lpstr>
     </vt:vector>