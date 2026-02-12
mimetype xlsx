--- v0 (2025-12-19)
+++ v1 (2026-02-12)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - December 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - February 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{76107937-B3BB-48F0-93AD-6A2801DFAA10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5A7E05AD-C25B-4257-A84A-22597930078C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{0455EF9D-3E94-423A-8C5E-A163F3BB2C9C}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{29DF89FB-5C90-4387-8EAD-D48CABFEC880}"/>
   </bookViews>
   <sheets>
-    <sheet name="Untitled (27)" sheetId="1" r:id="rId1"/>
+    <sheet name="Untitled (34)" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="385" uniqueCount="269">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="373" uniqueCount="260">
   <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postal Code</t>
   </si>
   <si>
     <t>License Number</t>
   </si>
   <si>
     <t>License Name</t>
   </si>
   <si>
     <t>Report Current As Of</t>
   </si>
   <si>
@@ -132,68 +132,77 @@
   <si>
     <t>UT</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>IA</t>
   </si>
   <si>
     <t>NH</t>
   </si>
   <si>
     <t>OH</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>San Mateo</t>
   </si>
   <si>
+    <t>Newport Beach</t>
+  </si>
+  <si>
     <t>MO</t>
   </si>
   <si>
     <t>Phoenix</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Parsippany</t>
   </si>
   <si>
     <t>07054</t>
   </si>
   <si>
     <t>Dallas</t>
   </si>
   <si>
+    <t>Warwick</t>
+  </si>
+  <si>
+    <t>02886</t>
+  </si>
+  <si>
     <t>Shelton</t>
   </si>
   <si>
     <t>06484</t>
   </si>
   <si>
     <t>Cincinnati</t>
   </si>
   <si>
     <t>Louisville</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>San Antonio</t>
   </si>
   <si>
     <t>Columbus</t>
   </si>
   <si>
     <t xml:space="preserve">402 West Broadway, 20th Floor </t>
   </si>
   <si>
     <t>Aspire Resources Inc.</t>
@@ -204,572 +213,536 @@
   <si>
     <t>West Des Moines</t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-1006118</t>
   </si>
   <si>
     <t>CT Student Loan Servicer License</t>
   </si>
   <si>
     <t>Asset Resolution Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">10180 Linn Station Road, Suite C200 </t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-1130708</t>
   </si>
   <si>
     <t>Fort Lauderdale</t>
   </si>
   <si>
     <t>Boston</t>
   </si>
   <si>
-    <t>Schaumburg</t>
-[...1 lines deleted...]
-  <si>
     <t>Salt Lake City</t>
   </si>
   <si>
+    <t>Oakland</t>
+  </si>
+  <si>
     <t>Sioux Falls</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
-    <t>Oakland</t>
+    <t>San Ramon</t>
+  </si>
+  <si>
+    <t>02116</t>
+  </si>
+  <si>
+    <t>College Ave Student Loan Servicing, LLC</t>
+  </si>
+  <si>
+    <t>233 N. King Street Suite 400</t>
+  </si>
+  <si>
+    <t>Wilmington</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-1263410</t>
+  </si>
+  <si>
+    <t>College Foundation, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2917 Highwoods Blvd </t>
+  </si>
+  <si>
+    <t>Raleigh</t>
+  </si>
+  <si>
+    <t>27604-1004</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-1809597</t>
+  </si>
+  <si>
+    <t>Concord Servicing LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4343 N. Scottsdale Road, Suite 270 </t>
+  </si>
+  <si>
+    <t>SLS-365917</t>
+  </si>
+  <si>
+    <t>06051</t>
+  </si>
+  <si>
+    <t>Continental Service Group, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 CrossKeys Office Park </t>
+  </si>
+  <si>
+    <t>Fairport</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-931208</t>
+  </si>
+  <si>
+    <t>2875 Union Rd. Ste 28-29</t>
+  </si>
+  <si>
+    <t>Cheektowaga</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_B-951142</t>
+  </si>
+  <si>
+    <t>CT Student Loan Servicer Branch License</t>
+  </si>
+  <si>
+    <t>Cleveland</t>
+  </si>
+  <si>
+    <t>Fishers</t>
+  </si>
+  <si>
+    <t>CU Student Choice Partners, LLC</t>
+  </si>
+  <si>
+    <t>110 Broadway Suite 505</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-2123582</t>
+  </si>
+  <si>
+    <t>Earnest Operations LLC</t>
+  </si>
+  <si>
+    <t>300 Frank H. Ogawa Plaza Suite 340</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-1204917</t>
+  </si>
+  <si>
+    <t>10 West Broadway Suite 800</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_B-1687423</t>
+  </si>
+  <si>
+    <t>EdAid Limited</t>
+  </si>
+  <si>
+    <t>160 Varick Street 3rd Floor</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-1916880</t>
+  </si>
+  <si>
+    <t>Educational Computer Systems, Inc.</t>
+  </si>
+  <si>
+    <t>1200 Cherrington Parkway Suite 200</t>
+  </si>
+  <si>
+    <t>Moon Township</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-1489841</t>
+  </si>
+  <si>
+    <t>2150 Country Club Road Suite 320</t>
   </si>
   <si>
     <t>Winston Salem</t>
   </si>
   <si>
-    <t>CEC Employee Group, LLC</t>
-[...110 lines deleted...]
-    <t>CTSTUDENTLNSERVICER_B-1687423</t>
+    <t>CTSTUDENTLNSERVICER_B-2163761</t>
+  </si>
+  <si>
+    <t>Columbia</t>
+  </si>
+  <si>
+    <t>Chesterfield</t>
+  </si>
+  <si>
+    <t>F.H. Cann &amp; Associates, Inc.</t>
+  </si>
+  <si>
+    <t>1600 Osgood Street Suite 3058</t>
+  </si>
+  <si>
+    <t>North Andover</t>
+  </si>
+  <si>
+    <t>01845</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-959428</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 Domain Drive </t>
+  </si>
+  <si>
+    <t>Exeter</t>
+  </si>
+  <si>
+    <t>03833</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_B-2219172</t>
+  </si>
+  <si>
+    <t>Parkville</t>
+  </si>
+  <si>
+    <t>02109</t>
+  </si>
+  <si>
+    <t>Wilkes-Barre</t>
+  </si>
+  <si>
+    <t>Lincoln</t>
+  </si>
+  <si>
+    <t>Higher Education Loan Authority of the state of Missouri</t>
+  </si>
+  <si>
+    <t xml:space="preserve">633 Spirit Drive </t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-1442770</t>
+  </si>
+  <si>
+    <t xml:space="preserve">555 Vandiver Drive </t>
+  </si>
+  <si>
+    <t>65202-1508</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_B-1763180</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11100 USA Parkway </t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_B-2674265</t>
+  </si>
+  <si>
+    <t xml:space="preserve">220 Lasley Ave. </t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_B-2674518</t>
+  </si>
+  <si>
+    <t>HIGHER EDUCATION SERVICING CORPORATION</t>
+  </si>
+  <si>
+    <t>4381 W GREEN OAKS BLVD SUITE 200</t>
+  </si>
+  <si>
+    <t>ARLINGTON</t>
+  </si>
+  <si>
+    <t>76016-4452</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-1646325</t>
+  </si>
+  <si>
+    <t>Institutional Student Finance Corporation</t>
+  </si>
+  <si>
+    <t>2080 Silas Deane Highway Suite 302</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-1515118</t>
+  </si>
+  <si>
+    <t>Launch Servicing, LLC</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-1766839</t>
+  </si>
+  <si>
+    <t>5109 S. Broadband Lane Suite 400</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_B-1776356</t>
+  </si>
+  <si>
+    <t>LendKey Technologies, Inc.</t>
+  </si>
+  <si>
+    <t>9999 Carver Road Suite 400</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-1266627</t>
+  </si>
+  <si>
+    <t>Lincoln Technical Institute, Inc.</t>
+  </si>
+  <si>
+    <t>14 Sylvan Way Suite A</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-1879832</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 Progress Drive </t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_B-2162187</t>
+  </si>
+  <si>
+    <t xml:space="preserve">97 Newberry Road </t>
+  </si>
+  <si>
+    <t>East Windsor</t>
+  </si>
+  <si>
+    <t>06908</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_B-2162194</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 John Downey Drive </t>
+  </si>
+  <si>
+    <t>New Britain</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_B-2162198</t>
+  </si>
+  <si>
+    <t>Massachusetts Educational Financing Authority</t>
+  </si>
+  <si>
+    <t>60 State Street Suite 900</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-1724150</t>
+  </si>
+  <si>
+    <t>200 Clarendon Street 20th Floor</t>
+  </si>
+  <si>
+    <t>MIA SHARE INC.</t>
+  </si>
+  <si>
+    <t>10897 South River Front Parkway Suite 500</t>
+  </si>
+  <si>
+    <t>South Jordan</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-2490528</t>
+  </si>
+  <si>
+    <t>Monogram LLC</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-2542102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13865 Sunrise Valley Drive </t>
+  </si>
+  <si>
+    <t>Herndon</t>
+  </si>
+  <si>
+    <t>Navient Refinance Solutions, LLC</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-2719339</t>
+  </si>
+  <si>
+    <t>Navient Solutions, LLC</t>
+  </si>
+  <si>
+    <t>13865 Sunrise Valley Drive Suite 110</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-212430</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_B-1512635</t>
+  </si>
+  <si>
+    <t>Nelnet Servicing, LLC</t>
+  </si>
+  <si>
+    <t>121 South 13th Street Suite 100</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-1508613</t>
+  </si>
+  <si>
+    <t xml:space="preserve">401 South 21st Street </t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_B-1861442</t>
+  </si>
+  <si>
+    <t>Paramount Capital Group, LLC</t>
+  </si>
+  <si>
+    <t>1150 First Avenue Suite 1001</t>
+  </si>
+  <si>
+    <t>King of Prussia</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-1114719</t>
   </si>
   <si>
     <t>Harrisburg</t>
   </si>
   <si>
-    <t>EdAid Limited</t>
-[...283 lines deleted...]
-  <si>
     <t>Pennsylvania Higher Education Assistance Agency</t>
   </si>
   <si>
     <t xml:space="preserve">1200 North 7th Street </t>
   </si>
   <si>
     <t>17102-1444</t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-1619466</t>
   </si>
   <si>
     <t>Prodigy Finance Servicing, LLC</t>
   </si>
   <si>
     <t>333 Las Olas Way CU4 Suite #426</t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-2155440</t>
   </si>
   <si>
     <t>Real Time Resolutions, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">1349 Empire Central Drive, Suite 1300 </t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-9745</t>
   </si>
   <si>
-    <t xml:space="preserve">1951 West Camelback Road, Suite 115 </t>
+    <t>3110 N Central Ave - Suite D-160 Office 145 and 157</t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_B-1486458</t>
   </si>
   <si>
     <t>Rhode Island Student Loan Authority</t>
   </si>
   <si>
     <t xml:space="preserve">935 Jefferson Blvd Suite 3000 </t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-1512734</t>
   </si>
   <si>
     <t>Sterling</t>
   </si>
   <si>
     <t>SoFI Lending Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">2750 E Cottonwood Parkway, Suite 300 </t>
   </si>
   <si>
     <t>Cottonwood Heights</t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-1121636</t>
   </si>
   <si>
     <t>Southwood Financial LLC</t>
   </si>
   <si>
     <t xml:space="preserve">45610 Woodland Road, Suite 440 </t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-2490252</t>
   </si>
   <si>
     <t>Splash Financial, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">812 Huron Rd. E. Suite # 350 </t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-1630038</t>
   </si>
   <si>
+    <t>Stratus Financial LLC</t>
+  </si>
+  <si>
+    <t>2901 W. Coast Highway Suite 200</t>
+  </si>
+  <si>
+    <t>CTSTUDENTLNSERVICER_C-2324575</t>
+  </si>
+  <si>
     <t>TFC Credit Corporation of California</t>
   </si>
   <si>
     <t>2010 Crow Canyon Place Suite 300</t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-1708442</t>
   </si>
   <si>
     <t>Tuition Options LLC</t>
   </si>
   <si>
     <t>5 Eves Drive Suite 101</t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-1028330</t>
   </si>
   <si>
-    <t>Unifund CCR, LLC</t>
-[...4 lines deleted...]
-  <si>
     <t>UNISA Inc.</t>
   </si>
   <si>
     <t>7400 E ARAPAHOE RD SUITE 10</t>
   </si>
   <si>
     <t>ENGLEWOOD</t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-1836396</t>
   </si>
   <si>
     <t>Universal Account Servicing, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">603 East Street, Suite 301 </t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-1060516</t>
   </si>
   <si>
     <t>University Accounting Service, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">150 N. Field Drive, Two Conway Park, Suite 200A </t>
@@ -822,51 +795,51 @@
   <si>
     <t>10182 Telesis Ct Suite 300</t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-1909062</t>
   </si>
   <si>
     <t xml:space="preserve">2700 S Lorraine Place </t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_B-2098262</t>
   </si>
   <si>
     <t>ZuntaFi Corp</t>
   </si>
   <si>
     <t xml:space="preserve">105 1st Ave SW </t>
   </si>
   <si>
     <t>Aberdeen</t>
   </si>
   <si>
     <t>CTSTUDENTLNSERVICER_C-1359207</t>
   </si>
   <si>
-    <t>Student Loan Servicer Licensees as of December 5, 2025</t>
+    <t>Student Loan Servicer Licensees as of February 5, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
@@ -1716,1684 +1689,1632 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{31FF8ED1-F974-418C-8A2D-2ECF37D600A5}">
-  <dimension ref="A1:H62"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{23FA08FF-C5AD-4CDB-9E02-05A664BC0BC4}">
+  <dimension ref="A1:H60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="45.33203125" style="1" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="40.109375" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="42.77734375" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.33203125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5.44140625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.88671875" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31.109375" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="34" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="17.88671875" style="1" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="8.88671875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customFormat="1" ht="21" x14ac:dyDescent="0.4">
       <c r="A1" s="5" t="s">
-        <v>268</v>
+        <v>259</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="6"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
     </row>
-    <row r="2" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F2" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G2" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H2" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E3" s="1">
         <v>50266</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H3" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E4" s="1">
         <v>40223</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H4" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>15</v>
+        <v>41</v>
       </c>
       <c r="E5" s="1">
-        <v>60173</v>
+        <v>19801</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H5" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>19801</v>
+        <v>35</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>78</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H6" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>79</v>
+        <v>28</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>29</v>
+      </c>
+      <c r="E7" s="1">
+        <v>85251</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H7" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="E8" s="1">
-        <v>85251</v>
+        <v>14227</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="H8" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="1">
-        <v>14227</v>
+        <v>14450</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="H9" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>88</v>
+        <v>52</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="E10" s="1">
-        <v>14450</v>
+        <v>78205</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H10" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="E11" s="1">
-        <v>78205</v>
+        <v>84101</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="H11" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E12" s="1">
-        <v>84101</v>
+        <v>94612</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="H12" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>66</v>
+        <v>8</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E13" s="1">
-        <v>94612</v>
+        <v>10013</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H13" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>8</v>
+        <v>110</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="E14" s="1">
-        <v>10013</v>
+        <v>27104</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="H14" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>67</v>
+        <v>107</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="E15" s="1">
-        <v>27104</v>
+        <v>15108</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="H15" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>15108</v>
+        <v>33</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>121</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="H16" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F17" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G17" s="1" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="H17" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>39</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>131</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="H18" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A19" s="1" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>116</v>
+        <v>93</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>36</v>
+      </c>
+      <c r="E19" s="1">
+        <v>46037</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="H19" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>95</v>
+        <v>125</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="E20" s="1">
-        <v>46037</v>
+        <v>18706</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="H20" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E21" s="1">
+        <v>63005</v>
+      </c>
+      <c r="F21" s="1" t="s">
         <v>129</v>
       </c>
-      <c r="D21" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G21" s="1" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="H21" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>63005</v>
+        <v>21</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>140</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H22" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
         <v>142</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>143</v>
       </c>
       <c r="C23" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="D23" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G23" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H23" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B24" s="1" t="s">
         <v>147</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C24" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E24" s="1">
+        <v>57108</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="C24" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G24" s="1" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="H24" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>152</v>
+        <v>54</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>65</v>
+        <v>14</v>
       </c>
       <c r="E25" s="1">
-        <v>57108</v>
+        <v>92101</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="H25" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="B26" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="B26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="1" t="s">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="E26" s="1">
-        <v>92101</v>
+        <v>45242</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>151</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H26" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>45242</v>
+        <v>12</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>156</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="H27" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="B28" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="1" t="s">
-        <v>44</v>
+        <v>158</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>45</v>
+        <v>159</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="H28" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B29" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>164</v>
+        <v>83</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="H29" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>166</v>
+        <v>153</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>167</v>
+        <v>42</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>85</v>
+        <v>43</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>168</v>
+        <v>154</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="H30" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>42</v>
+        <v>124</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H31" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="32" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A32" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>169</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="C32" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>30</v>
+      </c>
+      <c r="E32" s="1">
+        <v>84095</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>171</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H32" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="33" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F33" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G33" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H33" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="34" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A34" s="1" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>61</v>
+        <v>175</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>22</v>
+      </c>
+      <c r="E34" s="1">
+        <v>20171</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H34" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="35" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A35" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E35" s="1">
+        <v>46037</v>
+      </c>
+      <c r="F35" s="1" t="s">
         <v>181</v>
       </c>
-      <c r="B35" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G35" s="1" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="H35" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>186</v>
+        <v>175</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E36" s="1">
         <v>20171</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H36" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A37" s="1" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>138</v>
+        <v>185</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="E37" s="1">
-        <v>46037</v>
+        <v>68510</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="H37" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="38" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A38" s="1" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>186</v>
+        <v>126</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E38" s="1">
-        <v>20171</v>
+        <v>68508</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H38" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>130</v>
+        <v>189</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="E39" s="1">
-        <v>68510</v>
+        <v>19406</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="H39" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="40" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A40" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E40" s="1" t="s">
         <v>194</v>
-      </c>
-[...7 lines deleted...]
-        <v>68508</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>195</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H40" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="41" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A41" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" s="1">
+        <v>33301</v>
+      </c>
+      <c r="F41" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="B41" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G41" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H41" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="42" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A42" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E42" s="1">
+        <v>85012</v>
+      </c>
+      <c r="F42" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="C42" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G42" s="1" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="H42" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="43" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A43" s="1" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="E43" s="1">
-        <v>33301</v>
+        <v>75247</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H43" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="44" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>85015</v>
+        <v>16</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>46</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="H44" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="45" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A45" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>209</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="C45" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" s="1" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="E45" s="1">
-        <v>75247</v>
+        <v>84121</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>211</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H45" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="46" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A46" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E46" s="1">
+        <v>20166</v>
+      </c>
+      <c r="F46" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="B46" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G46" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H46" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A47" s="1" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>220</v>
+        <v>92</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E47" s="1">
-        <v>84121</v>
+        <v>44115</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H47" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A48" s="1" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>217</v>
+        <v>38</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="E48" s="1">
-        <v>20166</v>
+        <v>92663</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H48" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A49" s="1" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="E49" s="1">
-        <v>44115</v>
+        <v>94583</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H49" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="50" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A50" s="1" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>71</v>
+        <v>25</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>94583</v>
+        <v>10</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>26</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H50" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="51" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A51" s="1" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>25</v>
+        <v>229</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>27</v>
+      </c>
+      <c r="E51" s="1">
+        <v>80112</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H51" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A52" s="1" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>99</v>
+        <v>232</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>100</v>
+        <v>123</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E52" s="1">
-        <v>45242</v>
+        <v>64152</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H52" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A53" s="1" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>238</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="E53" s="1">
-        <v>80112</v>
+        <v>19034</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>239</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="H53" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="54" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A54" s="1" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>127</v>
+        <v>23</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="E54" s="1">
-        <v>64152</v>
+        <v>60045</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H54" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="55" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="B55" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="B55" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="1" t="s">
-        <v>247</v>
+        <v>53</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="E55" s="1">
-        <v>19034</v>
+        <v>43215</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="H55" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="56" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E56" s="1">
-        <v>60045</v>
+        <v>94403</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H56" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="57" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A57" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F57" s="1" t="s">
         <v>249</v>
       </c>
-      <c r="B57" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G57" s="1" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="H57" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="58" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A58" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>37</v>
+        <v>67</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="E58" s="1">
-        <v>94403</v>
+        <v>57106</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="H58" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="59" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A59" s="1" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>256</v>
+        <v>13</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>14</v>
+      </c>
+      <c r="E59" s="1">
+        <v>92121</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H59" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="60" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A60" s="1" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>64</v>
+        <v>257</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="E60" s="1">
-        <v>57106</v>
+        <v>57401</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>93</v>
+        <v>59</v>
       </c>
       <c r="H60" s="3">
-        <v>45996</v>
-[...51 lines deleted...]
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W4156">
-    <sortCondition ref="A3:A4156"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W3994">
+    <sortCondition ref="A3:A3994"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Untitled (27)</vt:lpstr>
+      <vt:lpstr>Untitled (34)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Grillo, Amy B</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>