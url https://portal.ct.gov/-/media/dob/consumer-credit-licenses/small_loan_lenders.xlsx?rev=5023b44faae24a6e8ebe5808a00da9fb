--- v0 (2025-12-16)
+++ v1 (2026-02-12)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - December 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - February 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{21A2C9C8-A81A-4842-B5C2-5D30AC6FBBE0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E81FF5BA-2917-43E5-9FEA-76C329A1BB4F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{7B3F58B6-DDD9-42FD-A7E6-606C65773F35}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{46D65301-D73E-4916-B797-FECEA1732ED0}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="825" uniqueCount="527">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="806" uniqueCount="517">
   <si>
     <t>Better Loan Society, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">1525 Kings Highway East </t>
   </si>
   <si>
     <t>Fairfield</t>
   </si>
   <si>
     <t>CT</t>
   </si>
   <si>
     <t>06824</t>
   </si>
   <si>
     <t>SLC-BCH-2396573</t>
   </si>
   <si>
     <t>CT Small Loan Company Branch License</t>
   </si>
   <si>
     <t>Caribou Financial, Inc.</t>
   </si>
   <si>
@@ -247,1416 +247,1386 @@
   <si>
     <t>West Palm Beach</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
     <t>SLC-BCH-2689553</t>
   </si>
   <si>
     <t>OneMain Consumer Loan, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">725 Industrial Blvd. </t>
   </si>
   <si>
     <t>London</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>SLC-BCH-1054465</t>
   </si>
   <si>
+    <t>Sunbit Now, LLC</t>
+  </si>
+  <si>
+    <t>6750 Via Austi Parkway Suites 400 &amp; 401</t>
+  </si>
+  <si>
+    <t>Las Vegas</t>
+  </si>
+  <si>
+    <t>SLC-BCH-1844702</t>
+  </si>
+  <si>
+    <t>Systems &amp; Services Technologies, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4315 Pickett Road </t>
+  </si>
+  <si>
+    <t>St. Joseph</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>SLC-BCH-2545279</t>
+  </si>
+  <si>
+    <t>Upgrade, Inc.</t>
+  </si>
+  <si>
+    <t>2 N Central Ave 10th Floor</t>
+  </si>
+  <si>
+    <t>Phoenix</t>
+  </si>
+  <si>
+    <t>SLC-BCH-1955422</t>
+  </si>
+  <si>
+    <t>2965 Flowers Road S STE 230</t>
+  </si>
+  <si>
+    <t>Atlanta</t>
+  </si>
+  <si>
+    <t>GA</t>
+  </si>
+  <si>
+    <t>SLC-BCH-2711957</t>
+  </si>
+  <si>
+    <t>Upstart Network, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">711 N. High Street, Suite 500 </t>
+  </si>
+  <si>
+    <t>Columbus</t>
+  </si>
+  <si>
+    <t>OH</t>
+  </si>
+  <si>
+    <t>SLC-BCH-2047093</t>
+  </si>
+  <si>
+    <t>Yamaha Motor Finance Corporation, U.S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3065 Chastain Meadows Parkway, Building 100 </t>
+  </si>
+  <si>
+    <t>Marietta</t>
+  </si>
+  <si>
+    <t>SLC-BCH-1851440</t>
+  </si>
+  <si>
+    <t>AMERICAN HONDA FINANCE CORPORATION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1919 Torrance Blvd. </t>
+  </si>
+  <si>
+    <t>Torrance</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>SLC-18545</t>
+  </si>
+  <si>
+    <t>CT Small Loan Company License</t>
+  </si>
+  <si>
+    <t>American Lending LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2015 whitney ave side A </t>
+  </si>
+  <si>
+    <t>north haven</t>
+  </si>
+  <si>
+    <t>06473</t>
+  </si>
+  <si>
+    <t>SLC-2684450</t>
+  </si>
+  <si>
+    <t>Aqua Finance, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">One Corporate Drive, Suite 300 </t>
+  </si>
+  <si>
+    <t>Wausau</t>
+  </si>
+  <si>
+    <t>WI</t>
+  </si>
+  <si>
+    <t>SLC-1082164</t>
+  </si>
+  <si>
+    <t>Ascent Funding, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">402 West Broadway, 20th Floor </t>
+  </si>
+  <si>
+    <t>San Diego</t>
+  </si>
+  <si>
+    <t>SLC-1761645</t>
+  </si>
+  <si>
+    <t>Auxilior Capital Partners, Inc.</t>
+  </si>
+  <si>
+    <t>620 West Germantown Pike Suite 450</t>
+  </si>
+  <si>
+    <t>Plymouth Meeting</t>
+  </si>
+  <si>
+    <t>PA</t>
+  </si>
+  <si>
+    <t>SLC-2005298</t>
+  </si>
+  <si>
+    <t>Avant, LLC</t>
+  </si>
+  <si>
+    <t>222 W. Merchandise Mart Plaza Suite 900</t>
+  </si>
+  <si>
+    <t>Chicago</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>SLC-1246731</t>
+  </si>
+  <si>
+    <t>Aven Financial, Inc.</t>
+  </si>
+  <si>
+    <t>910 Campisi Way, Suite 2D Attn Room 1</t>
+  </si>
+  <si>
+    <t>Campbell</t>
+  </si>
+  <si>
+    <t>SLC-2042345</t>
+  </si>
+  <si>
+    <t xml:space="preserve">530 Silas Deane Highway, suite 230 </t>
+  </si>
+  <si>
+    <t>Wethersfield</t>
+  </si>
+  <si>
+    <t>06109</t>
+  </si>
+  <si>
+    <t>SLC-77271</t>
+  </si>
+  <si>
+    <t>Capital Collection Management LLC</t>
+  </si>
+  <si>
+    <t>318 S. Clinton Street Suite 400</t>
+  </si>
+  <si>
+    <t>Syracuse</t>
+  </si>
+  <si>
+    <t>NY</t>
+  </si>
+  <si>
+    <t>SLC-1631249</t>
+  </si>
+  <si>
+    <t>1200 17th Street Suite 200</t>
+  </si>
+  <si>
+    <t>Denver</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>SLC-1746612</t>
+  </si>
+  <si>
+    <t>CHERRY TECHNOLOGIES INC.</t>
+  </si>
+  <si>
+    <t>2 Embarcadero Center 8th floor</t>
+  </si>
+  <si>
+    <t>San Francisco</t>
+  </si>
+  <si>
+    <t>SLC-2061234</t>
+  </si>
+  <si>
+    <t>ClarityPay Program Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">368 9th Ave., 6th Floor </t>
+  </si>
+  <si>
+    <t>New York</t>
+  </si>
+  <si>
+    <t>SLC-2624183</t>
+  </si>
+  <si>
+    <t>Climb Investco, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6543 S Las Vegas Blvd </t>
+  </si>
+  <si>
+    <t>SLC-1240013</t>
+  </si>
+  <si>
+    <t>3160 Crow Canyon Road #400</t>
+  </si>
+  <si>
+    <t>San Ramon</t>
+  </si>
+  <si>
+    <t>SLC-1820</t>
+  </si>
+  <si>
+    <t>Collectio I Lockbox SPV, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4850 T-Rex Avenue, Suite 101 </t>
+  </si>
+  <si>
+    <t>Boca Raton</t>
+  </si>
+  <si>
+    <t>SLC-2552557</t>
+  </si>
+  <si>
+    <t>College Ave Student Loan Servicing, LLC</t>
+  </si>
+  <si>
+    <t>233 N. King Street Suite 400</t>
+  </si>
+  <si>
+    <t>Wilmington</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>SLC-1263410</t>
+  </si>
+  <si>
+    <t>Credible Operations, Inc.</t>
+  </si>
+  <si>
+    <t>110 Corcoran Street 5th Floor Suite 151</t>
+  </si>
+  <si>
+    <t>Durham</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>SLC-1681276</t>
+  </si>
+  <si>
+    <t>Credit Karma Offers, Inc.</t>
+  </si>
+  <si>
+    <t>1100 Broadway STE 1800</t>
+  </si>
+  <si>
+    <t>Oakland</t>
+  </si>
+  <si>
+    <t>SLC-1628077</t>
+  </si>
+  <si>
+    <t>credit9, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18200 Von Karman Avenue, Suite 500 </t>
+  </si>
+  <si>
+    <t>Irvine</t>
+  </si>
+  <si>
+    <t>SLC-1700005</t>
+  </si>
+  <si>
+    <t>Credova Financial, LLC</t>
+  </si>
+  <si>
+    <t>515 W. Aspen Street Ste 200C</t>
+  </si>
+  <si>
+    <t>Bozeman</t>
+  </si>
+  <si>
+    <t>MT</t>
+  </si>
+  <si>
+    <t>SLC-1818530</t>
+  </si>
+  <si>
+    <t>300 Frank H. Ogawa Plaza Suite 340</t>
+  </si>
+  <si>
+    <t>SLC-1204917</t>
+  </si>
+  <si>
+    <t>eBay Commerce Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2065 Hamilton Avenue </t>
+  </si>
+  <si>
+    <t>San Jose</t>
+  </si>
+  <si>
+    <t>SLC-1774459</t>
+  </si>
+  <si>
+    <t>EnFin Corp.</t>
+  </si>
+  <si>
+    <t>300 Spectrum Center Drive Ste 500</t>
+  </si>
+  <si>
+    <t>SLC-2293461</t>
+  </si>
+  <si>
+    <t>Equity Sales Finance, Inc.</t>
+  </si>
+  <si>
+    <t>6900 Wedgewood Road Suite 150</t>
+  </si>
+  <si>
+    <t>Maple Grove</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>SLC-1820822</t>
+  </si>
+  <si>
+    <t>Exeter Finance LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2101 W. John Carpenter Freeway </t>
+  </si>
+  <si>
+    <t>Irving</t>
+  </si>
+  <si>
+    <t>TX</t>
+  </si>
+  <si>
+    <t>SLC-967404</t>
+  </si>
+  <si>
+    <t>1600 Osgood Street Suite 3058</t>
+  </si>
+  <si>
+    <t>North Andover</t>
+  </si>
+  <si>
+    <t>01845</t>
+  </si>
+  <si>
+    <t>SLC-959428</t>
+  </si>
+  <si>
+    <t>Fastlane Lending Solutions, LLC</t>
+  </si>
+  <si>
+    <t>4425 Ponce De Leon Blvd., Ste. 4-032</t>
+  </si>
+  <si>
+    <t>Coral Gables</t>
+  </si>
+  <si>
+    <t>SLC-2553773</t>
+  </si>
+  <si>
+    <t>FCC Finance LLC</t>
+  </si>
+  <si>
+    <t>5800 Democracy Drive Suite 250</t>
+  </si>
+  <si>
+    <t>Plano</t>
+  </si>
+  <si>
+    <t>SLC-120321</t>
+  </si>
+  <si>
+    <t>Fenix Capital Group, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">603 East Street, Suite 401 </t>
+  </si>
+  <si>
+    <t>Parkville</t>
+  </si>
+  <si>
+    <t>SLC-1889182</t>
+  </si>
+  <si>
+    <t xml:space="preserve">650 S. Tryon Street, 8th Floor </t>
+  </si>
+  <si>
+    <t>Charlotte</t>
+  </si>
+  <si>
+    <t>SLC-1717824</t>
+  </si>
+  <si>
+    <t>FinFit Ops, LLC</t>
+  </si>
+  <si>
+    <t>272 Bendix Road Suite 525</t>
+  </si>
+  <si>
+    <t>Virginia Beach</t>
+  </si>
+  <si>
+    <t>VA</t>
+  </si>
+  <si>
+    <t>SLC-1263032</t>
+  </si>
+  <si>
+    <t>Finosu, Inc.</t>
+  </si>
+  <si>
+    <t>169 Madison Ave STE 11311</t>
+  </si>
+  <si>
+    <t>SLC-2671499</t>
+  </si>
+  <si>
+    <t>Foundation Finance Company LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10101 Market Street, Suite B100 </t>
+  </si>
+  <si>
+    <t>Rothschild</t>
+  </si>
+  <si>
+    <t>SLC-916914</t>
+  </si>
+  <si>
+    <t>FTL Capital Partners, LLC</t>
+  </si>
+  <si>
+    <t>820 S. Main Street Suite 300</t>
+  </si>
+  <si>
+    <t>Saint Charles</t>
+  </si>
+  <si>
+    <t>SLC-2133635</t>
+  </si>
+  <si>
+    <t>Full Beaker, Inc.</t>
+  </si>
+  <si>
+    <t>11900 NE 1st St Ste 300, Building G, RM 3014</t>
+  </si>
+  <si>
+    <t>Bellevue</t>
+  </si>
+  <si>
+    <t>WA</t>
+  </si>
+  <si>
+    <t>SLC-1019791</t>
+  </si>
+  <si>
+    <t>Funding University, Inc.</t>
+  </si>
+  <si>
+    <t>309 East Paces Ferry Road NE Suite 400</t>
+  </si>
+  <si>
+    <t>SLC-1819881</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1200 Brookfield Blvd., Ste. 300 </t>
+  </si>
+  <si>
+    <t>Greenville</t>
+  </si>
+  <si>
+    <t>SC</t>
+  </si>
+  <si>
+    <t>SLC-1089726</t>
+  </si>
+  <si>
+    <t xml:space="preserve">78 SW 7th St, Suite 08-116 </t>
+  </si>
+  <si>
+    <t>Miami</t>
+  </si>
+  <si>
+    <t>SLC-2277799</t>
+  </si>
+  <si>
+    <t>Guaranteed Rate, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3940 N Ravenswood </t>
+  </si>
+  <si>
+    <t>SLC-2611</t>
+  </si>
+  <si>
+    <t>Happy Money, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21515 Hawthorne Blvd., Suite 200 </t>
+  </si>
+  <si>
+    <t>SLC-1396805</t>
+  </si>
+  <si>
+    <t>Harley-Davidson Credit Corp.</t>
+  </si>
+  <si>
+    <t>9850 Double R Blvd Suite 100</t>
+  </si>
+  <si>
+    <t>SLC-206168</t>
+  </si>
+  <si>
+    <t>Headway Sales Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2600 Capitol Ave, Suite 320 </t>
+  </si>
+  <si>
+    <t>Sacramento</t>
+  </si>
+  <si>
+    <t>SLC-1817022</t>
+  </si>
+  <si>
+    <t>Higher Education Loan Authority of the state of Missouri</t>
+  </si>
+  <si>
+    <t xml:space="preserve">633 Spirit Drive </t>
+  </si>
+  <si>
+    <t>Chesterfield</t>
+  </si>
+  <si>
+    <t>SLC-1442770</t>
+  </si>
+  <si>
+    <t>iCreditWorks Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">485E US Highway 1 South, Suite 210 </t>
+  </si>
+  <si>
+    <t>Iselin</t>
+  </si>
+  <si>
+    <t>NJ</t>
+  </si>
+  <si>
+    <t>08830</t>
+  </si>
+  <si>
+    <t>SLC-1902156</t>
+  </si>
+  <si>
+    <t>Immediate Solutions, Inc.</t>
+  </si>
+  <si>
+    <t>119 Euclid Ave Ste 2B</t>
+  </si>
+  <si>
+    <t>Birmingham</t>
+  </si>
+  <si>
+    <t>AL</t>
+  </si>
+  <si>
+    <t>SLC-2592436</t>
+  </si>
+  <si>
+    <t>Intuit Financing Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2700 Coast Avenue </t>
+  </si>
+  <si>
+    <t>Mountain View</t>
+  </si>
+  <si>
+    <t>SLC-1136148</t>
+  </si>
+  <si>
+    <t>Ironhorse Funding LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 Cummings Center, Suite 233G </t>
+  </si>
+  <si>
+    <t>Beverly</t>
+  </si>
+  <si>
+    <t>01915</t>
+  </si>
+  <si>
+    <t>SLC-1743763</t>
+  </si>
+  <si>
+    <t>Kashable LLC</t>
+  </si>
+  <si>
+    <t>500 Fifth Avenue 27th Floor</t>
+  </si>
+  <si>
+    <t>SLC-1373339</t>
+  </si>
+  <si>
+    <t>Klarna Inc.</t>
+  </si>
+  <si>
+    <t>800 N High Street Suite 04-121, 4th Floor</t>
+  </si>
+  <si>
+    <t>SLC-1353190</t>
+  </si>
+  <si>
+    <t>SLC-1766839</t>
+  </si>
+  <si>
+    <t>Lendbuzz Funding LLC</t>
+  </si>
+  <si>
+    <t>100 Summer Street Suite 1920</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>02110</t>
+  </si>
+  <si>
+    <t>SLC-1636296</t>
+  </si>
+  <si>
+    <t>LendingTree, LLC</t>
+  </si>
+  <si>
+    <t>1415 Vantage Park Drive Suite 700</t>
+  </si>
+  <si>
+    <t>SLC-1136</t>
+  </si>
+  <si>
+    <t>LH Lending LLC</t>
+  </si>
+  <si>
+    <t>3450 North Triumph Blvd Suite 102, Office #125</t>
+  </si>
+  <si>
+    <t>Lehi</t>
+  </si>
+  <si>
+    <t>SLC-2552401</t>
+  </si>
+  <si>
+    <t>loanDepot.com, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6561 Irvine Center Drive </t>
+  </si>
+  <si>
+    <t>SLC-174457</t>
+  </si>
+  <si>
+    <t>Marlette Marketing, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3419 Silverside Road </t>
+  </si>
+  <si>
+    <t>SLC-1849194</t>
+  </si>
+  <si>
+    <t>Marlette Servicing, LLC</t>
+  </si>
+  <si>
+    <t>SLC-1849345</t>
+  </si>
+  <si>
+    <t>MBOCAL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">970 Reserve Drive Ste. 201 </t>
+  </si>
+  <si>
+    <t>Roseville</t>
+  </si>
+  <si>
+    <t>SLC-1196442</t>
+  </si>
+  <si>
+    <t>Momnt Servicing Company LLC</t>
+  </si>
+  <si>
+    <t>4 Concourse Parkway Suite 150</t>
+  </si>
+  <si>
+    <t>SLC-2373805</t>
+  </si>
+  <si>
+    <t>Monogram LLC</t>
+  </si>
+  <si>
+    <t>200 Clarendon Street 20th Floor</t>
+  </si>
+  <si>
+    <t>02116</t>
+  </si>
+  <si>
+    <t>SLC-2542102</t>
+  </si>
+  <si>
+    <t>Monterey Financial Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4095 AVENIDA DE LA PLATA </t>
+  </si>
+  <si>
+    <t>OCEANSIDE</t>
+  </si>
+  <si>
+    <t>SLC-253155</t>
+  </si>
+  <si>
+    <t>National Energy Improvement Fund, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1005 Brookside Road, Suite 200 </t>
+  </si>
+  <si>
+    <t>Allentown</t>
+  </si>
+  <si>
+    <t>SLC-1723196</t>
+  </si>
+  <si>
+    <t>NerdWallet Compare, Inc.</t>
+  </si>
+  <si>
+    <t>19 S. B Street Suite 9</t>
+  </si>
+  <si>
+    <t>San Mateo</t>
+  </si>
+  <si>
+    <t>SLC-1617539</t>
+  </si>
+  <si>
+    <t>360 South Rosemary Avenue Suite 1900</t>
+  </si>
+  <si>
+    <t>SLC-1043</t>
+  </si>
+  <si>
+    <t>New Reach Lending Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">269 Peck Street </t>
+  </si>
+  <si>
+    <t>New Haven</t>
+  </si>
+  <si>
+    <t>06513</t>
+  </si>
+  <si>
+    <t>SLC-2638736</t>
+  </si>
+  <si>
+    <t>Notable Finance, LLC</t>
+  </si>
+  <si>
+    <t>6 Landmark Square 4th Floor</t>
+  </si>
+  <si>
+    <t>Stamford</t>
+  </si>
+  <si>
+    <t>06901</t>
+  </si>
+  <si>
+    <t>SLC-1824748</t>
+  </si>
+  <si>
+    <t>Oasis Legal Finance, LLC</t>
+  </si>
+  <si>
+    <t>9525 W. Bryn Mawr Avenue Suite 900</t>
+  </si>
+  <si>
+    <t>Rosemont</t>
+  </si>
+  <si>
+    <t>SLC-1512432</t>
+  </si>
+  <si>
+    <t xml:space="preserve">601 NW Second St. </t>
+  </si>
+  <si>
+    <t>Evansville</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>SLC-937358</t>
+  </si>
+  <si>
+    <t>OneProgress Services LLC</t>
+  </si>
+  <si>
+    <t>53 Beach St. 2nd Floor</t>
+  </si>
+  <si>
+    <t>SLC-2460509</t>
+  </si>
+  <si>
+    <t>Onslow Bay Financial LLC</t>
+  </si>
+  <si>
+    <t>1211 Avenue of the Americas 41st Floor</t>
+  </si>
+  <si>
+    <t>SLC-1101477</t>
+  </si>
+  <si>
+    <t>PayPal, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2211 N. First Street </t>
+  </si>
+  <si>
+    <t>SLC-910457</t>
+  </si>
+  <si>
+    <t>PayTomorrow, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13801 Reese Boulevard West Suite 225 </t>
+  </si>
+  <si>
+    <t>Huntersville</t>
+  </si>
+  <si>
+    <t>SLC-2037230</t>
+  </si>
+  <si>
+    <t>Pennsylvania Higher Education Assistance Agency</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1200 North 7th Street </t>
+  </si>
+  <si>
+    <t>Harrisburg</t>
+  </si>
+  <si>
+    <t>17102-1444</t>
+  </si>
+  <si>
+    <t>SLC-1619466</t>
+  </si>
+  <si>
+    <t>Planet Home Lending, LLC</t>
+  </si>
+  <si>
+    <t>321 Research Parkway STE 303</t>
+  </si>
+  <si>
+    <t>Meriden</t>
+  </si>
+  <si>
+    <t>06450</t>
+  </si>
+  <si>
+    <t>SLC-17022</t>
+  </si>
+  <si>
+    <t>Prosper Funding LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">221 Main St., Ste 300 </t>
+  </si>
+  <si>
+    <t>SLC-1398502</t>
+  </si>
+  <si>
+    <t>Prosper Marketplace, Inc.</t>
+  </si>
+  <si>
+    <t>221 Main Street 3rd Floor</t>
+  </si>
+  <si>
+    <t>94105-1911</t>
+  </si>
+  <si>
+    <t>SLC-111473</t>
+  </si>
+  <si>
+    <t>Remitly, Inc.</t>
+  </si>
+  <si>
+    <t>401 Union St. Suite 1000</t>
+  </si>
+  <si>
+    <t>Seattle</t>
+  </si>
+  <si>
+    <t>SLC-1028236</t>
+  </si>
+  <si>
+    <t>Renovation Finance LLC</t>
+  </si>
+  <si>
+    <t>1189 Lancaster Ave Suite 207</t>
+  </si>
+  <si>
+    <t>Berwyn</t>
+  </si>
+  <si>
+    <t>SLC-1802847</t>
+  </si>
+  <si>
+    <t>rFinance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5909 Omaha Ave. N </t>
+  </si>
+  <si>
+    <t>Oak Park Heights</t>
+  </si>
+  <si>
+    <t>SLC-2357414</t>
+  </si>
+  <si>
+    <t>Self Credit LLC</t>
+  </si>
+  <si>
+    <t>901 E. 6th Street Suite 400</t>
+  </si>
+  <si>
+    <t>Austin</t>
+  </si>
+  <si>
+    <t>SLC-2167345</t>
+  </si>
+  <si>
+    <t>Sezzle Inc.</t>
+  </si>
+  <si>
+    <t>700 Nicollet Mall Suite 640</t>
+  </si>
+  <si>
+    <t>Minneapolis</t>
+  </si>
+  <si>
+    <t>SLC-1950862</t>
+  </si>
+  <si>
+    <t>Shogun Enterprises Inc.</t>
+  </si>
+  <si>
+    <t>368 Ninth Avenue # 09-110</t>
+  </si>
+  <si>
+    <t>SLC-1628533</t>
+  </si>
+  <si>
+    <t>SoFI Lending Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2750 E Cottonwood Parkway, Suite 300 </t>
+  </si>
+  <si>
+    <t>Cottonwood Heights</t>
+  </si>
+  <si>
+    <t>SLC-1121636</t>
+  </si>
+  <si>
+    <t>South Carolina Student Loan Corporation</t>
+  </si>
+  <si>
+    <t>1901 Main St. Suite 400</t>
+  </si>
+  <si>
+    <t>Columbia</t>
+  </si>
+  <si>
+    <t>SLC-1509953</t>
+  </si>
+  <si>
+    <t>Splash Financial, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">812 Huron Rd. E. Suite # 350 </t>
+  </si>
+  <si>
+    <t>Cleveland</t>
+  </si>
+  <si>
+    <t>SLC-1630038</t>
+  </si>
+  <si>
+    <t>Splitit Consumer Funding LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">211 Perimeter Center Parkway, Suite 240 </t>
+  </si>
+  <si>
+    <t>SLC-2630622</t>
+  </si>
+  <si>
     <t>Square Capital, LLC</t>
   </si>
   <si>
-    <t>136 South Main Street Suite 400</t>
-[...302 lines deleted...]
-    <t>SLC-1818530</t>
+    <t>1955 Broadway Suite 815</t>
+  </si>
+  <si>
+    <t>SLC-1473167</t>
+  </si>
+  <si>
+    <t>Stratus Financial LLC</t>
+  </si>
+  <si>
+    <t>2901 W. Coast Highway Suite 200</t>
+  </si>
+  <si>
+    <t>Newport Beach</t>
+  </si>
+  <si>
+    <t>SLC-2324575</t>
+  </si>
+  <si>
+    <t>Stream Innovations Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 Barr Harbor </t>
+  </si>
+  <si>
+    <t>Conshohocken</t>
+  </si>
+  <si>
+    <t>SLC-2457938</t>
+  </si>
+  <si>
+    <t>10940 Wilshire Boulevard Suites 1850 and 1850A</t>
+  </si>
+  <si>
+    <t>Los Angeles</t>
+  </si>
+  <si>
+    <t>SLC-1760582</t>
+  </si>
+  <si>
+    <t>Sunlight Financial LLC</t>
+  </si>
+  <si>
+    <t>101 North Tryon Street Suite 900</t>
+  </si>
+  <si>
+    <t>SLC-1670240</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5161 Calfornia Ave., Ste 100 </t>
+  </si>
+  <si>
+    <t>SLC-950746</t>
+  </si>
+  <si>
+    <t>Truvion</t>
+  </si>
+  <si>
+    <t>2151 Michelson Drive Suite 282</t>
+  </si>
+  <si>
+    <t>SLC-2456385</t>
+  </si>
+  <si>
+    <t>Universal Account Servicing, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">603 East Street, Suite 301 </t>
+  </si>
+  <si>
+    <t>SLC-1060516</t>
+  </si>
+  <si>
+    <t>275 Battery Street Suite 2300</t>
+  </si>
+  <si>
+    <t>SLC-1548935</t>
+  </si>
+  <si>
+    <t>2950 South Delaware Street Suite 410</t>
+  </si>
+  <si>
+    <t>SLC-936133</t>
+  </si>
+  <si>
+    <t>US CLAIMS CAPITAL, LLC</t>
+  </si>
+  <si>
+    <t>SLC-2530828</t>
+  </si>
+  <si>
+    <t>US Claims Connecticut, LLC</t>
+  </si>
+  <si>
+    <t>SLC-2513033</t>
+  </si>
+  <si>
+    <t>Vervent Inc.</t>
+  </si>
+  <si>
+    <t>10182 Telesis Ct Suite 300</t>
+  </si>
+  <si>
+    <t>SLC-1909062</t>
+  </si>
+  <si>
+    <t>Viva Finance Inc.</t>
+  </si>
+  <si>
+    <t>112 Krog Street NE Suite D145</t>
+  </si>
+  <si>
+    <t>SLC-1905666</t>
+  </si>
+  <si>
+    <t>Watercress Financial Group LLC</t>
+  </si>
+  <si>
+    <t>2829 Westown Parkway Suite 200</t>
+  </si>
+  <si>
+    <t>West Des Moines</t>
+  </si>
+  <si>
+    <t>IA</t>
+  </si>
+  <si>
+    <t>SLC-2109219</t>
+  </si>
+  <si>
+    <t>Wellfit Technologies, Inc.</t>
+  </si>
+  <si>
+    <t>125 E John Carpenter Freeway Ste 1200</t>
+  </si>
+  <si>
+    <t>SLC-2342360</t>
+  </si>
+  <si>
+    <t>ZuntaFi Corp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">105 1st Ave SW </t>
+  </si>
+  <si>
+    <t>Aberdeen</t>
+  </si>
+  <si>
+    <t>SLC-1359207</t>
   </si>
   <si>
     <t>CU Student Choice Partners, LLC</t>
   </si>
   <si>
     <t>110 Broadway Suite 505</t>
   </si>
   <si>
     <t>San Antonio</t>
   </si>
   <si>
-    <t>TX</t>
-[...1 lines deleted...]
-  <si>
     <t>SLC-2123582</t>
   </si>
   <si>
-    <t>300 Frank H. Ogawa Plaza Suite 340</t>
-[...184 lines deleted...]
-  <si>
     <t>GreenSky Servicing, LLC</t>
   </si>
   <si>
     <t>5565 Glenridge Connector Suite 700</t>
   </si>
   <si>
     <t>SLC-1416362</t>
   </si>
   <si>
-    <t>Guaranteed Rate, Inc.</t>
-[...299 lines deleted...]
-    <t>SLC-1101477</t>
+    <t>LendingPoint LLC</t>
+  </si>
+  <si>
+    <t>1201 Roberts Blvd. Suite 200</t>
+  </si>
+  <si>
+    <t>Kennesaw</t>
+  </si>
+  <si>
+    <t>SLC-1424139</t>
   </si>
   <si>
     <t>Paramount Capital Group, LLC</t>
   </si>
   <si>
     <t>1150 First Avenue Suite 1001</t>
   </si>
   <si>
     <t>King of Prussia</t>
   </si>
   <si>
     <t>SLC-1114719</t>
   </si>
   <si>
-    <t>PayPal, Inc.</t>
-[...281 lines deleted...]
-    <t>SLC-1060516</t>
+    <t>Pioneer Military Credit LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9233 Ward Parkway Ste. 364 </t>
+  </si>
+  <si>
+    <t>KANSAS CITY</t>
+  </si>
+  <si>
+    <t>SLC-1993419</t>
+  </si>
+  <si>
+    <t>Scratch Financial, Inc.</t>
+  </si>
+  <si>
+    <t>225 S. Lake Avenue Suite 250</t>
+  </si>
+  <si>
+    <t>Pasadena</t>
+  </si>
+  <si>
+    <t>SLC-1582666</t>
   </si>
   <si>
     <t>Universal Guardian Acceptance, LLC</t>
   </si>
   <si>
     <t>SLC-1043659</t>
   </si>
   <si>
-    <t>275 Battery Street Suite 2300</t>
-[...205 lines deleted...]
-  <si>
     <t xml:space="preserve">6555 Katella Avenue </t>
   </si>
   <si>
     <t>Cypress</t>
   </si>
   <si>
     <t>SLC-1324405</t>
   </si>
   <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postal Code</t>
   </si>
   <si>
     <t>License Number</t>
   </si>
   <si>
     <t>License Name</t>
   </si>
   <si>
     <t>Report Current As Of</t>
   </si>
   <si>
-    <t>Small Loan Company Licensees as of December 5, 2025</t>
+    <t>Small Loan Company Licensees as of February 5, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -2025,3566 +1995,3488 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16910EE5-9FED-40D3-881C-5F38FA118855}">
-  <dimension ref="A1:H135"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{81781B0E-AB3D-4C3F-B102-175EDBBA93E4}">
+  <dimension ref="A1:H132"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="45.33203125" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="10.88671875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="49.33203125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="43.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.33203125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.5546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.21875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="33.21875" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="17.88671875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="35.5546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.4">
       <c r="A1" s="5" t="s">
-        <v>526</v>
+        <v>516</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="6"/>
     </row>
-    <row r="2" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
-        <v>518</v>
+        <v>508</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>519</v>
+        <v>509</v>
       </c>
       <c r="C2" s="4" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="G2" s="4" t="s">
-        <v>524</v>
+        <v>514</v>
       </c>
       <c r="H2" s="4" t="s">
-        <v>525</v>
+        <v>515</v>
       </c>
     </row>
     <row r="3" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E3" s="1">
         <v>90501</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H3" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="4" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
-        <v>472</v>
+        <v>103</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>473</v>
+        <v>104</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>474</v>
+        <v>105</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>475</v>
+        <v>106</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>476</v>
+        <v>107</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H4" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="5" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="E5" s="1">
         <v>54401</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H5" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="6" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E6" s="1">
         <v>92101</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H6" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="7" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="E7" s="1">
         <v>19462</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H7" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="8" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="E8" s="1">
         <v>60654</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H8" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="9" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E9" s="1">
         <v>95008</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H9" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="10" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H10" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="11" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>477</v>
+        <v>131</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>478</v>
+        <v>132</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>479</v>
+        <v>133</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>480</v>
+        <v>134</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H11" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="12" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>126</v>
+        <v>137</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="E12" s="1">
         <v>13202</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H12" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="13" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="1">
         <v>85225</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H13" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="14" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>130</v>
+        <v>141</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="E14" s="1">
         <v>80202</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>132</v>
+        <v>143</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H14" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="15" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E15" s="1">
         <v>94111</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>136</v>
+        <v>147</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H15" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
       <c r="B16" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D16" s="1" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="E16" s="1">
         <v>10001</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H16" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="17" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E17" s="1">
         <v>89119</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>143</v>
+        <v>154</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H17" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H18" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H19" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="20" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>26</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H20" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>144</v>
+        <v>155</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E21" s="1">
         <v>94583</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>146</v>
+        <v>157</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H21" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E22" s="1">
         <v>33431</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H22" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="E23" s="1">
         <v>19801</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H23" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="E24" s="1">
         <v>27701</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H24" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
-        <v>161</v>
+        <v>172</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E25" s="1">
         <v>94607</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>164</v>
+        <v>175</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H25" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
-        <v>165</v>
+        <v>176</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E26" s="1">
         <v>92612</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H26" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>170</v>
+        <v>181</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>172</v>
+        <v>183</v>
       </c>
       <c r="E27" s="1">
         <v>59715</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H27" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
-        <v>174</v>
+        <v>480</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>175</v>
+        <v>481</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>176</v>
+        <v>482</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>177</v>
+        <v>202</v>
       </c>
       <c r="E28" s="1">
         <v>78205</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>178</v>
+        <v>483</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H28" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E29" s="1">
         <v>84101</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H29" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E30" s="1">
         <v>94612</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H30" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E31" s="1">
         <v>95125</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H31" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A32" s="1" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E32" s="1">
         <v>92618</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H32" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="33" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="E33" s="1">
         <v>55311</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H33" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="34" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A34" s="1" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>177</v>
+        <v>202</v>
       </c>
       <c r="E34" s="1">
         <v>75063</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H34" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="35" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>35</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>37</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H35" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="36" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H36" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="37" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A37" s="1" t="s">
-        <v>481</v>
+        <v>208</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>482</v>
+        <v>209</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>483</v>
+        <v>210</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E37" s="1">
         <v>33146</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>484</v>
+        <v>211</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H37" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="38" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A38" s="1" t="s">
-        <v>201</v>
+        <v>212</v>
       </c>
       <c r="B38" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="D38" s="1" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E38" s="1">
         <v>75024</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H38" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="39" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>207</v>
+        <v>218</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>208</v>
+        <v>78</v>
       </c>
       <c r="E39" s="1">
         <v>64152</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H39" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="40" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A40" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E40" s="1">
         <v>89501</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H40" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="41" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>485</v>
+        <v>220</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>290</v>
+        <v>221</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="E41" s="1">
         <v>28202</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>486</v>
+        <v>222</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H41" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="42" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A42" s="1" t="s">
-        <v>210</v>
+        <v>223</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>211</v>
+        <v>224</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>212</v>
+        <v>225</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>213</v>
+        <v>226</v>
       </c>
       <c r="E42" s="1">
         <v>23452</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>214</v>
+        <v>227</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H42" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="43" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A43" s="1" t="s">
-        <v>215</v>
+        <v>228</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>216</v>
+        <v>229</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="E43" s="1">
         <v>10016</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>217</v>
+        <v>230</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H43" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="44" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
-        <v>218</v>
+        <v>231</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>219</v>
+        <v>232</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>220</v>
+        <v>233</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="E44" s="1">
         <v>54474</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>221</v>
+        <v>234</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H44" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="45" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="1" t="s">
-        <v>222</v>
+        <v>235</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>223</v>
+        <v>236</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>224</v>
+        <v>237</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>208</v>
+        <v>78</v>
       </c>
       <c r="E45" s="1">
         <v>63301</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>225</v>
+        <v>238</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H45" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="46" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A46" s="1" t="s">
-        <v>226</v>
+        <v>239</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>227</v>
+        <v>240</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>229</v>
+        <v>242</v>
       </c>
       <c r="E46" s="1">
         <v>98005</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>230</v>
+        <v>243</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H46" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="47" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="1" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>232</v>
+        <v>245</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E47" s="1">
         <v>30305</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H47" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="48" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="1" t="s">
-        <v>487</v>
+        <v>43</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>488</v>
+        <v>44</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>139</v>
+        <v>45</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>127</v>
+        <v>10</v>
       </c>
       <c r="E48" s="1">
-        <v>10019</v>
+        <v>85284</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>489</v>
+        <v>46</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="H48" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="49" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>44</v>
+        <v>247</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>45</v>
+        <v>248</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>10</v>
+        <v>249</v>
       </c>
       <c r="E49" s="1">
-        <v>85284</v>
+        <v>29607</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>46</v>
+        <v>250</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>6</v>
+        <v>102</v>
       </c>
       <c r="H49" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="50" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>234</v>
+        <v>48</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>235</v>
+        <v>49</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>236</v>
+        <v>50</v>
       </c>
       <c r="E50" s="1">
-        <v>29607</v>
+        <v>37203</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>237</v>
+        <v>51</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="H50" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="51" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A51" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>48</v>
+        <v>251</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>49</v>
+        <v>252</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="E51" s="1">
-        <v>37203</v>
+        <v>33130</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>51</v>
+        <v>253</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>6</v>
+        <v>102</v>
       </c>
       <c r="H51" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="52" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="1" t="s">
-        <v>47</v>
+        <v>484</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>238</v>
+        <v>485</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>239</v>
+        <v>85</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>64</v>
+        <v>86</v>
       </c>
       <c r="E52" s="1">
-        <v>33130</v>
+        <v>30342</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>240</v>
+        <v>486</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H52" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="53" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A53" s="1" t="s">
-        <v>241</v>
+        <v>254</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>242</v>
+        <v>255</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>83</v>
+        <v>124</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>84</v>
+        <v>125</v>
       </c>
       <c r="E53" s="1">
-        <v>30342</v>
+        <v>60613</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>243</v>
+        <v>256</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H53" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="54" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="1" t="s">
-        <v>244</v>
+        <v>257</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>245</v>
+        <v>258</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E54" s="1">
-        <v>60613</v>
+        <v>90503</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>246</v>
+        <v>259</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H54" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="55" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
-        <v>247</v>
+        <v>260</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>248</v>
+        <v>261</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>97</v>
+        <v>40</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>98</v>
+        <v>41</v>
       </c>
       <c r="E55" s="1">
-        <v>90503</v>
+        <v>89521</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>249</v>
+        <v>262</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H55" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="56" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
-        <v>250</v>
+        <v>263</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>251</v>
+        <v>264</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>40</v>
+        <v>265</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>41</v>
+        <v>100</v>
       </c>
       <c r="E56" s="1">
-        <v>89521</v>
+        <v>95816</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>252</v>
+        <v>266</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H56" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="57" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A57" s="1" t="s">
-        <v>253</v>
+        <v>267</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>255</v>
+        <v>269</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>98</v>
+        <v>78</v>
       </c>
       <c r="E57" s="1">
-        <v>95816</v>
+        <v>63005</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>256</v>
+        <v>270</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H57" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="58" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="1" t="s">
-        <v>257</v>
+        <v>271</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>258</v>
+        <v>272</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>259</v>
+        <v>273</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>63005</v>
+        <v>274</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>275</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>260</v>
+        <v>276</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H58" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="59" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A59" s="1" t="s">
-        <v>261</v>
+        <v>277</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>262</v>
+        <v>278</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>263</v>
+        <v>279</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>280</v>
+      </c>
+      <c r="E59" s="1">
+        <v>35213</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>266</v>
+        <v>281</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H59" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="60" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="1" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>268</v>
+        <v>283</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E60" s="1">
         <v>94043</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>270</v>
+        <v>285</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H60" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="61" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A61" s="1" t="s">
-        <v>271</v>
+        <v>286</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>275</v>
+        <v>290</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H61" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="62" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="1" t="s">
-        <v>276</v>
+        <v>291</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>277</v>
+        <v>292</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="E62" s="1">
         <v>10110</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>278</v>
+        <v>293</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H62" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="63" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A63" s="1" t="s">
-        <v>279</v>
+        <v>294</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>280</v>
+        <v>295</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E63" s="1">
         <v>43215</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>281</v>
+        <v>296</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H63" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="64" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>53</v>
       </c>
       <c r="C64" s="1" t="s">
         <v>54</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>55</v>
       </c>
       <c r="E64" s="1">
         <v>57108</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H64" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="65" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A65" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E65" s="1">
         <v>92101</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H65" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="66" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A66" s="1" t="s">
-        <v>283</v>
+        <v>298</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>284</v>
+        <v>299</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>285</v>
+        <v>300</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>286</v>
+        <v>301</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>287</v>
+        <v>302</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H66" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="67" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A67" s="1" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E67" s="1">
         <v>30144</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H67" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="68" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="1" t="s">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>289</v>
+        <v>304</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>290</v>
+        <v>221</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="E68" s="1">
         <v>28203</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H68" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="69" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A69" s="1" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E69" s="1">
         <v>84043</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H69" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="70" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A70" s="1" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E70" s="1">
         <v>92618</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H70" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="71" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A71" s="1" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="E71" s="1">
         <v>19810</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>301</v>
+        <v>315</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H71" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="72" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A72" s="1" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>300</v>
+        <v>314</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="E72" s="1">
         <v>19810</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H72" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="73" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A73" s="1" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E73" s="1">
         <v>95678</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H73" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="74" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="1" t="s">
-        <v>308</v>
+        <v>322</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E74" s="1">
         <v>30328</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H74" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="75" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A75" s="1" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>312</v>
+        <v>326</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>285</v>
+        <v>300</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>313</v>
+        <v>327</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>314</v>
+        <v>328</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H75" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="76" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A76" s="1" t="s">
-        <v>494</v>
+        <v>329</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>495</v>
+        <v>330</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>496</v>
+        <v>331</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E76" s="1">
         <v>92056</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>497</v>
+        <v>332</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H76" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="77" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A77" s="1" t="s">
-        <v>498</v>
+        <v>333</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>499</v>
+        <v>334</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>500</v>
+        <v>335</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>501</v>
+        <v>120</v>
       </c>
       <c r="E77" s="1">
-        <v>20036</v>
+        <v>18106</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>502</v>
+        <v>336</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H77" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="78" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A78" s="1" t="s">
-        <v>315</v>
+        <v>337</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>316</v>
+        <v>338</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>317</v>
+        <v>339</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="E78" s="1">
-        <v>18106</v>
+        <v>94401</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>318</v>
+        <v>340</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H78" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="79" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A79" s="1" t="s">
-        <v>319</v>
+        <v>57</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>320</v>
+        <v>58</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>321</v>
+        <v>59</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>98</v>
+        <v>60</v>
       </c>
       <c r="E79" s="1">
-        <v>94401</v>
+        <v>20759</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>322</v>
+        <v>61</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="H79" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="80" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="E80" s="1">
-        <v>20759</v>
+        <v>33401</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H80" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="81" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A81" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>62</v>
+        <v>341</v>
       </c>
       <c r="C81" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>64</v>
       </c>
       <c r="E81" s="1">
         <v>33401</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>65</v>
+        <v>342</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>6</v>
+        <v>102</v>
       </c>
       <c r="H81" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="82" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A82" s="1" t="s">
-        <v>57</v>
+        <v>343</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>323</v>
+        <v>344</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>63</v>
+        <v>345</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>33401</v>
+        <v>3</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>346</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>324</v>
+        <v>347</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H82" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="83" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A83" s="1" t="s">
-        <v>325</v>
+        <v>348</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>326</v>
+        <v>349</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>327</v>
+        <v>350</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>328</v>
+        <v>351</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>329</v>
+        <v>352</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H83" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="84" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A84" s="1" t="s">
-        <v>330</v>
+        <v>353</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>331</v>
+        <v>354</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>332</v>
+        <v>355</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>333</v>
+        <v>125</v>
+      </c>
+      <c r="E84" s="1">
+        <v>60018</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>334</v>
+        <v>356</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H84" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="85" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A85" s="1" t="s">
-        <v>503</v>
+        <v>66</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>504</v>
+        <v>67</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>505</v>
+        <v>68</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>118</v>
+        <v>69</v>
       </c>
       <c r="E85" s="1">
-        <v>60018</v>
+        <v>40741</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>506</v>
+        <v>70</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="H85" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="86" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A86" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>67</v>
+        <v>357</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>68</v>
+        <v>358</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>69</v>
+        <v>359</v>
       </c>
       <c r="E86" s="1">
-        <v>40741</v>
+        <v>47708</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>70</v>
+        <v>360</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>6</v>
+        <v>102</v>
       </c>
       <c r="H86" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="87" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A87" s="1" t="s">
-        <v>66</v>
+        <v>361</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>335</v>
+        <v>362</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>336</v>
+        <v>150</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>337</v>
+        <v>138</v>
       </c>
       <c r="E87" s="1">
-        <v>47708</v>
+        <v>10013</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>338</v>
+        <v>363</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H87" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="88" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A88" s="1" t="s">
-        <v>339</v>
+        <v>364</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>340</v>
+        <v>365</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>127</v>
+        <v>138</v>
       </c>
       <c r="E88" s="1">
-        <v>10013</v>
+        <v>10036</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>341</v>
+        <v>366</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H88" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="89" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A89" s="1" t="s">
-        <v>342</v>
+        <v>491</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>343</v>
+        <v>492</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>139</v>
+        <v>493</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="E89" s="1">
-        <v>10036</v>
+        <v>19406</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>344</v>
+        <v>494</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H89" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="90" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A90" s="1" t="s">
-        <v>345</v>
+        <v>367</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>346</v>
+        <v>368</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>347</v>
+        <v>189</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="E90" s="1">
-        <v>19406</v>
+        <v>95131</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>348</v>
+        <v>369</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H90" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="91" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A91" s="1" t="s">
-        <v>349</v>
+        <v>370</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>350</v>
+        <v>371</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>183</v>
+        <v>372</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>98</v>
+        <v>170</v>
       </c>
       <c r="E91" s="1">
-        <v>95131</v>
+        <v>28078</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>351</v>
+        <v>373</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H91" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="92" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A92" s="1" t="s">
-        <v>352</v>
+        <v>374</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>353</v>
+        <v>375</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>354</v>
+        <v>376</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>28078</v>
+        <v>120</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>377</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>355</v>
+        <v>378</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H92" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="93" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A93" s="1" t="s">
-        <v>356</v>
+        <v>495</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>357</v>
+        <v>496</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>358</v>
+        <v>497</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>78</v>
+      </c>
+      <c r="E93" s="1">
+        <v>64114</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>360</v>
+        <v>498</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H93" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="94" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A94" s="1" t="s">
-        <v>361</v>
+        <v>379</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>362</v>
+        <v>380</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>363</v>
+        <v>381</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>11743</v>
+        <v>3</v>
+      </c>
+      <c r="E94" s="2" t="s">
+        <v>382</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>364</v>
+        <v>383</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H94" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="95" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A95" s="1" t="s">
-        <v>507</v>
+        <v>384</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>508</v>
+        <v>385</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>509</v>
+        <v>146</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>208</v>
+        <v>100</v>
       </c>
       <c r="E95" s="1">
-        <v>64114</v>
+        <v>94105</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>510</v>
+        <v>386</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H95" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="96" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A96" s="1" t="s">
-        <v>365</v>
+        <v>387</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>366</v>
+        <v>388</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>367</v>
+        <v>146</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>100</v>
+      </c>
+      <c r="E96" s="1" t="s">
+        <v>389</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>369</v>
+        <v>390</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H96" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="97" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A97" s="1" t="s">
-        <v>370</v>
+        <v>391</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>371</v>
+        <v>392</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>135</v>
+        <v>393</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>98</v>
+        <v>242</v>
       </c>
       <c r="E97" s="1">
-        <v>94105</v>
+        <v>98101</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>372</v>
+        <v>394</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H97" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="98" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A98" s="1" t="s">
-        <v>373</v>
+        <v>395</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>374</v>
+        <v>396</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>135</v>
+        <v>397</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>375</v>
+        <v>120</v>
+      </c>
+      <c r="E98" s="1">
+        <v>19312</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>376</v>
+        <v>398</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H98" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="99" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A99" s="1" t="s">
-        <v>377</v>
+        <v>399</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>378</v>
+        <v>400</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>379</v>
+        <v>401</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>229</v>
+        <v>197</v>
       </c>
       <c r="E99" s="1">
-        <v>98101</v>
+        <v>55082</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>380</v>
+        <v>402</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H99" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="100" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A100" s="1" t="s">
-        <v>381</v>
+        <v>499</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>382</v>
+        <v>500</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>383</v>
+        <v>501</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="E100" s="1">
-        <v>19312</v>
+        <v>91101</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>384</v>
+        <v>502</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H100" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="101" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A101" s="1" t="s">
-        <v>385</v>
+        <v>403</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>386</v>
+        <v>404</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>387</v>
+        <v>405</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>191</v>
+        <v>202</v>
       </c>
       <c r="E101" s="1">
-        <v>55082</v>
+        <v>78702</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>388</v>
+        <v>406</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H101" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="102" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A102" s="1" t="s">
-        <v>389</v>
+        <v>407</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>390</v>
+        <v>408</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>285</v>
+        <v>409</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>391</v>
+        <v>197</v>
+      </c>
+      <c r="E102" s="1">
+        <v>55402</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>392</v>
+        <v>410</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H102" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="103" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A103" s="1" t="s">
-        <v>511</v>
+        <v>411</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>512</v>
+        <v>412</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>513</v>
+        <v>150</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>98</v>
+        <v>138</v>
       </c>
       <c r="E103" s="1">
-        <v>91101</v>
+        <v>10001</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>514</v>
+        <v>413</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H103" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="104" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A104" s="1" t="s">
-        <v>393</v>
+        <v>414</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>394</v>
+        <v>415</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>395</v>
+        <v>416</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>177</v>
+        <v>30</v>
       </c>
       <c r="E104" s="1">
-        <v>78702</v>
+        <v>84121</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>396</v>
+        <v>417</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H104" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="105" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A105" s="1" t="s">
-        <v>397</v>
+        <v>418</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>398</v>
+        <v>419</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>399</v>
+        <v>420</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>191</v>
+        <v>249</v>
       </c>
       <c r="E105" s="1">
-        <v>55402</v>
+        <v>29201</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>400</v>
+        <v>421</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H105" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="106" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A106" s="1" t="s">
-        <v>401</v>
+        <v>422</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>402</v>
+        <v>423</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>139</v>
+        <v>424</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>127</v>
+        <v>91</v>
       </c>
       <c r="E106" s="1">
-        <v>10001</v>
+        <v>44115</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>403</v>
+        <v>425</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H106" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="107" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A107" s="1" t="s">
-        <v>404</v>
+        <v>426</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>405</v>
+        <v>427</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>406</v>
+        <v>85</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="E107" s="1">
-        <v>84121</v>
+        <v>30346</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>407</v>
+        <v>428</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H107" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="108" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A108" s="1" t="s">
-        <v>408</v>
+        <v>429</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>409</v>
+        <v>430</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E108" s="1">
-        <v>94607</v>
+        <v>94612</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>410</v>
+        <v>431</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H108" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="109" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A109" s="1" t="s">
-        <v>411</v>
+        <v>432</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>412</v>
+        <v>433</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>413</v>
+        <v>434</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>236</v>
+        <v>100</v>
       </c>
       <c r="E109" s="1">
-        <v>29201</v>
+        <v>92663</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>414</v>
+        <v>435</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H109" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="110" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A110" s="1" t="s">
-        <v>415</v>
+        <v>436</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>416</v>
+        <v>437</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>417</v>
+        <v>438</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>89</v>
+        <v>120</v>
       </c>
       <c r="E110" s="1">
-        <v>44115</v>
+        <v>19428</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>418</v>
+        <v>439</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H110" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="111" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A111" s="1" t="s">
-        <v>419</v>
+        <v>71</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>420</v>
+        <v>72</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>84</v>
+        <v>41</v>
       </c>
       <c r="E111" s="1">
-        <v>30346</v>
+        <v>89119</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>421</v>
+        <v>74</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="H111" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="112" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A112" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>72</v>
+        <v>440</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>29</v>
+        <v>441</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="E112" s="1">
-        <v>84101</v>
+        <v>90024</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>73</v>
+        <v>442</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>6</v>
+        <v>102</v>
       </c>
       <c r="H112" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="113" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A113" s="1" t="s">
-        <v>71</v>
+        <v>443</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>422</v>
+        <v>444</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>163</v>
+        <v>221</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>98</v>
+        <v>170</v>
       </c>
       <c r="E113" s="1">
-        <v>94612</v>
+        <v>28202</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>423</v>
+        <v>445</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H113" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="114" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A114" s="1" t="s">
-        <v>424</v>
+        <v>75</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>425</v>
+        <v>76</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>426</v>
+        <v>77</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>113</v>
+        <v>78</v>
       </c>
       <c r="E114" s="1">
-        <v>19428</v>
+        <v>64503</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>427</v>
+        <v>79</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="H114" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="115" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A115" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>75</v>
+        <v>446</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>76</v>
+        <v>178</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>41</v>
+        <v>100</v>
       </c>
       <c r="E115" s="1">
-        <v>89119</v>
+        <v>92617</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>77</v>
+        <v>447</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>6</v>
+        <v>102</v>
       </c>
       <c r="H115" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="116" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A116" s="1" t="s">
-        <v>74</v>
+        <v>448</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>428</v>
+        <v>449</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>429</v>
+        <v>178</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E116" s="1">
-        <v>90024</v>
+        <v>92612</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>430</v>
+        <v>450</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H116" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="117" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A117" s="1" t="s">
-        <v>431</v>
+        <v>451</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>432</v>
+        <v>452</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>290</v>
+        <v>218</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>159</v>
+        <v>78</v>
       </c>
       <c r="E117" s="1">
-        <v>28202</v>
+        <v>64152</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>433</v>
+        <v>453</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H117" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="118" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A118" s="1" t="s">
-        <v>434</v>
+        <v>503</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>435</v>
+        <v>217</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>167</v>
+        <v>218</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>98</v>
+        <v>78</v>
       </c>
       <c r="E118" s="1">
-        <v>92617</v>
+        <v>64152</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>436</v>
+        <v>504</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H118" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="119" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A119" s="1" t="s">
-        <v>437</v>
+        <v>80</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>438</v>
+        <v>81</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>439</v>
+        <v>82</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>98</v>
+        <v>10</v>
       </c>
       <c r="E119" s="1">
-        <v>92626</v>
+        <v>85004</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>440</v>
+        <v>83</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="H119" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="120" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A120" s="1" t="s">
-        <v>441</v>
+        <v>80</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>442</v>
+        <v>84</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>207</v>
+        <v>85</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>208</v>
+        <v>86</v>
       </c>
       <c r="E120" s="1">
-        <v>64152</v>
+        <v>30341</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>443</v>
+        <v>87</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="H120" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="121" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A121" s="1" t="s">
-        <v>444</v>
+        <v>80</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>206</v>
+        <v>454</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>207</v>
+        <v>146</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>208</v>
+        <v>100</v>
       </c>
       <c r="E121" s="1">
-        <v>64152</v>
+        <v>94111</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H121" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="122" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A122" s="1" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>10</v>
+        <v>91</v>
       </c>
       <c r="E122" s="1">
-        <v>85004</v>
+        <v>43215</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H122" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="123" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A123" s="1" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>82</v>
+        <v>456</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>83</v>
+        <v>339</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="E123" s="1">
-        <v>30341</v>
+        <v>94403</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>85</v>
+        <v>457</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>6</v>
+        <v>102</v>
       </c>
       <c r="H123" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="124" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A124" s="1" t="s">
-        <v>78</v>
+        <v>458</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>446</v>
+        <v>159</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>135</v>
+        <v>160</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>98</v>
+        <v>64</v>
       </c>
       <c r="E124" s="1">
-        <v>94111</v>
+        <v>33431</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>447</v>
+        <v>459</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H124" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="125" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A125" s="1" t="s">
-        <v>86</v>
+        <v>460</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>87</v>
+        <v>159</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>88</v>
+        <v>160</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="E125" s="1">
-        <v>43215</v>
+        <v>33431</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>90</v>
+        <v>461</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>6</v>
+        <v>102</v>
       </c>
       <c r="H125" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="126" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A126" s="1" t="s">
-        <v>86</v>
+        <v>462</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>448</v>
+        <v>463</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>321</v>
+        <v>115</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E126" s="1">
-        <v>94403</v>
+        <v>92121</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>449</v>
+        <v>464</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H126" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="127" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A127" s="1" t="s">
-        <v>450</v>
+        <v>465</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>148</v>
+        <v>466</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>149</v>
+        <v>85</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>64</v>
+        <v>86</v>
       </c>
       <c r="E127" s="1">
-        <v>33431</v>
+        <v>30307</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>451</v>
+        <v>467</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H127" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="128" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A128" s="1" t="s">
-        <v>452</v>
+        <v>468</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>148</v>
+        <v>469</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>149</v>
+        <v>470</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>64</v>
+        <v>471</v>
       </c>
       <c r="E128" s="1">
-        <v>33431</v>
+        <v>50266</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>453</v>
+        <v>472</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H128" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="129" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A129" s="1" t="s">
-        <v>454</v>
+        <v>473</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>455</v>
+        <v>474</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>108</v>
+        <v>201</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>98</v>
+        <v>202</v>
       </c>
       <c r="E129" s="1">
-        <v>92121</v>
+        <v>75062</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>456</v>
+        <v>475</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H129" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="130" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A130" s="1" t="s">
-        <v>457</v>
+        <v>93</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>458</v>
+        <v>94</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E130" s="1">
-        <v>30307</v>
+        <v>30066</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>459</v>
+        <v>96</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>100</v>
+        <v>6</v>
       </c>
       <c r="H130" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="131" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A131" s="1" t="s">
-        <v>460</v>
+        <v>93</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>461</v>
+        <v>505</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>462</v>
+        <v>506</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>463</v>
+        <v>100</v>
       </c>
       <c r="E131" s="1">
-        <v>50266</v>
+        <v>90630</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>464</v>
+        <v>507</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H131" s="3">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="132" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A132" s="1" t="s">
-        <v>465</v>
+        <v>476</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>466</v>
+        <v>477</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>195</v>
+        <v>478</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>177</v>
+        <v>55</v>
       </c>
       <c r="E132" s="1">
-        <v>75062</v>
+        <v>57401</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H132" s="3">
-        <v>45996</v>
-[...77 lines deleted...]
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W135">
-    <sortCondition ref="A3:A135"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W132">
+    <sortCondition ref="A3:A132"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>