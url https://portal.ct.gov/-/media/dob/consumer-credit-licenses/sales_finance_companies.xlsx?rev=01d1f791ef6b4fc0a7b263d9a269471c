--- v0 (2025-12-19)
+++ v1 (2026-02-12)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - December 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - February 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CEA5A3F5-9D8E-4386-9C03-318E814C6CB7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F4F1831B-3832-420B-AAFC-F13222C0703E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{D5E0538F-ACFA-46C4-8A90-0B85939B2CA2}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{8B3CB3F3-9558-47CB-8686-1CB205453AC0}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1445" uniqueCount="836">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1432" uniqueCount="823">
   <si>
     <t>American Credit Acceptance, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">2487 West Navigator Drive </t>
   </si>
   <si>
     <t>Meridian</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>SFC-BCH-2102528</t>
   </si>
   <si>
     <t>CT Sales Finance Company Branch License</t>
   </si>
   <si>
     <t>American First Finance, LLC</t>
   </si>
   <si>
     <t>7570 W 21st Street N Building #1010C</t>
   </si>
   <si>
@@ -154,50 +154,62 @@
   <si>
     <t xml:space="preserve">3801 S Collins St </t>
   </si>
   <si>
     <t>SFC-BCH-1206905</t>
   </si>
   <si>
     <t xml:space="preserve">110 Gibraltar Road, Suite 200 </t>
   </si>
   <si>
     <t>Horsham</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>SFC-BCH-1401140</t>
   </si>
   <si>
     <t xml:space="preserve">4100 Embarcadero Drive </t>
   </si>
   <si>
     <t>SFC-BCH-1761189</t>
   </si>
   <si>
+    <t>ARS Portfolio Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1600 Solana Blvd </t>
+  </si>
+  <si>
+    <t>Westlake</t>
+  </si>
+  <si>
+    <t>SFC-BCH-2787288</t>
+  </si>
+  <si>
     <t>BMW Financial Services NA, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1400 City View Drive </t>
   </si>
   <si>
     <t>Columbus</t>
   </si>
   <si>
     <t>OH</t>
   </si>
   <si>
     <t>SFC-BCH-39143</t>
   </si>
   <si>
     <t>2855 East Cottonwood Parkway Suite 200</t>
   </si>
   <si>
     <t>Salt Lake City</t>
   </si>
   <si>
     <t>UT</t>
   </si>
   <si>
     <t>SFC-BCH-1951629</t>
@@ -265,50 +277,59 @@
   <si>
     <t>SFC-BCH-1929966</t>
   </si>
   <si>
     <t>Flagship Credit Acceptance LLC</t>
   </si>
   <si>
     <t>1500 North Priest Drive Suite 220</t>
   </si>
   <si>
     <t>Tempe</t>
   </si>
   <si>
     <t>SFC-BCH-1165561</t>
   </si>
   <si>
     <t>1234 Lakeshore Drive Suite 300</t>
   </si>
   <si>
     <t>Coppell</t>
   </si>
   <si>
     <t>SFC-BCH-1402946</t>
   </si>
   <si>
+    <t>FLAGSHIP FINANCIAL GROUP LLC</t>
+  </si>
+  <si>
+    <t>SFC-BCH-2786435</t>
+  </si>
+  <si>
+    <t>SFC-BCH-2786437</t>
+  </si>
+  <si>
     <t>Ford Motor Credit Company LLC</t>
   </si>
   <si>
     <t xml:space="preserve">3620 Queen Palm Drive </t>
   </si>
   <si>
     <t>Tampa</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
     <t>SFC-BCH-21051</t>
   </si>
   <si>
     <t>Global Lending Services LLC</t>
   </si>
   <si>
     <t>301 W Warner Road, Suite 115 Warner Courtyards</t>
   </si>
   <si>
     <t>SFC-BCH-1160940</t>
   </si>
   <si>
     <t>GoFi, LLC</t>
@@ -496,2094 +517,2034 @@
   <si>
     <t>SFC-BCH-1986423</t>
   </si>
   <si>
     <t xml:space="preserve">266 Beacon Dr. </t>
   </si>
   <si>
     <t>Winterville</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>SFC-BCH-1986556</t>
   </si>
   <si>
     <t xml:space="preserve">301 S. JK Powell Boulevard </t>
   </si>
   <si>
     <t>Whiteville</t>
   </si>
   <si>
     <t>SFC-BCH-2016052</t>
   </si>
   <si>
+    <t>Starmark Financial LLC</t>
+  </si>
+  <si>
+    <t>1150 Northbrook Drive Suite 300</t>
+  </si>
+  <si>
+    <t>Trevose</t>
+  </si>
+  <si>
+    <t>SFC-BCH-2617073</t>
+  </si>
+  <si>
+    <t>Stellantis Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t>3065 AKERS MILL RD. STE 700 A</t>
+  </si>
+  <si>
+    <t>ATLANTA</t>
+  </si>
+  <si>
+    <t>SFC-BCH-2343883</t>
+  </si>
+  <si>
+    <t>300 E. JOHN CARPENTER FREEWAY STE. 600</t>
+  </si>
+  <si>
+    <t>IRVING</t>
+  </si>
+  <si>
+    <t>SFC-BCH-2534182</t>
+  </si>
+  <si>
+    <t>Toyota Motor Credit Corporation</t>
+  </si>
+  <si>
+    <t>1650 South Price Road Suite 200</t>
+  </si>
+  <si>
+    <t>SFC-BCH-2033170</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11625 Rainwater Drive </t>
+  </si>
+  <si>
+    <t>SFC-BCH-2040359</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4401 Cirrus Way </t>
+  </si>
+  <si>
+    <t>Frisco</t>
+  </si>
+  <si>
+    <t>SFC-BCH-2705562</t>
+  </si>
+  <si>
+    <t>Upgrade, Inc.</t>
+  </si>
+  <si>
+    <t>2 N Central Ave 10th Floor</t>
+  </si>
+  <si>
+    <t>SFC-BCH-1955422</t>
+  </si>
+  <si>
+    <t>210 Commerce Suite 150</t>
+  </si>
+  <si>
+    <t>SFC-BCH-2515767</t>
+  </si>
+  <si>
+    <t>2965 Flowers Road S STE 230</t>
+  </si>
+  <si>
+    <t>SFC-BCH-2711957</t>
+  </si>
+  <si>
+    <t>Yamaha Motor Finance Corporation, U.S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3065 Chastain Meadows Parkway, Building 100 </t>
+  </si>
+  <si>
+    <t>Marietta</t>
+  </si>
+  <si>
+    <t>SFC-BCH-1851440</t>
+  </si>
+  <si>
+    <t>Accelerated Inventory Management, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6001 W. William Cannon Dr. Suite 102 , </t>
+  </si>
+  <si>
+    <t>Austin</t>
+  </si>
+  <si>
+    <t>SFC-1115593</t>
+  </si>
+  <si>
+    <t>CT Sales Finance Company License</t>
+  </si>
+  <si>
+    <t>AGCO Finance LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8001 Birchwood Court </t>
+  </si>
+  <si>
+    <t>Johnston</t>
+  </si>
+  <si>
+    <t>IA</t>
+  </si>
+  <si>
+    <t>SFC- 283247</t>
+  </si>
+  <si>
+    <t>AIS Recovery Solutions, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1212 Corporate Drive, Suite 400 </t>
+  </si>
+  <si>
+    <t>SFC-921364</t>
+  </si>
+  <si>
+    <t xml:space="preserve">961 East Main Street </t>
+  </si>
+  <si>
+    <t>Spartanburg</t>
+  </si>
+  <si>
+    <t>SC</t>
+  </si>
+  <si>
+    <t>SFC - 345863</t>
+  </si>
+  <si>
+    <t>American Cycle Finance, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">329 Maple Street </t>
+  </si>
+  <si>
+    <t>Marlborough</t>
+  </si>
+  <si>
+    <t>01752</t>
+  </si>
+  <si>
+    <t>SFC-1349177</t>
+  </si>
+  <si>
+    <t>American Finance L.L.C.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17507 South DuPont Highway </t>
+  </si>
+  <si>
+    <t>Harrington</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>SFC-1661864</t>
+  </si>
+  <si>
+    <t>3100 Olympus Blvd. Suite 300</t>
+  </si>
+  <si>
+    <t>Dallas</t>
+  </si>
+  <si>
+    <t>SFC-1757007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1919 Torrance Blvd. </t>
+  </si>
+  <si>
+    <t>Torrance</t>
+  </si>
+  <si>
+    <t>SFC-18545</t>
+  </si>
+  <si>
+    <t>American Lending LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2015 whitney ave side A </t>
+  </si>
+  <si>
+    <t>north haven</t>
+  </si>
+  <si>
+    <t>CT</t>
+  </si>
+  <si>
+    <t>06473</t>
+  </si>
+  <si>
+    <t>SFC-2684450</t>
+  </si>
+  <si>
+    <t>801 Cherry Street Suite 3600</t>
+  </si>
+  <si>
+    <t>SFC-2108</t>
+  </si>
+  <si>
+    <t>ANCHORED FINANCE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45 Industrial Park Road West </t>
+  </si>
+  <si>
+    <t>TOLLAND</t>
+  </si>
+  <si>
+    <t>06084</t>
+  </si>
+  <si>
+    <t>SFC-1656225</t>
+  </si>
+  <si>
+    <t>Approve Lending, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">900 N. Michigan Avenue, Suite 1600A </t>
+  </si>
+  <si>
+    <t>Chicago</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>SFC-2222087</t>
+  </si>
+  <si>
+    <t>Aqua Finance, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">One Corporate Drive, Suite 300 </t>
+  </si>
+  <si>
+    <t>Wausau</t>
+  </si>
+  <si>
+    <t>WI</t>
+  </si>
+  <si>
+    <t>SFC-1082164</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6400 Main Street </t>
+  </si>
+  <si>
+    <t>Williamsville</t>
+  </si>
+  <si>
+    <t>SFC-197476</t>
+  </si>
+  <si>
+    <t>AT&amp;T Mobility Next Operations LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1025 Lenox Park Blvd., NE </t>
+  </si>
+  <si>
+    <t>SFC-1186562</t>
+  </si>
+  <si>
+    <t>Auto Credit Express, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">122 Doty CIrcle </t>
+  </si>
+  <si>
+    <t>West Springfield</t>
+  </si>
+  <si>
+    <t>01089</t>
+  </si>
+  <si>
+    <t>SFC- 141748</t>
+  </si>
+  <si>
+    <t>Auxilior Capital Partners, Inc.</t>
+  </si>
+  <si>
+    <t>620 West Germantown Pike Suite 450</t>
+  </si>
+  <si>
+    <t>Plymouth Meeting</t>
+  </si>
+  <si>
+    <t>SFC-2005298</t>
+  </si>
+  <si>
+    <t>Aven Financial, Inc.</t>
+  </si>
+  <si>
+    <t>910 Campisi Way, Suite 2D Attn Room 1</t>
+  </si>
+  <si>
+    <t>Campbell</t>
+  </si>
+  <si>
+    <t>SFC-2042345</t>
+  </si>
+  <si>
+    <t>BOF-VII CL V, LLC</t>
+  </si>
+  <si>
+    <t>4425 Ponce De Leon Blvd MS 4-024</t>
+  </si>
+  <si>
+    <t>Coral Gables</t>
+  </si>
+  <si>
+    <t>SFC-2606482</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7465 E. Hampton Avenue </t>
+  </si>
+  <si>
+    <t>SFC-1573795</t>
+  </si>
+  <si>
+    <t>SFC-1494821</t>
+  </si>
+  <si>
+    <t>CAM1 LLC</t>
+  </si>
+  <si>
+    <t>3100 Breckinridge Blvd Suite 725</t>
+  </si>
+  <si>
+    <t>Duluth</t>
+  </si>
+  <si>
+    <t>SFC-1110273</t>
+  </si>
+  <si>
+    <t>725 Primera Blvd Suite # 235</t>
+  </si>
+  <si>
+    <t>Lake Mary</t>
+  </si>
+  <si>
+    <t>SFC-1097597</t>
+  </si>
+  <si>
+    <t>CarMax Business Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">225 Chastain Meadows Court, Suite 210 </t>
+  </si>
+  <si>
+    <t>Kennesaw</t>
+  </si>
+  <si>
+    <t>SFC-944287</t>
+  </si>
+  <si>
+    <t>CarMax Funding Services, LLC</t>
+  </si>
+  <si>
+    <t>SFC-944291</t>
+  </si>
+  <si>
+    <t>Carvana FAC LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 E Rio Salado Pkwy Bldg 1 </t>
+  </si>
+  <si>
+    <t>SFC-1863654</t>
+  </si>
+  <si>
+    <t>Carvana, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 E Rio Salado Pkwy </t>
+  </si>
+  <si>
+    <t>SFC-1724868</t>
+  </si>
+  <si>
+    <t>Carvant Financial LLC</t>
+  </si>
+  <si>
+    <t>6851 Jericho Turnpike Suite 245</t>
+  </si>
+  <si>
+    <t>Syosset</t>
+  </si>
+  <si>
+    <t>SFC-128674</t>
+  </si>
+  <si>
+    <t>Cavalry SPV I, LLC</t>
+  </si>
+  <si>
+    <t>1 American Lane Suite 220</t>
+  </si>
+  <si>
+    <t>Greenwich</t>
+  </si>
+  <si>
+    <t>06831</t>
+  </si>
+  <si>
+    <t>SFC-942699</t>
+  </si>
+  <si>
+    <t>Cavalry SPV II, LLC</t>
+  </si>
+  <si>
+    <t>SFC-1096456</t>
+  </si>
+  <si>
+    <t>CenterOne Financial Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6150 Omni Park Drive </t>
+  </si>
+  <si>
+    <t>Mobile</t>
+  </si>
+  <si>
+    <t>AL</t>
+  </si>
+  <si>
+    <t>SFC-245753</t>
+  </si>
+  <si>
+    <t>Citrus Tree Finance LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">335 Madison Ave, 16th Floor </t>
+  </si>
+  <si>
+    <t>New York</t>
+  </si>
+  <si>
+    <t>SFC-2272870</t>
+  </si>
+  <si>
+    <t>Colonial Finance Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">58 St. Andrew Ave. </t>
+  </si>
+  <si>
+    <t>East Haven</t>
+  </si>
+  <si>
+    <t>06512</t>
+  </si>
+  <si>
+    <t>SFC-1403759</t>
+  </si>
+  <si>
+    <t>Concord Servicing LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4343 N. Scottsdale Road, Suite 270 </t>
+  </si>
+  <si>
+    <t>Scottsdale</t>
+  </si>
+  <si>
+    <t>SFC-365917</t>
+  </si>
+  <si>
+    <t>3800 Howard Hughes Pkwy Ste 1400</t>
+  </si>
+  <si>
+    <t>Las Vegas</t>
+  </si>
+  <si>
+    <t>NV</t>
+  </si>
+  <si>
+    <t>SFC-96016</t>
+  </si>
+  <si>
+    <t>Credit Acceptance Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25505 West Twelve Mile Road </t>
+  </si>
+  <si>
+    <t>Southfield</t>
+  </si>
+  <si>
+    <t>SFC-3023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">121 West Election Road, Suite 200 </t>
+  </si>
+  <si>
+    <t>Draper</t>
+  </si>
+  <si>
+    <t>SFC-1113194</t>
+  </si>
+  <si>
+    <t>Crown Asset Management, LLC</t>
+  </si>
+  <si>
+    <t>SFC-1110271</t>
+  </si>
+  <si>
+    <t>Denali Capital, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2207 2nd Avenue North </t>
+  </si>
+  <si>
+    <t>Birmingham</t>
+  </si>
+  <si>
+    <t>SFC-2294490</t>
+  </si>
+  <si>
+    <t>Digital Motor Group, LLC</t>
+  </si>
+  <si>
+    <t>100 Southeast 3rd Ave Suite 1000</t>
+  </si>
+  <si>
+    <t>Fort Lauderdale</t>
+  </si>
+  <si>
+    <t>SFC-2473773</t>
+  </si>
+  <si>
+    <t>DISH Wireless Financing L.L.C.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9601 S. Meridian Blvd. </t>
+  </si>
+  <si>
+    <t>Englewood</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>SFC-1975608</t>
+  </si>
+  <si>
+    <t>DLL Finance LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8001 Birchwood Crt. </t>
+  </si>
+  <si>
+    <t>SFC-4393</t>
+  </si>
+  <si>
+    <t>EnFin Corp.</t>
+  </si>
+  <si>
+    <t>300 Spectrum Center Drive Ste 500</t>
+  </si>
+  <si>
+    <t>SFC-2293461</t>
+  </si>
+  <si>
+    <t>Equity Sales Finance, Inc.</t>
+  </si>
+  <si>
+    <t>6900 Wedgewood Road Suite 150</t>
+  </si>
+  <si>
+    <t>Maple Grove</t>
+  </si>
+  <si>
+    <t>SFC-1820822</t>
+  </si>
+  <si>
+    <t>EverBright Financing 2023, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">700 Universe Blvd. </t>
+  </si>
+  <si>
+    <t>Juno Beach</t>
+  </si>
+  <si>
+    <t>SFC-2544376</t>
+  </si>
+  <si>
+    <t>EverBright R1, LLC</t>
+  </si>
+  <si>
+    <t>700 Universe Blvd Building LAW/JB</t>
+  </si>
+  <si>
+    <t>SFC-2361430</t>
+  </si>
+  <si>
+    <t>Exeter Finance LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2101 W. John Carpenter Freeway </t>
+  </si>
+  <si>
+    <t>SFC-967404</t>
+  </si>
+  <si>
+    <t>FC Funding LLC</t>
+  </si>
+  <si>
+    <t>225 Wilmington-West Chester Pike Suite 200-220</t>
+  </si>
+  <si>
+    <t>Chadds Ford</t>
+  </si>
+  <si>
+    <t>SFC-780917</t>
+  </si>
+  <si>
+    <t>FCA Funding I LLC</t>
+  </si>
+  <si>
+    <t>SFC-1599035</t>
+  </si>
+  <si>
+    <t>FCC Finance LLC</t>
+  </si>
+  <si>
+    <t>5800 Democracy Drive Suite 250</t>
+  </si>
+  <si>
+    <t>SFC-120321</t>
+  </si>
+  <si>
+    <t>FI Connect, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5680 Greenwood Plaza Blvd, Suite 400S </t>
+  </si>
+  <si>
+    <t>Greenwood Village</t>
+  </si>
+  <si>
+    <t>SFC-2400114</t>
+  </si>
+  <si>
+    <t>First Help Financial, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">160 Gould Street Suite 100 </t>
+  </si>
+  <si>
+    <t>Needham</t>
+  </si>
+  <si>
+    <t>02494</t>
+  </si>
+  <si>
+    <t>SFC-979663</t>
+  </si>
+  <si>
+    <t>FIRST INVESTORS AUTO FUNDING CORPORATION</t>
+  </si>
+  <si>
+    <t>5757 WOODWAY DR. STE. 400</t>
+  </si>
+  <si>
+    <t>HOUSTON</t>
+  </si>
+  <si>
+    <t>SFC-1305111</t>
+  </si>
+  <si>
+    <t>FIRST INVESTORS AUTO RECEIVABLES CORPORATION</t>
+  </si>
+  <si>
+    <t>SFC-1305112</t>
+  </si>
+  <si>
+    <t>First Investors Servicing Corporation</t>
+  </si>
+  <si>
+    <t>3065 Akers Mill Rd. Suite 700</t>
+  </si>
+  <si>
+    <t>SFC-219045</t>
+  </si>
+  <si>
+    <t>SFC -473165</t>
+  </si>
+  <si>
+    <t>One American Road Mail Drop 7440</t>
+  </si>
+  <si>
+    <t>Dearborn</t>
+  </si>
+  <si>
+    <t>SFC-3018</t>
+  </si>
+  <si>
+    <t>Foundation Finance Company LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10101 Market Street, Suite B100 </t>
+  </si>
+  <si>
+    <t>Rothschild</t>
+  </si>
+  <si>
+    <t>SFC-916914</t>
+  </si>
+  <si>
+    <t>Foursight Capital LLC</t>
+  </si>
+  <si>
+    <t>2783 South Leadership Ct Suite 400</t>
+  </si>
+  <si>
+    <t>West Valley City</t>
+  </si>
+  <si>
+    <t>SFC-1458842</t>
+  </si>
+  <si>
+    <t>Franklin Credit Management Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">101 Hudson Street, 24th Floor </t>
+  </si>
+  <si>
+    <t>Jersey City</t>
+  </si>
+  <si>
+    <t>NJ</t>
+  </si>
+  <si>
+    <t>07302</t>
+  </si>
+  <si>
+    <t>SFC-2102</t>
+  </si>
+  <si>
+    <t>FTL Capital Partners, LLC</t>
+  </si>
+  <si>
+    <t>820 S. Main Street Suite 300</t>
+  </si>
+  <si>
+    <t>Saint Charles</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>SFC-2133635</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1200 Brookfield Blvd., Ste. 300 </t>
+  </si>
+  <si>
+    <t>Greenville</t>
+  </si>
+  <si>
+    <t>SFC-1089726</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15001 Trinity Blvd </t>
+  </si>
+  <si>
+    <t>SFC-901918</t>
+  </si>
+  <si>
+    <t>Goldman Sachs Mortgage Company</t>
+  </si>
+  <si>
+    <t>200 West Street 5th Floor</t>
+  </si>
+  <si>
+    <t>10282-2198</t>
+  </si>
+  <si>
+    <t>SFC- 9721</t>
+  </si>
+  <si>
+    <t>GoodLeap, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8781 Sierra College Blvd </t>
+  </si>
+  <si>
+    <t>Roseville</t>
+  </si>
+  <si>
+    <t>SFC-30336</t>
+  </si>
+  <si>
+    <t>Harley-Davidson Credit Corp.</t>
+  </si>
+  <si>
+    <t>9850 Double R Blvd Suite 100</t>
+  </si>
+  <si>
+    <t>Reno</t>
+  </si>
+  <si>
+    <t>SFC-206168</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3161 Michelson Drive, Suite 1900 </t>
+  </si>
+  <si>
+    <t>92612-4418</t>
+  </si>
+  <si>
+    <t>SFC-1885</t>
+  </si>
+  <si>
+    <t>I.A.C. INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">138 Orange Street </t>
+  </si>
+  <si>
+    <t>New Haven</t>
+  </si>
+  <si>
+    <t>06510</t>
+  </si>
+  <si>
+    <t>SFC-1007149</t>
+  </si>
+  <si>
+    <t>Ironhorse Funding LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 Cummings Center, Suite 233G </t>
+  </si>
+  <si>
+    <t>Beverly</t>
+  </si>
+  <si>
+    <t>01915</t>
+  </si>
+  <si>
+    <t>SFC-1743763</t>
+  </si>
+  <si>
+    <t>Kawasaki Motors Retail Finance, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26972 Burbank </t>
+  </si>
+  <si>
+    <t>Foothill Ranch</t>
+  </si>
+  <si>
+    <t>SFC-2692881</t>
+  </si>
+  <si>
+    <t>Kubota Credit Corporation, U.S.A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1000 Kubota Drive </t>
+  </si>
+  <si>
+    <t>Grapevine</t>
+  </si>
+  <si>
+    <t>SFC-22437</t>
+  </si>
+  <si>
+    <t>Langley Lending Services, LLC</t>
+  </si>
+  <si>
+    <t>11742 Jefferson Avenue Suite 260</t>
+  </si>
+  <si>
+    <t>Newport News</t>
+  </si>
+  <si>
+    <t>SFC-2319587</t>
+  </si>
+  <si>
+    <t xml:space="preserve">402 West Broadway, 20th Floor </t>
+  </si>
+  <si>
+    <t>San Diego</t>
+  </si>
+  <si>
+    <t>SFC-1766839</t>
+  </si>
+  <si>
+    <t>Lease and Rental Management Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45 Haverhill Street </t>
+  </si>
+  <si>
+    <t>Andover</t>
+  </si>
+  <si>
+    <t>01810</t>
+  </si>
+  <si>
+    <t>SFC- 2533</t>
+  </si>
+  <si>
+    <t>Lendbuzz Funding LLC</t>
+  </si>
+  <si>
+    <t>100 Summer Street Suite 1920</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>02110</t>
+  </si>
+  <si>
+    <t>SFC-1636296</t>
+  </si>
+  <si>
+    <t>LendKey Technologies, Inc.</t>
+  </si>
+  <si>
+    <t>9999 Carver Road Suite 400</t>
+  </si>
+  <si>
+    <t>Cincinnati</t>
+  </si>
+  <si>
+    <t>SFC-1266627</t>
+  </si>
+  <si>
+    <t>Luxury Lease Partners LLC</t>
+  </si>
+  <si>
+    <t>210 Summit Avenue Suite C4</t>
+  </si>
+  <si>
+    <t>Montvale</t>
+  </si>
+  <si>
+    <t>07645</t>
+  </si>
+  <si>
+    <t>SFC-2403781</t>
+  </si>
+  <si>
+    <t>LVNV Funding LLC</t>
+  </si>
+  <si>
+    <t>355 S Main Sreet STE 300-D</t>
+  </si>
+  <si>
+    <t>SFC-322503</t>
+  </si>
+  <si>
+    <t>Mahindra Finance USA LLC</t>
+  </si>
+  <si>
+    <t>SFC-458785</t>
+  </si>
+  <si>
+    <t>mango lending, llc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">244 Foxon Road </t>
+  </si>
+  <si>
+    <t>North Branford</t>
+  </si>
+  <si>
+    <t>06471</t>
+  </si>
+  <si>
+    <t>SFC-2088487</t>
+  </si>
+  <si>
+    <t>MCLP Asset Company, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 West Street </t>
+  </si>
+  <si>
+    <t>SFC-1591407</t>
+  </si>
+  <si>
+    <t>35555 W. Twelve Mile Rd Suite 100</t>
+  </si>
+  <si>
+    <t>Farmington Hills</t>
+  </si>
+  <si>
+    <t>SFC-2546</t>
+  </si>
+  <si>
+    <t>Meriden Motor Financial, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1187 East Main St. </t>
+  </si>
+  <si>
+    <t>Meriden</t>
+  </si>
+  <si>
+    <t>06450</t>
+  </si>
+  <si>
+    <t>SFC-1419668</t>
+  </si>
+  <si>
+    <t>Mid-Atlantic Finance Co., Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4592 ULMERTON ROAD, SUI 200 </t>
+  </si>
+  <si>
+    <t>CLEARWATER</t>
+  </si>
+  <si>
+    <t>SFC-211414</t>
+  </si>
+  <si>
+    <t>350 Camino De La Reina Ste. 300</t>
+  </si>
+  <si>
+    <t>SFC-934164</t>
+  </si>
+  <si>
+    <t>Monterey Financial Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4095 AVENIDA DE LA PLATA </t>
+  </si>
+  <si>
+    <t>OCEANSIDE</t>
+  </si>
+  <si>
+    <t>SFC-253155</t>
+  </si>
+  <si>
+    <t>MTGLQ Investors, L.P.</t>
+  </si>
+  <si>
+    <t>SFC-9672</t>
+  </si>
+  <si>
+    <t xml:space="preserve">One Allied Drive </t>
+  </si>
+  <si>
+    <t>SFC-209072</t>
+  </si>
+  <si>
+    <t>New Cingular Wireless PCS, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1025 Lenox Park Blvd NE </t>
+  </si>
+  <si>
+    <t>SFC-1238818</t>
+  </si>
+  <si>
+    <t>NEW CITY FUNDING CORP.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">146 SOUTH LIBERTY DRIVE SUTIE #11B </t>
+  </si>
+  <si>
+    <t>STONY POINT</t>
+  </si>
+  <si>
+    <t>SFC-952202</t>
+  </si>
+  <si>
+    <t xml:space="preserve">One Nissan Way </t>
+  </si>
+  <si>
+    <t>Franklin</t>
+  </si>
+  <si>
+    <t>SFC-9866</t>
+  </si>
+  <si>
+    <t>OneMain Consumer Loan, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">601 NW Second St. </t>
+  </si>
+  <si>
+    <t>Evansville</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>SFC-937358</t>
+  </si>
+  <si>
+    <t>Oracle Finance, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">345A Gold Star Highway </t>
+  </si>
+  <si>
+    <t>Groton</t>
+  </si>
+  <si>
+    <t>06340</t>
+  </si>
+  <si>
+    <t>SFC-1419679</t>
+  </si>
+  <si>
+    <t>Pinnacle Finance LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15030 N. Hayden Rd., Ste 100 </t>
+  </si>
+  <si>
+    <t>SFC-1405111</t>
+  </si>
+  <si>
+    <t>PJOLT-1 LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">One Porsche Drive </t>
+  </si>
+  <si>
+    <t>SFC-2479184</t>
+  </si>
+  <si>
+    <t>Planet Home Lending, LLC</t>
+  </si>
+  <si>
+    <t>321 Research Parkway STE 303</t>
+  </si>
+  <si>
+    <t>SFC-17022</t>
+  </si>
+  <si>
+    <t>Porsche Auto Funding LLC</t>
+  </si>
+  <si>
+    <t>SFC-2520288</t>
+  </si>
+  <si>
+    <t>Porsche Financial Auto Securitization Trust 2023-2</t>
+  </si>
+  <si>
+    <t>SFC-2540982</t>
+  </si>
+  <si>
+    <t>Porsche Financial Auto Securitization Trust 2024-1</t>
+  </si>
+  <si>
+    <t>SFC-2646333</t>
+  </si>
+  <si>
+    <t>Porsche Financial Auto Securitization Trust 2025-1</t>
+  </si>
+  <si>
+    <t>SFC-2646336</t>
+  </si>
+  <si>
+    <t>Porsche Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t>SFC - 3164</t>
+  </si>
+  <si>
+    <t>Porsche Funding Limited Partnership</t>
+  </si>
+  <si>
+    <t>SFC-2536145</t>
+  </si>
+  <si>
+    <t>120 Corporate Blvd. Suite 100</t>
+  </si>
+  <si>
+    <t>SFC-832770</t>
+  </si>
+  <si>
+    <t>Preferred Credit, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">628 Roosevelt Rd, Suite #100 </t>
+  </si>
+  <si>
+    <t>St, Cloud</t>
+  </si>
+  <si>
+    <t>SFC-219726</t>
+  </si>
+  <si>
+    <t>Pure Financial Group LLC</t>
+  </si>
+  <si>
+    <t>14880 Sweitzer Lane Suite D</t>
+  </si>
+  <si>
+    <t>Laurel</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>SFC-1802643</t>
+  </si>
+  <si>
+    <t>PYOD LLC</t>
+  </si>
+  <si>
+    <t>355 S Main Street STE 300-E</t>
+  </si>
+  <si>
+    <t>SFC-855442</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1424 East Fire Tower Road </t>
+  </si>
+  <si>
+    <t>SFC-1104859</t>
+  </si>
+  <si>
+    <t>Resurgent Acquisitions LLC</t>
+  </si>
+  <si>
+    <t>355 S. Main Street Ste 300-H</t>
+  </si>
+  <si>
+    <t>SFC-1871785</t>
+  </si>
+  <si>
+    <t>Resurgent Capital Services L.P.</t>
+  </si>
+  <si>
+    <t>55 Beattie Place Suite 110</t>
+  </si>
+  <si>
+    <t>SFC-2301</t>
+  </si>
+  <si>
+    <t>Resurgent Funding LLC</t>
+  </si>
+  <si>
+    <t>355 S Main Street STE 300-I</t>
+  </si>
+  <si>
+    <t>SFC-2570911</t>
+  </si>
+  <si>
+    <t>Resurgent Receivables LLC</t>
+  </si>
+  <si>
+    <t>355 S. Main Street Ste 300-J</t>
+  </si>
+  <si>
+    <t>SFC-1860877</t>
+  </si>
+  <si>
+    <t>Resurgent Secured Assets LLC</t>
+  </si>
+  <si>
+    <t>355 S Main Street STE 300-G</t>
+  </si>
+  <si>
+    <t>SFC-970517</t>
+  </si>
+  <si>
+    <t>Ride Today Financial Corp.</t>
+  </si>
+  <si>
+    <t>SFC-1390196</t>
+  </si>
+  <si>
+    <t>Roadrunner Account Services, LLC</t>
+  </si>
+  <si>
+    <t>3001 Hackberry Suite 225</t>
+  </si>
+  <si>
+    <t>SFC-1758660</t>
+  </si>
+  <si>
+    <t>Roadrunner Financial, Inc.</t>
+  </si>
+  <si>
+    <t>3001 Hackberry Rd. Suite 225</t>
+  </si>
+  <si>
+    <t>SFC-1525116</t>
+  </si>
+  <si>
+    <t>Santander Consumer USA Inc.</t>
+  </si>
+  <si>
+    <t>1601 Elm Street Suite 800</t>
+  </si>
+  <si>
+    <t>SFC-4239</t>
+  </si>
+  <si>
+    <t>SAYBROOK FINANCE, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">275 MIDDLESEX TURNPIKE </t>
+  </si>
+  <si>
+    <t>OLD SAYBROOK</t>
+  </si>
+  <si>
+    <t>06475</t>
+  </si>
+  <si>
+    <t>SFC-1628459</t>
+  </si>
+  <si>
+    <t>Security Credit Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">306 Enterprise Drive </t>
+  </si>
+  <si>
+    <t>Oxford</t>
+  </si>
+  <si>
+    <t>MS</t>
+  </si>
+  <si>
+    <t>SFC-1009856</t>
+  </si>
+  <si>
+    <t>Sensible Auto Lending, LLC</t>
+  </si>
+  <si>
+    <t>44 Old Ridgebury Road Suite 100</t>
+  </si>
+  <si>
+    <t>Danbury</t>
+  </si>
+  <si>
+    <t>06810</t>
+  </si>
+  <si>
+    <t>Service Finance Company, LLC</t>
+  </si>
+  <si>
+    <t>555 South Federal Highway Suite 200</t>
+  </si>
+  <si>
+    <t>Boca Raton</t>
+  </si>
+  <si>
+    <t>SFC-140908</t>
+  </si>
+  <si>
+    <t>SFS AUTO FINANCE, LLC</t>
+  </si>
+  <si>
+    <t>5757 WOODWAY DR STE 400</t>
+  </si>
+  <si>
+    <t>SFC-2591490</t>
+  </si>
+  <si>
+    <t>SFS AUTO FINANCE, LLC 2024-2</t>
+  </si>
+  <si>
+    <t>SFC-2617175</t>
+  </si>
+  <si>
+    <t>SFS AUTO FUNDING, LLC</t>
+  </si>
+  <si>
+    <t>5757 WOODWAY  DR STE. 400</t>
+  </si>
+  <si>
+    <t>SFC-2458825</t>
+  </si>
+  <si>
+    <t>SFS FUNDING II, LLC</t>
+  </si>
+  <si>
+    <t>5757 Woodway Dr. STE.  400</t>
+  </si>
+  <si>
+    <t>SFC-2359410</t>
+  </si>
+  <si>
+    <t>SFS FUNDING, LLC</t>
+  </si>
+  <si>
+    <t>SFC-2356286</t>
+  </si>
+  <si>
+    <t>SNAP-ON CREDIT LLC</t>
+  </si>
+  <si>
+    <t>950 TECHNOLOGY WAY SUITE 301</t>
+  </si>
+  <si>
+    <t>LIBERTYVILLE</t>
+  </si>
+  <si>
+    <t>SFC-19722</t>
+  </si>
+  <si>
+    <t>Solar Service Experts, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">820 Gessner Road, Suite 500 </t>
+  </si>
+  <si>
+    <t>Houston</t>
+  </si>
+  <si>
+    <t>SFC-1734138</t>
+  </si>
+  <si>
+    <t>Solar Servicing LLC</t>
+  </si>
+  <si>
+    <t>4445 Willard Ave Suite 1000</t>
+  </si>
+  <si>
+    <t>Chevy Chase</t>
+  </si>
+  <si>
+    <t>SFC-2744383</t>
+  </si>
+  <si>
+    <t>Southwest Stage Funding, LLC</t>
+  </si>
+  <si>
+    <t>2290 E. Yeager Dr. Suite 250</t>
+  </si>
+  <si>
+    <t>SFC-89599</t>
+  </si>
+  <si>
+    <t>Spring Oaks Capital SPV, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1400 Crossways Blvd, Ste. 100B </t>
+  </si>
+  <si>
+    <t>Chesapeake</t>
+  </si>
+  <si>
+    <t>SFC-2114614</t>
+  </si>
+  <si>
+    <t xml:space="preserve">800 Fairway Drive, Suite 190 </t>
+  </si>
+  <si>
+    <t>Deerfield Beach</t>
+  </si>
+  <si>
+    <t>SFC-2147720</t>
+  </si>
+  <si>
+    <t>5757 Woodway Drive Suite 400</t>
+  </si>
+  <si>
+    <t>SFC-128351</t>
+  </si>
+  <si>
+    <t>Stream Innovations Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 Barr Harbor </t>
+  </si>
+  <si>
+    <t>Conshohocken</t>
+  </si>
+  <si>
+    <t>SFC-2457938</t>
+  </si>
+  <si>
+    <t>Systems &amp; Services Technologies, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5161 Calfornia Ave., Ste 100 </t>
+  </si>
+  <si>
+    <t>SFC-950746</t>
+  </si>
+  <si>
+    <t>T-Mobile Financial LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12920 SE 38th Street </t>
+  </si>
+  <si>
+    <t>Bellevue</t>
+  </si>
+  <si>
+    <t>SFC-1250965</t>
+  </si>
+  <si>
+    <t>Tenet Energy Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">169 Madison Avenue, Suite 2922 </t>
+  </si>
+  <si>
+    <t>SFC-2262929</t>
+  </si>
+  <si>
+    <t>Tesla Finance LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3500 Deer Creek Road </t>
+  </si>
+  <si>
+    <t>Palo Alto</t>
+  </si>
+  <si>
+    <t>SFC-2220087</t>
+  </si>
+  <si>
+    <t>The Credit Union Loan Source, LLC</t>
+  </si>
+  <si>
+    <t>3820 Mansell Road Suite 140</t>
+  </si>
+  <si>
+    <t>SFC-1676854</t>
+  </si>
+  <si>
+    <t>Thrift Investment COrp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">720 King George's Post Road </t>
+  </si>
+  <si>
+    <t>Fords</t>
+  </si>
+  <si>
+    <t>08863</t>
+  </si>
+  <si>
+    <t>SFC-1414388</t>
+  </si>
+  <si>
+    <t>Time Investment Company, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 N. 6th Avenue </t>
+  </si>
+  <si>
+    <t>West Bend</t>
+  </si>
+  <si>
+    <t>SFC-1137509</t>
+  </si>
+  <si>
+    <t>Titan Asset Purchasing, LLC</t>
+  </si>
+  <si>
+    <t>575 S Wickham Road Suite F #505</t>
+  </si>
+  <si>
+    <t>Melbourne</t>
+  </si>
+  <si>
+    <t>SFC-1855440</t>
+  </si>
+  <si>
+    <t>Toyota Industries Commercial Finance, Inc.</t>
+  </si>
+  <si>
+    <t>8951 Cypress Waters Boulevard Suite 300</t>
+  </si>
+  <si>
+    <t>SFC-1264853</t>
+  </si>
+  <si>
+    <t>Travis Capital Partners, LLC</t>
+  </si>
+  <si>
+    <t>1140 Post Road Suite 7</t>
+  </si>
+  <si>
+    <t>Fairfield</t>
+  </si>
+  <si>
+    <t>06824</t>
+  </si>
+  <si>
+    <t>SFC-1986706</t>
+  </si>
+  <si>
+    <t>Truvion</t>
+  </si>
+  <si>
+    <t>2151 Michelson Drive Suite 282</t>
+  </si>
+  <si>
+    <t>SFC-2456385</t>
+  </si>
+  <si>
+    <t>Two Wheeler Finance, LLC</t>
+  </si>
+  <si>
+    <t>SFC 979655</t>
+  </si>
+  <si>
+    <t>United Auto Credit Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1071 Camelback Street, Suite 100 </t>
+  </si>
+  <si>
+    <t>Newport Beach</t>
+  </si>
+  <si>
+    <t>SFC-2001</t>
+  </si>
+  <si>
+    <t>United Bikers Credit Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 Cummings Center Suite 233G </t>
+  </si>
+  <si>
+    <t>SFC-2175593</t>
+  </si>
+  <si>
+    <t>UNITED CAPITAL SERVICES CORPORATION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20 CORINNE DR </t>
+  </si>
+  <si>
+    <t>PROSPECT</t>
+  </si>
+  <si>
+    <t>06712</t>
+  </si>
+  <si>
+    <t>SFC-1419676</t>
+  </si>
+  <si>
+    <t>United Consumer Financial Services Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">865 Bassett Road </t>
+  </si>
+  <si>
+    <t>SFC-17333</t>
+  </si>
+  <si>
+    <t>275 Battery Street Suite 2300</t>
+  </si>
+  <si>
+    <t>San Francisco</t>
+  </si>
+  <si>
+    <t>SFC-1548935</t>
+  </si>
+  <si>
+    <t>Upstart Network, Inc.</t>
+  </si>
+  <si>
+    <t>2950 South Delaware Street Suite 410</t>
+  </si>
+  <si>
+    <t>San Mateo</t>
+  </si>
+  <si>
+    <t>SFC-936133</t>
+  </si>
+  <si>
+    <t>Vance and Huffman, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">55 Monette Pkwy, Suite 100 </t>
+  </si>
+  <si>
+    <t>Smithfield</t>
+  </si>
+  <si>
+    <t>SFC-1154875</t>
+  </si>
+  <si>
+    <t>Velocity Investments, L.L.C.</t>
+  </si>
+  <si>
+    <t>1800 Route 34 North Bldg #3, Suite 305</t>
+  </si>
+  <si>
+    <t>Wall</t>
+  </si>
+  <si>
+    <t>07719</t>
+  </si>
+  <si>
+    <t>SFC-922827</t>
+  </si>
+  <si>
+    <t>Verizon Wireless Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">One Verizon Way </t>
+  </si>
+  <si>
+    <t>Basking Ridge</t>
+  </si>
+  <si>
+    <t>07920-1097</t>
+  </si>
+  <si>
+    <t>SFC-1165814</t>
+  </si>
+  <si>
+    <t>Vervent Inc.</t>
+  </si>
+  <si>
+    <t>10182 Telesis Ct Suite 300</t>
+  </si>
+  <si>
+    <t>SFC-1909062</t>
+  </si>
+  <si>
+    <t>Volvo Car Financial Services U.S., LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1800 Volvo Place </t>
+  </si>
+  <si>
+    <t>Mahwah</t>
+  </si>
+  <si>
+    <t>07430</t>
+  </si>
+  <si>
+    <t>SFC-904753</t>
+  </si>
+  <si>
+    <t>VW Credit, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1401 Franklin Blvd. </t>
+  </si>
+  <si>
+    <t>Libertyville</t>
+  </si>
+  <si>
+    <t>SFC-3024</t>
+  </si>
+  <si>
+    <t>Western Funding Incorporated</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 S 4th Street, Suite 300 </t>
+  </si>
+  <si>
+    <t>SFC-1297490</t>
+  </si>
+  <si>
+    <t>Westlake Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4751 Wilshire Blvd. Suite 100 </t>
+  </si>
+  <si>
+    <t>Los Angeles</t>
+  </si>
+  <si>
+    <t>SFC-376621</t>
+  </si>
+  <si>
+    <t>Winthrop Financial Resources, LLC</t>
+  </si>
+  <si>
+    <t>470 MURDOCK AVENUE SUITE 3</t>
+  </si>
+  <si>
+    <t>MERIDEN</t>
+  </si>
+  <si>
+    <t>SFC-1737841</t>
+  </si>
+  <si>
+    <t>World Omni Financial Corp.</t>
+  </si>
+  <si>
+    <t>SFC-1073</t>
+  </si>
+  <si>
+    <t>Belmont Finance LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 Plover Road </t>
+  </si>
+  <si>
+    <t>Plover</t>
+  </si>
+  <si>
+    <t>SFC-1158200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 BMW Drive </t>
+  </si>
+  <si>
+    <t>Woodcliff Lake</t>
+  </si>
+  <si>
+    <t>07677-7739</t>
+  </si>
+  <si>
+    <t>SFC-2738</t>
+  </si>
+  <si>
+    <t>Castle Credit Co Holdings, LLC</t>
+  </si>
+  <si>
+    <t>200 S Michigan Avenue Suite 450</t>
+  </si>
+  <si>
+    <t>SFC-1467645</t>
+  </si>
+  <si>
+    <t xml:space="preserve">225 Wilmington-West Chester Pike, Suite 200-220 </t>
+  </si>
+  <si>
+    <t>SFC-2779548</t>
+  </si>
+  <si>
+    <t>Mobility Credit Acceptance, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1108 East Main Street, Suite 200 </t>
+  </si>
+  <si>
+    <t>Richmond</t>
+  </si>
+  <si>
+    <t>SFC-1856289</t>
+  </si>
+  <si>
+    <t>PEOPLES AUTO LENDING LIMITED LIABILITY COMPANY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 Frontage Rd </t>
+  </si>
+  <si>
+    <t>EAST HAVEN</t>
+  </si>
+  <si>
+    <t>SFC-2581481</t>
+  </si>
+  <si>
+    <t>SIGNALENDING ,LLC</t>
+  </si>
+  <si>
+    <t>45 Industrial Park Road West Suite I</t>
+  </si>
+  <si>
+    <t>Tolland</t>
+  </si>
+  <si>
+    <t>SFC-1409547</t>
+  </si>
+  <si>
+    <t>Source One Financial Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16233 Kenyon Ave, Suite 230 </t>
+  </si>
+  <si>
+    <t>Lakeville</t>
+  </si>
+  <si>
+    <t>SFC-2413356</t>
+  </si>
+  <si>
     <t>Spring Oaks Capital, LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">4420 The 25 Way N.E. </t>
-[...1408 lines deleted...]
-  <si>
     <t>SFC-1916692</t>
   </si>
   <si>
-    <t xml:space="preserve">800 Fairway Drive, Suite 190 </t>
-[...23 lines deleted...]
-    <t>SFC-2457938</t>
+    <t>Sunnova EZ-Own Portfolio LLC</t>
+  </si>
+  <si>
+    <t>20 Greenway Plaza Suite 540</t>
+  </si>
+  <si>
+    <t>SFC-1964247</t>
   </si>
   <si>
     <t>SUNNOVA HELIOS XIV ISSUER, LLC</t>
   </si>
   <si>
-    <t>20 Greenway Plaza Suite 540</t>
-[...1 lines deleted...]
-  <si>
     <t>SFC-2613115</t>
   </si>
   <si>
     <t>SUNNOVA HELIOS XV ISSUER, LLC</t>
   </si>
   <si>
     <t>SFC-2645290</t>
   </si>
   <si>
     <t>SUNNOVA HESTIA I BORROWER, LLC.</t>
   </si>
   <si>
     <t>SFC-2500757</t>
   </si>
   <si>
     <t>Sunnova Hestia II Borrower, LLC</t>
   </si>
   <si>
     <t>SFC-2547201</t>
   </si>
   <si>
-    <t>Systems &amp; Services Technologies, Inc.</t>
-[...185 lines deleted...]
-    <t>SFC-17333</t>
+    <t xml:space="preserve">6565 Headquarters Drive </t>
+  </si>
+  <si>
+    <t>75024-5965</t>
+  </si>
+  <si>
+    <t>SFC-8027</t>
   </si>
   <si>
     <t>Universal Guardian Acceptance, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">603 East Street, Suite 401 </t>
   </si>
   <si>
     <t>Parkville</t>
   </si>
   <si>
     <t>SFC-1043659</t>
   </si>
   <si>
-    <t>275 Battery Street Suite 2300</t>
-[...337 lines deleted...]
-  <si>
     <t xml:space="preserve">6555 Katella Avenue </t>
   </si>
   <si>
     <t>Cypress</t>
   </si>
   <si>
     <t>SFC-1324405</t>
   </si>
   <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postal Code</t>
   </si>
   <si>
     <t>License Number</t>
   </si>
   <si>
     <t>License Name</t>
   </si>
   <si>
     <t>Report Current As Of</t>
   </si>
   <si>
-    <t>Sales Finance Company Licensees as of December 5, 2025</t>
+    <t>Sales Finance Company Licensees as of February 5, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -2952,6166 +2913,6114 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD3C2E6C-C067-40EF-BD7B-BEB4C8456FCA}">
-  <dimension ref="A1:H235"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{432340F5-A947-4EF8-B88D-7838B273CBF7}">
+  <dimension ref="A1:H233"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="45.21875" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="10.88671875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="46.77734375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="43.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.44140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.5546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.44140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="35.77734375" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="17.88671875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="38" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.4">
       <c r="A1" s="5" t="s">
-        <v>835</v>
+        <v>822</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
     </row>
-    <row r="2" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
-        <v>827</v>
+        <v>814</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>828</v>
+        <v>815</v>
       </c>
       <c r="C2" s="4" t="s">
-        <v>829</v>
+        <v>816</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>830</v>
+        <v>817</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>831</v>
+        <v>818</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="G2" s="4" t="s">
-        <v>833</v>
+        <v>820</v>
       </c>
       <c r="H2" s="4" t="s">
-        <v>834</v>
+        <v>821</v>
       </c>
     </row>
     <row r="3" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E3" s="1">
         <v>78749</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H3" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="4" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="1" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="E4" s="1">
         <v>50131</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H4" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="5" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="1" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="1">
         <v>75038</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H5" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="6" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="1">
         <v>83642</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H6" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="7" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="D7" s="1" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E7" s="1">
         <v>29302</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H7" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="8" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
-        <v>756</v>
+        <v>208</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>757</v>
+        <v>209</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>758</v>
+        <v>210</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="3" t="s">
-        <v>759</v>
+        <v>211</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>760</v>
+        <v>212</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H8" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="9" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
-        <v>761</v>
+        <v>213</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>762</v>
+        <v>214</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>763</v>
+        <v>215</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>764</v>
+        <v>216</v>
       </c>
       <c r="E9" s="1">
         <v>19952</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>765</v>
+        <v>217</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H9" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="10" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="1">
         <v>67205</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H10" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="11" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>209</v>
+        <v>218</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="1">
         <v>75019</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H11" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="12" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="1">
         <v>30022</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H12" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="13" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E13" s="1">
         <v>90501</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H13" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="14" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
-        <v>766</v>
+        <v>224</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>767</v>
+        <v>225</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>768</v>
+        <v>226</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>769</v>
+        <v>228</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>770</v>
+        <v>229</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H14" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="15" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E15" s="1">
         <v>76014</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H15" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>22</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>23</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>25</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H16" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="17" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E17" s="1">
         <v>76014</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H17" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E18" s="1">
         <v>85286</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H18" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E19" s="1">
         <v>76014</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H19" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="20" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E20" s="1">
         <v>19044</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>37</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H20" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E21" s="1">
         <v>76014</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>39</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H21" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>215</v>
+        <v>230</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E22" s="1">
         <v>76102</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>216</v>
+        <v>231</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H22" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>218</v>
+        <v>233</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>219</v>
+        <v>234</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>221</v>
+        <v>235</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>222</v>
+        <v>236</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H23" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
-        <v>223</v>
+        <v>237</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>224</v>
+        <v>238</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="E24" s="1">
         <v>60611</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H24" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
-        <v>228</v>
+        <v>242</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>229</v>
+        <v>243</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>230</v>
+        <v>244</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>231</v>
+        <v>245</v>
       </c>
       <c r="E25" s="1">
         <v>54401</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>232</v>
+        <v>246</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H25" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
-        <v>233</v>
+        <v>40</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>234</v>
+        <v>41</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>235</v>
+        <v>42</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="E26" s="1">
-        <v>14221</v>
+        <v>76262</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>236</v>
+        <v>43</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H26" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
-        <v>237</v>
+        <v>40</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>238</v>
+        <v>247</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>91</v>
+        <v>248</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="E27" s="1">
-        <v>30319</v>
+        <v>14221</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H27" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>242</v>
+        <v>98</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>14</v>
+      </c>
+      <c r="E28" s="1">
+        <v>30319</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H28" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>19462</v>
+        <v>23</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>256</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H29" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="E30" s="1">
-        <v>95008</v>
+        <v>19462</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H30" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
-        <v>771</v>
+        <v>262</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>772</v>
+        <v>263</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>773</v>
+        <v>264</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>231</v>
+        <v>67</v>
       </c>
       <c r="E31" s="1">
-        <v>54467</v>
+        <v>95008</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>774</v>
+        <v>265</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H31" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A32" s="1" t="s">
-        <v>40</v>
+        <v>762</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>41</v>
+        <v>763</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>42</v>
+        <v>764</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>43</v>
+        <v>245</v>
       </c>
       <c r="E32" s="1">
-        <v>43215</v>
+        <v>54467</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>44</v>
+        <v>765</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H32" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="33" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>46</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>47</v>
       </c>
       <c r="E33" s="1">
-        <v>84121</v>
+        <v>43215</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H33" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="34" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A34" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>775</v>
+        <v>49</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>776</v>
+        <v>50</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>777</v>
+        <v>51</v>
+      </c>
+      <c r="E34" s="1">
+        <v>84121</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>778</v>
+        <v>52</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H34" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="35" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="1" t="s">
-        <v>253</v>
+        <v>44</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>254</v>
+        <v>766</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>255</v>
+        <v>767</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>33146</v>
+        <v>409</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>768</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>256</v>
+        <v>769</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H35" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="36" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
-        <v>49</v>
+        <v>266</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>50</v>
+        <v>267</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>51</v>
+        <v>268</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>19</v>
+        <v>87</v>
       </c>
       <c r="E36" s="1">
-        <v>76155</v>
+        <v>33146</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>52</v>
+        <v>269</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H36" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="37" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A37" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>257</v>
+        <v>54</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>87</v>
+        <v>55</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="E37" s="1">
-        <v>85209</v>
+        <v>76155</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>258</v>
+        <v>56</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H37" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="38" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A38" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>50</v>
+        <v>270</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>51</v>
+        <v>94</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="E38" s="1">
-        <v>76155</v>
+        <v>85209</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>54</v>
+        <v>271</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H38" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="39" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>257</v>
+        <v>54</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>87</v>
+        <v>55</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="E39" s="1">
-        <v>85209</v>
+        <v>76155</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>259</v>
+        <v>58</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H39" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="40" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A40" s="1" t="s">
-        <v>260</v>
+        <v>57</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>262</v>
+        <v>94</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="E40" s="1">
-        <v>30096</v>
+        <v>85209</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H40" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="41" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="1" t="s">
-        <v>55</v>
+        <v>273</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>56</v>
+        <v>274</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>57</v>
+        <v>275</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>58</v>
+        <v>14</v>
       </c>
       <c r="E41" s="1">
-        <v>14580</v>
+        <v>30096</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>59</v>
+        <v>276</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H41" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="42" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A42" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>264</v>
+        <v>60</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>265</v>
+        <v>61</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="E42" s="1">
-        <v>32746</v>
+        <v>14580</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>266</v>
+        <v>63</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H42" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="43" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A43" s="1" t="s">
-        <v>267</v>
+        <v>59</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="E43" s="1">
-        <v>30144</v>
+        <v>32746</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H43" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="44" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>268</v>
+        <v>281</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>269</v>
+        <v>282</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="1">
         <v>30144</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H44" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="45" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="1" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>72</v>
+        <v>282</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E45" s="1">
-        <v>85281</v>
+        <v>30144</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H45" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="46" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A46" s="1" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E46" s="1">
         <v>85281</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H46" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="47" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="1" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>281</v>
+        <v>76</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="E47" s="1">
-        <v>11791</v>
+        <v>85281</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H47" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="48" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="1" t="s">
-        <v>779</v>
+        <v>292</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>780</v>
+        <v>293</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>225</v>
+        <v>294</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>226</v>
+        <v>62</v>
       </c>
       <c r="E48" s="1">
-        <v>60604</v>
+        <v>11791</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>781</v>
+        <v>295</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H48" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="49" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="1" t="s">
-        <v>283</v>
+        <v>770</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>284</v>
+        <v>771</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>285</v>
+        <v>239</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>240</v>
+      </c>
+      <c r="E49" s="1">
+        <v>60604</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>287</v>
+        <v>772</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H49" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="50" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="1" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>284</v>
+        <v>297</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>285</v>
+        <v>298</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>286</v>
+        <v>299</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>289</v>
+        <v>300</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H50" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="51" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A51" s="1" t="s">
-        <v>290</v>
+        <v>301</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>36609</v>
+        <v>227</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>299</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H51" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="52" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="1" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>58</v>
+        <v>306</v>
       </c>
       <c r="E52" s="1">
-        <v>10017</v>
+        <v>36609</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H52" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="53" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A53" s="1" t="s">
-        <v>782</v>
+        <v>308</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>783</v>
+        <v>309</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>784</v>
+        <v>310</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>62</v>
+      </c>
+      <c r="E53" s="1">
+        <v>10017</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>786</v>
+        <v>311</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H53" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="54" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="1" t="s">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>301</v>
+        <v>314</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>85251</v>
+        <v>227</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>315</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H54" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="55" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
-        <v>60</v>
+        <v>317</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>61</v>
+        <v>318</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>62</v>
+        <v>319</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>63</v>
+        <v>30</v>
       </c>
       <c r="E55" s="1">
-        <v>92612</v>
+        <v>85251</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>64</v>
+        <v>320</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H55" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="56" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>303</v>
+        <v>65</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>304</v>
+        <v>66</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>305</v>
+        <v>67</v>
       </c>
       <c r="E56" s="1">
-        <v>89169</v>
+        <v>92612</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>306</v>
+        <v>68</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H56" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="57" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A57" s="1" t="s">
-        <v>307</v>
+        <v>64</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>308</v>
+        <v>321</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>309</v>
+        <v>322</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>118</v>
+        <v>323</v>
       </c>
       <c r="E57" s="1">
-        <v>48034</v>
+        <v>89169</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H57" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="58" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="1" t="s">
-        <v>65</v>
+        <v>325</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>66</v>
+        <v>326</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>67</v>
+        <v>327</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>68</v>
+        <v>125</v>
       </c>
       <c r="E58" s="1">
-        <v>98003</v>
+        <v>48034</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>69</v>
+        <v>328</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H58" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="59" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A59" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>311</v>
+        <v>70</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>312</v>
+        <v>71</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="E59" s="1">
-        <v>84020</v>
+        <v>98003</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>313</v>
+        <v>73</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H59" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="60" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="1" t="s">
-        <v>314</v>
+        <v>69</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>261</v>
+        <v>329</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>262</v>
+        <v>330</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="E60" s="1">
-        <v>30096</v>
+        <v>84020</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>315</v>
+        <v>331</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H60" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="61" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A61" s="1" t="s">
-        <v>316</v>
+        <v>332</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>317</v>
+        <v>274</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>318</v>
+        <v>275</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>293</v>
+        <v>14</v>
       </c>
       <c r="E61" s="1">
-        <v>35203</v>
+        <v>30096</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>319</v>
+        <v>333</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H61" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="62" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="1" t="s">
-        <v>320</v>
+        <v>334</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>321</v>
+        <v>335</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>80</v>
+        <v>306</v>
       </c>
       <c r="E62" s="1">
-        <v>33394</v>
+        <v>35203</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>323</v>
+        <v>337</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H62" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="63" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A63" s="1" t="s">
-        <v>787</v>
+        <v>338</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>788</v>
+        <v>339</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>789</v>
+        <v>340</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>356</v>
+        <v>87</v>
       </c>
       <c r="E63" s="1">
-        <v>80112</v>
+        <v>33394</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>790</v>
+        <v>341</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H63" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="64" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="1" t="s">
-        <v>324</v>
+        <v>342</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>325</v>
+        <v>343</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>199</v>
+        <v>344</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>200</v>
+        <v>345</v>
       </c>
       <c r="E64" s="1">
-        <v>50131</v>
+        <v>80112</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>326</v>
+        <v>346</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H64" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="65" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A65" s="1" t="s">
-        <v>327</v>
+        <v>347</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>328</v>
+        <v>348</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>62</v>
+        <v>198</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>63</v>
+        <v>199</v>
       </c>
       <c r="E65" s="1">
-        <v>92618</v>
+        <v>50131</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>329</v>
+        <v>349</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H65" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="66" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A66" s="1" t="s">
-        <v>330</v>
+        <v>350</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>331</v>
+        <v>351</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>332</v>
+        <v>66</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>107</v>
+        <v>67</v>
       </c>
       <c r="E66" s="1">
-        <v>55311</v>
+        <v>92618</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>333</v>
+        <v>352</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H66" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="67" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A67" s="1" t="s">
-        <v>334</v>
+        <v>353</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>336</v>
+        <v>355</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="E67" s="1">
-        <v>33408</v>
+        <v>55311</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>337</v>
+        <v>356</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H67" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="68" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="1" t="s">
-        <v>338</v>
+        <v>357</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>339</v>
+        <v>358</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>336</v>
+        <v>359</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="E68" s="1">
         <v>33408</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>340</v>
+        <v>360</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H68" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="69" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A69" s="1" t="s">
-        <v>341</v>
+        <v>361</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>342</v>
+        <v>362</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>126</v>
+        <v>359</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>19</v>
+        <v>87</v>
       </c>
       <c r="E69" s="1">
-        <v>75063</v>
+        <v>33408</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>343</v>
+        <v>363</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H69" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="70" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A70" s="1" t="s">
-        <v>344</v>
+        <v>364</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>345</v>
+        <v>365</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>346</v>
+        <v>133</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="E70" s="1">
-        <v>19317</v>
+        <v>75063</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>347</v>
+        <v>366</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H70" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="71" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A71" s="1" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>345</v>
+        <v>368</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>346</v>
+        <v>369</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E71" s="1">
         <v>19317</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>349</v>
+        <v>370</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H71" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="72" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A72" s="1" t="s">
-        <v>350</v>
+        <v>371</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>351</v>
+        <v>368</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>94</v>
+        <v>369</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="E72" s="1">
-        <v>75024</v>
+        <v>19317</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>352</v>
+        <v>372</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H72" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="73" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A73" s="1" t="s">
-        <v>353</v>
+        <v>373</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>354</v>
+        <v>374</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>355</v>
+        <v>101</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>356</v>
+        <v>19</v>
       </c>
       <c r="E73" s="1">
-        <v>80111</v>
+        <v>75024</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>357</v>
+        <v>375</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H73" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="74" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="1" t="s">
-        <v>358</v>
+        <v>376</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>359</v>
+        <v>377</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>360</v>
+        <v>378</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>361</v>
+        <v>345</v>
+      </c>
+      <c r="E74" s="1">
+        <v>80111</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>362</v>
+        <v>379</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H74" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="75" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A75" s="1" t="s">
-        <v>363</v>
+        <v>380</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>364</v>
+        <v>381</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>365</v>
+        <v>382</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>77057</v>
+        <v>23</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>383</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>366</v>
+        <v>384</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H75" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="76" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A76" s="1" t="s">
-        <v>367</v>
+        <v>385</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>364</v>
+        <v>386</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>365</v>
+        <v>387</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E76" s="1">
         <v>77057</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>368</v>
+        <v>388</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H76" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="77" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A77" s="1" t="s">
-        <v>369</v>
+        <v>389</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>370</v>
+        <v>386</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>91</v>
+        <v>387</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E77" s="1">
-        <v>30339</v>
+        <v>77057</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>371</v>
+        <v>390</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H77" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="78" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A78" s="1" t="s">
-        <v>70</v>
+        <v>391</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>71</v>
+        <v>392</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>72</v>
+        <v>98</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E78" s="1">
-        <v>85288</v>
+        <v>30339</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>73</v>
+        <v>393</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H78" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="79" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A79" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="E79" s="1">
-        <v>75019</v>
+        <v>85288</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H79" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="80" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>345</v>
+        <v>78</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>346</v>
+        <v>79</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="E80" s="1">
-        <v>19317</v>
+        <v>75019</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>372</v>
+        <v>80</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H80" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="81" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A81" s="1" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>78</v>
+        <v>368</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>79</v>
+        <v>369</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="E81" s="1">
-        <v>33619</v>
+        <v>19317</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>81</v>
+        <v>394</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H81" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="82" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A82" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>373</v>
+        <v>78</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>374</v>
+        <v>79</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>118</v>
+        <v>19</v>
       </c>
       <c r="E82" s="1">
-        <v>48126</v>
+        <v>75019</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>375</v>
+        <v>82</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H82" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="83" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A83" s="1" t="s">
-        <v>376</v>
+        <v>81</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>377</v>
+        <v>75</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>378</v>
+        <v>76</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>231</v>
+        <v>30</v>
       </c>
       <c r="E83" s="1">
-        <v>54474</v>
+        <v>85281</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>379</v>
+        <v>83</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H83" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="84" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A84" s="1" t="s">
-        <v>380</v>
+        <v>81</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>381</v>
+        <v>773</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>382</v>
+        <v>369</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="E84" s="1">
-        <v>84120</v>
+        <v>19317</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>383</v>
+        <v>774</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H84" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="85" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A85" s="1" t="s">
-        <v>384</v>
+        <v>84</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>385</v>
+        <v>85</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>386</v>
+        <v>86</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>87</v>
+      </c>
+      <c r="E85" s="1">
+        <v>33619</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>389</v>
+        <v>88</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H85" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="86" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A86" s="1" t="s">
-        <v>390</v>
+        <v>84</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>393</v>
+        <v>125</v>
       </c>
       <c r="E86" s="1">
-        <v>63301</v>
+        <v>48126</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H86" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="87" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A87" s="1" t="s">
-        <v>82</v>
+        <v>398</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>83</v>
+        <v>399</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>72</v>
+        <v>400</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>30</v>
+        <v>245</v>
       </c>
       <c r="E87" s="1">
-        <v>85284</v>
+        <v>54474</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>84</v>
+        <v>401</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H87" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="88" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A88" s="1" t="s">
-        <v>82</v>
+        <v>402</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>207</v>
+        <v>51</v>
       </c>
       <c r="E88" s="1">
-        <v>29607</v>
+        <v>84120</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H88" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="89" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A89" s="1" t="s">
-        <v>85</v>
+        <v>406</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>86</v>
+        <v>407</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>87</v>
+        <v>408</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>85209</v>
+        <v>409</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>410</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>88</v>
+        <v>411</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H89" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="90" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A90" s="1" t="s">
-        <v>85</v>
+        <v>412</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>398</v>
+        <v>413</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>51</v>
+        <v>414</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>19</v>
+        <v>415</v>
       </c>
       <c r="E90" s="1">
-        <v>76155</v>
+        <v>63301</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>399</v>
+        <v>416</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H90" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="91" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A91" s="1" t="s">
-        <v>400</v>
+        <v>89</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>401</v>
+        <v>90</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>297</v>
+        <v>76</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>30</v>
+      </c>
+      <c r="E91" s="1">
+        <v>85284</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>403</v>
+        <v>91</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H91" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="92" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A92" s="1" t="s">
-        <v>404</v>
+        <v>89</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>63</v>
+        <v>206</v>
       </c>
       <c r="E92" s="1">
-        <v>95661</v>
+        <v>29607</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>407</v>
+        <v>419</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H92" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="93" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A93" s="1" t="s">
-        <v>408</v>
+        <v>92</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>409</v>
+        <v>93</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>410</v>
+        <v>94</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>305</v>
+        <v>30</v>
       </c>
       <c r="E93" s="1">
-        <v>89521</v>
+        <v>85209</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>411</v>
+        <v>95</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H93" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="94" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A94" s="1" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>90</v>
+        <v>420</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>91</v>
+        <v>55</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E94" s="1">
-        <v>30339</v>
+        <v>76155</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>92</v>
+        <v>421</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H94" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="95" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A95" s="1" t="s">
-        <v>89</v>
+        <v>422</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>93</v>
+        <v>423</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>94</v>
+        <v>310</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>75093</v>
+        <v>62</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>424</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>95</v>
+        <v>425</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H95" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="96" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A96" s="1" t="s">
-        <v>89</v>
+        <v>426</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>412</v>
+        <v>427</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>62</v>
+        <v>428</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>413</v>
+        <v>67</v>
+      </c>
+      <c r="E96" s="1">
+        <v>95661</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>414</v>
+        <v>429</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H96" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="97" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A97" s="1" t="s">
-        <v>415</v>
+        <v>430</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>416</v>
+        <v>431</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>417</v>
+        <v>432</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>418</v>
+        <v>323</v>
+      </c>
+      <c r="E97" s="1">
+        <v>89521</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>419</v>
+        <v>433</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H97" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="98" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A98" s="1" t="s">
-        <v>420</v>
+        <v>96</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>421</v>
+        <v>97</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>422</v>
+        <v>98</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>14</v>
+      </c>
+      <c r="E98" s="1">
+        <v>30339</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>424</v>
+        <v>99</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H98" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="99" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A99" s="1" t="s">
-        <v>425</v>
+        <v>96</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>426</v>
+        <v>100</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>427</v>
+        <v>101</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
       <c r="E99" s="1">
-        <v>92610</v>
+        <v>75093</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>428</v>
+        <v>102</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H99" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="100" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A100" s="1" t="s">
-        <v>429</v>
+        <v>96</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>431</v>
+        <v>66</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>76051</v>
+        <v>67</v>
+      </c>
+      <c r="E100" s="1" t="s">
+        <v>435</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H100" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="101" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A101" s="1" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>23606</v>
+        <v>227</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>440</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H101" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="102" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A102" s="1" t="s">
-        <v>96</v>
+        <v>442</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>97</v>
+        <v>443</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>98</v>
+        <v>444</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>57108</v>
+        <v>23</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>445</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>100</v>
+        <v>446</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H102" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="103" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A103" s="1" t="s">
-        <v>96</v>
+        <v>447</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>438</v>
+        <v>449</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E103" s="1">
-        <v>92101</v>
+        <v>92610</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>439</v>
+        <v>450</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H103" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="104" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A104" s="1" t="s">
-        <v>440</v>
+        <v>451</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>441</v>
+        <v>452</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>442</v>
+        <v>453</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>443</v>
+        <v>19</v>
+      </c>
+      <c r="E104" s="1">
+        <v>76051</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>444</v>
+        <v>454</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H104" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="105" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A105" s="1" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>448</v>
+        <v>121</v>
+      </c>
+      <c r="E105" s="1">
+        <v>23606</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>449</v>
+        <v>458</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H105" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="106" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A106" s="1" t="s">
-        <v>450</v>
+        <v>103</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>451</v>
+        <v>104</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>452</v>
+        <v>105</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>43</v>
+        <v>106</v>
       </c>
       <c r="E106" s="1">
-        <v>45242</v>
+        <v>57108</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>453</v>
+        <v>107</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H106" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="107" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A107" s="1" t="s">
-        <v>454</v>
+        <v>103</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>457</v>
+        <v>67</v>
+      </c>
+      <c r="E107" s="1">
+        <v>92101</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H107" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="108" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A108" s="1" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>396</v>
+        <v>464</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>29601</v>
+        <v>23</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>465</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H108" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="109" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A109" s="1" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>198</v>
+        <v>468</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>199</v>
+        <v>469</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>50131</v>
+        <v>23</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>470</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H109" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="110" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A110" s="1" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>47</v>
+      </c>
+      <c r="E110" s="1">
+        <v>45242</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H110" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="111" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A111" s="1" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>297</v>
+        <v>478</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>10282</v>
+        <v>409</v>
+      </c>
+      <c r="E111" s="3" t="s">
+        <v>479</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H111" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="112" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A112" s="1" t="s">
-        <v>101</v>
+        <v>481</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>102</v>
+        <v>482</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>51</v>
+        <v>418</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>19</v>
+        <v>206</v>
       </c>
       <c r="E112" s="1">
-        <v>76177</v>
+        <v>29601</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>103</v>
+        <v>483</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H112" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="113" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A113" s="1" t="s">
-        <v>101</v>
+        <v>484</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>472</v>
+        <v>197</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>473</v>
+        <v>198</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>118</v>
+        <v>199</v>
       </c>
       <c r="E113" s="1">
-        <v>48331</v>
+        <v>50131</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>474</v>
+        <v>485</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H113" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="114" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A114" s="1" t="s">
-        <v>475</v>
+        <v>486</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>476</v>
+        <v>487</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>477</v>
+        <v>488</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>479</v>
+        <v>490</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H114" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="115" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A115" s="1" t="s">
-        <v>480</v>
+        <v>491</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>482</v>
+        <v>310</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>80</v>
+        <v>62</v>
       </c>
       <c r="E115" s="1">
-        <v>33762</v>
+        <v>10282</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>483</v>
+        <v>493</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H115" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="116" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A116" s="1" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>106</v>
+        <v>55</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="E116" s="1">
-        <v>56301</v>
+        <v>76177</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H116" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="117" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A117" s="1" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>109</v>
+        <v>494</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>110</v>
+        <v>495</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>30</v>
+        <v>125</v>
       </c>
       <c r="E117" s="1">
-        <v>85040</v>
+        <v>48331</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>111</v>
+        <v>496</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H117" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="118" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A118" s="1" t="s">
-        <v>104</v>
+        <v>497</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>112</v>
+        <v>498</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>113</v>
+        <v>499</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>24011</v>
+        <v>227</v>
+      </c>
+      <c r="E118" s="3" t="s">
+        <v>500</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>115</v>
+        <v>501</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H118" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="119" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A119" s="1" t="s">
-        <v>104</v>
+        <v>502</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>116</v>
+        <v>503</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>117</v>
+        <v>504</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>118</v>
+        <v>87</v>
       </c>
       <c r="E119" s="1">
-        <v>48083</v>
+        <v>33762</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>119</v>
+        <v>505</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H119" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="120" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A120" s="1" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>791</v>
+        <v>112</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>438</v>
+        <v>113</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>63</v>
+        <v>114</v>
       </c>
       <c r="E120" s="1">
-        <v>92108</v>
+        <v>56301</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>792</v>
+        <v>115</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H120" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="121" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A121" s="1" t="s">
-        <v>484</v>
+        <v>111</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>485</v>
+        <v>116</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>486</v>
+        <v>117</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>114</v>
+        <v>30</v>
       </c>
       <c r="E121" s="1">
-        <v>23219</v>
+        <v>85040</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>487</v>
+        <v>118</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H121" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="122" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A122" s="1" t="s">
-        <v>793</v>
+        <v>111</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>794</v>
+        <v>119</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>795</v>
+        <v>120</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>63</v>
+        <v>121</v>
       </c>
       <c r="E122" s="1">
-        <v>92056</v>
+        <v>24011</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>796</v>
+        <v>122</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H122" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="123" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A123" s="1" t="s">
-        <v>488</v>
+        <v>111</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>470</v>
+        <v>123</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>297</v>
+        <v>124</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>125</v>
+      </c>
+      <c r="E123" s="1">
+        <v>48083</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>489</v>
+        <v>126</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H123" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="124" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A124" s="1" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>121</v>
+        <v>506</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>122</v>
+        <v>460</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="E124" s="1">
-        <v>32256</v>
+        <v>92108</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>123</v>
+        <v>507</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H124" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="125" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A125" s="1" t="s">
-        <v>120</v>
+        <v>775</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>490</v>
+        <v>776</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>161</v>
+        <v>777</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>36</v>
+        <v>121</v>
       </c>
       <c r="E125" s="1">
-        <v>19053</v>
+        <v>23219</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>491</v>
+        <v>778</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H125" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="126" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A126" s="1" t="s">
-        <v>492</v>
+        <v>508</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>493</v>
+        <v>509</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>91</v>
+        <v>510</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="E126" s="1">
-        <v>30319</v>
+        <v>92056</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>494</v>
+        <v>511</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H126" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="127" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A127" s="1" t="s">
-        <v>495</v>
+        <v>512</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>497</v>
+        <v>310</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>10980</v>
+        <v>62</v>
+      </c>
+      <c r="E127" s="1" t="s">
+        <v>424</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>498</v>
+        <v>513</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H127" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="128" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A128" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>19</v>
+        <v>87</v>
       </c>
       <c r="E128" s="1">
-        <v>75063</v>
+        <v>32256</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H128" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="129" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A129" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>499</v>
+        <v>514</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>500</v>
+        <v>163</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>131</v>
+        <v>36</v>
       </c>
       <c r="E129" s="1">
-        <v>37067</v>
+        <v>19053</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>501</v>
+        <v>515</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H129" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="130" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A130" s="1" t="s">
-        <v>502</v>
+        <v>516</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>503</v>
+        <v>517</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>504</v>
+        <v>98</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>505</v>
+        <v>14</v>
       </c>
       <c r="E130" s="1">
-        <v>47708</v>
+        <v>30319</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>506</v>
+        <v>518</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H130" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="131" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A131" s="1" t="s">
-        <v>507</v>
+        <v>519</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>508</v>
+        <v>520</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>509</v>
+        <v>521</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>62</v>
+      </c>
+      <c r="E131" s="1">
+        <v>10980</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>511</v>
+        <v>522</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H131" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="132" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A132" s="1" t="s">
-        <v>797</v>
+        <v>131</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>798</v>
+        <v>132</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>799</v>
+        <v>133</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>19</v>
+      </c>
+      <c r="E132" s="1">
+        <v>75063</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>800</v>
+        <v>134</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H132" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="133" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A133" s="1" t="s">
-        <v>512</v>
+        <v>131</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>301</v>
+        <v>524</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>30</v>
+        <v>138</v>
       </c>
       <c r="E133" s="1">
-        <v>85260</v>
+        <v>37067</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>514</v>
+        <v>525</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H133" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="134" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A134" s="1" t="s">
-        <v>515</v>
+        <v>526</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>516</v>
+        <v>527</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>91</v>
+        <v>528</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>14</v>
+        <v>529</v>
       </c>
       <c r="E134" s="1">
-        <v>30354</v>
+        <v>47708</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>517</v>
+        <v>530</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H134" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="135" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A135" s="1" t="s">
-        <v>518</v>
+        <v>531</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>519</v>
+        <v>532</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>477</v>
+        <v>533</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="E135" s="3" t="s">
-        <v>478</v>
+        <v>534</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>520</v>
+        <v>535</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H135" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="136" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A136" s="1" t="s">
-        <v>521</v>
+        <v>779</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>516</v>
+        <v>780</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>91</v>
+        <v>781</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>30354</v>
+        <v>227</v>
+      </c>
+      <c r="E136" s="3" t="s">
+        <v>315</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>522</v>
+        <v>782</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H136" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="137" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A137" s="1" t="s">
-        <v>523</v>
+        <v>536</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>516</v>
+        <v>537</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>91</v>
+        <v>319</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="E137" s="1">
-        <v>30354</v>
+        <v>85260</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>524</v>
+        <v>538</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H137" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="138" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A138" s="1" t="s">
-        <v>525</v>
+        <v>539</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>516</v>
+        <v>540</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E138" s="1">
         <v>30354</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>526</v>
+        <v>541</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H138" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="139" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A139" s="1" t="s">
-        <v>527</v>
+        <v>542</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>516</v>
+        <v>543</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>91</v>
+        <v>499</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>30354</v>
+        <v>227</v>
+      </c>
+      <c r="E139" s="3" t="s">
+        <v>500</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>528</v>
+        <v>544</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H139" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="140" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A140" s="1" t="s">
-        <v>529</v>
+        <v>545</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>516</v>
+        <v>540</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E140" s="1">
         <v>30354</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>530</v>
+        <v>546</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H140" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="141" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A141" s="1" t="s">
-        <v>531</v>
+        <v>547</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>516</v>
+        <v>540</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E141" s="1">
         <v>30354</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>532</v>
+        <v>548</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H141" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="142" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A142" s="1" t="s">
-        <v>128</v>
+        <v>549</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>129</v>
+        <v>540</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>131</v>
+        <v>14</v>
       </c>
       <c r="E142" s="1">
-        <v>38305</v>
+        <v>30354</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>132</v>
+        <v>550</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H142" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="143" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A143" s="1" t="s">
-        <v>128</v>
+        <v>551</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>133</v>
+        <v>540</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>134</v>
+        <v>98</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E143" s="1">
-        <v>76118</v>
+        <v>30354</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>135</v>
+        <v>552</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H143" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="144" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A144" s="1" t="s">
-        <v>128</v>
+        <v>553</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>136</v>
+        <v>540</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>137</v>
+        <v>98</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>114</v>
+        <v>14</v>
       </c>
       <c r="E144" s="1">
-        <v>23502</v>
+        <v>30354</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>138</v>
+        <v>554</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H144" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="145" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A145" s="1" t="s">
-        <v>128</v>
+        <v>555</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>137</v>
+        <v>98</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>114</v>
+        <v>14</v>
       </c>
       <c r="E145" s="1">
-        <v>23502</v>
+        <v>30354</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H145" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="146" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A146" s="1" t="s">
-        <v>535</v>
+        <v>135</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>536</v>
+        <v>136</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>537</v>
+        <v>137</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>107</v>
+        <v>138</v>
       </c>
       <c r="E146" s="1">
-        <v>56301</v>
+        <v>38305</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>538</v>
+        <v>139</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H146" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="147" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A147" s="1" t="s">
-        <v>539</v>
+        <v>135</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>540</v>
+        <v>140</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>541</v>
+        <v>141</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>542</v>
+        <v>19</v>
       </c>
       <c r="E147" s="1">
-        <v>20707</v>
+        <v>76118</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>543</v>
+        <v>142</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H147" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="148" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A148" s="1" t="s">
-        <v>544</v>
+        <v>135</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>545</v>
+        <v>143</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>396</v>
+        <v>144</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>207</v>
+        <v>121</v>
       </c>
       <c r="E148" s="1">
-        <v>29601</v>
+        <v>23502</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>546</v>
+        <v>145</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H148" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="149" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A149" s="1" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>140</v>
+        <v>557</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>30</v>
+        <v>121</v>
       </c>
       <c r="E149" s="1">
-        <v>85281</v>
+        <v>23502</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>141</v>
+        <v>558</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H149" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="150" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A150" s="1" t="s">
-        <v>139</v>
+        <v>559</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>142</v>
+        <v>560</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>143</v>
+        <v>561</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>58</v>
+        <v>114</v>
       </c>
       <c r="E150" s="1">
-        <v>14450</v>
+        <v>56301</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>144</v>
+        <v>562</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H150" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="151" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A151" s="1" t="s">
-        <v>139</v>
+        <v>563</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>145</v>
+        <v>564</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>18</v>
+        <v>565</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>19</v>
+        <v>566</v>
       </c>
       <c r="E151" s="1">
-        <v>76018</v>
+        <v>20707</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>146</v>
+        <v>567</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H151" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="152" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A152" s="1" t="s">
-        <v>139</v>
+        <v>568</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>147</v>
+        <v>569</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>148</v>
+        <v>418</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>149</v>
+        <v>206</v>
       </c>
       <c r="E152" s="1">
-        <v>28590</v>
+        <v>29601</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>150</v>
+        <v>570</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H152" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="153" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A153" s="1" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>152</v>
+        <v>76</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>149</v>
+        <v>30</v>
       </c>
       <c r="E153" s="1">
-        <v>28472</v>
+        <v>85281</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H153" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="154" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A154" s="1" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>547</v>
+        <v>149</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>396</v>
+        <v>150</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>149</v>
+        <v>62</v>
       </c>
       <c r="E154" s="1">
-        <v>27858</v>
+        <v>14450</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>548</v>
+        <v>151</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H154" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="155" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A155" s="1" t="s">
-        <v>549</v>
+        <v>146</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>550</v>
+        <v>152</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>396</v>
+        <v>18</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>207</v>
+        <v>19</v>
       </c>
       <c r="E155" s="1">
-        <v>29601</v>
+        <v>76018</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>551</v>
+        <v>153</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H155" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="156" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A156" s="1" t="s">
-        <v>552</v>
+        <v>146</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>553</v>
+        <v>154</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>396</v>
+        <v>155</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>207</v>
+        <v>156</v>
       </c>
       <c r="E156" s="1">
-        <v>29601</v>
+        <v>28590</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>554</v>
+        <v>157</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H156" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="157" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A157" s="1" t="s">
-        <v>555</v>
+        <v>146</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>556</v>
+        <v>158</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>396</v>
+        <v>159</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>207</v>
+        <v>156</v>
       </c>
       <c r="E157" s="1">
-        <v>29601</v>
+        <v>28472</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>557</v>
+        <v>160</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H157" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="158" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A158" s="1" t="s">
-        <v>558</v>
+        <v>146</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>559</v>
+        <v>571</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>396</v>
+        <v>418</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>207</v>
+        <v>156</v>
       </c>
       <c r="E158" s="1">
-        <v>29601</v>
+        <v>27858</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>560</v>
+        <v>572</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H158" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="159" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A159" s="1" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>396</v>
+        <v>418</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="E159" s="1">
         <v>29601</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>563</v>
+        <v>575</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H159" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="160" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A160" s="1" t="s">
-        <v>564</v>
+        <v>576</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>421</v>
+        <v>577</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>206</v>
+      </c>
+      <c r="E160" s="1">
+        <v>29601</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>565</v>
+        <v>578</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H160" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="161" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A161" s="1" t="s">
-        <v>566</v>
+        <v>579</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>567</v>
+        <v>580</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>126</v>
+        <v>418</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>19</v>
+        <v>206</v>
       </c>
       <c r="E161" s="1">
-        <v>75063</v>
+        <v>29601</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>568</v>
+        <v>581</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H161" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="162" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A162" s="1" t="s">
-        <v>569</v>
+        <v>582</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>570</v>
+        <v>583</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>126</v>
+        <v>418</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>19</v>
+        <v>206</v>
       </c>
       <c r="E162" s="1">
-        <v>75063</v>
+        <v>29601</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H162" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="163" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A163" s="1" t="s">
-        <v>572</v>
+        <v>585</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>573</v>
+        <v>586</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>210</v>
+        <v>418</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>19</v>
+        <v>206</v>
       </c>
       <c r="E163" s="1">
-        <v>75201</v>
+        <v>29601</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>574</v>
+        <v>587</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H163" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="164" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A164" s="1" t="s">
-        <v>575</v>
+        <v>588</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>576</v>
+        <v>443</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>577</v>
+        <v>444</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>220</v>
+        <v>23</v>
       </c>
       <c r="E164" s="3" t="s">
-        <v>578</v>
+        <v>445</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H164" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="165" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A165" s="1" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>582</v>
+        <v>133</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>583</v>
+        <v>19</v>
       </c>
       <c r="E165" s="1">
-        <v>38655</v>
+        <v>75063</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H165" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="166" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A166" s="1" t="s">
-        <v>801</v>
+        <v>593</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>802</v>
+        <v>594</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>803</v>
+        <v>133</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>220</v>
-[...5 lines deleted...]
-        <v>914362</v>
+        <v>19</v>
+      </c>
+      <c r="E166" s="1">
+        <v>75063</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>595</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H166" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="167" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A167" s="1" t="s">
-        <v>585</v>
+        <v>596</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>586</v>
+        <v>597</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>587</v>
+        <v>219</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="E167" s="1">
-        <v>33432</v>
+        <v>75201</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H167" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="168" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A168" s="1" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>365</v>
+        <v>601</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>77057</v>
+        <v>227</v>
+      </c>
+      <c r="E168" s="3" t="s">
+        <v>602</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>591</v>
+        <v>603</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H168" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="169" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A169" s="1" t="s">
-        <v>592</v>
+        <v>604</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>590</v>
+        <v>605</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>365</v>
+        <v>606</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>19</v>
+        <v>607</v>
       </c>
       <c r="E169" s="1">
-        <v>77057</v>
+        <v>38655</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>593</v>
+        <v>608</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H169" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="170" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A170" s="1" t="s">
-        <v>594</v>
+        <v>609</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>595</v>
+        <v>610</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>365</v>
+        <v>611</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>19</v>
-[...5 lines deleted...]
-        <v>596</v>
+        <v>227</v>
+      </c>
+      <c r="E170" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="F170" s="1">
+        <v>914362</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H170" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="171" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A171" s="1" t="s">
-        <v>597</v>
+        <v>613</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>598</v>
+        <v>614</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>365</v>
+        <v>615</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>19</v>
+        <v>87</v>
       </c>
       <c r="E171" s="1">
-        <v>77057</v>
+        <v>33432</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>599</v>
+        <v>616</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H171" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="172" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A172" s="1" t="s">
-        <v>600</v>
+        <v>617</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>590</v>
+        <v>618</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>365</v>
+        <v>387</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E172" s="1">
         <v>77057</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>601</v>
+        <v>619</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H172" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="173" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A173" s="1" t="s">
-        <v>805</v>
+        <v>620</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>806</v>
+        <v>618</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>807</v>
+        <v>387</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>19</v>
+      </c>
+      <c r="E173" s="1">
+        <v>77057</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>808</v>
+        <v>621</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H173" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="174" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A174" s="1" t="s">
-        <v>602</v>
+        <v>622</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>603</v>
+        <v>623</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>604</v>
+        <v>387</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>226</v>
+        <v>19</v>
       </c>
       <c r="E174" s="1">
-        <v>60048</v>
+        <v>77057</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>605</v>
+        <v>624</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H174" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="175" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A175" s="1" t="s">
-        <v>606</v>
+        <v>625</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>607</v>
+        <v>626</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>608</v>
+        <v>387</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
       <c r="E175" s="1">
-        <v>94607</v>
+        <v>77057</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>609</v>
+        <v>627</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H175" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="176" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A176" s="1" t="s">
-        <v>610</v>
+        <v>628</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>612</v>
+        <v>387</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E176" s="1">
-        <v>77024</v>
+        <v>77057</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>613</v>
+        <v>629</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H176" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="177" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A177" s="1" t="s">
-        <v>614</v>
+        <v>783</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>615</v>
+        <v>784</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>616</v>
+        <v>785</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>55044</v>
+        <v>227</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>235</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>617</v>
+        <v>786</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H177" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="178" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A178" s="1" t="s">
-        <v>618</v>
+        <v>630</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>619</v>
+        <v>631</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>29</v>
+        <v>632</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>30</v>
+        <v>240</v>
       </c>
       <c r="E178" s="1">
-        <v>85286</v>
+        <v>60048</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>620</v>
+        <v>633</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H178" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="179" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A179" s="1" t="s">
-        <v>621</v>
+        <v>634</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>622</v>
+        <v>635</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>623</v>
+        <v>636</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>114</v>
+        <v>19</v>
       </c>
       <c r="E179" s="1">
-        <v>23320</v>
+        <v>77024</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>624</v>
+        <v>637</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H179" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="180" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A180" s="1" t="s">
-        <v>154</v>
+        <v>638</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>155</v>
+        <v>639</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>156</v>
+        <v>640</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>157</v>
+        <v>566</v>
       </c>
       <c r="E180" s="1">
-        <v>87109</v>
+        <v>20815</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>158</v>
+        <v>641</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H180" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="181" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A181" s="1" t="s">
-        <v>154</v>
+        <v>787</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>622</v>
+        <v>788</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>623</v>
+        <v>789</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>114</v>
       </c>
       <c r="E181" s="1">
-        <v>23320</v>
+        <v>55044</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>625</v>
+        <v>790</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H181" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="182" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A182" s="1" t="s">
-        <v>159</v>
+        <v>642</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>160</v>
+        <v>643</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>161</v>
+        <v>29</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="E182" s="1">
-        <v>19053</v>
+        <v>85286</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>162</v>
+        <v>644</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H182" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="183" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A183" s="1" t="s">
-        <v>159</v>
+        <v>645</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>626</v>
+        <v>646</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>627</v>
+        <v>647</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>80</v>
+        <v>121</v>
       </c>
       <c r="E183" s="1">
-        <v>33441</v>
+        <v>23320</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>628</v>
+        <v>648</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H183" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="184" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A184" s="1" t="s">
-        <v>163</v>
+        <v>791</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>164</v>
+        <v>646</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>165</v>
+        <v>647</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>14</v>
+        <v>121</v>
       </c>
       <c r="E184" s="1">
-        <v>30339</v>
+        <v>23320</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>166</v>
+        <v>792</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H184" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="185" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A185" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C185" s="1" t="s">
         <v>163</v>
       </c>
-      <c r="B185" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D185" s="1" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="E185" s="1">
-        <v>75062</v>
+        <v>19053</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H185" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="186" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A186" s="1" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>629</v>
+        <v>649</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>612</v>
+        <v>650</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>19</v>
+        <v>87</v>
       </c>
       <c r="E186" s="1">
-        <v>77057</v>
+        <v>33441</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>630</v>
+        <v>651</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H186" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="187" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A187" s="1" t="s">
-        <v>631</v>
+        <v>165</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>632</v>
+        <v>166</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>633</v>
+        <v>167</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="E187" s="1">
-        <v>19428</v>
+        <v>30339</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>634</v>
+        <v>168</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H187" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="188" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A188" s="1" t="s">
-        <v>809</v>
+        <v>165</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>636</v>
+        <v>169</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>612</v>
+        <v>170</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E188" s="1">
-        <v>77046</v>
+        <v>75062</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>810</v>
+        <v>171</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H188" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="189" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A189" s="1" t="s">
-        <v>811</v>
+        <v>165</v>
       </c>
       <c r="B189" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C189" s="1" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
       <c r="D189" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E189" s="1">
-        <v>77046</v>
+        <v>77057</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>812</v>
+        <v>653</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H189" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="190" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A190" s="1" t="s">
-        <v>635</v>
+        <v>654</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>636</v>
+        <v>655</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>612</v>
+        <v>656</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="E190" s="1">
-        <v>77046</v>
+        <v>19428</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>637</v>
+        <v>657</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H190" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="191" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A191" s="1" t="s">
-        <v>638</v>
+        <v>793</v>
       </c>
       <c r="B191" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="C191" s="1" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E191" s="1">
         <v>77046</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>639</v>
+        <v>795</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H191" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="192" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A192" s="1" t="s">
-        <v>640</v>
+        <v>796</v>
       </c>
       <c r="B192" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="C192" s="1" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E192" s="1">
         <v>77046</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>641</v>
+        <v>797</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H192" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="193" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A193" s="1" t="s">
-        <v>642</v>
+        <v>798</v>
       </c>
       <c r="B193" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="C193" s="1" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E193" s="1">
         <v>77046</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>643</v>
+        <v>799</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H193" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="194" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A194" s="1" t="s">
-        <v>644</v>
+        <v>800</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>645</v>
+        <v>794</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>62</v>
+        <v>636</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
       <c r="E194" s="1">
-        <v>92617</v>
+        <v>77046</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>646</v>
+        <v>801</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H194" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="195" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A195" s="1" t="s">
-        <v>651</v>
+        <v>802</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>652</v>
+        <v>794</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>304</v>
+        <v>636</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>305</v>
+        <v>19</v>
       </c>
       <c r="E195" s="1">
-        <v>89104</v>
+        <v>77046</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>653</v>
+        <v>803</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H195" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="196" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A196" s="1" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>297</v>
+        <v>66</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="E196" s="1">
-        <v>10016</v>
+        <v>92617</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H196" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="197" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A197" s="1" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>659</v>
+        <v>310</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="E197" s="1">
-        <v>94304</v>
+        <v>10016</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H197" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="198" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A198" s="1" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>13</v>
+        <v>670</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="E198" s="1">
-        <v>30022</v>
+        <v>94304</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H198" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="199" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A199" s="1" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>666</v>
+        <v>13</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>14</v>
+      </c>
+      <c r="E199" s="1">
+        <v>30022</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H199" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="200" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A200" s="1" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>53095</v>
+        <v>409</v>
+      </c>
+      <c r="E200" s="3" t="s">
+        <v>678</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H200" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="201" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A201" s="1" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>80</v>
+        <v>245</v>
       </c>
       <c r="E201" s="1">
-        <v>32904</v>
+        <v>53095</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H201" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="202" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A202" s="1" t="s">
-        <v>647</v>
+        <v>684</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>648</v>
+        <v>685</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>649</v>
+        <v>686</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="E202" s="1">
-        <v>98006</v>
+        <v>32904</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>650</v>
+        <v>687</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H202" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="203" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A203" s="1" t="s">
-        <v>677</v>
+        <v>661</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>678</v>
+        <v>662</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>210</v>
+        <v>663</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="E203" s="1">
-        <v>75019</v>
+        <v>98006</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>679</v>
+        <v>664</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H203" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="204" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A204" s="1" t="s">
-        <v>170</v>
+        <v>688</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>171</v>
+        <v>689</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>29</v>
+        <v>219</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="E204" s="1">
-        <v>85286</v>
+        <v>75019</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>172</v>
+        <v>690</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H204" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="205" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A205" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="E205" s="1">
-        <v>30009</v>
+        <v>85286</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>174</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H205" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="206" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A206" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>175</v>
       </c>
       <c r="C206" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E206" s="1">
+        <v>30009</v>
+      </c>
+      <c r="F206" s="1" t="s">
         <v>176</v>
-      </c>
-[...7 lines deleted...]
-        <v>177</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H206" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="207" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A207" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>813</v>
+        <v>177</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>94</v>
+        <v>178</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="E207" s="1" t="s">
-        <v>814</v>
+      <c r="E207" s="1">
+        <v>75034</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>815</v>
+        <v>179</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H207" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="208" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A208" s="1" t="s">
-        <v>680</v>
+        <v>172</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>681</v>
+        <v>804</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>682</v>
+        <v>101</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>683</v>
+        <v>19</v>
+      </c>
+      <c r="E208" s="1" t="s">
+        <v>805</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>684</v>
+        <v>806</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H208" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="209" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A209" s="1" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>92626</v>
+        <v>227</v>
+      </c>
+      <c r="E209" s="3" t="s">
+        <v>694</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H209" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="210" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A210" s="1" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>421</v>
+        <v>697</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>422</v>
+        <v>66</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>67</v>
+      </c>
+      <c r="E210" s="1">
+        <v>92612</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H210" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="211" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A211" s="1" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>692</v>
+        <v>443</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>693</v>
+        <v>444</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>92660</v>
+        <v>23</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>445</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H211" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="212" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A212" s="1" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>422</v>
+        <v>703</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>67</v>
+      </c>
+      <c r="E212" s="1">
+        <v>92660</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H212" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="213" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A213" s="1" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>700</v>
+        <v>444</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>220</v>
+        <v>23</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>701</v>
+        <v>445</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H213" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="214" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A214" s="1" t="s">
-        <v>816</v>
+        <v>708</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>817</v>
+        <v>709</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>818</v>
+        <v>710</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>23</v>
+        <v>227</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>819</v>
+        <v>711</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>820</v>
+        <v>712</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H214" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="215" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A215" s="1" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>705</v>
+        <v>42</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E215" s="1">
         <v>44145</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H215" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="216" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A216" s="1" t="s">
-        <v>707</v>
+        <v>807</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>708</v>
+        <v>808</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>709</v>
+        <v>809</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>393</v>
+        <v>415</v>
       </c>
       <c r="E216" s="1">
         <v>64152</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>710</v>
+        <v>810</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H216" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="217" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A217" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E217" s="1">
         <v>85004</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H217" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="218" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A218" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E218" s="1">
         <v>92602</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H218" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="219" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A219" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E219" s="1">
         <v>30341</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H219" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="220" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A220" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E220" s="1">
         <v>94111</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H220" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="221" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A221" s="1" t="s">
-        <v>185</v>
+        <v>719</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>186</v>
+        <v>720</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>42</v>
+        <v>721</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="E221" s="1">
-        <v>43215</v>
+        <v>94403</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>187</v>
+        <v>722</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>5</v>
+        <v>195</v>
       </c>
       <c r="H221" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="222" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A222" s="1" t="s">
-        <v>185</v>
+        <v>723</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>714</v>
+        <v>724</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>715</v>
+        <v>725</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>63</v>
+        <v>121</v>
       </c>
       <c r="E222" s="1">
-        <v>94403</v>
+        <v>23430</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>716</v>
+        <v>726</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H222" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="223" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A223" s="1" t="s">
-        <v>717</v>
+        <v>727</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>718</v>
+        <v>728</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>719</v>
+        <v>729</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>23430</v>
+        <v>409</v>
+      </c>
+      <c r="E223" s="3" t="s">
+        <v>730</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>720</v>
+        <v>731</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H223" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="224" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A224" s="1" t="s">
-        <v>721</v>
+        <v>732</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>722</v>
+        <v>733</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>723</v>
+        <v>734</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>724</v>
+        <v>409</v>
+      </c>
+      <c r="E224" s="1" t="s">
+        <v>735</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>725</v>
+        <v>736</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H224" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="225" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A225" s="1" t="s">
-        <v>726</v>
+        <v>737</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>727</v>
+        <v>738</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>728</v>
+        <v>460</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>67</v>
+      </c>
+      <c r="E225" s="1">
+        <v>92121</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>730</v>
+        <v>739</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H225" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="226" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A226" s="1" t="s">
-        <v>731</v>
+        <v>740</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>732</v>
+        <v>741</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>438</v>
+        <v>742</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>92121</v>
+        <v>409</v>
+      </c>
+      <c r="E226" s="3" t="s">
+        <v>743</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>733</v>
+        <v>744</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H226" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="227" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A227" s="1" t="s">
-        <v>734</v>
+        <v>745</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>735</v>
+        <v>746</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>736</v>
+        <v>747</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>737</v>
+        <v>240</v>
+      </c>
+      <c r="E227" s="1">
+        <v>60048</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>738</v>
+        <v>748</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H227" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="228" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A228" s="1" t="s">
-        <v>739</v>
+        <v>749</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>740</v>
+        <v>750</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>741</v>
+        <v>322</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>226</v>
+        <v>323</v>
       </c>
       <c r="E228" s="1">
-        <v>60048</v>
+        <v>89101</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>742</v>
+        <v>751</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H228" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="229" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A229" s="1" t="s">
-        <v>821</v>
+        <v>752</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>822</v>
+        <v>753</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>304</v>
+        <v>754</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>305</v>
+        <v>67</v>
       </c>
       <c r="E229" s="1">
-        <v>89120</v>
+        <v>90010</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>823</v>
+        <v>755</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H229" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="230" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A230" s="1" t="s">
-        <v>743</v>
+        <v>756</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>744</v>
+        <v>757</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>745</v>
+        <v>758</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>90010</v>
+        <v>227</v>
+      </c>
+      <c r="E230" s="3" t="s">
+        <v>500</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>746</v>
+        <v>759</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H230" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="231" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A231" s="1" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>748</v>
+        <v>304</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>749</v>
+        <v>305</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>478</v>
+        <v>306</v>
+      </c>
+      <c r="E231" s="1">
+        <v>36609</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>750</v>
+        <v>761</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H231" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="232" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A232" s="1" t="s">
-        <v>751</v>
+        <v>187</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>752</v>
+        <v>188</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>693</v>
+        <v>189</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="E232" s="1">
-        <v>92660</v>
+        <v>30066</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>753</v>
+        <v>190</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>196</v>
+        <v>5</v>
       </c>
       <c r="H232" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="233" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A233" s="1" t="s">
-        <v>754</v>
+        <v>187</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>291</v>
+        <v>811</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>292</v>
+        <v>812</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>293</v>
+        <v>67</v>
       </c>
       <c r="E233" s="1">
-        <v>36609</v>
+        <v>90630</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>755</v>
+        <v>813</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H233" s="2">
-        <v>45996</v>
-[...51 lines deleted...]
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W235">
-    <sortCondition ref="A3:A235"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W233">
+    <sortCondition ref="A3:A233"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>