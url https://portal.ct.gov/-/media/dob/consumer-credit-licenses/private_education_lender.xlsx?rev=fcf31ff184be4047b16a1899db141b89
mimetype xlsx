--- v0 (2025-12-19)
+++ v1 (2026-02-12)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - December 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - February 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{83E71E52-8951-4F9A-B825-0CFBCAB23AAE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{482C1019-FF12-43E8-A611-48C8EABF6784}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{1C6C24E3-2411-4F21-B365-26BA83E94303}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{AD921E3A-8C8E-40CA-B735-2905E3358429}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="74">
   <si>
     <t>Climb Investco, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">6543 S Las Vegas Blvd </t>
   </si>
   <si>
     <t>Las Vegas</t>
   </si>
   <si>
     <t>NV</t>
   </si>
   <si>
     <t>PELR-1240013</t>
   </si>
   <si>
     <t>CT Private Education Lender Registration</t>
   </si>
   <si>
     <t>College Foundation, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">2917 Highwoods Blvd </t>
   </si>
   <si>
@@ -199,93 +199,105 @@
   <si>
     <t>Herndon</t>
   </si>
   <si>
     <t>VA</t>
   </si>
   <si>
     <t>PELR-937166</t>
   </si>
   <si>
     <t>South Carolina Student Loan Corporation</t>
   </si>
   <si>
     <t>1901 Main St. Suite 400</t>
   </si>
   <si>
     <t>Columbia</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>PELR-1509953</t>
   </si>
   <si>
+    <t>Stratus Financial LLC</t>
+  </si>
+  <si>
+    <t>2901 W. Coast Highway Suite 200</t>
+  </si>
+  <si>
+    <t>Newport Beach</t>
+  </si>
+  <si>
+    <t>PELR-2324575</t>
+  </si>
+  <si>
     <t>Vermont Student Assistance Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">10 East Allen Street </t>
   </si>
   <si>
     <t>Winooski</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>05404</t>
   </si>
   <si>
     <t>PELR-1609955</t>
   </si>
   <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postal Code</t>
   </si>
   <si>
     <t>License Number</t>
   </si>
   <si>
     <t>License Name</t>
   </si>
   <si>
     <t>Report Current As Of</t>
   </si>
   <si>
-    <t>Private Education Lender Registration - Currently Approved as of December 5, 2025</t>
+    <t>Private Education Lender Registration - Currently Approved as of February 5, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="00000"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -656,394 +668,420 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{93E97BF5-1169-4DFF-85C3-4462FC690AB3}">
-  <dimension ref="A1:H13"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5C145C7E-0A95-4499-B385-36BF634583E2}">
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="43.6640625" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="17.88671875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="46.88671875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="34.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="14" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="15.44140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="36" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.4">
       <c r="A1" s="5" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="7"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
       <c r="H1" s="6"/>
     </row>
-    <row r="2" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:8" s="4" customFormat="1" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C2" s="4" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="G2" s="4" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="H2" s="4" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
     </row>
     <row r="3" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="1">
         <v>89119</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="4" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="5" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="1">
         <v>94612</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="6" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="1">
         <v>30305</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H6" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="7" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="8" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="E8" s="1">
         <v>40223</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H8" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="9" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>38</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H9" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="10" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>43</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H10" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="11" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>48</v>
       </c>
       <c r="E11" s="1">
         <v>20171</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H11" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="12" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>53</v>
       </c>
       <c r="E12" s="1">
         <v>29201</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H12" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="13" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D13" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="1">
+        <v>92663</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H13" s="2">
-        <v>45996</v>
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="H14" s="2">
+        <v>46058</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W13">
-    <sortCondition ref="A3:A13"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W14">
+    <sortCondition ref="A3:A14"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>