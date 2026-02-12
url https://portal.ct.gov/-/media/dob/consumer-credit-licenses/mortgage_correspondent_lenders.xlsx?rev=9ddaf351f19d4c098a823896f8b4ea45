--- v0 (2025-12-19)
+++ v1 (2026-02-12)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - December 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - February 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6533E896-7EF6-423E-86EA-8AD09B39AA10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{14A1A349-E283-454C-91F0-E098847CF9EA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{E85BE3B7-A441-415F-9888-7D02C5E6D192}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{1D9A10B7-BD60-455B-8F0D-06B379226E0D}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="134">
   <si>
     <t>Cliffco, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">3265 Merrick Road </t>
   </si>
   <si>
     <t>Wantagh</t>
   </si>
   <si>
     <t>NY</t>
   </si>
   <si>
     <t>MCL-BCH-988006</t>
   </si>
   <si>
     <t>CT Mortgage Correspondent Lender Branch License</t>
   </si>
   <si>
     <t>50 Park Avenue 2nd Floor, Suite 1</t>
   </si>
   <si>
     <t>Bay Shore</t>
   </si>
   <si>
@@ -163,104 +163,128 @@
   <si>
     <t>MCL-2454525</t>
   </si>
   <si>
     <t>Cityscape Mortgage Corp.</t>
   </si>
   <si>
     <t>700 White Plains Road Suite 334</t>
   </si>
   <si>
     <t>Scarsdale</t>
   </si>
   <si>
     <t>MCL-991388</t>
   </si>
   <si>
     <t>70 Charles Lindbergh Blvd. Suite 200</t>
   </si>
   <si>
     <t>Uniondale</t>
   </si>
   <si>
     <t>MCL-65328</t>
   </si>
   <si>
+    <t>Eastern Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49 Sherwood Terrace </t>
+  </si>
+  <si>
+    <t>Old Saybrook</t>
+  </si>
+  <si>
+    <t>06475</t>
+  </si>
+  <si>
     <t>Empire Mortgage, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1880 Silas Deane Hwy, Suite E </t>
   </si>
   <si>
     <t>Rocky Hill</t>
   </si>
   <si>
     <t>06067</t>
   </si>
   <si>
     <t>MCL-113183</t>
   </si>
   <si>
     <t>First Bank Mortgage, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">43 Crescent Street Suite#20 </t>
   </si>
   <si>
     <t>Stamford</t>
   </si>
   <si>
     <t>06906-2415</t>
   </si>
   <si>
     <t>MCL-91291</t>
   </si>
   <si>
+    <t>Heritage Mortgage Banking Corp.</t>
+  </si>
+  <si>
+    <t>25 Lindsley Drive Suite 209</t>
+  </si>
+  <si>
+    <t>Morristown</t>
+  </si>
+  <si>
+    <t>NJ</t>
+  </si>
+  <si>
+    <t>07960</t>
+  </si>
+  <si>
     <t>3131 S Tamiami Trl Suite 206</t>
   </si>
   <si>
     <t>SARASOTA</t>
   </si>
   <si>
     <t>FL</t>
   </si>
   <si>
     <t>MCL-117959</t>
   </si>
   <si>
     <t>MR RATE RESIDENTIAL MORTGAGE CORP</t>
   </si>
   <si>
     <t>80 RT 4 E SUITE 240</t>
   </si>
   <si>
     <t>PARAMUS</t>
   </si>
   <si>
-    <t>NJ</t>
-[...1 lines deleted...]
-  <si>
     <t>07652</t>
   </si>
   <si>
     <t>MCL-2379707</t>
   </si>
   <si>
     <t>New Vision Mortgage, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">800 Foxon Rd </t>
   </si>
   <si>
     <t>East Haven</t>
   </si>
   <si>
     <t>06513</t>
   </si>
   <si>
     <t>MCL-2442</t>
   </si>
   <si>
     <t xml:space="preserve">48 Meriden Road Suite 1 </t>
   </si>
   <si>
     <t>Middlefield</t>
@@ -355,141 +379,105 @@
   <si>
     <t>STATE FINANCE COMPANY, INC.</t>
   </si>
   <si>
     <t xml:space="preserve">10 Rosedale Circle </t>
   </si>
   <si>
     <t>Shelton</t>
   </si>
   <si>
     <t>06484</t>
   </si>
   <si>
     <t>Strategy Mortgage Corp.</t>
   </si>
   <si>
     <t>5 Edgewood Avenue 2nd Floor</t>
   </si>
   <si>
     <t>Greenwich</t>
   </si>
   <si>
     <t>06830</t>
   </si>
   <si>
+    <t>Top Choice Financial Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">83 Wooster Heights Rd,125, </t>
+  </si>
+  <si>
+    <t>Danbury</t>
+  </si>
+  <si>
+    <t>06810</t>
+  </si>
+  <si>
+    <t>MCL-2298911</t>
+  </si>
+  <si>
     <t>Ward Kilduff Mortgage, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">59 east hill road </t>
   </si>
   <si>
     <t>canton</t>
   </si>
   <si>
     <t>06019</t>
   </si>
   <si>
     <t>MCL-64369</t>
   </si>
   <si>
-    <t>Eastern Financial Services, Inc.</t>
-[...49 lines deleted...]
-  <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postal Code</t>
   </si>
   <si>
     <t>License Number</t>
   </si>
   <si>
     <t>License Name</t>
   </si>
   <si>
     <t>Report Current As Of</t>
   </si>
   <si>
-    <t>Mortgage Correspondent Lender Licensees as of December 5, 2025</t>
+    <t>Mortgage Correspondent Lender Licensees as of February 5, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -859,853 +847,827 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{105ACDAC-D945-4D96-AD41-30B870402E92}">
-  <dimension ref="A1:Y30"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{53D989EC-26C5-4FF6-AC9B-DA73ABEAAB90}">
+  <dimension ref="A1:Y29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="34.44140625" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="10.88671875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="35.21875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="33.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.21875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.5546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.6640625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="42.6640625" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="17.88671875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="45.109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" ht="21" x14ac:dyDescent="0.4">
       <c r="A1" s="5" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="5"/>
       <c r="H1" s="7"/>
       <c r="I1" s="5"/>
       <c r="J1" s="5"/>
       <c r="K1" s="5"/>
       <c r="L1" s="5"/>
       <c r="M1" s="5"/>
       <c r="N1" s="5"/>
       <c r="O1" s="5"/>
       <c r="P1" s="5"/>
       <c r="Q1" s="5"/>
       <c r="R1" s="5"/>
       <c r="S1" s="5"/>
       <c r="T1" s="5"/>
       <c r="U1" s="5"/>
       <c r="V1" s="5"/>
       <c r="W1" s="5"/>
       <c r="X1" s="5"/>
       <c r="Y1" s="5"/>
     </row>
     <row r="2" spans="1:25" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="C2" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="D2" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="E2" s="4" t="s">
         <v>129</v>
       </c>
-      <c r="B2" s="4" t="s">
+      <c r="F2" s="4" t="s">
         <v>130</v>
       </c>
-      <c r="C2" s="4" t="s">
+      <c r="G2" s="4" t="s">
         <v>131</v>
       </c>
-      <c r="D2" s="4" t="s">
+      <c r="H2" s="4" t="s">
         <v>132</v>
-      </c>
-[...10 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="3" spans="1:25" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E3" s="1">
         <v>11030</v>
       </c>
       <c r="F3" s="1">
         <v>3723</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="4" spans="1:25" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>30</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H4" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="5" spans="1:25" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>35</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H5" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="6" spans="1:25" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="1">
         <v>10583</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>39</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="7" spans="1:25" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E7" s="1">
         <v>11793</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="8" spans="1:25" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>8</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>9</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H8" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="9" spans="1:25" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="1">
         <v>11553</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="10" spans="1:25" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
-        <v>112</v>
+        <v>43</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>113</v>
+        <v>44</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>114</v>
+        <v>45</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E10" s="3" t="s">
-        <v>115</v>
+        <v>46</v>
       </c>
       <c r="F10" s="1">
         <v>20673</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="11" spans="1:25" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E11" s="3" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H11" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="12" spans="1:25" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H12" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="13" spans="1:25" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
-        <v>116</v>
+        <v>57</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>117</v>
+        <v>58</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>118</v>
+        <v>59</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>119</v>
+        <v>61</v>
       </c>
       <c r="F13" s="1">
         <v>13035</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="14" spans="1:25" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="15" spans="1:25" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="E15" s="1">
         <v>34239</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="16" spans="1:25" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E16" s="3" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="17" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>18</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>19</v>
       </c>
       <c r="E18" s="1">
         <v>28226</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H18" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="20" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>60</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="F21" s="1">
         <v>1283</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E22" s="3" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="F22" s="1">
         <v>7982</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="F23" s="1">
         <v>19153</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="3" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H24" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="F26" s="1">
-        <v>9782</v>
+        <v>1279</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>101</v>
+        <v>113</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
       <c r="F27" s="1">
-        <v>1279</v>
+        <v>2375</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>104</v>
+        <v>116</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>2375</v>
+        <v>118</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>119</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="2">
-        <v>45996</v>
-[...25 lines deleted...]
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W30">
-    <sortCondition ref="A3:A30"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W29">
+    <sortCondition ref="A3:A29"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>