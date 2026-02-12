--- v0 (2025-12-13)
+++ v1 (2026-02-12)
@@ -1,143 +1,173 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - December 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - February 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DFDBCD6B-F1E4-48AF-8729-44200DFADD6D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{ED4FFF0E-A4CA-42CE-BA52-DC6747CAE6E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{73599268-A8D9-445D-88AA-78AD7A30D0BF}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{F88EB601-2AD5-427E-BB8B-C3DB47370D5A}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1354" uniqueCount="835">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1337" uniqueCount="826">
+  <si>
+    <t>1Money USA, Inc.</t>
+  </si>
+  <si>
+    <t>575 5th Avenue Floor 14 Suite 14-107</t>
+  </si>
+  <si>
+    <t>New York</t>
+  </si>
+  <si>
+    <t>NY</t>
+  </si>
+  <si>
+    <t>MT-2628653</t>
+  </si>
+  <si>
+    <t>CT Money Transmission License</t>
+  </si>
   <si>
     <t>ACI Payments, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">6060 Coventry Drive </t>
   </si>
   <si>
     <t>Elkhorn</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>MT-936777</t>
   </si>
   <si>
-    <t>CT Money Transmission License</t>
-[...1 lines deleted...]
-  <si>
     <t>Affirm Payments, LLC</t>
   </si>
   <si>
     <t>650 California Street 12th Floor</t>
   </si>
   <si>
     <t>San Francisco</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>MT-2311440</t>
   </si>
   <si>
     <t>AFRICA REMITTANCE COMPANY LLC</t>
   </si>
   <si>
     <t xml:space="preserve">2828 JOHN F KENNEDY BOULEVARD SUITE 203 </t>
   </si>
   <si>
     <t>JERSEY CITY</t>
   </si>
   <si>
     <t>NJ</t>
   </si>
   <si>
     <t>07306</t>
   </si>
   <si>
     <t>MT-1571998</t>
   </si>
   <si>
     <t>Airbnb Payments, Inc.</t>
   </si>
   <si>
     <t>888 Brannan Street 4th Floor</t>
   </si>
   <si>
     <t>MT-1177237</t>
   </si>
   <si>
+    <t>AirPlus International, Inc.</t>
+  </si>
+  <si>
+    <t>1800 Diagonal Road Suite 275A</t>
+  </si>
+  <si>
+    <t>Alexandria</t>
+  </si>
+  <si>
+    <t>VA</t>
+  </si>
+  <si>
+    <t>MT-1245823</t>
+  </si>
+  <si>
     <t>Airwallex US, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">188 Spear Street, 9th Floor </t>
   </si>
   <si>
     <t>MT-1928093</t>
   </si>
   <si>
     <t>AllPaid, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">7820 Innovation Blvd, Ste 250 </t>
   </si>
   <si>
     <t>Indianapolis</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>MT-1434636</t>
   </si>
   <si>
     <t>Alpaca Crypto LLC</t>
@@ -166,2421 +196,2364 @@
   <si>
     <t>MT-945504</t>
   </si>
   <si>
     <t>American Express Prepaid Card Management Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">18850 North 56th Street </t>
   </si>
   <si>
     <t>Phoenix</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>MT-913823</t>
   </si>
   <si>
     <t>American Express Travel Related Services Company, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">200 Vesey Street </t>
   </si>
   <si>
-    <t>New York</t>
-[...4 lines deleted...]
-  <si>
     <t>MT-913828</t>
   </si>
   <si>
     <t>Apple Payments Inc.</t>
   </si>
   <si>
     <t>6900 W. Parmer Lane Office No. AC1-2225</t>
   </si>
   <si>
     <t>Austin</t>
   </si>
   <si>
     <t>TX</t>
   </si>
   <si>
     <t>MT-1679397</t>
   </si>
   <si>
     <t>AscendantFX Capital USA, Inc.</t>
   </si>
   <si>
     <t>3478 Buskirk Avenue Suite 1000</t>
   </si>
   <si>
     <t>Pleasant Hill</t>
   </si>
   <si>
     <t>MT-916300</t>
   </si>
   <si>
     <t>Asure Operations LLC</t>
   </si>
   <si>
     <t>405 Colorado Street Suite 1800</t>
   </si>
   <si>
     <t>MT-2351397</t>
   </si>
   <si>
+    <t>AvidXchange, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1210 AvidXchange Lane </t>
+  </si>
+  <si>
+    <t>Charlotte</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>MT-1494826</t>
+  </si>
+  <si>
+    <t>BANANA PAY, LLC</t>
+  </si>
+  <si>
+    <t>2200 EAST FRANKLIN AVE #204</t>
+  </si>
+  <si>
+    <t>MINNEAPOLIS</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>MT-1136319</t>
+  </si>
+  <si>
+    <t>BARRI MONEY SERVICES, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10777 Westheimer Rd. Suite 1040 </t>
+  </si>
+  <si>
+    <t>Houston</t>
+  </si>
+  <si>
+    <t>MT-937962</t>
+  </si>
+  <si>
+    <t>Bastion Platforms US LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">216 Bowery, 5th Floor </t>
+  </si>
+  <si>
+    <t>MT-2523302</t>
+  </si>
+  <si>
+    <t>Beeso Corp.</t>
+  </si>
+  <si>
+    <t>2626 E. 82nd St. Suite 101</t>
+  </si>
+  <si>
+    <t>Bloomington</t>
+  </si>
+  <si>
+    <t>MT-1838296</t>
+  </si>
+  <si>
+    <t>Betrlink, LLC</t>
+  </si>
+  <si>
+    <t>250 Broadway 28th Floor</t>
+  </si>
+  <si>
+    <t>MT-1979645</t>
+  </si>
+  <si>
+    <t>BillGO MT, Inc.</t>
+  </si>
+  <si>
+    <t>3003 E. Harmony Rd. 5th Floor</t>
+  </si>
+  <si>
+    <t>Fort Collins</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>MT-2005089</t>
+  </si>
+  <si>
+    <t>Bilt Payments LLC</t>
+  </si>
+  <si>
+    <t>31 Bond Street Floor 6</t>
+  </si>
+  <si>
+    <t>MT-2527740</t>
+  </si>
+  <si>
+    <t>bitFlyer USA, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">548 Market St, #25696 </t>
+  </si>
+  <si>
+    <t>MT-1528491</t>
+  </si>
+  <si>
+    <t>BitGo Technologies LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2443 Ash Street </t>
+  </si>
+  <si>
+    <t>Palo Alto</t>
+  </si>
+  <si>
+    <t>MT-2644116</t>
+  </si>
+  <si>
+    <t>BitPay, Inc.</t>
+  </si>
+  <si>
+    <t>10400 Old Alabama Rd Connector Suite 400</t>
+  </si>
+  <si>
+    <t>Alpharetta</t>
+  </si>
+  <si>
+    <t>GA</t>
+  </si>
+  <si>
+    <t>MT-1496848</t>
+  </si>
+  <si>
+    <t>Bitstamp USA, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">85 Willow Rd </t>
+  </si>
+  <si>
+    <t>Menlo Park</t>
+  </si>
+  <si>
+    <t>MT-1905429</t>
+  </si>
+  <si>
+    <t>Bivo Inc.</t>
+  </si>
+  <si>
+    <t>2947B Whipple Road Suite #125</t>
+  </si>
+  <si>
+    <t>Union City</t>
+  </si>
+  <si>
+    <t>MT-2572288</t>
+  </si>
+  <si>
+    <t>Blackhawk Network California, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6220 Stoneridge Mall Road </t>
+  </si>
+  <si>
+    <t>Pleasanton</t>
+  </si>
+  <si>
+    <t>MT-925953</t>
+  </si>
+  <si>
+    <t>Block, Inc.</t>
+  </si>
+  <si>
+    <t>1955 Broadway Suite 600</t>
+  </si>
+  <si>
+    <t>Oakland</t>
+  </si>
+  <si>
+    <t>MT-942933</t>
+  </si>
+  <si>
+    <t>BNXA USA MTL Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 East Liberty Street, Office 16, Suite 600 </t>
+  </si>
+  <si>
+    <t>Reno</t>
+  </si>
+  <si>
+    <t>NV</t>
+  </si>
+  <si>
+    <t>MT-2347615</t>
+  </si>
+  <si>
+    <t>Booking Holdings Financial Services USA LLC</t>
+  </si>
+  <si>
+    <t>3201 Olympus Blvd Suite 250</t>
+  </si>
+  <si>
+    <t>Coppell</t>
+  </si>
+  <si>
+    <t>MT-2436940</t>
+  </si>
+  <si>
+    <t>Brale Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1301 Locust St., Suite C </t>
+  </si>
+  <si>
+    <t>Des Moines</t>
+  </si>
+  <si>
+    <t>IA</t>
+  </si>
+  <si>
+    <t>MT-2376957</t>
+  </si>
+  <si>
+    <t>Brex Payments LLC</t>
+  </si>
+  <si>
+    <t>650 S 500 W. Suite 300</t>
+  </si>
+  <si>
+    <t>Salt Lake City</t>
+  </si>
+  <si>
+    <t>UT</t>
+  </si>
+  <si>
+    <t>MT-2035354</t>
+  </si>
+  <si>
+    <t>BYTE FEDERAL, INC.</t>
+  </si>
+  <si>
+    <t>795 COMMERCE DRIVE STE 5</t>
+  </si>
+  <si>
+    <t>VENICE</t>
+  </si>
+  <si>
+    <t>FL</t>
+  </si>
+  <si>
+    <t>MT-2327474</t>
+  </si>
+  <si>
+    <t>Caleb and Brown Limited</t>
+  </si>
+  <si>
+    <t xml:space="preserve">895 Glenbrook Ave </t>
+  </si>
+  <si>
+    <t>Bryn Mawr</t>
+  </si>
+  <si>
+    <t>PA</t>
+  </si>
+  <si>
+    <t>MT-2560370</t>
+  </si>
+  <si>
+    <t>CambioReal Incorporated</t>
+  </si>
+  <si>
+    <t>30 Prestbury SQ SUITE 323</t>
+  </si>
+  <si>
+    <t>Newark</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>MT-1264872</t>
+  </si>
+  <si>
+    <t>CAMBRIDGE MERCANTILE CORP. (U.S.A.)</t>
+  </si>
+  <si>
+    <t>300 Park Ave Suite 1203</t>
+  </si>
+  <si>
+    <t>MT-988463</t>
+  </si>
+  <si>
+    <t>Caribbean Airmail, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9425 Sunset Drive Suite 249 </t>
+  </si>
+  <si>
+    <t>Miami</t>
+  </si>
+  <si>
+    <t>MT-923809</t>
+  </si>
+  <si>
+    <t>CEX.IO CORP.</t>
+  </si>
+  <si>
+    <t>100 SE 2nd St Suite 3852</t>
+  </si>
+  <si>
+    <t>MT-1804170</t>
+  </si>
+  <si>
+    <t>Check Payments LLC</t>
+  </si>
+  <si>
+    <t>36 East 20th Street Suite 500</t>
+  </si>
+  <si>
+    <t>MT-2103307</t>
+  </si>
+  <si>
+    <t>CheckFreePay Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2900 Westside Parkway </t>
+  </si>
+  <si>
+    <t>MT-908760</t>
+  </si>
+  <si>
+    <t>Checkout US, INC.</t>
+  </si>
+  <si>
+    <t>40 10th Avenue 4th Floor</t>
+  </si>
+  <si>
+    <t>MT-1791692</t>
+  </si>
+  <si>
+    <t>Chime Payments, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">101 California Street, Suite 500 </t>
+  </si>
+  <si>
+    <t>MT-2538752</t>
+  </si>
+  <si>
+    <t>Circle Internet Financial, LLC</t>
+  </si>
+  <si>
+    <t>1 Lincoln Street Suite 31-113</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>02111</t>
+  </si>
+  <si>
+    <t>MT-1201441</t>
+  </si>
+  <si>
+    <t>Citcon USA LLC</t>
+  </si>
+  <si>
+    <t>2055 Gateway Pl #500</t>
+  </si>
+  <si>
+    <t>San Jose</t>
+  </si>
+  <si>
+    <t>MT-2104091</t>
+  </si>
+  <si>
+    <t>Coinbase Custody Trust Company, LLC</t>
+  </si>
+  <si>
+    <t>One Madison Avenue Suites 2400 &amp; 2500</t>
+  </si>
+  <si>
+    <t>MT-2455008</t>
+  </si>
+  <si>
+    <t>Coinme Inc.</t>
+  </si>
+  <si>
+    <t>255 S King St. Ste. 800</t>
+  </si>
+  <si>
+    <t>MT-1185542</t>
+  </si>
+  <si>
+    <t>Comdata TN, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5301 Maryland Way </t>
+  </si>
+  <si>
+    <t>Brentwood</t>
+  </si>
+  <si>
+    <t>TN</t>
+  </si>
+  <si>
+    <t>MT-1067392</t>
+  </si>
+  <si>
+    <t>Concentrix Healthcare Services LLC</t>
+  </si>
+  <si>
+    <t>201 E Fourth Street Ste 1500</t>
+  </si>
+  <si>
+    <t>Cincinnati</t>
+  </si>
+  <si>
+    <t>OH</t>
+  </si>
+  <si>
+    <t>MT-2664742</t>
+  </si>
+  <si>
+    <t>Convera USA, LLC</t>
+  </si>
+  <si>
+    <t>7979 E. Tufts Ave Suite 200</t>
+  </si>
+  <si>
+    <t>Denver</t>
+  </si>
+  <si>
+    <t>MT-907333</t>
+  </si>
+  <si>
+    <t>Cooper Blazer Inc.</t>
+  </si>
+  <si>
+    <t>2160 N Central Road Suite 203D</t>
+  </si>
+  <si>
+    <t>Fort Lee</t>
+  </si>
+  <si>
+    <t>07024</t>
+  </si>
+  <si>
+    <t>MT-2493907</t>
+  </si>
+  <si>
+    <t>Creative Solutions Software Corp.</t>
+  </si>
+  <si>
+    <t>880 Technology Dr Suite D</t>
+  </si>
+  <si>
+    <t>Ann Arbor</t>
+  </si>
+  <si>
+    <t>MI</t>
+  </si>
+  <si>
+    <t>MT-1445015</t>
+  </si>
+  <si>
+    <t>CSG Forte Payments, Inc.</t>
+  </si>
+  <si>
+    <t>2121 Providence Dr., Suite 151,</t>
+  </si>
+  <si>
+    <t>Fort Worth</t>
+  </si>
+  <si>
+    <t>MT-1986669</t>
+  </si>
+  <si>
+    <t>Currency Exchange International Corp</t>
+  </si>
+  <si>
+    <t>6649 Westwood Blvd Ste 250</t>
+  </si>
+  <si>
+    <t>Orlando</t>
+  </si>
+  <si>
+    <t>MT-907740</t>
+  </si>
+  <si>
+    <t>Dahabshil, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">240 Bradenton Avenue </t>
+  </si>
+  <si>
+    <t>Dublin</t>
+  </si>
+  <si>
+    <t>MT-923618</t>
+  </si>
+  <si>
+    <t>DOLEX DOLLAR EXPRESS, INC.</t>
+  </si>
+  <si>
+    <t>MT-910812</t>
+  </si>
+  <si>
+    <t>DVTR Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6 Carr. 696 Suite 4a </t>
+  </si>
+  <si>
+    <t>Dorado</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>00646</t>
+  </si>
+  <si>
+    <t>Mt-2464719</t>
+  </si>
+  <si>
+    <t>eBay Commerce Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2065 Hamilton Avenue </t>
+  </si>
+  <si>
+    <t>MT-1774459</t>
+  </si>
+  <si>
+    <t>Ethos Payment Solutions, Inc.</t>
+  </si>
+  <si>
+    <t>370 W Las Colinas Blvd Ste 108</t>
+  </si>
+  <si>
+    <t>Irving</t>
+  </si>
+  <si>
+    <t>MT-2244450</t>
+  </si>
+  <si>
+    <t>EVERI MTL, LLC</t>
+  </si>
+  <si>
+    <t>7250 S. Tenaya Way Suite 100</t>
+  </si>
+  <si>
+    <t>Las Vegas</t>
+  </si>
+  <si>
+    <t>MT-1392803</t>
+  </si>
+  <si>
+    <t>Expensify Payments LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">401 SW 5th Ave </t>
+  </si>
+  <si>
+    <t>Portland</t>
+  </si>
+  <si>
+    <t>OR</t>
+  </si>
+  <si>
+    <t>MT-2017010</t>
+  </si>
+  <si>
+    <t>Felix Technologies Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">201 South Biscayne Boulevard, Suite 1980 </t>
+  </si>
+  <si>
+    <t>MT-2302775</t>
+  </si>
+  <si>
+    <t>Finxera, Inc.</t>
+  </si>
+  <si>
+    <t>2001 Westside Parkway Suite 155</t>
+  </si>
+  <si>
+    <t>MT-1168701</t>
+  </si>
+  <si>
+    <t>Flexa Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">154 W. 14th Street, 3rd floor </t>
+  </si>
+  <si>
+    <t>MT-1840599</t>
+  </si>
+  <si>
+    <t>Flywire Global Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">141 Tremont St, 10th floor </t>
+  </si>
+  <si>
+    <t>MT-1851258</t>
+  </si>
+  <si>
+    <t>Foris DAX, Inc.</t>
+  </si>
+  <si>
+    <t>110 N College Ave Suite 500</t>
+  </si>
+  <si>
+    <t>Tyler</t>
+  </si>
+  <si>
+    <t>MT-1966158</t>
+  </si>
+  <si>
+    <t>GalaxyOne Prime LLC</t>
+  </si>
+  <si>
+    <t>101 Hudson Street Suite 2166</t>
+  </si>
+  <si>
+    <t>Jersey City</t>
+  </si>
+  <si>
+    <t>07302</t>
+  </si>
+  <si>
+    <t>MT-1988685</t>
+  </si>
+  <si>
+    <t>Gemini Moonbase, LLC</t>
+  </si>
+  <si>
+    <t>545 NW 26th Street Suite 350</t>
+  </si>
+  <si>
+    <t>MT-2403509</t>
+  </si>
+  <si>
+    <t>Girosol Corp.</t>
+  </si>
+  <si>
+    <t>16666 NE 19 Avenue Suite 102</t>
+  </si>
+  <si>
+    <t>North Miami Beach</t>
+  </si>
+  <si>
+    <t>MT-903078</t>
+  </si>
+  <si>
+    <t>Google Payment Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1600 Amphitheatre Parkway </t>
+  </si>
+  <si>
+    <t>Mountain View</t>
+  </si>
+  <si>
+    <t>MT-911607</t>
+  </si>
+  <si>
+    <t>GPD Holdings LLC</t>
+  </si>
+  <si>
+    <t>433 WEST VAN BUREN ST SUITE 1050N</t>
+  </si>
+  <si>
+    <t>CHICAGO</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>MT-1975146</t>
+  </si>
+  <si>
+    <t>Green Dot Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1675 N. Freedom Blvd (200 West) Building 1 </t>
+  </si>
+  <si>
+    <t>Provo</t>
+  </si>
+  <si>
+    <t>MT-914924</t>
+  </si>
+  <si>
+    <t>GSR Digital LLC</t>
+  </si>
+  <si>
+    <t>101 Hudson Street 21st Floor, Suite 2132</t>
+  </si>
+  <si>
+    <t>MT-2318094</t>
+  </si>
+  <si>
+    <t>Gusto, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">525 20th Street </t>
+  </si>
+  <si>
+    <t>MT-1737896</t>
+  </si>
+  <si>
+    <t>Hopper Money (USA), Inc.</t>
+  </si>
+  <si>
+    <t>265 Franklin Street Suite 1702</t>
+  </si>
+  <si>
+    <t>02110</t>
+  </si>
+  <si>
+    <t>MT-2327482</t>
+  </si>
+  <si>
+    <t>IDT Payment Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">520 Broad Street </t>
+  </si>
+  <si>
+    <t>07102</t>
+  </si>
+  <si>
+    <t>MT-935577</t>
+  </si>
+  <si>
+    <t>Incomm Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2525 Williams Road </t>
+  </si>
+  <si>
+    <t>Columbus</t>
+  </si>
+  <si>
+    <t>MT-912772</t>
+  </si>
+  <si>
+    <t>Inmar Services, LLC</t>
+  </si>
+  <si>
+    <t>One West Fourth Street Suite 500</t>
+  </si>
+  <si>
+    <t>Winston-Salem</t>
+  </si>
+  <si>
+    <t>MT-2159035</t>
+  </si>
+  <si>
+    <t>Intercambio Express, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">426 N. Main St. </t>
+  </si>
+  <si>
+    <t>Elkhart</t>
+  </si>
+  <si>
+    <t>MT-1083568</t>
+  </si>
+  <si>
+    <t>Internet Escrow Services, Inc.</t>
+  </si>
+  <si>
+    <t>Suite 650 180 Montgomery Street</t>
+  </si>
+  <si>
+    <t>MT-1370002</t>
+  </si>
+  <si>
+    <t>Intuit Payments Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2700 Coast Avenue </t>
+  </si>
+  <si>
+    <t>MT-1098819</t>
+  </si>
+  <si>
+    <t>JHA Money Center, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">663 W. Highway 60 </t>
+  </si>
+  <si>
+    <t>Monett</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>MT-1253322</t>
+  </si>
+  <si>
+    <t>JPay LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3450 Lakeside Drive, Suite 100 </t>
+  </si>
+  <si>
+    <t>Miramar</t>
+  </si>
+  <si>
+    <t>MT-926932</t>
+  </si>
+  <si>
+    <t>Kalbas, Inc.</t>
+  </si>
+  <si>
+    <t>1500 SW 30th Ave Unit 11-12</t>
+  </si>
+  <si>
+    <t>Boynton Beach</t>
+  </si>
+  <si>
+    <t>MT-1931557</t>
+  </si>
+  <si>
+    <t>Keefe Commissary Network, L.L.C.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10880 Lin Page Place </t>
+  </si>
+  <si>
+    <t>Saint Louis</t>
+  </si>
+  <si>
+    <t>MT-936775</t>
+  </si>
+  <si>
+    <t>Klarna Inc.</t>
+  </si>
+  <si>
+    <t>800 N High Street Suite 04-121, 4th Floor</t>
+  </si>
+  <si>
+    <t>MT-1353190</t>
+  </si>
+  <si>
+    <t>Kronos SaaShr, Inc.</t>
+  </si>
+  <si>
+    <t>3040 Route 22 West Suite 200</t>
+  </si>
+  <si>
+    <t>Branchburg</t>
+  </si>
+  <si>
+    <t>08876</t>
+  </si>
+  <si>
+    <t>MT-1698726</t>
+  </si>
+  <si>
+    <t>LL Pay U.S., LLC</t>
+  </si>
+  <si>
+    <t>666 Third Avenue 6th Floor, Suite 615</t>
+  </si>
+  <si>
+    <t>MT-1656051</t>
+  </si>
+  <si>
+    <t>LYONS XPRESS INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26 WILSON AVE </t>
+  </si>
+  <si>
+    <t>NEWARK</t>
+  </si>
+  <si>
+    <t>07105</t>
+  </si>
+  <si>
+    <t>MT-1375928</t>
+  </si>
+  <si>
+    <t>Mastercard Transaction Services (US) LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">150 Fifth Avenue </t>
+  </si>
+  <si>
+    <t>MT-900705</t>
+  </si>
+  <si>
+    <t>Maxitransfers LLC</t>
+  </si>
+  <si>
+    <t>222 W Las Colinas Blvd Suite 2000 N Tower</t>
+  </si>
+  <si>
+    <t>MT-979622</t>
+  </si>
+  <si>
+    <t>MEMO Financial Services USA, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1029 Mumma Road </t>
+  </si>
+  <si>
+    <t>Wormleysburg</t>
+  </si>
+  <si>
+    <t>MT-942587</t>
+  </si>
+  <si>
+    <t>Mercari, Inc.</t>
+  </si>
+  <si>
+    <t>3000 El Camino Real Suite 5-150</t>
+  </si>
+  <si>
+    <t>MT-1486447</t>
+  </si>
+  <si>
+    <t>Meta Payments Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 Meta Way </t>
+  </si>
+  <si>
+    <t>MT-918740</t>
+  </si>
+  <si>
+    <t>Monex Inc.</t>
+  </si>
+  <si>
+    <t>1101 K Street NW STE 600</t>
+  </si>
+  <si>
+    <t>Washington</t>
+  </si>
+  <si>
+    <t>DC</t>
+  </si>
+  <si>
+    <t>MT-910436</t>
+  </si>
+  <si>
+    <t>Moneycorp US Inc.</t>
+  </si>
+  <si>
+    <t>1 Park Row Suite 403</t>
+  </si>
+  <si>
+    <t>Providence</t>
+  </si>
+  <si>
+    <t>RI</t>
+  </si>
+  <si>
+    <t>02903</t>
+  </si>
+  <si>
+    <t>MT-917447</t>
+  </si>
+  <si>
+    <t>MoneyGram Payment Systems, Inc.</t>
+  </si>
+  <si>
+    <t>1550 Utica Avenue South Suite 100</t>
+  </si>
+  <si>
+    <t>Minneapolis</t>
+  </si>
+  <si>
+    <t>MT-898432</t>
+  </si>
+  <si>
+    <t>MOOMOO CRYPTO INC.</t>
+  </si>
+  <si>
+    <t>185 Hudson Street, 5 Harborside Ste. 2601</t>
+  </si>
+  <si>
+    <t>07311</t>
+  </si>
+  <si>
+    <t>MT-2287314</t>
+  </si>
+  <si>
+    <t>Moon Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">864 Spring St NW </t>
+  </si>
+  <si>
+    <t>Atlanta</t>
+  </si>
+  <si>
+    <t>MT-1238308</t>
+  </si>
+  <si>
+    <t>MSB USA Inc</t>
+  </si>
+  <si>
+    <t>500 North Central Expressway Suite 500</t>
+  </si>
+  <si>
+    <t>Plano</t>
+  </si>
+  <si>
+    <t>MT-1550212</t>
+  </si>
+  <si>
+    <t>NIC Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7701 College Boulevard </t>
+  </si>
+  <si>
+    <t>Overland Park</t>
+  </si>
+  <si>
+    <t>KS</t>
+  </si>
+  <si>
+    <t>MT-1935377</t>
+  </si>
+  <si>
+    <t>Nuvei US LLC</t>
+  </si>
+  <si>
+    <t>1375 N Scottsdale Rd Suite 400</t>
+  </si>
+  <si>
+    <t>Scottsdale</t>
+  </si>
+  <si>
+    <t>MT-1760584</t>
+  </si>
+  <si>
+    <t>NYDIG Execution LLC</t>
+  </si>
+  <si>
+    <t>One Vanderbilt Avenue 65th Floor</t>
+  </si>
+  <si>
+    <t>MT-1781446</t>
+  </si>
+  <si>
+    <t>NYDIG Trust Company LLC</t>
+  </si>
+  <si>
+    <t>MT-1985471</t>
+  </si>
+  <si>
+    <t>Omnex Group, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">580 Sylvan Ave. Suite M-J </t>
+  </si>
+  <si>
+    <t>Englewood Cliffs</t>
+  </si>
+  <si>
+    <t>07632</t>
+  </si>
+  <si>
+    <t>MT-899521</t>
+  </si>
+  <si>
+    <t>Pangea USA, LLC</t>
+  </si>
+  <si>
+    <t>175 W. Jackson Blvd Suite 600</t>
+  </si>
+  <si>
+    <t>Chicago</t>
+  </si>
+  <si>
+    <t>MT-1225147</t>
+  </si>
+  <si>
+    <t>Paychex, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">911 Panorama Trail South </t>
+  </si>
+  <si>
+    <t>Rochester</t>
+  </si>
+  <si>
+    <t>MT-1029977</t>
+  </si>
+  <si>
+    <t>Payment Progress LLC</t>
+  </si>
+  <si>
+    <t>12 Broad Street Suite 403</t>
+  </si>
+  <si>
+    <t>Red Bank</t>
+  </si>
+  <si>
+    <t>07701</t>
+  </si>
+  <si>
+    <t>MT-2638747</t>
+  </si>
+  <si>
+    <t>PayNearMe Financial, Inc.</t>
+  </si>
+  <si>
+    <t>5201 Great America Parkway Suite 320</t>
+  </si>
+  <si>
+    <t>Santa Clara</t>
+  </si>
+  <si>
+    <t>MT-2642362</t>
+  </si>
+  <si>
+    <t>PayNearMe MT, Inc.</t>
+  </si>
+  <si>
+    <t>MT-957940</t>
+  </si>
+  <si>
+    <t>Payoneer Inc.</t>
+  </si>
+  <si>
+    <t>195 Broadway 27th Floor</t>
+  </si>
+  <si>
+    <t>MT-1041524</t>
+  </si>
+  <si>
+    <t>Paypool LLC</t>
+  </si>
+  <si>
+    <t>4747 Bethesda Avenue Suite 610</t>
+  </si>
+  <si>
+    <t>Bethesda</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>MT-1572912</t>
+  </si>
+  <si>
+    <t>Paysend US LLC</t>
+  </si>
+  <si>
+    <t>801 Brickell Ave. 8th Floor</t>
+  </si>
+  <si>
+    <t>MT-2048617</t>
+  </si>
+  <si>
+    <t>Payward Financial, Inc.</t>
+  </si>
+  <si>
+    <t>106 E. Lincolnway Fourth Floor</t>
+  </si>
+  <si>
+    <t>Cheyenne</t>
+  </si>
+  <si>
+    <t>WY</t>
+  </si>
+  <si>
+    <t>MT-2429615</t>
+  </si>
+  <si>
+    <t>PINGPONG GLOBAL SOLUTIONS INC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27 W 24th St, suite 704 </t>
+  </si>
+  <si>
+    <t>MT-1572799</t>
+  </si>
+  <si>
+    <t>Pionex Inc.</t>
+  </si>
+  <si>
+    <t>500 College Road East Suite 120</t>
+  </si>
+  <si>
+    <t>Princeton</t>
+  </si>
+  <si>
+    <t>08540</t>
+  </si>
+  <si>
+    <t>MT-2284360</t>
+  </si>
+  <si>
+    <t>PrimePay, LLC</t>
+  </si>
+  <si>
+    <t>101 Riverfront Boulevard Suite 300</t>
+  </si>
+  <si>
+    <t>Bradenton</t>
+  </si>
+  <si>
+    <t>MT-1952666</t>
+  </si>
+  <si>
+    <t>Procore Payment Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6309 Carpinteria Ave </t>
+  </si>
+  <si>
+    <t>Carpinteria</t>
+  </si>
+  <si>
+    <t>MT-2560496</t>
+  </si>
+  <si>
+    <t>Puzzl Group Inc.</t>
+  </si>
+  <si>
+    <t>548 Market Street PMB 78725</t>
+  </si>
+  <si>
+    <t>94104-5401</t>
+  </si>
+  <si>
+    <t>MT-2277841</t>
+  </si>
+  <si>
+    <t>RAM Payment, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">412 N Cedar Bluff, Suite 400 </t>
+  </si>
+  <si>
+    <t>Knoxville</t>
+  </si>
+  <si>
+    <t>MT-1867991</t>
+  </si>
+  <si>
+    <t>Ramp Payments Corporation</t>
+  </si>
+  <si>
+    <t>28 West 23rd Street Floor 2</t>
+  </si>
+  <si>
+    <t>MT-2371465</t>
+  </si>
+  <si>
+    <t>Real Time Financial Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 SE 2nd Street STE 2000 </t>
+  </si>
+  <si>
+    <t>MT-2647953</t>
+  </si>
+  <si>
+    <t>RealNet Payments LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8500 Governor’s Hill Drive </t>
+  </si>
+  <si>
+    <t>MT-1068708</t>
+  </si>
+  <si>
+    <t>RealPage Payments Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2201 Lakeside Boulevard </t>
+  </si>
+  <si>
+    <t>Richardson</t>
+  </si>
+  <si>
+    <t>MT-1186433</t>
+  </si>
+  <si>
+    <t>Remitly, Inc.</t>
+  </si>
+  <si>
+    <t>401 Union St. Suite 1000</t>
+  </si>
+  <si>
+    <t>MT-1028236</t>
+  </si>
+  <si>
+    <t>Ripple Markets DE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">600 Battery St. </t>
+  </si>
+  <si>
+    <t>MT-2314015</t>
+  </si>
+  <si>
+    <t>Rippling Payments, Inc.</t>
+  </si>
+  <si>
+    <t>430 California Street Floor 11</t>
+  </si>
+  <si>
+    <t>MT-1931820</t>
+  </si>
+  <si>
+    <t>River Financial Inc.</t>
+  </si>
+  <si>
+    <t>80 E Rich St. Suite 600</t>
+  </si>
+  <si>
+    <t>MT-1906809</t>
+  </si>
+  <si>
+    <t>Robinhood Crypto, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">85 Willow Road </t>
+  </si>
+  <si>
+    <t>MT-1702840</t>
+  </si>
+  <si>
+    <t>Robinhood Money, LLC</t>
+  </si>
+  <si>
+    <t>MT-1990968</t>
+  </si>
+  <si>
+    <t>ROCKITCOIN, LLC</t>
+  </si>
+  <si>
+    <t>325 West Huron Suite 310</t>
+  </si>
+  <si>
+    <t>MT-1527313</t>
+  </si>
+  <si>
+    <t>S &amp; W Payroll Services, L.L.C.</t>
+  </si>
+  <si>
+    <t>1155 Hwy 190 E Service Road Suite 2</t>
+  </si>
+  <si>
+    <t>Covington</t>
+  </si>
+  <si>
+    <t>LA</t>
+  </si>
+  <si>
+    <t>MT-1862611</t>
+  </si>
+  <si>
+    <t>Sendsprint Inc.</t>
+  </si>
+  <si>
+    <t>999 Riverview Drive Suite 201 - Room 239</t>
+  </si>
+  <si>
+    <t>Totowa</t>
+  </si>
+  <si>
+    <t>07512</t>
+  </si>
+  <si>
+    <t>MT-1313855</t>
+  </si>
+  <si>
+    <t>Servicio UniTeller, Inc.</t>
+  </si>
+  <si>
+    <t>218 Route 17 North 4th Floor</t>
+  </si>
+  <si>
+    <t>Rochelle Park</t>
+  </si>
+  <si>
+    <t>07662</t>
+  </si>
+  <si>
+    <t>MT-928684</t>
+  </si>
+  <si>
+    <t>Skrill USA, Inc.</t>
+  </si>
+  <si>
+    <t>Town Center Two, 5335 Gate Parkway 4th Floor</t>
+  </si>
+  <si>
+    <t>Jacksonville</t>
+  </si>
+  <si>
+    <t>MT-935195</t>
+  </si>
+  <si>
+    <t>Sonali Exchange Co. Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31-10 37th Avenue, Suite 303 </t>
+  </si>
+  <si>
+    <t>Long Island City</t>
+  </si>
+  <si>
+    <t>MT-1098789</t>
+  </si>
+  <si>
+    <t>SOUTH EXCHANGE, INC</t>
+  </si>
+  <si>
+    <t>1111 Brickell Ave Suite 2940</t>
+  </si>
+  <si>
+    <t>MT-899531</t>
+  </si>
+  <si>
+    <t>Spectrum Global Payment Solutions, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2200 Post Oak Blvd., Suite 2150 </t>
+  </si>
+  <si>
+    <t>MT-937914</t>
+  </si>
+  <si>
+    <t>Standard Custody &amp; Trust Company, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">111 West 19th Street </t>
+  </si>
+  <si>
+    <t>MT-2261284</t>
+  </si>
+  <si>
+    <t>StoneX Payment Services Ltd.</t>
+  </si>
+  <si>
+    <t>333 SE 2nd Ave Suite 2100</t>
+  </si>
+  <si>
+    <t>MT-1394445</t>
+  </si>
+  <si>
+    <t>Stripe Payments Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">354 Oyster Point Boulevard </t>
+  </si>
+  <si>
+    <t>South San Francisco</t>
+  </si>
+  <si>
+    <t>MT-1280479</t>
+  </si>
+  <si>
+    <t>TabaPay Payment Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">450 Cambridge Ave </t>
+  </si>
+  <si>
+    <t>MT-2539914</t>
+  </si>
+  <si>
+    <t>TapTap Send Payments Co.</t>
+  </si>
+  <si>
+    <t>1460 Broadway Suite 12021</t>
+  </si>
+  <si>
+    <t>MT-2108069</t>
+  </si>
+  <si>
+    <t>Tech Friends, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2225 E. Highland Dr. </t>
+  </si>
+  <si>
+    <t>Jonesboro</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>MT-1151821</t>
+  </si>
+  <si>
+    <t>Thunes Financial Services LLC</t>
+  </si>
+  <si>
+    <t>2 Embarcadero Center 29th Floor – Suite 29-106</t>
+  </si>
+  <si>
+    <t>MT-2450368</t>
+  </si>
+  <si>
+    <t>Tipalti, Inc.</t>
+  </si>
+  <si>
+    <t>1051 E. Hillsdale Suite 600</t>
+  </si>
+  <si>
+    <t>Foster City</t>
+  </si>
+  <si>
+    <t>MT-1271971</t>
+  </si>
+  <si>
+    <t>Toast Processing Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">333 Summer Street </t>
+  </si>
+  <si>
+    <t>02210</t>
+  </si>
+  <si>
+    <t>MT-2020419</t>
+  </si>
+  <si>
+    <t>TouchPay Holdings, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10005 Technology Boulevard West, Suite 130 </t>
+  </si>
+  <si>
+    <t>Dallas</t>
+  </si>
+  <si>
+    <t>MT-967396</t>
+  </si>
+  <si>
+    <t>TRADEUP CRYPTO LLC</t>
+  </si>
+  <si>
+    <t>101 EISENHOWER PARKWAY Suite 105</t>
+  </si>
+  <si>
+    <t>Roseland</t>
+  </si>
+  <si>
+    <t>07068</t>
+  </si>
+  <si>
+    <t>MT-2179222</t>
+  </si>
+  <si>
+    <t>Transfermate, Inc.</t>
+  </si>
+  <si>
+    <t>5555 Glenridge Connector Suite 200</t>
+  </si>
+  <si>
+    <t>MT-947755</t>
+  </si>
+  <si>
+    <t>Trustly, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">335 Bryant Street, Suite 100 </t>
+  </si>
+  <si>
+    <t>MT-2463855</t>
+  </si>
+  <si>
+    <t>U.S. Money Express Co.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5395 N Milwaukee Ave </t>
+  </si>
+  <si>
+    <t>MT-918711</t>
+  </si>
+  <si>
+    <t>Unchained Trading, LLC</t>
+  </si>
+  <si>
+    <t>601 Congress Ave Suite 200</t>
+  </si>
+  <si>
+    <t>MT-2273761</t>
+  </si>
+  <si>
+    <t>Upwork Payments Inc.</t>
+  </si>
+  <si>
+    <t>530 Lytton Ave Suite 301</t>
+  </si>
+  <si>
+    <t>MT-2500561</t>
+  </si>
+  <si>
+    <t>USForex Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">49 Stevenson St., 13th Floor </t>
+  </si>
+  <si>
+    <t>MT-1021624</t>
+  </si>
+  <si>
+    <t>Veem Payments Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1160 Battery St. East  Suite 100 </t>
+  </si>
+  <si>
+    <t>MT-1485885</t>
+  </si>
+  <si>
+    <t>Viamericas Corporation</t>
+  </si>
+  <si>
+    <t>2100 Ponce De Leon Boulevard PH-2</t>
+  </si>
+  <si>
+    <t>Coral Gables</t>
+  </si>
+  <si>
+    <t>MT-899985</t>
+  </si>
+  <si>
+    <t>Visa Global Services Inc.</t>
+  </si>
+  <si>
+    <t>900 Metro Center Blvd. Mailstop 1Z</t>
+  </si>
+  <si>
+    <t>MT-1810302</t>
+  </si>
+  <si>
+    <t>Viventium HCM, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">400 Connell Drive Suite 1000 </t>
+  </si>
+  <si>
+    <t>Berkeley Heights</t>
+  </si>
+  <si>
+    <t>07922</t>
+  </si>
+  <si>
+    <t>MT-2094503</t>
+  </si>
+  <si>
+    <t>Western Union Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7001 E BELLEVIEW AVE </t>
+  </si>
+  <si>
+    <t>DENVER</t>
+  </si>
+  <si>
+    <t>MT-906983</t>
+  </si>
+  <si>
+    <t>Western Union International Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7001 E. Belleview Avenue </t>
+  </si>
+  <si>
+    <t>MT-906985</t>
+  </si>
+  <si>
+    <t>WorldRemit Corp.</t>
+  </si>
+  <si>
+    <t>100 Hano St Ste. 9</t>
+  </si>
+  <si>
+    <t>02134</t>
+  </si>
+  <si>
+    <t>MT-1179663</t>
+  </si>
+  <si>
+    <t>Wotransfer Fintech Inc</t>
+  </si>
+  <si>
+    <t>3001 Bishop Drive Suite 300</t>
+  </si>
+  <si>
+    <t>San Ramon</t>
+  </si>
+  <si>
+    <t>MT-1954471</t>
+  </si>
+  <si>
+    <t>X Payments LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1450 Page Mill Rd. </t>
+  </si>
+  <si>
+    <t>MT-2404946</t>
+  </si>
+  <si>
+    <t>Yardi Payments, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">430 South Fairview Ave. </t>
+  </si>
+  <si>
+    <t>Santa Barbara</t>
+  </si>
+  <si>
+    <t>MT-1911824</t>
+  </si>
+  <si>
+    <t>ZEBEDEE, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50 Harrison St Ste 472 </t>
+  </si>
+  <si>
+    <t>Hoboken</t>
+  </si>
+  <si>
+    <t>07030</t>
+  </si>
+  <si>
+    <t>MT-2188007</t>
+  </si>
+  <si>
+    <t>Zero Hash LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">327 N Aberdeen St </t>
+  </si>
+  <si>
+    <t>60607-1202</t>
+  </si>
+  <si>
+    <t>MT-1699379</t>
+  </si>
+  <si>
     <t>AUS Merchant Services, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">525 Almanor Avenue </t>
   </si>
   <si>
     <t>Sunnyvale</t>
   </si>
   <si>
     <t>94085-3542</t>
   </si>
   <si>
     <t>MT-1277102</t>
   </si>
   <si>
-    <t>Bakkt Crypto Solutions, LLC</t>
+    <t>Bakkt Financial Solutions I, LLC</t>
   </si>
   <si>
     <t>Convene One Liberty Plaza - 1 Liberty St. Suite 305 &amp; 306</t>
   </si>
   <si>
     <t>MT-1890144</t>
   </si>
   <si>
-    <t>BANANA PAY, LLC</t>
-[...236 lines deleted...]
-    <t>MT-2035354</t>
+    <t>Bill.com, LLC</t>
+  </si>
+  <si>
+    <t>6220 America Center Drive Suite 100</t>
+  </si>
+  <si>
+    <t>MT-1007645</t>
+  </si>
+  <si>
+    <t>Bitcoin Depot Operating LLC</t>
+  </si>
+  <si>
+    <t>8601 Dunwoody Place Ste. 308</t>
+  </si>
+  <si>
+    <t>Sandy Springs</t>
+  </si>
+  <si>
+    <t>MT-1886902</t>
+  </si>
+  <si>
+    <t>Blockchain.com, Inc.</t>
+  </si>
+  <si>
+    <t>3500 Maple Ave Suite 1550</t>
+  </si>
+  <si>
+    <t>MT-2024031</t>
   </si>
   <si>
     <t>Bridge Building Inc.</t>
   </si>
   <si>
     <t>2120 University Ave Suite 213</t>
   </si>
   <si>
     <t>Berkeley</t>
   </si>
   <si>
     <t>MT-2450917</t>
   </si>
   <si>
-    <t>BYTE FEDERAL, INC.</t>
-[...127 lines deleted...]
-  <si>
     <t>Coinbase, Inc.</t>
   </si>
   <si>
-    <t>One Madison Avenue Suites 2400 &amp; 2500</t>
-[...1 lines deleted...]
-  <si>
     <t>MT-1163082</t>
   </si>
   <si>
-    <t>Coinme Inc.</t>
-[...140 lines deleted...]
-    <t>MT-2244450</t>
+    <t>CoinZoom, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4640 S. Holladay Village Plaza, Suite 206 </t>
+  </si>
+  <si>
+    <t>MT-1735216</t>
+  </si>
+  <si>
+    <t>Currency Com US LLC</t>
+  </si>
+  <si>
+    <t>101 Hudson St Floor 21</t>
+  </si>
+  <si>
+    <t>MT-2073665</t>
+  </si>
+  <si>
+    <t>Dandelion Payments, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7000 Village Drive, Suite 200 </t>
+  </si>
+  <si>
+    <t>Buena Park</t>
+  </si>
+  <si>
+    <t>MT-920968</t>
+  </si>
+  <si>
+    <t>DPAYMENTS LLC</t>
+  </si>
+  <si>
+    <t>433 Central Avenue Suite 400</t>
+  </si>
+  <si>
+    <t>St. Petersburg</t>
+  </si>
+  <si>
+    <t>MT-2579142</t>
+  </si>
+  <si>
+    <t>EntrataPay, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4205 N Chapel Ridge Rd </t>
+  </si>
+  <si>
+    <t>Lehi</t>
+  </si>
+  <si>
+    <t>MT-2396574</t>
   </si>
   <si>
     <t>eToro USA LLC</t>
   </si>
   <si>
     <t>221 River St. 9th Floor</t>
   </si>
   <si>
-    <t>Hoboken</t>
-[...4 lines deleted...]
-  <si>
     <t>MT-1769299</t>
   </si>
   <si>
-    <t>EVERI MTL, LLC</t>
-[...86 lines deleted...]
-    <t>MT-2403509</t>
+    <t>FalconX Delta, Inc.</t>
+  </si>
+  <si>
+    <t>1850 Gateway Drive 6th Floor</t>
+  </si>
+  <si>
+    <t>MT-2419717</t>
+  </si>
+  <si>
+    <t>Figure Payments Corporation</t>
+  </si>
+  <si>
+    <t>650 California St Suite 200</t>
+  </si>
+  <si>
+    <t>MT-2033432</t>
+  </si>
+  <si>
+    <t>Fireblocks LLC</t>
+  </si>
+  <si>
+    <t>225 Franklin St. Suite 1705</t>
+  </si>
+  <si>
+    <t>MT-2066055</t>
+  </si>
+  <si>
+    <t>Gate US, Inc.</t>
+  </si>
+  <si>
+    <t>5201 Great America Pkwy. Suite 320</t>
+  </si>
+  <si>
+    <t>MT-2272810</t>
   </si>
   <si>
     <t>Gemini Trust Company, LLC</t>
   </si>
   <si>
     <t>315 Park Avenue South 18th Floor</t>
   </si>
   <si>
     <t>MT-1518126</t>
   </si>
   <si>
-    <t>Girosol Corp.</t>
-[...10 lines deleted...]
-  <si>
     <t>Global Holdings LLC</t>
   </si>
   <si>
     <t xml:space="preserve">15 W. 6th Street, Ste. 1600 </t>
   </si>
   <si>
     <t>Tulsa</t>
   </si>
   <si>
     <t>OK</t>
   </si>
   <si>
     <t>MT-1167249</t>
   </si>
   <si>
-    <t>Google Payment Corp.</t>
-[...104 lines deleted...]
-    <t>MT-2159035</t>
+    <t>Golden Money Transfer, Inc.</t>
+  </si>
+  <si>
+    <t>45 Prospect Street Suite 201</t>
+  </si>
+  <si>
+    <t>Cambridge</t>
+  </si>
+  <si>
+    <t>02139</t>
+  </si>
+  <si>
+    <t>MT-916876</t>
+  </si>
+  <si>
+    <t>Heartland Payroll Solutions, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 E. Main St </t>
+  </si>
+  <si>
+    <t>Oklahoma City</t>
+  </si>
+  <si>
+    <t>MT-1799654</t>
   </si>
   <si>
     <t>Inter &amp; Co Payments, Inc.</t>
   </si>
   <si>
     <t>501 Brickell Key Drive Suite # 202</t>
   </si>
   <si>
     <t>MT-907330</t>
   </si>
   <si>
-    <t>Intercambio Express, Inc.</t>
-[...41 lines deleted...]
-    <t>MT-1253322</t>
+    <t>Intermex Wire Transfer, LLC</t>
+  </si>
+  <si>
+    <t>9100 S. Dadeland Blvd Suite 1100</t>
+  </si>
+  <si>
+    <t>MT-897906</t>
+  </si>
+  <si>
+    <t>INX Digital, Inc.</t>
+  </si>
+  <si>
+    <t>9711 Washingtonian Blvd. Ste 550</t>
+  </si>
+  <si>
+    <t>Gaithersburg</t>
+  </si>
+  <si>
+    <t>MT-2094630</t>
   </si>
   <si>
     <t>JN MONEY SERVICES (USA), INC.</t>
   </si>
   <si>
     <t xml:space="preserve">690 - 700 Utica Avenue </t>
   </si>
   <si>
     <t>Brooklyn</t>
   </si>
   <si>
     <t>MT-71415</t>
   </si>
   <si>
-    <t>JPay LLC</t>
-[...56 lines deleted...]
-    <t>MT-1698726</t>
+    <t>Layer2 Financial Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">201 S Biscayne Blvd, Suite 2800 </t>
+  </si>
+  <si>
+    <t>MT-2438695</t>
   </si>
   <si>
     <t>Lightspark Payments, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">3233 S La Cienega Blvd. </t>
   </si>
   <si>
     <t>Los Angeles</t>
   </si>
   <si>
     <t>MT-2429193</t>
   </si>
   <si>
-    <t>LL Pay U.S., LLC</t>
-[...137 lines deleted...]
-    <t>MT-1238308</t>
+    <t>Metallicus, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1429 Rollins Road </t>
+  </si>
+  <si>
+    <t>Burlingame</t>
+  </si>
+  <si>
+    <t>MT-2057807</t>
+  </si>
+  <si>
+    <t>Mezu (NA), Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1040 South Gaylord St </t>
+  </si>
+  <si>
+    <t>MT-1738907</t>
+  </si>
+  <si>
+    <t>Moneydart Global Services Inc.</t>
+  </si>
+  <si>
+    <t>33 Wood Avenue South Suite 668</t>
+  </si>
+  <si>
+    <t>Iselin</t>
+  </si>
+  <si>
+    <t>08830</t>
+  </si>
+  <si>
+    <t>MT-1026711</t>
   </si>
   <si>
     <t>MoonPay USA LLC</t>
   </si>
   <si>
     <t>520 Broadway 8th Floor, Suite 800</t>
   </si>
   <si>
     <t>MT-2071245</t>
   </si>
   <si>
     <t>National Digital Systems LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1710 Costa Del Sol </t>
   </si>
   <si>
     <t>Boca Raton</t>
   </si>
   <si>
     <t>MT-2225016</t>
   </si>
   <si>
-    <t>NIC Services, LLC</t>
-[...28 lines deleted...]
-  <si>
     <t>OKX INC.</t>
   </si>
   <si>
     <t>160 W. Santa Clara St. Suite 1200</t>
   </si>
   <si>
     <t>MT-1767779</t>
   </si>
   <si>
-    <t>Omnex Group, Inc.</t>
-[...13 lines deleted...]
-  <si>
     <t>Ouro Global, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">10900-A Stonelake Blvd., Suite 200 </t>
   </si>
   <si>
     <t>MT-932678</t>
   </si>
   <si>
-    <t>Pangea USA, LLC</t>
-[...64 lines deleted...]
-  <si>
     <t>PayPal Digital, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">117 Barrow St </t>
   </si>
   <si>
     <t>MT-2610315</t>
   </si>
   <si>
     <t>PayPal, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">2211 N. First Street </t>
   </si>
   <si>
     <t>MT-910457</t>
   </si>
   <si>
-    <t>Paysend US LLC</t>
-[...56 lines deleted...]
-    <t>MT-2560496</t>
+    <t>Payward Interactive, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">106 E. Lincolnway, 4th Floor </t>
+  </si>
+  <si>
+    <t>MT-1843762</t>
+  </si>
+  <si>
+    <t>PLACID NK CORPORATION</t>
+  </si>
+  <si>
+    <t>7210 37th Avenue Unit C</t>
+  </si>
+  <si>
+    <t>Jackson Heights</t>
+  </si>
+  <si>
+    <t>MT-1074458</t>
   </si>
   <si>
     <t>Provenance Technologies, Inc.</t>
   </si>
   <si>
     <t>650 California Street Suite 07-126</t>
   </si>
   <si>
     <t>MT-1872693</t>
   </si>
   <si>
-    <t>Puzzl Group Inc.</t>
-[...191 lines deleted...]
-    <t>MT-1280479</t>
+    <t>Red Leaf Chicago LLC</t>
+  </si>
+  <si>
+    <t>225 W Wacker Dr Ste. 2025</t>
+  </si>
+  <si>
+    <t>60606-1256</t>
+  </si>
+  <si>
+    <t>MT-1923135</t>
   </si>
   <si>
     <t>SYSTEM PAY SERVICES (US), Inc.</t>
   </si>
   <si>
     <t>365 Toni Stone Xing Floor 3</t>
   </si>
   <si>
     <t>MT-2531294</t>
   </si>
   <si>
-    <t>TabaPay Payment Services LLC</t>
-[...179 lines deleted...]
-    <t>MT-2094503</t>
+    <t>TIAGN I, Inc.</t>
+  </si>
+  <si>
+    <t>MT-1505655</t>
+  </si>
+  <si>
+    <t>Uphold HQ Inc.</t>
+  </si>
+  <si>
+    <t>80 East Sir Francis Drake Boulevard Suite 3E</t>
+  </si>
+  <si>
+    <t>Larkspur</t>
+  </si>
+  <si>
+    <t>MT-1269875</t>
   </si>
   <si>
     <t>Webull Pay LLC</t>
   </si>
   <si>
     <t>200 Carillon Pkwy Suite 150</t>
   </si>
   <si>
-    <t>St. Petersburg</t>
-[...1 lines deleted...]
-  <si>
     <t>MT-1886762</t>
   </si>
   <si>
-    <t>Western Union Financial Services, Inc.</t>
-[...50 lines deleted...]
-    <t>MT-1911824</t>
+    <t>WisdomTree Digital Movement, Inc.</t>
+  </si>
+  <si>
+    <t>250 W 34th Street 3rd Floor</t>
+  </si>
+  <si>
+    <t>MT-2372500</t>
+  </si>
+  <si>
+    <t>Wise US Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30 West 26th Street, 6th floor </t>
+  </si>
+  <si>
+    <t>MT-1351219</t>
+  </si>
+  <si>
+    <t>YapStone, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">700 Larkspur Landing Circle Suite 199 </t>
+  </si>
+  <si>
+    <t>MT-1488912</t>
   </si>
   <si>
     <t>Zap Solutions, Inc.</t>
   </si>
   <si>
     <t>200 North LaSalle Street Suite 2360</t>
   </si>
   <si>
     <t>MT-1902919</t>
   </si>
   <si>
-    <t>ZEBEDEE, LLC</t>
-[...514 lines deleted...]
-  <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postal Code</t>
   </si>
   <si>
     <t>License Number</t>
   </si>
   <si>
     <t>License Name</t>
   </si>
   <si>
     <t>Report Current As Of</t>
   </si>
   <si>
-    <t>Money Transmitter Licensees as of December 5, 2025</t>
+    <t>Money Transmitter Licensees as of February 5, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -2946,5802 +2919,5724 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FDD1B667-66E3-4CDB-9DDC-07000B56F1EC}">
-  <dimension ref="A1:H221"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{03D730F2-3FF0-4D82-8FCB-FD5B5EE8EBB9}">
+  <dimension ref="A1:H218"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="47.77734375" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="17.88671875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="51.21875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="48.33203125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.5546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="15.44140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="28.5546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.4">
       <c r="A1" s="5" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
     </row>
     <row r="2" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
-        <v>826</v>
+        <v>817</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>827</v>
+        <v>818</v>
       </c>
       <c r="C2" s="4" t="s">
-        <v>828</v>
+        <v>819</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>829</v>
+        <v>820</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>830</v>
+        <v>821</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>831</v>
+        <v>822</v>
       </c>
       <c r="G2" s="4" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="H2" s="4" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
     </row>
     <row r="3" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
-        <v>661</v>
+        <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>662</v>
+        <v>1</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>44</v>
+        <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="E3" s="1">
         <v>10017</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>663</v>
+        <v>4</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H3" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="4" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E4" s="1">
         <v>68022</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H4" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="5" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E5" s="1">
         <v>94108</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="6" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E6" s="3" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H6" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="7" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E7" s="1">
         <v>94103</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="8" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
-        <v>664</v>
+        <v>25</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>665</v>
+        <v>26</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>666</v>
+        <v>27</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>667</v>
+        <v>28</v>
       </c>
       <c r="E8" s="1">
         <v>22314</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>668</v>
+        <v>29</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H8" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="9" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E9" s="1">
         <v>94105</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H9" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="10" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="E10" s="1">
         <v>46278</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H10" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="11" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E11" s="1">
         <v>94401</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H11" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="12" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="E12" s="1">
         <v>98109</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H12" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="13" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="E13" s="1">
         <v>85054</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H13" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="14" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>44</v>
+        <v>2</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="E14" s="1">
         <v>10285</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="15" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E15" s="1">
         <v>78729</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H15" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E16" s="1">
         <v>94523</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H16" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="17" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="B17" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="1" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E17" s="1">
         <v>78701</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H17" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
-        <v>59</v>
+        <v>653</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>60</v>
+        <v>654</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>61</v>
+        <v>655</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>62</v>
+        <v>656</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>63</v>
+        <v>657</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H18" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="1" t="s">
-        <v>669</v>
+        <v>67</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>670</v>
+        <v>68</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>671</v>
+        <v>69</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>326</v>
+        <v>70</v>
       </c>
       <c r="E19" s="1">
         <v>28206</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>672</v>
+        <v>71</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H19" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="20" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
-        <v>64</v>
+        <v>658</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>65</v>
+        <v>659</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>44</v>
+        <v>2</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="E20" s="1">
         <v>10006</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>66</v>
+        <v>660</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H20" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="E21" s="1">
         <v>55404</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H21" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E22" s="1">
         <v>77042</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H22" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>44</v>
+        <v>2</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="E23" s="1">
         <v>10012</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H23" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
-        <v>673</v>
+        <v>84</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>674</v>
+        <v>85</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>675</v>
+        <v>86</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="E24" s="1">
         <v>55425</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>676</v>
+        <v>87</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H24" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>80</v>
+        <v>89</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>44</v>
+        <v>2</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="E25" s="1">
-        <v>10038</v>
+        <v>10007</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H25" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
-        <v>677</v>
+        <v>661</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>678</v>
+        <v>662</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E26" s="1">
         <v>95002</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>679</v>
+        <v>663</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H26" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="E27" s="1">
         <v>80528</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H27" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>44</v>
+        <v>2</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="E28" s="1">
         <v>10012</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H28" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
-        <v>680</v>
+        <v>664</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>681</v>
+        <v>665</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>682</v>
+        <v>666</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="E29" s="1">
         <v>30350</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>683</v>
+        <v>667</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H29" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E30" s="1">
         <v>94104</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H30" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E31" s="1">
         <v>94306</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H31" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A32" s="1" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="E32" s="1">
-        <v>57108</v>
+        <v>30022</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H32" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="33" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="E33" s="1">
-        <v>30022</v>
+        <v>94025</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H33" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="34" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A34" s="1" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>110</v>
+        <v>14</v>
       </c>
       <c r="E34" s="1">
-        <v>33444</v>
+        <v>94587</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H34" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="35" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="1" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E35" s="1">
-        <v>94025</v>
+        <v>94588</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H35" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="36" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E36" s="1">
-        <v>94587</v>
+        <v>94612</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H36" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="37" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A37" s="1" t="s">
-        <v>120</v>
+        <v>668</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>121</v>
+        <v>669</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>122</v>
+        <v>582</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="E37" s="1">
-        <v>94588</v>
+        <v>75219</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>123</v>
+        <v>670</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H37" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="38" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A38" s="1" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>9</v>
+        <v>130</v>
       </c>
       <c r="E38" s="1">
-        <v>94612</v>
+        <v>89501</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H38" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="39" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
-        <v>684</v>
+        <v>132</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>685</v>
+        <v>133</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>588</v>
+        <v>134</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E39" s="1">
-        <v>75219</v>
+        <v>75019</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>686</v>
+        <v>135</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H39" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="40" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A40" s="1" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="E40" s="1">
-        <v>89501</v>
+        <v>50309</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H40" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="41" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="1" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>50</v>
+        <v>144</v>
       </c>
       <c r="E41" s="1">
-        <v>75019</v>
+        <v>84101</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>136</v>
+        <v>145</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H41" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="42" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A42" s="1" t="s">
-        <v>137</v>
+        <v>671</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>138</v>
+        <v>672</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>139</v>
+        <v>673</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>140</v>
+        <v>14</v>
       </c>
       <c r="E42" s="1">
-        <v>50309</v>
+        <v>94704</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>141</v>
+        <v>674</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H42" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="43" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A43" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="E43" s="1">
-        <v>84101</v>
+        <v>34292</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H43" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="44" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>9</v>
+        <v>154</v>
       </c>
       <c r="E44" s="1">
-        <v>94704</v>
+        <v>19010</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H44" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="45" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>110</v>
+        <v>159</v>
       </c>
       <c r="E45" s="1">
-        <v>34292</v>
+        <v>19713</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H45" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="46" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A46" s="1" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>157</v>
+        <v>2</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>158</v>
+        <v>3</v>
       </c>
       <c r="E46" s="1">
-        <v>19010</v>
+        <v>10022</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H46" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="47" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>163</v>
+        <v>149</v>
       </c>
       <c r="E47" s="1">
-        <v>19713</v>
+        <v>33173</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H47" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="48" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="1" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="B48" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C48" s="1" t="s">
         <v>166</v>
       </c>
-      <c r="C48" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="1" t="s">
-        <v>45</v>
+        <v>149</v>
       </c>
       <c r="E48" s="1">
-        <v>10022</v>
+        <v>33131</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H48" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="49" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>170</v>
+        <v>2</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>110</v>
+        <v>3</v>
       </c>
       <c r="E49" s="1">
-        <v>33173</v>
+        <v>10003</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H49" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="50" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>170</v>
+        <v>108</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E50" s="1">
-        <v>33131</v>
+        <v>30004</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H50" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="51" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A51" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>44</v>
+        <v>2</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="E51" s="1">
-        <v>10003</v>
+        <v>10014</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H51" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="52" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>104</v>
+        <v>13</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
       <c r="E52" s="1">
-        <v>30004</v>
+        <v>94111</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H52" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="53" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A53" s="1" t="s">
-        <v>687</v>
+        <v>183</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>688</v>
+        <v>184</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>44</v>
+        <v>185</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>10014</v>
+        <v>186</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>187</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>689</v>
+        <v>188</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H53" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="54" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="1" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>8</v>
+        <v>191</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E54" s="1">
-        <v>94111</v>
+        <v>95110</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H54" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="55" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>186</v>
+        <v>2</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>3</v>
+      </c>
+      <c r="E55" s="1">
+        <v>10010</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H55" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="56" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
-        <v>190</v>
+        <v>675</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>192</v>
+        <v>2</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E56" s="1">
-        <v>95110</v>
+        <v>10010</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>193</v>
+        <v>676</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H56" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="57" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A57" s="1" t="s">
-        <v>690</v>
+        <v>196</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E57" s="1">
-        <v>10010</v>
+        <v>98104</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>691</v>
+        <v>198</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H57" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="58" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="1" t="s">
-        <v>194</v>
+        <v>677</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>195</v>
+        <v>678</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>44</v>
+        <v>143</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="E58" s="1">
-        <v>10010</v>
+        <v>84117</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>196</v>
+        <v>679</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H58" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="59" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A59" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>34</v>
+        <v>201</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>35</v>
+        <v>202</v>
       </c>
       <c r="E59" s="1">
-        <v>98104</v>
+        <v>37027</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H59" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="60" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="1" t="s">
-        <v>692</v>
+        <v>204</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>693</v>
+        <v>205</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>144</v>
+        <v>206</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>145</v>
+        <v>207</v>
       </c>
       <c r="E60" s="1">
-        <v>84117</v>
+        <v>45202</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>694</v>
+        <v>208</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H60" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="61" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A61" s="1" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>203</v>
+        <v>94</v>
       </c>
       <c r="E61" s="1">
-        <v>37027</v>
+        <v>80237</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H61" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="62" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="1" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>45202</v>
+        <v>19</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>216</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H62" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="63" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A63" s="1" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>85</v>
+        <v>221</v>
       </c>
       <c r="E63" s="1">
-        <v>80237</v>
+        <v>48108</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H63" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="64" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="1" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>58</v>
+      </c>
+      <c r="E64" s="1">
+        <v>76106</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H64" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="65" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A65" s="1" t="s">
-        <v>219</v>
+        <v>680</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>220</v>
+        <v>681</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>221</v>
+        <v>277</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>48108</v>
+        <v>19</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>278</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>223</v>
+        <v>682</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H65" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="66" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A66" s="1" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>50</v>
+        <v>149</v>
       </c>
       <c r="E66" s="1">
-        <v>76106</v>
+        <v>32821</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H66" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="67" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A67" s="1" t="s">
-        <v>695</v>
+        <v>231</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>696</v>
+        <v>232</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>274</v>
+        <v>233</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>207</v>
+      </c>
+      <c r="E67" s="1">
+        <v>43017</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>697</v>
+        <v>234</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H67" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="68" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="1" t="s">
-        <v>228</v>
+        <v>683</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>229</v>
+        <v>684</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>230</v>
+        <v>685</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>110</v>
+        <v>14</v>
       </c>
       <c r="E68" s="1">
-        <v>32821</v>
+        <v>90621</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>231</v>
+        <v>686</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H68" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="69" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A69" s="1" t="s">
-        <v>698</v>
+        <v>235</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>699</v>
+        <v>78</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>700</v>
+        <v>79</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>208</v>
+        <v>58</v>
       </c>
       <c r="E69" s="1">
-        <v>43017</v>
+        <v>77042</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>701</v>
+        <v>236</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H69" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="70" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A70" s="1" t="s">
-        <v>702</v>
+        <v>687</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>703</v>
+        <v>688</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>704</v>
+        <v>689</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>9</v>
+        <v>149</v>
       </c>
       <c r="E70" s="1">
-        <v>90621</v>
+        <v>33701</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>705</v>
+        <v>690</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H70" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="71" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A71" s="1" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>48128</v>
+        <v>240</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>241</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H71" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="72" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A72" s="1" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>73</v>
+        <v>244</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>74</v>
+        <v>191</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="E72" s="1">
-        <v>77042</v>
+        <v>95125</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H72" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="73" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A73" s="1" t="s">
-        <v>706</v>
+        <v>691</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>707</v>
+        <v>692</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>631</v>
+        <v>693</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="E73" s="1">
-        <v>33701</v>
+        <v>84048</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>708</v>
+        <v>694</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H73" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="74" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="1" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>192</v>
+        <v>248</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>9</v>
+        <v>58</v>
       </c>
       <c r="E74" s="1">
-        <v>95125</v>
+        <v>75039</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H74" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="75" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A75" s="1" t="s">
-        <v>709</v>
+        <v>695</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>710</v>
+        <v>696</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>711</v>
+        <v>646</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>84048</v>
+        <v>19</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>647</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>712</v>
+        <v>697</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H75" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="76" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A76" s="1" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>50</v>
+        <v>130</v>
       </c>
       <c r="E76" s="1">
-        <v>75039</v>
+        <v>89113</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H76" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="77" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A77" s="1" t="s">
-        <v>245</v>
+        <v>254</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>257</v>
+      </c>
+      <c r="E77" s="1">
+        <v>97204</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H77" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="78" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A78" s="1" t="s">
-        <v>250</v>
+        <v>698</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>251</v>
+        <v>699</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>252</v>
+        <v>40</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>131</v>
+        <v>14</v>
       </c>
       <c r="E78" s="1">
-        <v>89113</v>
+        <v>94404</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>253</v>
+        <v>700</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H78" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="79" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A79" s="1" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>256</v>
+        <v>166</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>257</v>
+        <v>149</v>
       </c>
       <c r="E79" s="1">
-        <v>97204</v>
+        <v>33131</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H79" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="80" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="1" t="s">
-        <v>713</v>
+        <v>701</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>714</v>
+        <v>702</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E80" s="1">
-        <v>94404</v>
+        <v>94108</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>715</v>
+        <v>703</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H80" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="81" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A81" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>170</v>
+        <v>108</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E81" s="1">
-        <v>33131</v>
+        <v>30004</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H81" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="82" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A82" s="1" t="s">
-        <v>716</v>
+        <v>704</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>717</v>
+        <v>705</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>8</v>
+        <v>185</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>94108</v>
+        <v>186</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>308</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>718</v>
+        <v>706</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H82" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="83" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A83" s="1" t="s">
-        <v>719</v>
+        <v>265</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>720</v>
+        <v>266</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>104</v>
+        <v>2</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>105</v>
+        <v>3</v>
       </c>
       <c r="E83" s="1">
-        <v>30004</v>
+        <v>10011</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>721</v>
+        <v>267</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H83" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="84" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A84" s="1" t="s">
-        <v>722</v>
+        <v>268</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>723</v>
+        <v>269</v>
       </c>
       <c r="C84" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D84" s="1" t="s">
         <v>186</v>
       </c>
-      <c r="D84" s="1" t="s">
+      <c r="E84" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="E84" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F84" s="1" t="s">
-        <v>724</v>
+        <v>270</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H84" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="85" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A85" s="1" t="s">
-        <v>725</v>
+        <v>271</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>726</v>
+        <v>272</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>44</v>
+        <v>273</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="E85" s="1">
-        <v>10011</v>
+        <v>75702</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>727</v>
+        <v>274</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H85" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="86" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A86" s="1" t="s">
-        <v>262</v>
+        <v>275</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>186</v>
+        <v>277</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>187</v>
+        <v>19</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>188</v>
+        <v>278</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>264</v>
+        <v>279</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H86" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="87" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A87" s="1" t="s">
-        <v>265</v>
+        <v>707</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>266</v>
+        <v>708</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>267</v>
+        <v>442</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="E87" s="1">
-        <v>75702</v>
+        <v>95054</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>268</v>
+        <v>709</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H87" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="88" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A88" s="1" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>270</v>
+        <v>281</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>252</v>
+        <v>166</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>131</v>
+        <v>149</v>
       </c>
       <c r="E88" s="1">
-        <v>89135</v>
+        <v>33127</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>271</v>
+        <v>282</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H88" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="89" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A89" s="1" t="s">
-        <v>272</v>
+        <v>710</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>273</v>
+        <v>711</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>274</v>
+        <v>2</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>3</v>
+      </c>
+      <c r="E89" s="1">
+        <v>10010</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>276</v>
+        <v>712</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H89" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="90" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A90" s="1" t="s">
-        <v>728</v>
+        <v>283</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>729</v>
+        <v>284</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>467</v>
+        <v>285</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>9</v>
+        <v>149</v>
       </c>
       <c r="E90" s="1">
-        <v>95054</v>
+        <v>33162</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>730</v>
+        <v>286</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H90" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="91" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A91" s="1" t="s">
-        <v>277</v>
+        <v>713</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>278</v>
+        <v>714</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>170</v>
+        <v>715</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>110</v>
+        <v>716</v>
       </c>
       <c r="E91" s="1">
-        <v>33127</v>
+        <v>74119</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>279</v>
+        <v>717</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H91" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="92" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A92" s="1" t="s">
-        <v>280</v>
+        <v>718</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>281</v>
+        <v>719</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>44</v>
+        <v>720</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>10010</v>
+        <v>186</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>721</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>282</v>
+        <v>722</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H92" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="93" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A93" s="1" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>110</v>
+        <v>14</v>
       </c>
       <c r="E93" s="1">
-        <v>33162</v>
+        <v>94043</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H93" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="94" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A94" s="1" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="E94" s="1">
-        <v>74119</v>
+        <v>60607</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H94" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="95" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A95" s="1" t="s">
-        <v>731</v>
+        <v>296</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>732</v>
+        <v>297</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>733</v>
+        <v>298</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>734</v>
+        <v>144</v>
+      </c>
+      <c r="E95" s="1">
+        <v>84604</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>735</v>
+        <v>299</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H95" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="96" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A96" s="1" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>294</v>
+        <v>277</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>94043</v>
+        <v>19</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>278</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H96" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="97" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A97" s="1" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>298</v>
+        <v>13</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>299</v>
+        <v>14</v>
       </c>
       <c r="E97" s="1">
-        <v>60607</v>
+        <v>94107</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H97" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="98" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A98" s="1" t="s">
-        <v>301</v>
+        <v>723</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>302</v>
+        <v>724</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>303</v>
+        <v>725</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>145</v>
+        <v>716</v>
       </c>
       <c r="E98" s="1">
-        <v>84604</v>
+        <v>73104</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>304</v>
+        <v>726</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H98" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="99" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A99" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>274</v>
+        <v>185</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>14</v>
+        <v>186</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>275</v>
+        <v>308</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H99" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="100" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A100" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>8</v>
+        <v>158</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>94107</v>
+        <v>19</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>312</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H100" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="101" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A101" s="1" t="s">
-        <v>736</v>
+        <v>314</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>737</v>
+        <v>315</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>738</v>
+        <v>316</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>290</v>
+        <v>109</v>
       </c>
       <c r="E101" s="1">
-        <v>73104</v>
+        <v>31909</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>739</v>
+        <v>317</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H101" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="102" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A102" s="1" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>312</v>
+        <v>319</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>186</v>
+        <v>320</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>313</v>
+        <v>70</v>
+      </c>
+      <c r="E102" s="1">
+        <v>27101</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H102" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="103" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A103" s="1" t="s">
-        <v>315</v>
+        <v>727</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>316</v>
+        <v>728</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>317</v>
+        <v>149</v>
+      </c>
+      <c r="E103" s="1">
+        <v>33131</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>318</v>
+        <v>729</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H103" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="104" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A104" s="1" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>105</v>
+        <v>36</v>
       </c>
       <c r="E104" s="1">
-        <v>31909</v>
+        <v>46516</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H104" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="105" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A105" s="1" t="s">
-        <v>323</v>
+        <v>730</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>324</v>
+        <v>731</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>325</v>
+        <v>166</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>326</v>
+        <v>149</v>
       </c>
       <c r="E105" s="1">
-        <v>27101</v>
+        <v>33156</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>327</v>
+        <v>732</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H105" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="106" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A106" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E106" s="1">
+        <v>94104</v>
+      </c>
+      <c r="F106" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="B106" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G106" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H106" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="107" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A107" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E107" s="1">
+        <v>94043</v>
+      </c>
+      <c r="F107" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="B107" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G107" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H107" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="108" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A108" s="1" t="s">
-        <v>740</v>
+        <v>733</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>741</v>
+        <v>734</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>170</v>
+        <v>735</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>110</v>
+        <v>452</v>
       </c>
       <c r="E108" s="1">
-        <v>33156</v>
+        <v>20878</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>742</v>
+        <v>736</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H108" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="109" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A109" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="D109" s="1" t="s">
         <v>335</v>
       </c>
-      <c r="B109" s="1" t="s">
+      <c r="E109" s="1">
+        <v>65708</v>
+      </c>
+      <c r="F109" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="C109" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G109" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H109" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="110" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A110" s="1" t="s">
-        <v>338</v>
+        <v>737</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>339</v>
+        <v>738</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>294</v>
+        <v>739</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E110" s="1">
-        <v>94043</v>
+        <v>11203</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>340</v>
+        <v>740</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H110" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="111" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A111" s="1" t="s">
-        <v>743</v>
+        <v>337</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>744</v>
+        <v>338</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>745</v>
+        <v>339</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>746</v>
+        <v>149</v>
       </c>
       <c r="E111" s="1">
-        <v>20878</v>
+        <v>33027</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>747</v>
+        <v>340</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H111" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="112" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A112" s="1" t="s">
         <v>341</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>342</v>
       </c>
       <c r="C112" s="1" t="s">
         <v>343</v>
       </c>
       <c r="D112" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E112" s="1">
+        <v>33426</v>
+      </c>
+      <c r="F112" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="E112" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G112" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H112" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="113" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A113" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="B113" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="B113" s="1" t="s">
+      <c r="C113" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="C113" s="1" t="s">
+      <c r="D113" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="E113" s="1">
+        <v>63132</v>
+      </c>
+      <c r="F113" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="D113" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G113" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H113" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="114" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A114" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="B114" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="B114" s="1" t="s">
+      <c r="C114" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="E114" s="1">
+        <v>43215</v>
+      </c>
+      <c r="F114" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="C114" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G114" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H114" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="115" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A115" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="C115" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="B115" s="1" t="s">
+      <c r="D115" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E115" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="C115" s="1" t="s">
+      <c r="F115" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="D115" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G115" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H115" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="116" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A116" s="1" t="s">
-        <v>358</v>
+        <v>741</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>359</v>
+        <v>742</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>360</v>
+        <v>166</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>344</v>
+        <v>149</v>
       </c>
       <c r="E116" s="1">
-        <v>63132</v>
+        <v>33131</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>361</v>
+        <v>743</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H116" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="117" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A117" s="1" t="s">
-        <v>362</v>
+        <v>744</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>363</v>
+        <v>745</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>321</v>
+        <v>746</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="E117" s="1">
-        <v>43215</v>
+        <v>90016</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>364</v>
+        <v>747</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H117" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="118" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A118" s="1" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>366</v>
+        <v>358</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>367</v>
+        <v>2</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>3</v>
+      </c>
+      <c r="E118" s="1">
+        <v>10017</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>369</v>
+        <v>359</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H118" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="119" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A119" s="1" t="s">
-        <v>748</v>
+        <v>360</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>749</v>
+        <v>361</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>170</v>
+        <v>362</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>33131</v>
+        <v>19</v>
+      </c>
+      <c r="E119" s="3" t="s">
+        <v>363</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>750</v>
+        <v>364</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H119" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="120" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A120" s="1" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>372</v>
+        <v>2</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E120" s="1">
-        <v>90016</v>
+        <v>10011</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H120" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="121" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A121" s="1" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>44</v>
+        <v>248</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="E121" s="1">
-        <v>10017</v>
+        <v>75039</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H121" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="122" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A122" s="1" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>380</v>
+        <v>154</v>
+      </c>
+      <c r="E122" s="1">
+        <v>17043</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H122" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="123" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A123" s="1" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E123" s="1">
-        <v>10011</v>
+        <v>94306</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H123" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="124" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A124" s="1" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>243</v>
+        <v>113</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="E124" s="1">
-        <v>75039</v>
+        <v>94025</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H124" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="125" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A125" s="1" t="s">
-        <v>388</v>
+        <v>748</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>389</v>
+        <v>749</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>390</v>
+        <v>750</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>158</v>
+        <v>14</v>
       </c>
       <c r="E125" s="1">
-        <v>17043</v>
+        <v>94010</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>391</v>
+        <v>751</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H125" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="126" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A126" s="1" t="s">
-        <v>392</v>
+        <v>752</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>393</v>
+        <v>753</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>95</v>
+        <v>211</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="E126" s="1">
-        <v>94306</v>
+        <v>80209</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>394</v>
+        <v>754</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H126" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="127" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A127" s="1" t="s">
-        <v>395</v>
+        <v>381</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>396</v>
+        <v>382</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>114</v>
+        <v>383</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>9</v>
+        <v>384</v>
       </c>
       <c r="E127" s="1">
-        <v>94025</v>
+        <v>20005</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>397</v>
+        <v>385</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H127" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="128" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A128" s="1" t="s">
-        <v>751</v>
+        <v>386</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>752</v>
+        <v>387</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>753</v>
+        <v>388</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>94010</v>
+        <v>389</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>390</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>754</v>
+        <v>391</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H128" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="129" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A129" s="1" t="s">
         <v>755</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>756</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>212</v>
+        <v>757</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>80209</v>
+        <v>19</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>758</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H129" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="130" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A130" s="1" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>401</v>
+        <v>75</v>
       </c>
       <c r="E130" s="1">
-        <v>20005</v>
+        <v>55416</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H130" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="131" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A131" s="1" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>405</v>
+        <v>277</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>406</v>
+        <v>19</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>408</v>
+        <v>399</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H131" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="132" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A132" s="1" t="s">
-        <v>758</v>
+        <v>400</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>759</v>
+        <v>401</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>760</v>
+        <v>402</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>761</v>
+        <v>109</v>
+      </c>
+      <c r="E132" s="1">
+        <v>30308</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>762</v>
+        <v>403</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H132" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="133" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A133" s="1" t="s">
-        <v>409</v>
+        <v>760</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>410</v>
+        <v>761</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>411</v>
+        <v>2</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>70</v>
+        <v>3</v>
       </c>
       <c r="E133" s="1">
-        <v>55416</v>
+        <v>10013</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>412</v>
+        <v>762</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H133" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="134" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A134" s="1" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>414</v>
+        <v>405</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>274</v>
+        <v>406</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>415</v>
+        <v>58</v>
+      </c>
+      <c r="E134" s="1">
+        <v>75074</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>416</v>
+        <v>407</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H134" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="135" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A135" s="1" t="s">
-        <v>417</v>
+        <v>763</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>418</v>
+        <v>764</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>419</v>
+        <v>765</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>105</v>
+        <v>149</v>
       </c>
       <c r="E135" s="1">
-        <v>30308</v>
+        <v>33432</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>420</v>
+        <v>766</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H135" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="136" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A136" s="1" t="s">
-        <v>421</v>
+        <v>408</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>422</v>
+        <v>409</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>44</v>
+        <v>410</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>45</v>
+        <v>411</v>
       </c>
       <c r="E136" s="1">
-        <v>10013</v>
+        <v>66210</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>423</v>
+        <v>412</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H136" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="137" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A137" s="1" t="s">
-        <v>763</v>
+        <v>413</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>764</v>
+        <v>414</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>765</v>
+        <v>415</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>50</v>
       </c>
       <c r="E137" s="1">
-        <v>75074</v>
+        <v>85257</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>766</v>
+        <v>416</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H137" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="138" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A138" s="1" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>426</v>
+        <v>2</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>110</v>
+        <v>3</v>
       </c>
       <c r="E138" s="1">
-        <v>33432</v>
+        <v>10017</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>427</v>
+        <v>419</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H138" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="139" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A139" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>429</v>
+        <v>418</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>430</v>
+        <v>2</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>431</v>
+        <v>3</v>
       </c>
       <c r="E139" s="1">
-        <v>66210</v>
+        <v>10017</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>432</v>
+        <v>421</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H139" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="140" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A140" s="1" t="s">
         <v>767</v>
       </c>
       <c r="B140" s="1" t="s">
         <v>768</v>
       </c>
       <c r="C140" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="1">
+        <v>95113</v>
+      </c>
+      <c r="F140" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="D140" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G140" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H140" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="141" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A141" s="1" t="s">
-        <v>433</v>
+        <v>422</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>434</v>
+        <v>423</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>44</v>
+        <v>424</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>10017</v>
+        <v>19</v>
+      </c>
+      <c r="E141" s="3" t="s">
+        <v>425</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>435</v>
+        <v>426</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H141" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="142" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A142" s="1" t="s">
-        <v>436</v>
+        <v>770</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>434</v>
+        <v>771</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="E142" s="1">
-        <v>10017</v>
+        <v>78759</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>437</v>
+        <v>772</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H142" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="143" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A143" s="1" t="s">
-        <v>438</v>
+        <v>427</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>439</v>
+        <v>428</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>192</v>
+        <v>429</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>9</v>
+        <v>294</v>
       </c>
       <c r="E143" s="1">
-        <v>95113</v>
+        <v>60604</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H143" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="144" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A144" s="1" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>444</v>
+        <v>3</v>
+      </c>
+      <c r="E144" s="1">
+        <v>14625</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>445</v>
+        <v>434</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H144" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="145" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A145" s="1" t="s">
-        <v>446</v>
+        <v>435</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>49</v>
+        <v>437</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>78759</v>
+        <v>19</v>
+      </c>
+      <c r="E145" s="3" t="s">
+        <v>438</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>448</v>
+        <v>439</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H145" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="146" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A146" s="1" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>450</v>
+        <v>441</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>299</v>
+        <v>14</v>
       </c>
       <c r="E146" s="1">
-        <v>60604</v>
+        <v>95054</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H146" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="147" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A147" s="1" t="s">
-        <v>453</v>
+        <v>444</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>454</v>
+        <v>441</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>44</v>
+        <v>442</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E147" s="1">
-        <v>10003</v>
+        <v>95054</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H147" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="148" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A148" s="1" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>458</v>
+        <v>2</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="E148" s="1">
-        <v>14625</v>
+        <v>10007</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>459</v>
+        <v>448</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H148" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="149" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A149" s="1" t="s">
-        <v>460</v>
+        <v>773</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>461</v>
+        <v>774</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>462</v>
+        <v>2</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>463</v>
+        <v>3</v>
+      </c>
+      <c r="E149" s="1">
+        <v>10014</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>464</v>
+        <v>775</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H149" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="150" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A150" s="1" t="s">
-        <v>465</v>
+        <v>776</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>466</v>
+        <v>777</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>467</v>
+        <v>191</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E150" s="1">
-        <v>95054</v>
+        <v>95131</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>468</v>
+        <v>778</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H150" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="151" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A151" s="1" t="s">
-        <v>469</v>
+        <v>449</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>466</v>
+        <v>450</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>467</v>
+        <v>451</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>9</v>
+        <v>452</v>
       </c>
       <c r="E151" s="1">
-        <v>95054</v>
+        <v>20814</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>470</v>
+        <v>453</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H151" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="152" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A152" s="1" t="s">
-        <v>771</v>
+        <v>454</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>772</v>
+        <v>455</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>45</v>
+        <v>149</v>
       </c>
       <c r="E152" s="1">
-        <v>10007</v>
+        <v>33131</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>773</v>
+        <v>456</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H152" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="153" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A153" s="1" t="s">
-        <v>471</v>
+        <v>457</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>472</v>
+        <v>458</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>44</v>
+        <v>459</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>45</v>
+        <v>460</v>
       </c>
       <c r="E153" s="1">
-        <v>10014</v>
+        <v>82001</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>473</v>
+        <v>461</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H153" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="154" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A154" s="1" t="s">
-        <v>474</v>
+        <v>779</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>475</v>
+        <v>780</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>192</v>
+        <v>459</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>9</v>
+        <v>460</v>
       </c>
       <c r="E154" s="1">
-        <v>95131</v>
+        <v>82001</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>476</v>
+        <v>781</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H154" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="155" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A155" s="1" t="s">
-        <v>774</v>
+        <v>462</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>775</v>
+        <v>463</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>776</v>
+        <v>2</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>746</v>
+        <v>3</v>
       </c>
       <c r="E155" s="1">
-        <v>20814</v>
+        <v>10010</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>777</v>
+        <v>464</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H155" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="156" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A156" s="1" t="s">
-        <v>477</v>
+        <v>465</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>478</v>
+        <v>466</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>170</v>
+        <v>467</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>33131</v>
+        <v>19</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>468</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H156" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="157" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A157" s="1" t="s">
-        <v>480</v>
+        <v>782</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>481</v>
+        <v>783</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>482</v>
+        <v>784</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>483</v>
+        <v>3</v>
       </c>
       <c r="E157" s="1">
-        <v>82001</v>
+        <v>11372</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>484</v>
+        <v>785</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H157" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="158" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A158" s="1" t="s">
-        <v>778</v>
+        <v>470</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>779</v>
+        <v>471</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>483</v>
+        <v>149</v>
       </c>
       <c r="E158" s="1">
-        <v>82001</v>
+        <v>34205</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>780</v>
+        <v>473</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H158" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="159" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A159" s="1" t="s">
-        <v>485</v>
+        <v>474</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>486</v>
+        <v>475</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>44</v>
+        <v>476</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E159" s="1">
-        <v>10010</v>
+        <v>93013</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H159" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="160" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A160" s="1" t="s">
-        <v>488</v>
+        <v>786</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>489</v>
+        <v>787</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>490</v>
+        <v>13</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="E160" s="3" t="s">
-        <v>491</v>
+      <c r="E160" s="1">
+        <v>94108</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>492</v>
+        <v>788</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H160" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="161" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A161" s="1" t="s">
-        <v>781</v>
+        <v>478</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>782</v>
+        <v>479</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>783</v>
+        <v>13</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>11372</v>
+        <v>14</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>480</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>784</v>
+        <v>481</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H161" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="162" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A162" s="1" t="s">
-        <v>785</v>
+        <v>482</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>786</v>
+        <v>483</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>787</v>
+        <v>484</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>110</v>
+        <v>202</v>
       </c>
       <c r="E162" s="1">
-        <v>34205</v>
+        <v>37923</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>788</v>
+        <v>485</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H162" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="163" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A163" s="1" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>495</v>
+        <v>2</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E163" s="1">
-        <v>93013</v>
+        <v>10010</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>496</v>
+        <v>488</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H163" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="164" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A164" s="1" t="s">
-        <v>497</v>
+        <v>489</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>8</v>
+        <v>166</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>9</v>
+        <v>149</v>
       </c>
       <c r="E164" s="1">
-        <v>94108</v>
+        <v>33131</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H164" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="165" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A165" s="1" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>502</v>
+        <v>207</v>
+      </c>
+      <c r="E165" s="1">
+        <v>45249</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>503</v>
+        <v>494</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H165" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="166" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A166" s="1" t="s">
-        <v>504</v>
+        <v>495</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>505</v>
+        <v>496</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>506</v>
+        <v>497</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>203</v>
+        <v>58</v>
       </c>
       <c r="E166" s="1">
-        <v>37923</v>
+        <v>75082</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>507</v>
+        <v>498</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H166" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="167" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A167" s="1" t="s">
-        <v>508</v>
+        <v>789</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>509</v>
+        <v>790</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>44</v>
+        <v>429</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>10010</v>
+        <v>294</v>
+      </c>
+      <c r="E167" s="1" t="s">
+        <v>791</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>510</v>
+        <v>792</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H167" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="168" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A168" s="1" t="s">
-        <v>511</v>
+        <v>499</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>512</v>
+        <v>500</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>170</v>
+        <v>44</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>110</v>
+        <v>45</v>
       </c>
       <c r="E168" s="1">
-        <v>33131</v>
+        <v>98101</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H168" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="169" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A169" s="1" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>207</v>
+        <v>13</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>208</v>
+        <v>14</v>
       </c>
       <c r="E169" s="1">
-        <v>45249</v>
+        <v>94111</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H169" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="170" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A170" s="1" t="s">
-        <v>517</v>
+        <v>505</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>518</v>
+        <v>506</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>519</v>
+        <v>13</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="E170" s="1">
-        <v>75082</v>
+        <v>94104</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>520</v>
+        <v>507</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H170" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="171" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A171" s="1" t="s">
-        <v>789</v>
+        <v>508</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>790</v>
+        <v>509</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>451</v>
+        <v>316</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>791</v>
+        <v>207</v>
+      </c>
+      <c r="E171" s="1">
+        <v>43215</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>792</v>
+        <v>510</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H171" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="172" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A172" s="1" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>34</v>
+        <v>113</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="E172" s="1">
-        <v>98101</v>
+        <v>94025</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H172" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="173" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A173" s="1" t="s">
-        <v>793</v>
+        <v>514</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>794</v>
+        <v>112</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>8</v>
+        <v>113</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E173" s="1">
-        <v>94111</v>
+        <v>94025</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>795</v>
+        <v>515</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H173" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="174" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A174" s="1" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>8</v>
+        <v>429</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>9</v>
+        <v>294</v>
       </c>
       <c r="E174" s="1">
-        <v>94104</v>
+        <v>60654</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H174" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="175" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A175" s="1" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>528</v>
+        <v>520</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>321</v>
+        <v>521</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>208</v>
+        <v>522</v>
       </c>
       <c r="E175" s="1">
-        <v>43215</v>
+        <v>70433</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H175" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="176" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A176" s="1" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>114</v>
+        <v>526</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>94025</v>
+        <v>19</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>527</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H176" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="177" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A177" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E177" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="F177" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="B177" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G177" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H177" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="178" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A178" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="B178" s="1" t="s">
         <v>535</v>
       </c>
-      <c r="B178" s="1" t="s">
+      <c r="C178" s="1" t="s">
         <v>536</v>
       </c>
-      <c r="C178" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D178" s="1" t="s">
-        <v>299</v>
+        <v>149</v>
       </c>
       <c r="E178" s="1">
-        <v>60654</v>
+        <v>32256</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>537</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H178" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="179" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A179" s="1" t="s">
         <v>538</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>539</v>
       </c>
       <c r="C179" s="1" t="s">
         <v>540</v>
       </c>
       <c r="D179" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E179" s="1">
+        <v>11101</v>
+      </c>
+      <c r="F179" s="1" t="s">
         <v>541</v>
       </c>
-      <c r="E179" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G179" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H179" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="180" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A180" s="1" t="s">
-        <v>796</v>
+        <v>542</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>797</v>
+        <v>543</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>798</v>
+        <v>166</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>799</v>
+        <v>149</v>
+      </c>
+      <c r="E180" s="1">
+        <v>33131</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>800</v>
+        <v>544</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H180" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="181" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A181" s="1" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>545</v>
+        <v>79</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>546</v>
+        <v>58</v>
+      </c>
+      <c r="E181" s="1">
+        <v>77056</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>547</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H181" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="182" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A182" s="1" t="s">
         <v>548</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>549</v>
       </c>
       <c r="C182" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E182" s="1">
+        <v>10011</v>
+      </c>
+      <c r="F182" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="D182" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G182" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H182" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="183" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A183" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="B183" s="1" t="s">
         <v>552</v>
       </c>
-      <c r="B183" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C183" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>110</v>
+        <v>149</v>
       </c>
       <c r="E183" s="1">
         <v>33131</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H183" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="184" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A184" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="B184" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="B184" s="1" t="s">
+      <c r="C184" s="1" t="s">
         <v>556</v>
       </c>
-      <c r="C184" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D184" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="E184" s="1">
-        <v>77056</v>
+        <v>94080</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>557</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H184" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="185" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A185" s="1" t="s">
-        <v>801</v>
+        <v>793</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>802</v>
+        <v>794</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E185" s="1">
-        <v>10011</v>
+        <v>94158</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>803</v>
+        <v>795</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H185" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="186" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A186" s="1" t="s">
         <v>558</v>
       </c>
       <c r="B186" s="1" t="s">
         <v>559</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>170</v>
+        <v>104</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>110</v>
+        <v>14</v>
       </c>
       <c r="E186" s="1">
-        <v>33131</v>
+        <v>94306</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>560</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H186" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="187" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A187" s="1" t="s">
         <v>561</v>
       </c>
       <c r="B187" s="1" t="s">
         <v>562</v>
       </c>
       <c r="C187" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E187" s="1">
+        <v>10036</v>
+      </c>
+      <c r="F187" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="D187" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G187" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H187" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="188" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A188" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="B188" s="1" t="s">
         <v>565</v>
       </c>
-      <c r="B188" s="1" t="s">
+      <c r="C188" s="1" t="s">
         <v>566</v>
       </c>
-      <c r="C188" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D188" s="1" t="s">
-        <v>9</v>
+        <v>567</v>
       </c>
       <c r="E188" s="1">
-        <v>94158</v>
+        <v>72401</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H188" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="189" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A189" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E189" s="1">
-        <v>94306</v>
+        <v>94111</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H189" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="190" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A190" s="1" t="s">
-        <v>571</v>
+        <v>796</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>572</v>
+        <v>401</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>44</v>
+        <v>402</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="E190" s="1">
-        <v>10036</v>
+        <v>30308</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>573</v>
+        <v>797</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H190" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="191" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A191" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="C191" s="1" t="s">
         <v>574</v>
       </c>
-      <c r="B191" s="1" t="s">
+      <c r="D191" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E191" s="1">
+        <v>94404</v>
+      </c>
+      <c r="F191" s="1" t="s">
         <v>575</v>
       </c>
-      <c r="C191" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G191" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H191" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="192" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A192" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="C192" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="E192" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="F192" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="B192" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G192" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H192" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="193" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A193" s="1" t="s">
-        <v>804</v>
+        <v>580</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>418</v>
+        <v>581</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>419</v>
+        <v>582</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>105</v>
+        <v>58</v>
       </c>
       <c r="E193" s="1">
-        <v>30308</v>
+        <v>75220</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>805</v>
+        <v>583</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H193" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="194" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A194" s="1" t="s">
-        <v>806</v>
+        <v>584</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>807</v>
+        <v>585</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>622</v>
+        <v>586</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>94404</v>
+        <v>19</v>
+      </c>
+      <c r="E194" s="3" t="s">
+        <v>587</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>808</v>
+        <v>588</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H194" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="195" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A195" s="1" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>186</v>
+        <v>402</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>584</v>
+        <v>109</v>
+      </c>
+      <c r="E195" s="1">
+        <v>30342</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H195" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="196" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A196" s="1" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>588</v>
+        <v>104</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="E196" s="1">
-        <v>75220</v>
+        <v>94301</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H196" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="197" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A197" s="1" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>592</v>
+        <v>429</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>593</v>
+        <v>294</v>
+      </c>
+      <c r="E197" s="1">
+        <v>60630</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H197" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="198" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A198" s="1" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>419</v>
+        <v>57</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>105</v>
+        <v>58</v>
       </c>
       <c r="E198" s="1">
-        <v>30342</v>
+        <v>78701</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H198" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="199" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A199" s="1" t="s">
-        <v>598</v>
+        <v>798</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>599</v>
+        <v>799</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>95</v>
+        <v>800</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E199" s="1">
-        <v>94301</v>
+        <v>94939</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>600</v>
+        <v>801</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H199" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="200" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A200" s="1" t="s">
         <v>601</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>602</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>451</v>
+        <v>104</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>299</v>
+        <v>14</v>
       </c>
       <c r="E200" s="1">
-        <v>60630</v>
+        <v>94301</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>603</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H200" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="201" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A201" s="1" t="s">
         <v>604</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>605</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>49</v>
+        <v>13</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="E201" s="1">
-        <v>78701</v>
+        <v>94105</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>606</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H201" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="202" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A202" s="1" t="s">
-        <v>809</v>
+        <v>607</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>810</v>
+        <v>608</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>811</v>
+        <v>13</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E202" s="1">
-        <v>94939</v>
+        <v>94111</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>812</v>
+        <v>609</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H202" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="203" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A203" s="1" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>95</v>
+        <v>612</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>9</v>
+        <v>149</v>
       </c>
       <c r="E203" s="1">
-        <v>94301</v>
+        <v>33134</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H203" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="204" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A204" s="1" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>8</v>
+        <v>574</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E204" s="1">
-        <v>94105</v>
+        <v>94404</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H204" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="205" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A205" s="1" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>8</v>
+        <v>619</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>94111</v>
+        <v>19</v>
+      </c>
+      <c r="E205" s="3" t="s">
+        <v>620</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H205" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="206" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A206" s="1" t="s">
-        <v>616</v>
+        <v>802</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>617</v>
+        <v>803</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>618</v>
+        <v>689</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>110</v>
+        <v>149</v>
       </c>
       <c r="E206" s="1">
-        <v>33134</v>
+        <v>33716</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>619</v>
+        <v>804</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H206" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="207" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A207" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>9</v>
+        <v>94</v>
       </c>
       <c r="E207" s="1">
-        <v>94404</v>
+        <v>80237</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H207" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="208" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A208" s="1" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>626</v>
+        <v>211</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>627</v>
+        <v>94</v>
+      </c>
+      <c r="E208" s="1">
+        <v>80237</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>628</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H208" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="209" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A209" s="1" t="s">
-        <v>629</v>
+        <v>805</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>630</v>
+        <v>806</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>631</v>
+        <v>2</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>110</v>
+        <v>3</v>
       </c>
       <c r="E209" s="1">
-        <v>33716</v>
+        <v>10119</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>632</v>
+        <v>807</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H209" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="210" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A210" s="1" t="s">
-        <v>633</v>
+        <v>808</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>634</v>
+        <v>809</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>635</v>
+        <v>2</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>85</v>
+        <v>3</v>
       </c>
       <c r="E210" s="1">
-        <v>80237</v>
+        <v>10010</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>636</v>
+        <v>810</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H210" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="211" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A211" s="1" t="s">
-        <v>637</v>
+        <v>629</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>638</v>
+        <v>630</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>212</v>
+        <v>185</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>80237</v>
+        <v>186</v>
+      </c>
+      <c r="E211" s="3" t="s">
+        <v>631</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>639</v>
+        <v>632</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H211" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="212" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A212" s="1" t="s">
-        <v>813</v>
+        <v>633</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>814</v>
+        <v>634</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>44</v>
+        <v>635</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E212" s="1">
-        <v>10119</v>
+        <v>94583</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>815</v>
+        <v>636</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H212" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="213" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A213" s="1" t="s">
-        <v>816</v>
+        <v>637</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>817</v>
+        <v>638</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E213" s="1">
-        <v>10010</v>
+        <v>94304</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>818</v>
+        <v>639</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H213" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="214" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A214" s="1" t="s">
-        <v>819</v>
+        <v>811</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>820</v>
+        <v>812</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>186</v>
+        <v>800</v>
       </c>
       <c r="D214" s="1" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>821</v>
+        <v>14</v>
+      </c>
+      <c r="E214" s="1">
+        <v>94939</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>822</v>
+        <v>813</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H214" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="215" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A215" s="1" t="s">
         <v>640</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>641</v>
       </c>
       <c r="C215" s="1" t="s">
         <v>642</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E215" s="1">
-        <v>94583</v>
+        <v>93117</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>643</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H215" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="216" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A216" s="1" t="s">
-        <v>644</v>
+        <v>814</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>645</v>
+        <v>815</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>95</v>
+        <v>429</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>9</v>
+        <v>294</v>
       </c>
       <c r="E216" s="1">
-        <v>94304</v>
+        <v>60601</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>646</v>
+        <v>816</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H216" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="217" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A217" s="1" t="s">
-        <v>823</v>
+        <v>644</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>824</v>
+        <v>645</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>811</v>
+        <v>646</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>94939</v>
+        <v>19</v>
+      </c>
+      <c r="E217" s="3" t="s">
+        <v>647</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>825</v>
+        <v>648</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H217" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="218" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A218" s="1" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>649</v>
+        <v>429</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>93117</v>
+        <v>294</v>
+      </c>
+      <c r="E218" s="1" t="s">
+        <v>651</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H218" s="2">
-        <v>45996</v>
-[...77 lines deleted...]
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W221">
-    <sortCondition ref="A3:A221"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W218">
+    <sortCondition ref="A3:A218"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>