--- v0 (2025-12-17)
+++ v1 (2026-02-12)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - December 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - February 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4D5C250D-D4EC-4A40-A36D-0AEAF64A8777}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D5CBD38D-9617-49BB-AD92-D02F8F0CC30F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{A8481F9E-BCB4-476B-B430-4384B4AE0941}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{DD179DC3-55C0-404D-8457-E212465CD9CB}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1398" uniqueCount="753">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1231" uniqueCount="660">
   <si>
     <t>Abreu</t>
   </si>
   <si>
     <t>Laritza</t>
   </si>
   <si>
     <t>LPUW-1559245</t>
   </si>
   <si>
     <t>CT Loan Processor/Underwriter License</t>
   </si>
   <si>
     <t>Approved</t>
   </si>
   <si>
     <t>Wemlo, LLC</t>
   </si>
   <si>
     <t>Alger</t>
   </si>
   <si>
     <t>Donovan</t>
   </si>
   <si>
@@ -109,50 +109,65 @@
   <si>
     <t>Winter</t>
   </si>
   <si>
     <t>LPUW-1017265</t>
   </si>
   <si>
     <t>MSIC Partners, LLC</t>
   </si>
   <si>
     <t>Armour</t>
   </si>
   <si>
     <t>Tyron</t>
   </si>
   <si>
     <t>Bernard</t>
   </si>
   <si>
     <t>LPUW-1184759</t>
   </si>
   <si>
     <t>Altisource Fulfillment Operations, Inc.</t>
   </si>
   <si>
+    <t>Arnold-Padgett</t>
+  </si>
+  <si>
+    <t>Rashida</t>
+  </si>
+  <si>
+    <t>Naila</t>
+  </si>
+  <si>
+    <t>LPUW-2275213</t>
+  </si>
+  <si>
+    <t>DynAMC Solutions, LLC</t>
+  </si>
+  <si>
     <t>Banashefski</t>
   </si>
   <si>
     <t>Kyle</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>LPUW-2003802</t>
   </si>
   <si>
     <t>Barboza</t>
   </si>
   <si>
     <t>Sarah</t>
   </si>
   <si>
     <t>Maria</t>
   </si>
   <si>
     <t>LPUW-2181960</t>
   </si>
   <si>
     <t>SouthCoast Processing LLC</t>
@@ -220,2121 +235,1827 @@
   <si>
     <t>LPUW-2176476</t>
   </si>
   <si>
     <t>Sapphire Processing</t>
   </si>
   <si>
     <t>Blood</t>
   </si>
   <si>
     <t>Seth</t>
   </si>
   <si>
     <t>Harlan</t>
   </si>
   <si>
     <t>II</t>
   </si>
   <si>
     <t>LPUW-11312</t>
   </si>
   <si>
     <t>TanLane Enterprises, LLC</t>
   </si>
   <si>
-    <t>Bogdanov</t>
-[...19 lines deleted...]
-  <si>
     <t>Bonavito</t>
   </si>
   <si>
     <t>Crystal</t>
   </si>
   <si>
     <t>L</t>
   </si>
   <si>
     <t>LPUW-505696</t>
   </si>
   <si>
     <t>Nations Capital Services, Inc.</t>
   </si>
   <si>
     <t>Bray</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>Sammy</t>
   </si>
   <si>
     <t>Jr</t>
   </si>
   <si>
     <t>LPUW-2501863</t>
   </si>
   <si>
     <t>United Guaranty Services, Inc.</t>
   </si>
   <si>
     <t>BURATTINI</t>
   </si>
   <si>
     <t>ROXANNA</t>
   </si>
   <si>
     <t>LPUW-375631</t>
   </si>
   <si>
-    <t>Burns</t>
+    <t>Cabreja Carrero</t>
+  </si>
+  <si>
+    <t>Jessica</t>
+  </si>
+  <si>
+    <t>LPUW-371335</t>
+  </si>
+  <si>
+    <t>Campos</t>
+  </si>
+  <si>
+    <t>Marybeth</t>
+  </si>
+  <si>
+    <t>LPUW-2454008</t>
+  </si>
+  <si>
+    <t>Willow Processing, LLC</t>
+  </si>
+  <si>
+    <t>Cardenas</t>
+  </si>
+  <si>
+    <t>Gina</t>
+  </si>
+  <si>
+    <t>Dominique</t>
+  </si>
+  <si>
+    <t>LPUW-247088</t>
+  </si>
+  <si>
+    <t>HANCOCK PROCESSING LLC</t>
+  </si>
+  <si>
+    <t>Carter</t>
+  </si>
+  <si>
+    <t>Leeann</t>
+  </si>
+  <si>
+    <t>LPUW-36869</t>
+  </si>
+  <si>
+    <t>Steadfast Mortgage Services Inc</t>
+  </si>
+  <si>
+    <t>Cavazos</t>
+  </si>
+  <si>
+    <t>Elsa</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>LPUW-350092</t>
+  </si>
+  <si>
+    <t>Chaney</t>
+  </si>
+  <si>
+    <t>Amy</t>
+  </si>
+  <si>
+    <t>Marie</t>
+  </si>
+  <si>
+    <t>LPUW-2088120</t>
+  </si>
+  <si>
+    <t>HCL Lending Solutions, LLC</t>
+  </si>
+  <si>
+    <t>Cherry</t>
+  </si>
+  <si>
+    <t>Joshua</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>LP/UW-902460</t>
+  </si>
+  <si>
+    <t>Zenta Mortgage Services, LLC</t>
+  </si>
+  <si>
+    <t>Ciccarello</t>
+  </si>
+  <si>
+    <t>Luke</t>
+  </si>
+  <si>
+    <t>LPUW-2011272</t>
+  </si>
+  <si>
+    <t>LJC Capital LLC</t>
+  </si>
+  <si>
+    <t>Clardy</t>
+  </si>
+  <si>
+    <t>Gerrell</t>
+  </si>
+  <si>
+    <t>Lamond</t>
+  </si>
+  <si>
+    <t>LP/UW-988140</t>
+  </si>
+  <si>
+    <t>Indecomm Holdings, Inc.</t>
+  </si>
+  <si>
+    <t>Clark</t>
+  </si>
+  <si>
+    <t>Carol</t>
+  </si>
+  <si>
+    <t>Ann</t>
+  </si>
+  <si>
+    <t>LPUW-1417100</t>
+  </si>
+  <si>
+    <t>Moder Solutions, LLC</t>
+  </si>
+  <si>
+    <t>Colbert</t>
+  </si>
+  <si>
+    <t>Nicole</t>
+  </si>
+  <si>
+    <t>Breann</t>
+  </si>
+  <si>
+    <t>LPUW-1420865</t>
+  </si>
+  <si>
+    <t>Collier</t>
+  </si>
+  <si>
+    <t>Robin</t>
+  </si>
+  <si>
+    <t>Vargas</t>
+  </si>
+  <si>
+    <t>LPUW-1716187</t>
+  </si>
+  <si>
+    <t>Cook</t>
+  </si>
+  <si>
+    <t>Yolanda</t>
+  </si>
+  <si>
+    <t>LPUW-1027240</t>
+  </si>
+  <si>
+    <t>Craig</t>
+  </si>
+  <si>
+    <t>Codi</t>
+  </si>
+  <si>
+    <t>LPUW-927391</t>
+  </si>
+  <si>
+    <t>Curtis</t>
+  </si>
+  <si>
+    <t>Kimberly</t>
+  </si>
+  <si>
+    <t>Kaye</t>
+  </si>
+  <si>
+    <t>LPUW-274081</t>
+  </si>
+  <si>
+    <t>Dauoud-Hannosh</t>
+  </si>
+  <si>
+    <t>Randy</t>
+  </si>
+  <si>
+    <t>Joseph</t>
+  </si>
+  <si>
+    <t>LPUW-1510245</t>
+  </si>
+  <si>
+    <t>MORTGAGE PROCESSING, LLC</t>
+  </si>
+  <si>
+    <t>De Las Casas</t>
+  </si>
+  <si>
+    <t>Diego</t>
+  </si>
+  <si>
+    <t>Alonso</t>
+  </si>
+  <si>
+    <t>LPUW-1993641</t>
+  </si>
+  <si>
+    <t>Dugan</t>
+  </si>
+  <si>
+    <t>Allison</t>
+  </si>
+  <si>
+    <t>Lynn</t>
+  </si>
+  <si>
+    <t>LPUW-2111471</t>
+  </si>
+  <si>
+    <t>Everyone's Loan Company, Inc.</t>
+  </si>
+  <si>
+    <t>Dunn</t>
+  </si>
+  <si>
+    <t>Xavier</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>LPUW-1416930</t>
+  </si>
+  <si>
+    <t>Longbridge Financial, LLC</t>
+  </si>
+  <si>
+    <t>east</t>
+  </si>
+  <si>
+    <t>Davis</t>
+  </si>
+  <si>
+    <t>Christian</t>
+  </si>
+  <si>
+    <t>LPUW-2486079</t>
+  </si>
+  <si>
+    <t>Evans</t>
+  </si>
+  <si>
+    <t>Tanner</t>
+  </si>
+  <si>
+    <t>LPUW-1893663</t>
+  </si>
+  <si>
+    <t>Fernandez</t>
+  </si>
+  <si>
+    <t>Yean</t>
+  </si>
+  <si>
+    <t>Linclon</t>
+  </si>
+  <si>
+    <t>LPUW-1577937</t>
+  </si>
+  <si>
+    <t>Fierro</t>
+  </si>
+  <si>
+    <t>Sandra</t>
+  </si>
+  <si>
+    <t>Demitra</t>
+  </si>
+  <si>
+    <t>LPUW-1135853</t>
+  </si>
+  <si>
+    <t>Flood</t>
+  </si>
+  <si>
+    <t>Trevor</t>
+  </si>
+  <si>
+    <t>LPUW-1375176</t>
+  </si>
+  <si>
+    <t>Gavitt</t>
+  </si>
+  <si>
+    <t>Theresa</t>
+  </si>
+  <si>
+    <t>Elaine</t>
+  </si>
+  <si>
+    <t>LPUW-2092215</t>
+  </si>
+  <si>
+    <t>Gieseke</t>
+  </si>
+  <si>
+    <t>LPUW-2570314</t>
+  </si>
+  <si>
+    <t>Onslow Bay Financial LLC</t>
+  </si>
+  <si>
+    <t>Godwin</t>
+  </si>
+  <si>
+    <t>Keith</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>LPUW-2442697</t>
+  </si>
+  <si>
+    <t>Conward</t>
+  </si>
+  <si>
+    <t>LPUW-2442772</t>
+  </si>
+  <si>
+    <t>Gould</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>LPUW-280506</t>
+  </si>
+  <si>
+    <t>Enact Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t>Graham</t>
+  </si>
+  <si>
+    <t>LPUW-950133</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>LPUW-1508783</t>
+  </si>
+  <si>
+    <t>Gray</t>
+  </si>
+  <si>
+    <t>Amber</t>
+  </si>
+  <si>
+    <t>LPUW-1231673</t>
+  </si>
+  <si>
+    <t>Griffin</t>
+  </si>
+  <si>
+    <t>Connor</t>
+  </si>
+  <si>
+    <t>LPUW-1893723</t>
   </si>
   <si>
     <t>Jennifer</t>
   </si>
   <si>
-    <t>Beth</t>
-[...5 lines deleted...]
-    <t>Gulf Stream Loan Processing LLC</t>
+    <t>LPUW-1385032</t>
+  </si>
+  <si>
+    <t>Gurule</t>
+  </si>
+  <si>
+    <t>Alan</t>
+  </si>
+  <si>
+    <t>LPUW-1696024</t>
+  </si>
+  <si>
+    <t>Hairston</t>
+  </si>
+  <si>
+    <t>Neisha</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>LPUW-1125549</t>
+  </si>
+  <si>
+    <t>Hambrick</t>
+  </si>
+  <si>
+    <t>Elizabeth</t>
+  </si>
+  <si>
+    <t>LPUW-2595638</t>
+  </si>
+  <si>
+    <t>Hamilton</t>
+  </si>
+  <si>
+    <t>Chad</t>
+  </si>
+  <si>
+    <t>Wesley</t>
+  </si>
+  <si>
+    <t>LPUW-1552928</t>
+  </si>
+  <si>
+    <t>Hamilton Processing, LLC</t>
+  </si>
+  <si>
+    <t>Hampton Rose</t>
+  </si>
+  <si>
+    <t>Samantha</t>
+  </si>
+  <si>
+    <t>LPUW-875587</t>
+  </si>
+  <si>
+    <t>TCS e-Serve International Limited</t>
+  </si>
+  <si>
+    <t>Hancock</t>
+  </si>
+  <si>
+    <t>Mathew</t>
+  </si>
+  <si>
+    <t>LPUW-2406052</t>
+  </si>
+  <si>
+    <t>Harden</t>
+  </si>
+  <si>
+    <t>Kaliyah</t>
+  </si>
+  <si>
+    <t>Nakia</t>
+  </si>
+  <si>
+    <t>LPUW-2718693</t>
+  </si>
+  <si>
+    <t>Hardison</t>
+  </si>
+  <si>
+    <t>Henry</t>
+  </si>
+  <si>
+    <t>Witten</t>
+  </si>
+  <si>
+    <t>iii</t>
+  </si>
+  <si>
+    <t>LPUW-1342488</t>
+  </si>
+  <si>
+    <t>Harper</t>
+  </si>
+  <si>
+    <t>Emily</t>
+  </si>
+  <si>
+    <t>Dawn</t>
+  </si>
+  <si>
+    <t>LPUW-2012788</t>
+  </si>
+  <si>
+    <t>Henson</t>
+  </si>
+  <si>
+    <t>Delroy</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>LPUW-1263252</t>
+  </si>
+  <si>
+    <t>Hess</t>
+  </si>
+  <si>
+    <t>LPUW-1867893</t>
+  </si>
+  <si>
+    <t>Hill</t>
+  </si>
+  <si>
+    <t>Thais</t>
+  </si>
+  <si>
+    <t>Adriana</t>
+  </si>
+  <si>
+    <t>LPUW-1597989</t>
+  </si>
+  <si>
+    <t>Hooper</t>
+  </si>
+  <si>
+    <t>Sue</t>
+  </si>
+  <si>
+    <t>LPUW-1855305</t>
+  </si>
+  <si>
+    <t>Horstman</t>
+  </si>
+  <si>
+    <t>Christy</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>LPUW-1466127</t>
+  </si>
+  <si>
+    <t>Howard</t>
+  </si>
+  <si>
+    <t>LPUW-815306</t>
+  </si>
+  <si>
+    <t>Hulbert</t>
+  </si>
+  <si>
+    <t>Roxanne</t>
+  </si>
+  <si>
+    <t>LPUW-996213</t>
+  </si>
+  <si>
+    <t>Hunter</t>
+  </si>
+  <si>
+    <t>Brianna</t>
+  </si>
+  <si>
+    <t>LPUW-1423035</t>
+  </si>
+  <si>
+    <t>CTC Processing Pros, LLC</t>
+  </si>
+  <si>
+    <t>Isaacson</t>
+  </si>
+  <si>
+    <t>Yair</t>
+  </si>
+  <si>
+    <t>LPUW-542932</t>
+  </si>
+  <si>
+    <t>Cognizant Mortgage Services Corporation</t>
+  </si>
+  <si>
+    <t>Jansen</t>
+  </si>
+  <si>
+    <t>Rebecca</t>
+  </si>
+  <si>
+    <t>LPUW-2093362</t>
+  </si>
+  <si>
+    <t>Javed</t>
+  </si>
+  <si>
+    <t>Hassan</t>
+  </si>
+  <si>
+    <t>Arshad</t>
+  </si>
+  <si>
+    <t>LPUW-1532652</t>
+  </si>
+  <si>
+    <t>Jemmerino</t>
+  </si>
+  <si>
+    <t>K</t>
+  </si>
+  <si>
+    <t>LPUW-273418</t>
+  </si>
+  <si>
+    <t>MORTGAGE PROCESSING &amp; COMPLIANCE OF CT LLC</t>
+  </si>
+  <si>
+    <t>Jennings</t>
+  </si>
+  <si>
+    <t>Kevin</t>
+  </si>
+  <si>
+    <t>Lawrence</t>
+  </si>
+  <si>
+    <t>LPUW-84596</t>
+  </si>
+  <si>
+    <t>NewRez LLC</t>
+  </si>
+  <si>
+    <t>Minden</t>
+  </si>
+  <si>
+    <t>LPUW-1443738</t>
+  </si>
+  <si>
+    <t>Jolda</t>
+  </si>
+  <si>
+    <t>LPUW-654868</t>
+  </si>
+  <si>
+    <t>TMP Solutions, LLC</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>Charmayne</t>
+  </si>
+  <si>
+    <t>Lenea</t>
+  </si>
+  <si>
+    <t>LPUW-339530</t>
+  </si>
+  <si>
+    <t>Kapci</t>
+  </si>
+  <si>
+    <t>Kristen</t>
+  </si>
+  <si>
+    <t>LPUW-2591344</t>
+  </si>
+  <si>
+    <t>Kendrick</t>
+  </si>
+  <si>
+    <t>Jorgen</t>
+  </si>
+  <si>
+    <t>Storm Tashiro</t>
+  </si>
+  <si>
+    <t>LPUW-1956178</t>
+  </si>
+  <si>
+    <t>Kolb</t>
+  </si>
+  <si>
+    <t>LPUW-2015063</t>
+  </si>
+  <si>
+    <t>UNITED PROCESSING, LLC</t>
+  </si>
+  <si>
+    <t>Korytko</t>
+  </si>
+  <si>
+    <t>Tia</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>LPUW-1473460</t>
+  </si>
+  <si>
+    <t>Kramer</t>
+  </si>
+  <si>
+    <t>Yvonne</t>
+  </si>
+  <si>
+    <t>Tana</t>
+  </si>
+  <si>
+    <t>LPUW-1263445</t>
+  </si>
+  <si>
+    <t>Kucharczyk</t>
+  </si>
+  <si>
+    <t>Duane</t>
+  </si>
+  <si>
+    <t>Allen</t>
+  </si>
+  <si>
+    <t>LPUW-142150</t>
+  </si>
+  <si>
+    <t>Infosys BPO Americas, LLC</t>
+  </si>
+  <si>
+    <t>Ky</t>
+  </si>
+  <si>
+    <t>Jannavy</t>
+  </si>
+  <si>
+    <t>LPUW-1731223</t>
+  </si>
+  <si>
+    <t>LaFrance</t>
+  </si>
+  <si>
+    <t>Diane</t>
+  </si>
+  <si>
+    <t>Jeannine</t>
+  </si>
+  <si>
+    <t>LPUW-1469808</t>
+  </si>
+  <si>
+    <t>Land</t>
+  </si>
+  <si>
+    <t>LPUW-1295202</t>
+  </si>
+  <si>
+    <t>Priority Processing Mortgage Group LLC</t>
+  </si>
+  <si>
+    <t>Landwehr</t>
+  </si>
+  <si>
+    <t>Tracy</t>
+  </si>
+  <si>
+    <t>Susan</t>
+  </si>
+  <si>
+    <t>LPUW-1685195</t>
+  </si>
+  <si>
+    <t>Lang</t>
+  </si>
+  <si>
+    <t>Karen</t>
+  </si>
+  <si>
+    <t>Leann</t>
+  </si>
+  <si>
+    <t>LPUW-879659</t>
+  </si>
+  <si>
+    <t>LaScala</t>
+  </si>
+  <si>
+    <t>LPUW-2461483</t>
+  </si>
+  <si>
+    <t>Leffel</t>
+  </si>
+  <si>
+    <t>Aaron</t>
+  </si>
+  <si>
+    <t>LPUW-2447165</t>
+  </si>
+  <si>
+    <t>Leitner</t>
+  </si>
+  <si>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>LPUW-1443857</t>
+  </si>
+  <si>
+    <t>Letizio</t>
+  </si>
+  <si>
+    <t>LP/UW-371234</t>
+  </si>
+  <si>
+    <t>Letizio, Elaine, Marie</t>
+  </si>
+  <si>
+    <t>Loney</t>
+  </si>
+  <si>
+    <t>Maya</t>
+  </si>
+  <si>
+    <t>Blaine</t>
+  </si>
+  <si>
+    <t>LPUW-2048983</t>
+  </si>
+  <si>
+    <t>Long</t>
+  </si>
+  <si>
+    <t>LPUW-2624021</t>
+  </si>
+  <si>
+    <t>Secured Mortgage Processing, LLC</t>
+  </si>
+  <si>
+    <t>Luebcke</t>
+  </si>
+  <si>
+    <t>Carrie</t>
+  </si>
+  <si>
+    <t>LPUW-932758</t>
+  </si>
+  <si>
+    <t>Luebcke &amp; Associates Inc</t>
+  </si>
+  <si>
+    <t>Mansell</t>
+  </si>
+  <si>
+    <t>Stephanie</t>
+  </si>
+  <si>
+    <t>LPUW-1714874</t>
+  </si>
+  <si>
+    <t>Mansell Processing LLC</t>
+  </si>
+  <si>
+    <t>Margulies</t>
+  </si>
+  <si>
+    <t>LPUW-628356</t>
+  </si>
+  <si>
+    <t>Markowski</t>
+  </si>
+  <si>
+    <t>Robyn</t>
+  </si>
+  <si>
+    <t>LPUW-1893704</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>Glenda</t>
+  </si>
+  <si>
+    <t>Kay</t>
+  </si>
+  <si>
+    <t>LPUW-1658749</t>
+  </si>
+  <si>
+    <t>Neighborhood Mortgage Solutions, LLC</t>
+  </si>
+  <si>
+    <t>Matthews</t>
+  </si>
+  <si>
+    <t>Campbell</t>
+  </si>
+  <si>
+    <t>Riley</t>
+  </si>
+  <si>
+    <t>LPUW-1757744</t>
+  </si>
+  <si>
+    <t>mccomas</t>
+  </si>
+  <si>
+    <t>Shantel</t>
+  </si>
+  <si>
+    <t>LPUW-1621014</t>
+  </si>
+  <si>
+    <t>Evolve Mortgage Services, LLC</t>
+  </si>
+  <si>
+    <t>McCray</t>
+  </si>
+  <si>
+    <t>Heather</t>
+  </si>
+  <si>
+    <t>Justene</t>
+  </si>
+  <si>
+    <t>LPUW-2174702</t>
+  </si>
+  <si>
+    <t>McCurdy</t>
+  </si>
+  <si>
+    <t>Denise</t>
+  </si>
+  <si>
+    <t>Patricia</t>
+  </si>
+  <si>
+    <t>LPUW-2017963</t>
+  </si>
+  <si>
+    <t>McDowell</t>
+  </si>
+  <si>
+    <t>Sara</t>
+  </si>
+  <si>
+    <t>Kathryn</t>
+  </si>
+  <si>
+    <t>LPUW-1871019</t>
+  </si>
+  <si>
+    <t>B&amp;B Mortgage Processing LLC</t>
+  </si>
+  <si>
+    <t>McInerney</t>
+  </si>
+  <si>
+    <t>King</t>
+  </si>
+  <si>
+    <t>LPUW-2402227</t>
+  </si>
+  <si>
+    <t>Mehra</t>
+  </si>
+  <si>
+    <t>Nidhi</t>
+  </si>
+  <si>
+    <t>LPUW-1800597</t>
+  </si>
+  <si>
+    <t>Mettler</t>
+  </si>
+  <si>
+    <t>Meghan</t>
+  </si>
+  <si>
+    <t>Elena</t>
+  </si>
+  <si>
+    <t>LPUW-1830305</t>
+  </si>
+  <si>
+    <t>Meyer</t>
+  </si>
+  <si>
+    <t>Gregg</t>
+  </si>
+  <si>
+    <t>Darin</t>
+  </si>
+  <si>
+    <t>LPUW-962974</t>
+  </si>
+  <si>
+    <t>Milks</t>
+  </si>
+  <si>
+    <t>Kendra</t>
+  </si>
+  <si>
+    <t>Mary</t>
+  </si>
+  <si>
+    <t>LPUW-69817</t>
+  </si>
+  <si>
+    <t>Miller</t>
+  </si>
+  <si>
+    <t>Megan</t>
+  </si>
+  <si>
+    <t>LPUW-2508144</t>
+  </si>
+  <si>
+    <t>First Credit Corporation of New York, Inc.</t>
+  </si>
+  <si>
+    <t>Mirzadeh</t>
+  </si>
+  <si>
+    <t>Fariba</t>
+  </si>
+  <si>
+    <t>LPUW-1525188</t>
+  </si>
+  <si>
+    <t>Mitchell</t>
+  </si>
+  <si>
+    <t>Ruth</t>
+  </si>
+  <si>
+    <t>LPUW-910798</t>
+  </si>
+  <si>
+    <t>Monson</t>
+  </si>
+  <si>
+    <t>Rolf</t>
+  </si>
+  <si>
+    <t>LPUW-238025</t>
+  </si>
+  <si>
+    <t>Monteza</t>
+  </si>
+  <si>
+    <t>Michelle</t>
+  </si>
+  <si>
+    <t>LPUW-49443</t>
+  </si>
+  <si>
+    <t>Montgomery</t>
+  </si>
+  <si>
+    <t>Amanda</t>
+  </si>
+  <si>
+    <t>LPUW-1421637</t>
+  </si>
+  <si>
+    <t>Morris</t>
+  </si>
+  <si>
+    <t>LPUW-1540427</t>
+  </si>
+  <si>
+    <t>Respect Processing LLC</t>
+  </si>
+  <si>
+    <t>Morrison</t>
+  </si>
+  <si>
+    <t>LPUW-1788988</t>
+  </si>
+  <si>
+    <t>Morrissey</t>
+  </si>
+  <si>
+    <t>Kimberlee</t>
+  </si>
+  <si>
+    <t>LPUW-1076318</t>
+  </si>
+  <si>
+    <t>Morrone</t>
+  </si>
+  <si>
+    <t>Dominick</t>
+  </si>
+  <si>
+    <t>LPUW-1838015</t>
+  </si>
+  <si>
+    <t>DreamLife Processing LLC</t>
+  </si>
+  <si>
+    <t>Murphy</t>
+  </si>
+  <si>
+    <t>Clay</t>
+  </si>
+  <si>
+    <t>LPUW-30171</t>
+  </si>
+  <si>
+    <t>Nielsen</t>
+  </si>
+  <si>
+    <t>Lori</t>
+  </si>
+  <si>
+    <t>Renae</t>
+  </si>
+  <si>
+    <t>LPUW-1447125</t>
+  </si>
+  <si>
+    <t>Osorio</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>Anthony</t>
+  </si>
+  <si>
+    <t>LPUW-2360658</t>
+  </si>
+  <si>
+    <t>Osterman</t>
+  </si>
+  <si>
+    <t>Sondra</t>
+  </si>
+  <si>
+    <t>LPUW-970784</t>
+  </si>
+  <si>
+    <t>Otzman</t>
+  </si>
+  <si>
+    <t>Evol</t>
+  </si>
+  <si>
+    <t>LPUW-2013727</t>
+  </si>
+  <si>
+    <t>Pacheco da Silva</t>
+  </si>
+  <si>
+    <t>Eustaquio</t>
+  </si>
+  <si>
+    <t>LPUW-1553576</t>
+  </si>
+  <si>
+    <t>Alphanous Loan Solutions Corp</t>
+  </si>
+  <si>
+    <t>Pandey</t>
+  </si>
+  <si>
+    <t>Vijay</t>
+  </si>
+  <si>
+    <t>LPUW-1667217</t>
+  </si>
+  <si>
+    <t>Wipro Gallagher Solutions, LLC</t>
+  </si>
+  <si>
+    <t>Patton</t>
+  </si>
+  <si>
+    <t>Annie</t>
+  </si>
+  <si>
+    <t>LPUW-2706112</t>
+  </si>
+  <si>
+    <t>OCMBC, INC.</t>
+  </si>
+  <si>
+    <t>Peck</t>
+  </si>
+  <si>
+    <t>Katherine</t>
+  </si>
+  <si>
+    <t>LPUW-2337345</t>
+  </si>
+  <si>
+    <t>Petti</t>
+  </si>
+  <si>
+    <t>Aurora</t>
+  </si>
+  <si>
+    <t>LPUW-484834</t>
+  </si>
+  <si>
+    <t>Philistin</t>
+  </si>
+  <si>
+    <t>Jean Luc</t>
+  </si>
+  <si>
+    <t>LPUW-2632241</t>
+  </si>
+  <si>
+    <t>Raines</t>
+  </si>
+  <si>
+    <t>Chick</t>
+  </si>
+  <si>
+    <t>LPUW-328170</t>
+  </si>
+  <si>
+    <t>Reale</t>
+  </si>
+  <si>
+    <t>Doris</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>LPUW-2054731</t>
+  </si>
+  <si>
+    <t>Rebehn</t>
+  </si>
+  <si>
+    <t>Kari</t>
+  </si>
+  <si>
+    <t>LPUW-271051</t>
+  </si>
+  <si>
+    <t>Richards</t>
+  </si>
+  <si>
+    <t>Teresa</t>
+  </si>
+  <si>
+    <t>Catherine</t>
+  </si>
+  <si>
+    <t>LPUW-2135148</t>
+  </si>
+  <si>
+    <t>Sourcepoint, Inc.</t>
+  </si>
+  <si>
+    <t>RIVERS</t>
+  </si>
+  <si>
+    <t>JUSTIN</t>
+  </si>
+  <si>
+    <t>MARK</t>
+  </si>
+  <si>
+    <t>LPUW-337698</t>
+  </si>
+  <si>
+    <t>ROGERS</t>
+  </si>
+  <si>
+    <t>BRENDAN</t>
+  </si>
+  <si>
+    <t>HEYWOOD</t>
+  </si>
+  <si>
+    <t>LPUW-905565</t>
+  </si>
+  <si>
+    <t>Rohm</t>
+  </si>
+  <si>
+    <t>LPUW-1847436</t>
+  </si>
+  <si>
+    <t>Elite Processing Services, LLC</t>
+  </si>
+  <si>
+    <t>Roth</t>
+  </si>
+  <si>
+    <t>LPUW-8093</t>
+  </si>
+  <si>
+    <t>Lrothprocessing</t>
+  </si>
+  <si>
+    <t>Rothman</t>
+  </si>
+  <si>
+    <t>Kirsten</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>LPUW-1608081</t>
+  </si>
+  <si>
+    <t>Preferred Processing, LLC</t>
+  </si>
+  <si>
+    <t>Rowles</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>LPUW-2692120</t>
+  </si>
+  <si>
+    <t>Samnani-Jiwa</t>
+  </si>
+  <si>
+    <t>Shehnaz</t>
+  </si>
+  <si>
+    <t>LPUW-1737977</t>
+  </si>
+  <si>
+    <t>Saunders</t>
+  </si>
+  <si>
+    <t>LPUW-2114512</t>
+  </si>
+  <si>
+    <t>Mako Mortgage Processing, LLC</t>
+  </si>
+  <si>
+    <t>Schneider</t>
+  </si>
+  <si>
+    <t>Jr.</t>
+  </si>
+  <si>
+    <t>LPUW-2377109</t>
+  </si>
+  <si>
+    <t>Serna</t>
+  </si>
+  <si>
+    <t>Cynthia</t>
+  </si>
+  <si>
+    <t>Rosemary</t>
+  </si>
+  <si>
+    <t>LPUW-1215870</t>
+  </si>
+  <si>
+    <t>New American Funding, LLC</t>
+  </si>
+  <si>
+    <t>Shearer</t>
+  </si>
+  <si>
+    <t>LPUW-1466135</t>
+  </si>
+  <si>
+    <t>Shi</t>
+  </si>
+  <si>
+    <t>Donna</t>
+  </si>
+  <si>
+    <t>LPUW-2303846</t>
+  </si>
+  <si>
+    <t>Shick</t>
+  </si>
+  <si>
+    <t>Frances</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>LPUW-2293536</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>Clayton</t>
+  </si>
+  <si>
+    <t>LPUW-2003880</t>
+  </si>
+  <si>
+    <t>Sorensen</t>
+  </si>
+  <si>
+    <t>Phillip</t>
+  </si>
+  <si>
+    <t>LPUW-1503684</t>
+  </si>
+  <si>
+    <t>Sparks</t>
+  </si>
+  <si>
+    <t>Lauren</t>
+  </si>
+  <si>
+    <t>LP/UW-1541623</t>
+  </si>
+  <si>
+    <t>Speer</t>
+  </si>
+  <si>
+    <t>LPUW-1556458</t>
+  </si>
+  <si>
+    <t>Steinmetz</t>
+  </si>
+  <si>
+    <t>LPUW-2105329</t>
+  </si>
+  <si>
+    <t>FFHL Processing Company, INC.</t>
+  </si>
+  <si>
+    <t>Fairfield Home Loans, LLC</t>
+  </si>
+  <si>
+    <t>Stone</t>
+  </si>
+  <si>
+    <t>LPUW-1488511</t>
+  </si>
+  <si>
+    <t>Strott</t>
+  </si>
+  <si>
+    <t>Francis</t>
+  </si>
+  <si>
+    <t>LPUW-1432499</t>
+  </si>
+  <si>
+    <t>First Home Mortgage Corporation</t>
+  </si>
+  <si>
+    <t>Sutherland</t>
+  </si>
+  <si>
+    <t>Rae</t>
+  </si>
+  <si>
+    <t>LPUW-1027224</t>
+  </si>
+  <si>
+    <t>Sage Processing LLC</t>
+  </si>
+  <si>
+    <t>Vallarta</t>
+  </si>
+  <si>
+    <t>Christine</t>
+  </si>
+  <si>
+    <t>LPUW-1027246</t>
+  </si>
+  <si>
+    <t>Van Scoy</t>
+  </si>
+  <si>
+    <t>Jeffrey</t>
+  </si>
+  <si>
+    <t>LPUW-2105488</t>
+  </si>
+  <si>
+    <t>Xcelerated Processing LLC</t>
+  </si>
+  <si>
+    <t>Vega</t>
+  </si>
+  <si>
+    <t>Justine</t>
+  </si>
+  <si>
+    <t>LPUW-197908</t>
+  </si>
+  <si>
+    <t>Saleztrax,LLC</t>
+  </si>
+  <si>
+    <t>Vu</t>
+  </si>
+  <si>
+    <t>Minh</t>
+  </si>
+  <si>
+    <t>Quang</t>
+  </si>
+  <si>
+    <t>LPUW-924921</t>
+  </si>
+  <si>
+    <t>Wali</t>
+  </si>
+  <si>
+    <t>Alvin</t>
+  </si>
+  <si>
+    <t>LPUW-1415540</t>
+  </si>
+  <si>
+    <t>Quadaid Inc</t>
+  </si>
+  <si>
+    <t>Walker-Bell</t>
+  </si>
+  <si>
+    <t>Tonya</t>
+  </si>
+  <si>
+    <t>Monique</t>
+  </si>
+  <si>
+    <t>LPUW-1800480</t>
+  </si>
+  <si>
+    <t>Wariebi</t>
+  </si>
+  <si>
+    <t>LPUW-17923</t>
+  </si>
+  <si>
+    <t>Innovative Edge Processing, Inc.</t>
+  </si>
+  <si>
+    <t>Weadock</t>
+  </si>
+  <si>
+    <t>Nathan</t>
+  </si>
+  <si>
+    <t>LPUW-1911067</t>
+  </si>
+  <si>
+    <t>Webb</t>
+  </si>
+  <si>
+    <t>Jared</t>
+  </si>
+  <si>
+    <t>LPUW-908249</t>
+  </si>
+  <si>
+    <t>WEIL</t>
+  </si>
+  <si>
+    <t>KARLA</t>
+  </si>
+  <si>
+    <t>LPUW-1682932</t>
+  </si>
+  <si>
+    <t>Weslow</t>
+  </si>
+  <si>
+    <t>Taylor</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>LPUW-1403169</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>Colleen</t>
+  </si>
+  <si>
+    <t>LP/UW-265507</t>
+  </si>
+  <si>
+    <t>CLEAR TO CLOSE INC</t>
+  </si>
+  <si>
+    <t>Noel</t>
+  </si>
+  <si>
+    <t>LPUW-2040600</t>
+  </si>
+  <si>
+    <t>Whitfield</t>
+  </si>
+  <si>
+    <t>Bruce</t>
+  </si>
+  <si>
+    <t>Carl</t>
+  </si>
+  <si>
+    <t>LPUW-2099273</t>
+  </si>
+  <si>
+    <t>Wiley</t>
+  </si>
+  <si>
+    <t>Zachary</t>
+  </si>
+  <si>
+    <t>Lane</t>
+  </si>
+  <si>
+    <t>LPUW-2111819</t>
+  </si>
+  <si>
+    <t>Wilson</t>
+  </si>
+  <si>
+    <t>Leslie</t>
+  </si>
+  <si>
+    <t>LPUW-1811896</t>
+  </si>
+  <si>
+    <t>Wood</t>
+  </si>
+  <si>
+    <t>LPUW-2094193</t>
+  </si>
+  <si>
+    <t>Wu</t>
+  </si>
+  <si>
+    <t>LPUW-2392039</t>
+  </si>
+  <si>
+    <t>Yen</t>
+  </si>
+  <si>
+    <t>Lilian</t>
+  </si>
+  <si>
+    <t>LPUW-2169012</t>
+  </si>
+  <si>
+    <t>Culbertson</t>
+  </si>
+  <si>
+    <t>Tatiana</t>
+  </si>
+  <si>
+    <t>LPUW-2393468</t>
+  </si>
+  <si>
+    <t>Approved - Deficient</t>
   </si>
   <si>
     <t>Byrne</t>
   </si>
   <si>
-    <t>Kevin</t>
-[...1 lines deleted...]
-  <si>
     <t>Richard</t>
   </si>
   <si>
     <t>LPUW-1760114</t>
   </si>
   <si>
-    <t>DynAMC Solutions, LLC</t>
-[...14 lines deleted...]
-    <t>Colleen</t>
+    <t>Approved - Inactive</t>
   </si>
   <si>
     <t>Myra</t>
   </si>
   <si>
     <t>LPUW-2441021</t>
   </si>
   <si>
-    <t>Nationstar Mortgage LLC</t>
-[...271 lines deleted...]
-  <si>
     <t>Garcia</t>
   </si>
   <si>
-    <t>Jeffrey</t>
-[...1 lines deleted...]
-  <si>
     <t>Joel</t>
   </si>
   <si>
     <t>LPUW-2442982</t>
   </si>
   <si>
-    <t>Gavitt</t>
-[...193 lines deleted...]
-  <si>
     <t>Harrop</t>
   </si>
   <si>
     <t>Faith</t>
   </si>
   <si>
     <t>LPUW-2456676</t>
   </si>
   <si>
-    <t>Henson</t>
-[...1438 lines deleted...]
-  <si>
     <t>Individual Last Name</t>
   </si>
   <si>
     <t>Individual First Name</t>
   </si>
   <si>
     <t>Individual Middle Name</t>
   </si>
   <si>
     <t>Individual Suffix</t>
   </si>
   <si>
     <t>License Number</t>
   </si>
   <si>
     <t>License Name</t>
   </si>
   <si>
     <t>License Status</t>
   </si>
   <si>
     <t>Sponsoring Company</t>
   </si>
   <si>
     <t>Report Current As Of</t>
   </si>
   <si>
-    <t>Loan Processor/Underwriter Licensees as of December 5, 2025</t>
+    <t>Loan Processor/Underwriter Licensees as of February 5, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -2350,56 +2071,54 @@
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
@@ -2698,5312 +2417,4671 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{14F88AB8-C8D7-452F-BCCE-BA293583D609}">
-  <dimension ref="A1:I209"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{79618B65-49F3-4E90-9EF7-99751283F689}">
+  <dimension ref="A1:I181"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="17.6640625" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="9" max="9" width="17.5546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="19.44140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="19.6640625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="21.88671875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="15.21875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="15.44140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="35" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="18.33203125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="44.5546875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="19.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="21" x14ac:dyDescent="0.4">
       <c r="A1" s="4" t="s">
-        <v>752</v>
+        <v>659</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
     </row>
-    <row r="2" spans="1:9" s="3" customFormat="1" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-        <v>750</v>
+    <row r="2" spans="1:9" s="2" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>651</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="F2" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="G2" s="2" t="s">
+        <v>656</v>
+      </c>
+      <c r="H2" s="2" t="s">
+        <v>657</v>
       </c>
       <c r="I2" s="3" t="s">
-        <v>751</v>
-[...3 lines deleted...]
-      <c r="A3" s="1" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A3" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="B3" t="s">
         <v>1</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="E3" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="1" t="s">
-[...5 lines deleted...]
-      <c r="H3" s="1" t="s">
+      <c r="F3" t="s">
+        <v>3</v>
+      </c>
+      <c r="G3" t="s">
+        <v>4</v>
+      </c>
+      <c r="H3" t="s">
         <v>5</v>
       </c>
-      <c r="I3" s="2">
-[...4 lines deleted...]
-      <c r="A4" s="1" t="s">
+      <c r="I3" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A4" t="s">
         <v>6</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="B4" t="s">
         <v>7</v>
       </c>
-      <c r="C4" s="1" t="s">
+      <c r="C4" t="s">
         <v>8</v>
       </c>
-      <c r="E4" s="1" t="s">
+      <c r="E4" t="s">
         <v>9</v>
       </c>
-      <c r="F4" s="1" t="s">
-[...5 lines deleted...]
-      <c r="H4" s="1" t="s">
+      <c r="F4" t="s">
+        <v>3</v>
+      </c>
+      <c r="G4" t="s">
+        <v>4</v>
+      </c>
+      <c r="H4" t="s">
         <v>10</v>
       </c>
-      <c r="I4" s="2">
-[...4 lines deleted...]
-      <c r="A5" s="1" t="s">
+      <c r="I4" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A5" t="s">
         <v>11</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="B5" t="s">
         <v>12</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="C5" t="s">
         <v>13</v>
       </c>
-      <c r="E5" s="1" t="s">
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="F5" s="1" t="s">
-[...5 lines deleted...]
-      <c r="H5" s="1" t="s">
+      <c r="F5" t="s">
+        <v>3</v>
+      </c>
+      <c r="G5" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" t="s">
         <v>15</v>
       </c>
-      <c r="I5" s="2">
-[...27 lines deleted...]
-      <c r="A7" s="1" t="s">
+      <c r="I5" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A6" t="s">
         <v>16</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="B6" t="s">
         <v>17</v>
       </c>
-      <c r="E7" s="1" t="s">
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="F7" s="1" t="s">
-[...5 lines deleted...]
-      <c r="H7" s="1" t="s">
+      <c r="F6" t="s">
+        <v>3</v>
+      </c>
+      <c r="G6" t="s">
+        <v>4</v>
+      </c>
+      <c r="H6" t="s">
         <v>19</v>
       </c>
-      <c r="I7" s="2">
-[...4 lines deleted...]
-      <c r="A8" s="1" t="s">
+      <c r="I6" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A7" t="s">
         <v>20</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="B7" t="s">
         <v>21</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="C7" t="s">
         <v>22</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="E7" t="s">
         <v>23</v>
       </c>
-      <c r="F8" s="1" t="s">
-[...5 lines deleted...]
-      <c r="H8" s="1" t="s">
+      <c r="F7" t="s">
+        <v>3</v>
+      </c>
+      <c r="G7" t="s">
+        <v>4</v>
+      </c>
+      <c r="H7" t="s">
         <v>24</v>
       </c>
-      <c r="I8" s="2">
-[...10 lines deleted...]
-      <c r="C9" s="1" t="s">
+      <c r="I7" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A8" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" t="s">
+        <v>27</v>
+      </c>
+      <c r="E8" t="s">
+        <v>28</v>
+      </c>
+      <c r="F8" t="s">
+        <v>3</v>
+      </c>
+      <c r="G8" t="s">
+        <v>4</v>
+      </c>
+      <c r="H8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I8" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A9" t="s">
+        <v>30</v>
+      </c>
+      <c r="B9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>3</v>
+      </c>
+      <c r="G9" t="s">
+        <v>4</v>
+      </c>
+      <c r="H9" t="s">
+        <v>10</v>
+      </c>
+      <c r="I9" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" t="s">
+        <v>35</v>
+      </c>
+      <c r="C10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" t="s">
+        <v>3</v>
+      </c>
+      <c r="G10" t="s">
+        <v>4</v>
+      </c>
+      <c r="H10" t="s">
+        <v>38</v>
+      </c>
+      <c r="I10" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" t="s">
+        <v>40</v>
+      </c>
+      <c r="E11" t="s">
+        <v>41</v>
+      </c>
+      <c r="F11" t="s">
+        <v>3</v>
+      </c>
+      <c r="G11" t="s">
+        <v>4</v>
+      </c>
+      <c r="H11" t="s">
+        <v>42</v>
+      </c>
+      <c r="I11" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A12" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" t="s">
+        <v>44</v>
+      </c>
+      <c r="C12" t="s">
+        <v>45</v>
+      </c>
+      <c r="E12" t="s">
+        <v>46</v>
+      </c>
+      <c r="F12" t="s">
+        <v>3</v>
+      </c>
+      <c r="G12" t="s">
+        <v>4</v>
+      </c>
+      <c r="H12" t="s">
+        <v>47</v>
+      </c>
+      <c r="I12" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A13" t="s">
+        <v>48</v>
+      </c>
+      <c r="B13" t="s">
+        <v>49</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>50</v>
+      </c>
+      <c r="F13" t="s">
+        <v>3</v>
+      </c>
+      <c r="G13" t="s">
+        <v>4</v>
+      </c>
+      <c r="H13" t="s">
+        <v>51</v>
+      </c>
+      <c r="I13" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A14" t="s">
+        <v>52</v>
+      </c>
+      <c r="B14" t="s">
+        <v>53</v>
+      </c>
+      <c r="C14" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" t="s">
+        <v>55</v>
+      </c>
+      <c r="F14" t="s">
+        <v>3</v>
+      </c>
+      <c r="G14" t="s">
+        <v>4</v>
+      </c>
+      <c r="H14" t="s">
+        <v>19</v>
+      </c>
+      <c r="I14" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A15" t="s">
+        <v>56</v>
+      </c>
+      <c r="B15" t="s">
+        <v>57</v>
+      </c>
+      <c r="C15" t="s">
+        <v>58</v>
+      </c>
+      <c r="E15" t="s">
+        <v>59</v>
+      </c>
+      <c r="F15" t="s">
+        <v>3</v>
+      </c>
+      <c r="G15" t="s">
+        <v>4</v>
+      </c>
+      <c r="H15" t="s">
+        <v>60</v>
+      </c>
+      <c r="I15" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16" t="s">
+        <v>62</v>
+      </c>
+      <c r="C16" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" t="s">
+        <v>64</v>
+      </c>
+      <c r="E16" t="s">
+        <v>65</v>
+      </c>
+      <c r="F16" t="s">
+        <v>3</v>
+      </c>
+      <c r="G16" t="s">
+        <v>4</v>
+      </c>
+      <c r="H16" t="s">
+        <v>66</v>
+      </c>
+      <c r="I16" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A17" t="s">
+        <v>67</v>
+      </c>
+      <c r="B17" t="s">
+        <v>68</v>
+      </c>
+      <c r="C17" t="s">
+        <v>69</v>
+      </c>
+      <c r="E17" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" t="s">
+        <v>3</v>
+      </c>
+      <c r="G17" t="s">
+        <v>4</v>
+      </c>
+      <c r="H17" t="s">
+        <v>71</v>
+      </c>
+      <c r="I17" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A18" t="s">
+        <v>72</v>
+      </c>
+      <c r="B18" t="s">
+        <v>73</v>
+      </c>
+      <c r="C18" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" t="s">
+        <v>75</v>
+      </c>
+      <c r="E18" t="s">
+        <v>76</v>
+      </c>
+      <c r="F18" t="s">
+        <v>3</v>
+      </c>
+      <c r="G18" t="s">
+        <v>4</v>
+      </c>
+      <c r="H18" t="s">
+        <v>77</v>
+      </c>
+      <c r="I18" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A19" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" t="s">
+        <v>79</v>
+      </c>
+      <c r="E19" t="s">
+        <v>80</v>
+      </c>
+      <c r="F19" t="s">
+        <v>3</v>
+      </c>
+      <c r="G19" t="s">
+        <v>4</v>
+      </c>
+      <c r="H19" t="s">
+        <v>5</v>
+      </c>
+      <c r="I19" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A20" t="s">
+        <v>638</v>
+      </c>
+      <c r="B20" t="s">
+        <v>288</v>
+      </c>
+      <c r="C20" t="s">
+        <v>639</v>
+      </c>
+      <c r="E20" t="s">
+        <v>640</v>
+      </c>
+      <c r="F20" t="s">
+        <v>3</v>
+      </c>
+      <c r="G20" t="s">
+        <v>641</v>
+      </c>
+      <c r="I20" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A21" t="s">
+        <v>81</v>
+      </c>
+      <c r="B21" t="s">
+        <v>82</v>
+      </c>
+      <c r="E21" t="s">
+        <v>83</v>
+      </c>
+      <c r="F21" t="s">
+        <v>3</v>
+      </c>
+      <c r="G21" t="s">
+        <v>4</v>
+      </c>
+      <c r="H21" t="s">
+        <v>5</v>
+      </c>
+      <c r="I21" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A22" t="s">
+        <v>379</v>
+      </c>
+      <c r="B22" t="s">
+        <v>611</v>
+      </c>
+      <c r="C22" t="s">
+        <v>642</v>
+      </c>
+      <c r="E22" t="s">
+        <v>643</v>
+      </c>
+      <c r="F22" t="s">
+        <v>3</v>
+      </c>
+      <c r="G22" t="s">
+        <v>641</v>
+      </c>
+      <c r="I22" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A23" t="s">
+        <v>84</v>
+      </c>
+      <c r="B23" t="s">
+        <v>85</v>
+      </c>
+      <c r="E23" t="s">
+        <v>86</v>
+      </c>
+      <c r="F23" t="s">
+        <v>3</v>
+      </c>
+      <c r="G23" t="s">
+        <v>4</v>
+      </c>
+      <c r="H23" t="s">
+        <v>87</v>
+      </c>
+      <c r="I23" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A24" t="s">
+        <v>88</v>
+      </c>
+      <c r="B24" t="s">
+        <v>89</v>
+      </c>
+      <c r="C24" t="s">
+        <v>90</v>
+      </c>
+      <c r="E24" t="s">
+        <v>91</v>
+      </c>
+      <c r="F24" t="s">
+        <v>3</v>
+      </c>
+      <c r="G24" t="s">
+        <v>4</v>
+      </c>
+      <c r="H24" t="s">
+        <v>92</v>
+      </c>
+      <c r="I24" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A25" t="s">
+        <v>93</v>
+      </c>
+      <c r="B25" t="s">
+        <v>94</v>
+      </c>
+      <c r="E25" t="s">
+        <v>95</v>
+      </c>
+      <c r="F25" t="s">
+        <v>3</v>
+      </c>
+      <c r="G25" t="s">
+        <v>4</v>
+      </c>
+      <c r="H25" t="s">
+        <v>96</v>
+      </c>
+      <c r="I25" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A26" t="s">
+        <v>97</v>
+      </c>
+      <c r="B26" t="s">
+        <v>98</v>
+      </c>
+      <c r="C26" t="s">
+        <v>99</v>
+      </c>
+      <c r="E26" t="s">
+        <v>100</v>
+      </c>
+      <c r="F26" t="s">
+        <v>3</v>
+      </c>
+      <c r="G26" t="s">
+        <v>4</v>
+      </c>
+      <c r="H26" t="s">
+        <v>42</v>
+      </c>
+      <c r="I26" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A27" t="s">
+        <v>101</v>
+      </c>
+      <c r="B27" t="s">
+        <v>102</v>
+      </c>
+      <c r="C27" t="s">
+        <v>103</v>
+      </c>
+      <c r="E27" t="s">
+        <v>104</v>
+      </c>
+      <c r="F27" t="s">
+        <v>3</v>
+      </c>
+      <c r="G27" t="s">
+        <v>4</v>
+      </c>
+      <c r="H27" t="s">
+        <v>105</v>
+      </c>
+      <c r="I27" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A28" t="s">
+        <v>106</v>
+      </c>
+      <c r="B28" t="s">
+        <v>107</v>
+      </c>
+      <c r="C28" t="s">
+        <v>108</v>
+      </c>
+      <c r="E28" t="s">
+        <v>109</v>
+      </c>
+      <c r="F28" t="s">
+        <v>3</v>
+      </c>
+      <c r="G28" t="s">
+        <v>4</v>
+      </c>
+      <c r="H28" t="s">
+        <v>110</v>
+      </c>
+      <c r="I28" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A29" t="s">
+        <v>111</v>
+      </c>
+      <c r="B29" t="s">
+        <v>112</v>
+      </c>
+      <c r="E29" t="s">
+        <v>113</v>
+      </c>
+      <c r="F29" t="s">
+        <v>3</v>
+      </c>
+      <c r="G29" t="s">
+        <v>4</v>
+      </c>
+      <c r="H29" t="s">
+        <v>114</v>
+      </c>
+      <c r="I29" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A30" t="s">
+        <v>115</v>
+      </c>
+      <c r="B30" t="s">
+        <v>116</v>
+      </c>
+      <c r="C30" t="s">
+        <v>117</v>
+      </c>
+      <c r="E30" t="s">
+        <v>118</v>
+      </c>
+      <c r="F30" t="s">
+        <v>3</v>
+      </c>
+      <c r="G30" t="s">
+        <v>4</v>
+      </c>
+      <c r="H30" t="s">
+        <v>119</v>
+      </c>
+      <c r="I30" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A31" t="s">
+        <v>120</v>
+      </c>
+      <c r="B31" t="s">
+        <v>121</v>
+      </c>
+      <c r="C31" t="s">
+        <v>122</v>
+      </c>
+      <c r="E31" t="s">
+        <v>123</v>
+      </c>
+      <c r="F31" t="s">
+        <v>3</v>
+      </c>
+      <c r="G31" t="s">
+        <v>4</v>
+      </c>
+      <c r="H31" t="s">
+        <v>124</v>
+      </c>
+      <c r="I31" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A32" t="s">
+        <v>125</v>
+      </c>
+      <c r="B32" t="s">
+        <v>126</v>
+      </c>
+      <c r="C32" t="s">
+        <v>127</v>
+      </c>
+      <c r="E32" t="s">
+        <v>128</v>
+      </c>
+      <c r="F32" t="s">
+        <v>3</v>
+      </c>
+      <c r="G32" t="s">
+        <v>4</v>
+      </c>
+      <c r="H32" t="s">
+        <v>92</v>
+      </c>
+      <c r="I32" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A33" t="s">
+        <v>129</v>
+      </c>
+      <c r="B33" t="s">
+        <v>130</v>
+      </c>
+      <c r="C33" t="s">
+        <v>131</v>
+      </c>
+      <c r="E33" t="s">
+        <v>132</v>
+      </c>
+      <c r="F33" t="s">
+        <v>3</v>
+      </c>
+      <c r="G33" t="s">
+        <v>4</v>
+      </c>
+      <c r="H33" t="s">
+        <v>42</v>
+      </c>
+      <c r="I33" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A34" t="s">
+        <v>133</v>
+      </c>
+      <c r="B34" t="s">
+        <v>134</v>
+      </c>
+      <c r="E34" t="s">
+        <v>135</v>
+      </c>
+      <c r="F34" t="s">
+        <v>3</v>
+      </c>
+      <c r="G34" t="s">
+        <v>4</v>
+      </c>
+      <c r="H34" t="s">
+        <v>105</v>
+      </c>
+      <c r="I34" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A35" t="s">
+        <v>136</v>
+      </c>
+      <c r="B35" t="s">
+        <v>137</v>
+      </c>
+      <c r="C35" t="s">
+        <v>122</v>
+      </c>
+      <c r="E35" t="s">
+        <v>138</v>
+      </c>
+      <c r="F35" t="s">
+        <v>3</v>
+      </c>
+      <c r="G35" t="s">
+        <v>4</v>
+      </c>
+      <c r="H35" t="s">
+        <v>110</v>
+      </c>
+      <c r="I35" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A36" t="s">
+        <v>634</v>
+      </c>
+      <c r="B36" t="s">
+        <v>635</v>
+      </c>
+      <c r="E36" t="s">
+        <v>636</v>
+      </c>
+      <c r="F36" t="s">
+        <v>3</v>
+      </c>
+      <c r="G36" t="s">
+        <v>637</v>
+      </c>
+      <c r="H36" t="s">
+        <v>105</v>
+      </c>
+      <c r="I36" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A37" t="s">
+        <v>139</v>
+      </c>
+      <c r="B37" t="s">
+        <v>140</v>
+      </c>
+      <c r="C37" t="s">
+        <v>141</v>
+      </c>
+      <c r="E37" t="s">
+        <v>142</v>
+      </c>
+      <c r="F37" t="s">
+        <v>3</v>
+      </c>
+      <c r="G37" t="s">
+        <v>4</v>
+      </c>
+      <c r="H37" t="s">
+        <v>77</v>
+      </c>
+      <c r="I37" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A38" t="s">
+        <v>143</v>
+      </c>
+      <c r="B38" t="s">
+        <v>144</v>
+      </c>
+      <c r="C38" t="s">
+        <v>145</v>
+      </c>
+      <c r="E38" t="s">
+        <v>146</v>
+      </c>
+      <c r="F38" t="s">
+        <v>3</v>
+      </c>
+      <c r="G38" t="s">
+        <v>4</v>
+      </c>
+      <c r="H38" t="s">
+        <v>147</v>
+      </c>
+      <c r="I38" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A39" t="s">
+        <v>148</v>
+      </c>
+      <c r="B39" t="s">
+        <v>149</v>
+      </c>
+      <c r="C39" t="s">
+        <v>150</v>
+      </c>
+      <c r="E39" t="s">
+        <v>151</v>
+      </c>
+      <c r="F39" t="s">
+        <v>3</v>
+      </c>
+      <c r="G39" t="s">
+        <v>4</v>
+      </c>
+      <c r="H39" t="s">
+        <v>10</v>
+      </c>
+      <c r="I39" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A40" t="s">
+        <v>152</v>
+      </c>
+      <c r="B40" t="s">
+        <v>153</v>
+      </c>
+      <c r="C40" t="s">
+        <v>154</v>
+      </c>
+      <c r="E40" t="s">
+        <v>155</v>
+      </c>
+      <c r="F40" t="s">
+        <v>3</v>
+      </c>
+      <c r="G40" t="s">
+        <v>4</v>
+      </c>
+      <c r="H40" t="s">
+        <v>156</v>
+      </c>
+      <c r="I40" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A41" t="s">
+        <v>157</v>
+      </c>
+      <c r="B41" t="s">
+        <v>158</v>
+      </c>
+      <c r="C41" t="s">
+        <v>159</v>
+      </c>
+      <c r="E41" t="s">
+        <v>160</v>
+      </c>
+      <c r="F41" t="s">
+        <v>3</v>
+      </c>
+      <c r="G41" t="s">
+        <v>4</v>
+      </c>
+      <c r="H41" t="s">
+        <v>161</v>
+      </c>
+      <c r="I41" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A42" t="s">
+        <v>162</v>
+      </c>
+      <c r="B42" t="s">
+        <v>163</v>
+      </c>
+      <c r="C42" t="s">
+        <v>164</v>
+      </c>
+      <c r="E42" t="s">
+        <v>165</v>
+      </c>
+      <c r="F42" t="s">
+        <v>3</v>
+      </c>
+      <c r="G42" t="s">
+        <v>4</v>
+      </c>
+      <c r="H42" t="s">
+        <v>105</v>
+      </c>
+      <c r="I42" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A43" t="s">
+        <v>166</v>
+      </c>
+      <c r="B43" t="s">
+        <v>167</v>
+      </c>
+      <c r="C43" t="s">
+        <v>45</v>
+      </c>
+      <c r="E43" t="s">
+        <v>168</v>
+      </c>
+      <c r="F43" t="s">
+        <v>3</v>
+      </c>
+      <c r="G43" t="s">
+        <v>4</v>
+      </c>
+      <c r="H43" t="s">
+        <v>10</v>
+      </c>
+      <c r="I43" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A44" t="s">
+        <v>169</v>
+      </c>
+      <c r="B44" t="s">
+        <v>170</v>
+      </c>
+      <c r="C44" t="s">
+        <v>171</v>
+      </c>
+      <c r="E44" t="s">
+        <v>172</v>
+      </c>
+      <c r="F44" t="s">
+        <v>3</v>
+      </c>
+      <c r="G44" t="s">
+        <v>4</v>
+      </c>
+      <c r="H44" t="s">
+        <v>124</v>
+      </c>
+      <c r="I44" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A45" t="s">
+        <v>173</v>
+      </c>
+      <c r="B45" t="s">
+        <v>174</v>
+      </c>
+      <c r="C45" t="s">
+        <v>175</v>
+      </c>
+      <c r="E45" t="s">
+        <v>176</v>
+      </c>
+      <c r="F45" t="s">
+        <v>3</v>
+      </c>
+      <c r="G45" t="s">
+        <v>4</v>
+      </c>
+      <c r="H45" t="s">
+        <v>110</v>
+      </c>
+      <c r="I45" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A46" t="s">
+        <v>177</v>
+      </c>
+      <c r="B46" t="s">
+        <v>32</v>
+      </c>
+      <c r="C46" t="s">
+        <v>178</v>
+      </c>
+      <c r="E46" t="s">
+        <v>179</v>
+      </c>
+      <c r="F46" t="s">
+        <v>3</v>
+      </c>
+      <c r="G46" t="s">
+        <v>4</v>
+      </c>
+      <c r="H46" t="s">
+        <v>10</v>
+      </c>
+      <c r="I46" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A47" t="s">
+        <v>644</v>
+      </c>
+      <c r="B47" t="s">
+        <v>575</v>
+      </c>
+      <c r="C47" t="s">
+        <v>645</v>
+      </c>
+      <c r="E47" t="s">
+        <v>646</v>
+      </c>
+      <c r="F47" t="s">
+        <v>3</v>
+      </c>
+      <c r="G47" t="s">
+        <v>641</v>
+      </c>
+      <c r="I47" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A48" t="s">
+        <v>180</v>
+      </c>
+      <c r="B48" t="s">
+        <v>181</v>
+      </c>
+      <c r="C48" t="s">
+        <v>182</v>
+      </c>
+      <c r="E48" t="s">
+        <v>183</v>
+      </c>
+      <c r="F48" t="s">
+        <v>3</v>
+      </c>
+      <c r="G48" t="s">
+        <v>4</v>
+      </c>
+      <c r="H48" t="s">
+        <v>77</v>
+      </c>
+      <c r="I48" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A49" t="s">
+        <v>184</v>
+      </c>
+      <c r="B49" t="s">
+        <v>130</v>
+      </c>
+      <c r="E49" t="s">
+        <v>185</v>
+      </c>
+      <c r="F49" t="s">
+        <v>3</v>
+      </c>
+      <c r="G49" t="s">
+        <v>4</v>
+      </c>
+      <c r="H49" t="s">
+        <v>186</v>
+      </c>
+      <c r="I49" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A50" t="s">
+        <v>187</v>
+      </c>
+      <c r="B50" t="s">
+        <v>188</v>
+      </c>
+      <c r="C50" t="s">
+        <v>189</v>
+      </c>
+      <c r="E50" t="s">
+        <v>190</v>
+      </c>
+      <c r="F50" t="s">
+        <v>3</v>
+      </c>
+      <c r="G50" t="s">
+        <v>4</v>
+      </c>
+      <c r="H50" t="s">
+        <v>42</v>
+      </c>
+      <c r="I50" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A51" t="s">
+        <v>187</v>
+      </c>
+      <c r="B51" t="s">
+        <v>31</v>
+      </c>
+      <c r="C51" t="s">
+        <v>191</v>
+      </c>
+      <c r="E51" t="s">
+        <v>192</v>
+      </c>
+      <c r="F51" t="s">
+        <v>3</v>
+      </c>
+      <c r="G51" t="s">
+        <v>4</v>
+      </c>
+      <c r="H51" t="s">
+        <v>42</v>
+      </c>
+      <c r="I51" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A52" t="s">
+        <v>193</v>
+      </c>
+      <c r="B52" t="s">
+        <v>194</v>
+      </c>
+      <c r="C52" t="s">
+        <v>195</v>
+      </c>
+      <c r="E52" t="s">
+        <v>196</v>
+      </c>
+      <c r="F52" t="s">
+        <v>3</v>
+      </c>
+      <c r="G52" t="s">
+        <v>4</v>
+      </c>
+      <c r="H52" t="s">
+        <v>197</v>
+      </c>
+      <c r="I52" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A53" t="s">
+        <v>198</v>
+      </c>
+      <c r="B53" t="s">
+        <v>32</v>
+      </c>
+      <c r="C53" t="s">
+        <v>73</v>
+      </c>
+      <c r="E53" t="s">
+        <v>199</v>
+      </c>
+      <c r="F53" t="s">
+        <v>3</v>
+      </c>
+      <c r="G53" t="s">
+        <v>4</v>
+      </c>
+      <c r="H53" t="s">
+        <v>10</v>
+      </c>
+      <c r="I53" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A54" t="s">
+        <v>198</v>
+      </c>
+      <c r="B54" t="s">
+        <v>200</v>
+      </c>
+      <c r="C54" t="s">
+        <v>201</v>
+      </c>
+      <c r="E54" t="s">
+        <v>202</v>
+      </c>
+      <c r="F54" t="s">
+        <v>3</v>
+      </c>
+      <c r="G54" t="s">
+        <v>4</v>
+      </c>
+      <c r="H54" t="s">
+        <v>42</v>
+      </c>
+      <c r="I54" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A55" t="s">
+        <v>203</v>
+      </c>
+      <c r="B55" t="s">
+        <v>204</v>
+      </c>
+      <c r="C55" t="s">
+        <v>126</v>
+      </c>
+      <c r="E55" t="s">
+        <v>205</v>
+      </c>
+      <c r="F55" t="s">
+        <v>3</v>
+      </c>
+      <c r="G55" t="s">
+        <v>4</v>
+      </c>
+      <c r="H55" t="s">
+        <v>124</v>
+      </c>
+      <c r="I55" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A56" t="s">
+        <v>206</v>
+      </c>
+      <c r="B56" t="s">
+        <v>207</v>
+      </c>
+      <c r="C56" t="s">
+        <v>145</v>
+      </c>
+      <c r="E56" t="s">
+        <v>208</v>
+      </c>
+      <c r="F56" t="s">
+        <v>3</v>
+      </c>
+      <c r="G56" t="s">
+        <v>4</v>
+      </c>
+      <c r="H56" t="s">
+        <v>10</v>
+      </c>
+      <c r="I56" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A57" t="s">
+        <v>206</v>
+      </c>
+      <c r="B57" t="s">
+        <v>209</v>
+      </c>
+      <c r="C57" t="s">
+        <v>154</v>
+      </c>
+      <c r="E57" t="s">
+        <v>210</v>
+      </c>
+      <c r="F57" t="s">
+        <v>3</v>
+      </c>
+      <c r="G57" t="s">
+        <v>4</v>
+      </c>
+      <c r="H57" t="s">
+        <v>110</v>
+      </c>
+      <c r="I57" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A58" t="s">
+        <v>211</v>
+      </c>
+      <c r="B58" t="s">
+        <v>189</v>
+      </c>
+      <c r="C58" t="s">
+        <v>212</v>
+      </c>
+      <c r="E58" t="s">
+        <v>213</v>
+      </c>
+      <c r="F58" t="s">
+        <v>3</v>
+      </c>
+      <c r="G58" t="s">
+        <v>4</v>
+      </c>
+      <c r="H58" t="s">
+        <v>105</v>
+      </c>
+      <c r="I58" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A59" t="s">
+        <v>214</v>
+      </c>
+      <c r="B59" t="s">
+        <v>215</v>
+      </c>
+      <c r="C59" t="s">
+        <v>216</v>
+      </c>
+      <c r="E59" t="s">
+        <v>217</v>
+      </c>
+      <c r="F59" t="s">
+        <v>3</v>
+      </c>
+      <c r="G59" t="s">
+        <v>4</v>
+      </c>
+      <c r="H59" t="s">
+        <v>92</v>
+      </c>
+      <c r="I59" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A60" t="s">
+        <v>218</v>
+      </c>
+      <c r="B60" t="s">
+        <v>35</v>
+      </c>
+      <c r="C60" t="s">
+        <v>219</v>
+      </c>
+      <c r="E60" t="s">
+        <v>220</v>
+      </c>
+      <c r="F60" t="s">
+        <v>3</v>
+      </c>
+      <c r="G60" t="s">
+        <v>4</v>
+      </c>
+      <c r="H60" t="s">
+        <v>5</v>
+      </c>
+      <c r="I60" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A61" t="s">
+        <v>221</v>
+      </c>
+      <c r="B61" t="s">
+        <v>222</v>
+      </c>
+      <c r="C61" t="s">
+        <v>223</v>
+      </c>
+      <c r="E61" t="s">
+        <v>224</v>
+      </c>
+      <c r="F61" t="s">
+        <v>3</v>
+      </c>
+      <c r="G61" t="s">
+        <v>4</v>
+      </c>
+      <c r="H61" t="s">
+        <v>225</v>
+      </c>
+      <c r="I61" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A62" t="s">
+        <v>226</v>
+      </c>
+      <c r="B62" t="s">
+        <v>227</v>
+      </c>
+      <c r="E62" t="s">
+        <v>228</v>
+      </c>
+      <c r="F62" t="s">
+        <v>3</v>
+      </c>
+      <c r="G62" t="s">
+        <v>4</v>
+      </c>
+      <c r="H62" t="s">
+        <v>229</v>
+      </c>
+      <c r="I62" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A63" t="s">
+        <v>230</v>
+      </c>
+      <c r="B63" t="s">
+        <v>231</v>
+      </c>
+      <c r="C63" t="s">
+        <v>32</v>
+      </c>
+      <c r="E63" t="s">
+        <v>232</v>
+      </c>
+      <c r="F63" t="s">
+        <v>3</v>
+      </c>
+      <c r="G63" t="s">
+        <v>4</v>
+      </c>
+      <c r="H63" t="s">
+        <v>10</v>
+      </c>
+      <c r="I63" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A64" t="s">
+        <v>233</v>
+      </c>
+      <c r="B64" t="s">
+        <v>234</v>
+      </c>
+      <c r="C64" t="s">
+        <v>235</v>
+      </c>
+      <c r="E64" t="s">
+        <v>236</v>
+      </c>
+      <c r="F64" t="s">
+        <v>3</v>
+      </c>
+      <c r="G64" t="s">
+        <v>4</v>
+      </c>
+      <c r="H64" t="s">
+        <v>10</v>
+      </c>
+      <c r="I64" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A65" t="s">
+        <v>237</v>
+      </c>
+      <c r="B65" t="s">
+        <v>238</v>
+      </c>
+      <c r="C65" t="s">
+        <v>239</v>
+      </c>
+      <c r="D65" t="s">
+        <v>240</v>
+      </c>
+      <c r="E65" t="s">
+        <v>241</v>
+      </c>
+      <c r="F65" t="s">
+        <v>3</v>
+      </c>
+      <c r="G65" t="s">
+        <v>4</v>
+      </c>
+      <c r="H65" t="s">
+        <v>105</v>
+      </c>
+      <c r="I65" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A66" t="s">
+        <v>242</v>
+      </c>
+      <c r="B66" t="s">
+        <v>243</v>
+      </c>
+      <c r="C66" t="s">
+        <v>244</v>
+      </c>
+      <c r="E66" t="s">
+        <v>245</v>
+      </c>
+      <c r="F66" t="s">
+        <v>3</v>
+      </c>
+      <c r="G66" t="s">
+        <v>4</v>
+      </c>
+      <c r="H66" t="s">
+        <v>10</v>
+      </c>
+      <c r="I66" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A67" t="s">
+        <v>647</v>
+      </c>
+      <c r="B67" t="s">
+        <v>648</v>
+      </c>
+      <c r="E67" t="s">
+        <v>649</v>
+      </c>
+      <c r="F67" t="s">
+        <v>3</v>
+      </c>
+      <c r="G67" t="s">
+        <v>641</v>
+      </c>
+      <c r="I67" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A68" t="s">
+        <v>246</v>
+      </c>
+      <c r="B68" t="s">
+        <v>247</v>
+      </c>
+      <c r="C68" t="s">
+        <v>248</v>
+      </c>
+      <c r="E68" t="s">
+        <v>249</v>
+      </c>
+      <c r="F68" t="s">
+        <v>3</v>
+      </c>
+      <c r="G68" t="s">
+        <v>4</v>
+      </c>
+      <c r="H68" t="s">
+        <v>51</v>
+      </c>
+      <c r="I68" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A69" t="s">
+        <v>250</v>
+      </c>
+      <c r="B69" t="s">
+        <v>45</v>
+      </c>
+      <c r="C69" t="s">
+        <v>159</v>
+      </c>
+      <c r="E69" t="s">
+        <v>251</v>
+      </c>
+      <c r="F69" t="s">
+        <v>3</v>
+      </c>
+      <c r="G69" t="s">
+        <v>4</v>
+      </c>
+      <c r="H69" t="s">
+        <v>47</v>
+      </c>
+      <c r="I69" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A70" t="s">
+        <v>252</v>
+      </c>
+      <c r="B70" t="s">
+        <v>253</v>
+      </c>
+      <c r="C70" t="s">
+        <v>254</v>
+      </c>
+      <c r="E70" t="s">
+        <v>255</v>
+      </c>
+      <c r="F70" t="s">
+        <v>3</v>
+      </c>
+      <c r="G70" t="s">
+        <v>4</v>
+      </c>
+      <c r="H70" t="s">
+        <v>105</v>
+      </c>
+      <c r="I70" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A71" t="s">
+        <v>256</v>
+      </c>
+      <c r="B71" t="s">
+        <v>102</v>
+      </c>
+      <c r="C71" t="s">
+        <v>257</v>
+      </c>
+      <c r="E71" t="s">
+        <v>258</v>
+      </c>
+      <c r="F71" t="s">
+        <v>3</v>
+      </c>
+      <c r="G71" t="s">
+        <v>4</v>
+      </c>
+      <c r="H71" t="s">
+        <v>161</v>
+      </c>
+      <c r="I71" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A72" t="s">
+        <v>259</v>
+      </c>
+      <c r="B72" t="s">
+        <v>260</v>
+      </c>
+      <c r="C72" t="s">
+        <v>261</v>
+      </c>
+      <c r="E72" t="s">
+        <v>262</v>
+      </c>
+      <c r="F72" t="s">
+        <v>3</v>
+      </c>
+      <c r="G72" t="s">
+        <v>4</v>
+      </c>
+      <c r="H72" t="s">
+        <v>5</v>
+      </c>
+      <c r="I72" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A73" t="s">
+        <v>263</v>
+      </c>
+      <c r="B73" t="s">
+        <v>68</v>
+      </c>
+      <c r="E73" t="s">
+        <v>264</v>
+      </c>
+      <c r="F73" t="s">
+        <v>3</v>
+      </c>
+      <c r="G73" t="s">
+        <v>4</v>
+      </c>
+      <c r="H73" t="s">
+        <v>5</v>
+      </c>
+      <c r="I73" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A74" t="s">
+        <v>265</v>
+      </c>
+      <c r="B74" t="s">
+        <v>266</v>
+      </c>
+      <c r="C74" t="s">
+        <v>154</v>
+      </c>
+      <c r="E74" t="s">
+        <v>267</v>
+      </c>
+      <c r="F74" t="s">
+        <v>3</v>
+      </c>
+      <c r="G74" t="s">
+        <v>4</v>
+      </c>
+      <c r="H74" t="s">
+        <v>156</v>
+      </c>
+      <c r="I74" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A75" t="s">
+        <v>268</v>
+      </c>
+      <c r="B75" t="s">
+        <v>269</v>
+      </c>
+      <c r="C75" t="s">
+        <v>154</v>
+      </c>
+      <c r="E75" t="s">
+        <v>270</v>
+      </c>
+      <c r="F75" t="s">
+        <v>3</v>
+      </c>
+      <c r="G75" t="s">
+        <v>4</v>
+      </c>
+      <c r="H75" t="s">
+        <v>271</v>
+      </c>
+      <c r="I75" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A76" t="s">
+        <v>272</v>
+      </c>
+      <c r="B76" t="s">
+        <v>195</v>
+      </c>
+      <c r="C76" t="s">
+        <v>273</v>
+      </c>
+      <c r="E76" t="s">
+        <v>274</v>
+      </c>
+      <c r="F76" t="s">
+        <v>3</v>
+      </c>
+      <c r="G76" t="s">
+        <v>4</v>
+      </c>
+      <c r="H76" t="s">
+        <v>275</v>
+      </c>
+      <c r="I76" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A77" t="s">
+        <v>276</v>
+      </c>
+      <c r="B77" t="s">
+        <v>277</v>
+      </c>
+      <c r="C77" t="s">
+        <v>126</v>
+      </c>
+      <c r="E77" t="s">
+        <v>278</v>
+      </c>
+      <c r="F77" t="s">
+        <v>3</v>
+      </c>
+      <c r="G77" t="s">
+        <v>4</v>
+      </c>
+      <c r="H77" t="s">
+        <v>10</v>
+      </c>
+      <c r="I77" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A78" t="s">
+        <v>279</v>
+      </c>
+      <c r="B78" t="s">
+        <v>280</v>
+      </c>
+      <c r="C78" t="s">
+        <v>281</v>
+      </c>
+      <c r="E78" t="s">
+        <v>282</v>
+      </c>
+      <c r="F78" t="s">
+        <v>3</v>
+      </c>
+      <c r="G78" t="s">
+        <v>4</v>
+      </c>
+      <c r="H78" t="s">
+        <v>105</v>
+      </c>
+      <c r="I78" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A79" t="s">
+        <v>283</v>
+      </c>
+      <c r="B79" t="s">
+        <v>209</v>
+      </c>
+      <c r="C79" t="s">
+        <v>284</v>
+      </c>
+      <c r="E79" t="s">
+        <v>285</v>
+      </c>
+      <c r="F79" t="s">
+        <v>3</v>
+      </c>
+      <c r="G79" t="s">
+        <v>4</v>
+      </c>
+      <c r="H79" t="s">
+        <v>286</v>
+      </c>
+      <c r="I79" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A80" t="s">
+        <v>287</v>
+      </c>
+      <c r="B80" t="s">
+        <v>288</v>
+      </c>
+      <c r="C80" t="s">
+        <v>289</v>
+      </c>
+      <c r="E80" t="s">
+        <v>290</v>
+      </c>
+      <c r="F80" t="s">
+        <v>3</v>
+      </c>
+      <c r="G80" t="s">
+        <v>4</v>
+      </c>
+      <c r="H80" t="s">
+        <v>291</v>
+      </c>
+      <c r="I80" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A81" t="s">
+        <v>287</v>
+      </c>
+      <c r="B81" t="s">
+        <v>292</v>
+      </c>
+      <c r="C81" t="s">
+        <v>219</v>
+      </c>
+      <c r="E81" t="s">
+        <v>293</v>
+      </c>
+      <c r="F81" t="s">
+        <v>3</v>
+      </c>
+      <c r="G81" t="s">
+        <v>4</v>
+      </c>
+      <c r="H81" t="s">
+        <v>42</v>
+      </c>
+      <c r="I81" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A82" t="s">
+        <v>294</v>
+      </c>
+      <c r="B82" t="s">
+        <v>108</v>
+      </c>
+      <c r="C82" t="s">
+        <v>195</v>
+      </c>
+      <c r="E82" t="s">
+        <v>295</v>
+      </c>
+      <c r="F82" t="s">
+        <v>3</v>
+      </c>
+      <c r="G82" t="s">
+        <v>4</v>
+      </c>
+      <c r="H82" t="s">
+        <v>296</v>
+      </c>
+      <c r="I82" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A83" t="s">
+        <v>297</v>
+      </c>
+      <c r="B83" t="s">
+        <v>298</v>
+      </c>
+      <c r="C83" t="s">
+        <v>299</v>
+      </c>
+      <c r="E83" t="s">
+        <v>300</v>
+      </c>
+      <c r="F83" t="s">
+        <v>3</v>
+      </c>
+      <c r="G83" t="s">
+        <v>4</v>
+      </c>
+      <c r="H83" t="s">
+        <v>110</v>
+      </c>
+      <c r="I83" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A84" t="s">
+        <v>301</v>
+      </c>
+      <c r="B84" t="s">
+        <v>302</v>
+      </c>
+      <c r="C84" t="s">
+        <v>99</v>
+      </c>
+      <c r="E84" t="s">
+        <v>303</v>
+      </c>
+      <c r="F84" t="s">
+        <v>3</v>
+      </c>
+      <c r="G84" t="s">
+        <v>4</v>
+      </c>
+      <c r="H84" t="s">
+        <v>77</v>
+      </c>
+      <c r="I84" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A85" t="s">
+        <v>304</v>
+      </c>
+      <c r="B85" t="s">
+        <v>305</v>
+      </c>
+      <c r="C85" t="s">
+        <v>306</v>
+      </c>
+      <c r="E85" t="s">
+        <v>307</v>
+      </c>
+      <c r="F85" t="s">
+        <v>3</v>
+      </c>
+      <c r="G85" t="s">
+        <v>4</v>
+      </c>
+      <c r="H85" t="s">
+        <v>10</v>
+      </c>
+      <c r="I85" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A86" t="s">
+        <v>308</v>
+      </c>
+      <c r="B86" t="s">
+        <v>243</v>
+      </c>
+      <c r="E86" t="s">
+        <v>309</v>
+      </c>
+      <c r="F86" t="s">
+        <v>3</v>
+      </c>
+      <c r="G86" t="s">
+        <v>4</v>
+      </c>
+      <c r="H86" t="s">
+        <v>310</v>
+      </c>
+      <c r="I86" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A87" t="s">
+        <v>311</v>
+      </c>
+      <c r="B87" t="s">
+        <v>312</v>
+      </c>
+      <c r="C87" t="s">
+        <v>313</v>
+      </c>
+      <c r="E87" t="s">
+        <v>314</v>
+      </c>
+      <c r="F87" t="s">
+        <v>3</v>
+      </c>
+      <c r="G87" t="s">
+        <v>4</v>
+      </c>
+      <c r="H87" t="s">
+        <v>119</v>
+      </c>
+      <c r="I87" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A88" t="s">
+        <v>315</v>
+      </c>
+      <c r="B88" t="s">
+        <v>316</v>
+      </c>
+      <c r="C88" t="s">
+        <v>317</v>
+      </c>
+      <c r="E88" t="s">
+        <v>318</v>
+      </c>
+      <c r="F88" t="s">
+        <v>3</v>
+      </c>
+      <c r="G88" t="s">
+        <v>4</v>
+      </c>
+      <c r="H88" t="s">
+        <v>110</v>
+      </c>
+      <c r="I88" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A89" t="s">
+        <v>319</v>
+      </c>
+      <c r="B89" t="s">
+        <v>320</v>
+      </c>
+      <c r="C89" t="s">
+        <v>321</v>
+      </c>
+      <c r="E89" t="s">
+        <v>322</v>
+      </c>
+      <c r="F89" t="s">
+        <v>3</v>
+      </c>
+      <c r="G89" t="s">
+        <v>4</v>
+      </c>
+      <c r="H89" t="s">
+        <v>323</v>
+      </c>
+      <c r="I89" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A90" t="s">
+        <v>324</v>
+      </c>
+      <c r="B90" t="s">
+        <v>325</v>
+      </c>
+      <c r="E90" t="s">
+        <v>326</v>
+      </c>
+      <c r="F90" t="s">
+        <v>3</v>
+      </c>
+      <c r="G90" t="s">
+        <v>4</v>
+      </c>
+      <c r="H90" t="s">
+        <v>24</v>
+      </c>
+      <c r="I90" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A91" t="s">
+        <v>327</v>
+      </c>
+      <c r="B91" t="s">
+        <v>328</v>
+      </c>
+      <c r="C91" t="s">
+        <v>329</v>
+      </c>
+      <c r="E91" t="s">
+        <v>330</v>
+      </c>
+      <c r="F91" t="s">
+        <v>3</v>
+      </c>
+      <c r="G91" t="s">
+        <v>4</v>
+      </c>
+      <c r="H91" t="s">
+        <v>119</v>
+      </c>
+      <c r="I91" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A92" t="s">
+        <v>331</v>
+      </c>
+      <c r="B92" t="s">
+        <v>189</v>
+      </c>
+      <c r="C92" t="s">
+        <v>289</v>
+      </c>
+      <c r="E92" t="s">
+        <v>332</v>
+      </c>
+      <c r="F92" t="s">
+        <v>3</v>
+      </c>
+      <c r="G92" t="s">
+        <v>4</v>
+      </c>
+      <c r="H92" t="s">
+        <v>333</v>
+      </c>
+      <c r="I92" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A93" t="s">
+        <v>334</v>
+      </c>
+      <c r="B93" t="s">
+        <v>335</v>
+      </c>
+      <c r="C93" t="s">
+        <v>336</v>
+      </c>
+      <c r="E93" t="s">
+        <v>337</v>
+      </c>
+      <c r="F93" t="s">
+        <v>3</v>
+      </c>
+      <c r="G93" t="s">
+        <v>4</v>
+      </c>
+      <c r="H93" t="s">
+        <v>29</v>
+      </c>
+      <c r="I93" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A94" t="s">
+        <v>338</v>
+      </c>
+      <c r="B94" t="s">
+        <v>339</v>
+      </c>
+      <c r="C94" t="s">
+        <v>340</v>
+      </c>
+      <c r="E94" t="s">
+        <v>341</v>
+      </c>
+      <c r="F94" t="s">
+        <v>3</v>
+      </c>
+      <c r="G94" t="s">
+        <v>4</v>
+      </c>
+      <c r="H94" t="s">
+        <v>42</v>
+      </c>
+      <c r="I94" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A95" t="s">
+        <v>342</v>
+      </c>
+      <c r="B95" t="s">
+        <v>82</v>
+      </c>
+      <c r="E95" t="s">
+        <v>343</v>
+      </c>
+      <c r="F95" t="s">
+        <v>3</v>
+      </c>
+      <c r="G95" t="s">
+        <v>4</v>
+      </c>
+      <c r="H95" t="s">
+        <v>186</v>
+      </c>
+      <c r="I95" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A96" t="s">
+        <v>344</v>
+      </c>
+      <c r="B96" t="s">
+        <v>345</v>
+      </c>
+      <c r="C96" t="s">
+        <v>248</v>
+      </c>
+      <c r="E96" t="s">
+        <v>346</v>
+      </c>
+      <c r="F96" t="s">
+        <v>3</v>
+      </c>
+      <c r="G96" t="s">
+        <v>4</v>
+      </c>
+      <c r="H96" t="s">
+        <v>147</v>
+      </c>
+      <c r="I96" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A97" t="s">
+        <v>347</v>
+      </c>
+      <c r="B97" t="s">
+        <v>348</v>
+      </c>
+      <c r="C97" t="s">
+        <v>145</v>
+      </c>
+      <c r="E97" t="s">
+        <v>349</v>
+      </c>
+      <c r="F97" t="s">
+        <v>3</v>
+      </c>
+      <c r="G97" t="s">
+        <v>4</v>
+      </c>
+      <c r="H97" t="s">
+        <v>42</v>
+      </c>
+      <c r="I97" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A98" t="s">
+        <v>350</v>
+      </c>
+      <c r="B98" t="s">
+        <v>182</v>
+      </c>
+      <c r="C98" t="s">
+        <v>103</v>
+      </c>
+      <c r="E98" t="s">
+        <v>351</v>
+      </c>
+      <c r="F98" t="s">
+        <v>3</v>
+      </c>
+      <c r="G98" t="s">
+        <v>4</v>
+      </c>
+      <c r="H98" t="s">
+        <v>352</v>
+      </c>
+      <c r="I98" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A99" t="s">
+        <v>353</v>
+      </c>
+      <c r="B99" t="s">
+        <v>354</v>
+      </c>
+      <c r="C99" t="s">
+        <v>355</v>
+      </c>
+      <c r="E99" t="s">
+        <v>356</v>
+      </c>
+      <c r="F99" t="s">
+        <v>3</v>
+      </c>
+      <c r="G99" t="s">
+        <v>4</v>
+      </c>
+      <c r="H99" t="s">
+        <v>10</v>
+      </c>
+      <c r="I99" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A100" t="s">
+        <v>357</v>
+      </c>
+      <c r="B100" t="s">
+        <v>201</v>
+      </c>
+      <c r="C100" t="s">
+        <v>49</v>
+      </c>
+      <c r="E100" t="s">
+        <v>358</v>
+      </c>
+      <c r="F100" t="s">
+        <v>3</v>
+      </c>
+      <c r="G100" t="s">
+        <v>4</v>
+      </c>
+      <c r="H100" t="s">
+        <v>359</v>
+      </c>
+      <c r="I100" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A101" t="s">
+        <v>360</v>
+      </c>
+      <c r="B101" t="s">
+        <v>361</v>
+      </c>
+      <c r="C101" t="s">
+        <v>336</v>
+      </c>
+      <c r="E101" t="s">
+        <v>362</v>
+      </c>
+      <c r="F101" t="s">
+        <v>3</v>
+      </c>
+      <c r="G101" t="s">
+        <v>4</v>
+      </c>
+      <c r="H101" t="s">
+        <v>363</v>
+      </c>
+      <c r="I101" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A102" t="s">
+        <v>364</v>
+      </c>
+      <c r="B102" t="s">
+        <v>365</v>
+      </c>
+      <c r="C102" t="s">
+        <v>153</v>
+      </c>
+      <c r="E102" t="s">
+        <v>366</v>
+      </c>
+      <c r="F102" t="s">
+        <v>3</v>
+      </c>
+      <c r="G102" t="s">
+        <v>4</v>
+      </c>
+      <c r="H102" t="s">
+        <v>367</v>
+      </c>
+      <c r="I102" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A103" t="s">
+        <v>368</v>
+      </c>
+      <c r="B103" t="s">
+        <v>194</v>
+      </c>
+      <c r="C103" t="s">
+        <v>195</v>
+      </c>
+      <c r="E103" t="s">
+        <v>369</v>
+      </c>
+      <c r="F103" t="s">
+        <v>3</v>
+      </c>
+      <c r="G103" t="s">
+        <v>4</v>
+      </c>
+      <c r="H103" t="s">
+        <v>119</v>
+      </c>
+      <c r="I103" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A104" t="s">
+        <v>370</v>
+      </c>
+      <c r="B104" t="s">
+        <v>371</v>
+      </c>
+      <c r="C104" t="s">
+        <v>126</v>
+      </c>
+      <c r="E104" t="s">
+        <v>372</v>
+      </c>
+      <c r="F104" t="s">
+        <v>3</v>
+      </c>
+      <c r="G104" t="s">
+        <v>4</v>
+      </c>
+      <c r="H104" t="s">
+        <v>10</v>
+      </c>
+      <c r="I104" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A105" t="s">
+        <v>373</v>
+      </c>
+      <c r="B105" t="s">
+        <v>374</v>
+      </c>
+      <c r="C105" t="s">
+        <v>375</v>
+      </c>
+      <c r="E105" t="s">
+        <v>376</v>
+      </c>
+      <c r="F105" t="s">
+        <v>3</v>
+      </c>
+      <c r="G105" t="s">
+        <v>4</v>
+      </c>
+      <c r="H105" t="s">
+        <v>377</v>
+      </c>
+      <c r="I105" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A106" t="s">
+        <v>378</v>
+      </c>
+      <c r="B106" t="s">
+        <v>379</v>
+      </c>
+      <c r="C106" t="s">
+        <v>380</v>
+      </c>
+      <c r="E106" t="s">
+        <v>381</v>
+      </c>
+      <c r="F106" t="s">
+        <v>3</v>
+      </c>
+      <c r="G106" t="s">
+        <v>4</v>
+      </c>
+      <c r="H106" t="s">
+        <v>10</v>
+      </c>
+      <c r="I106" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A107" t="s">
+        <v>382</v>
+      </c>
+      <c r="B107" t="s">
+        <v>365</v>
+      </c>
+      <c r="C107" t="s">
+        <v>383</v>
+      </c>
+      <c r="E107" t="s">
+        <v>384</v>
+      </c>
+      <c r="F107" t="s">
+        <v>3</v>
+      </c>
+      <c r="G107" t="s">
+        <v>4</v>
+      </c>
+      <c r="H107" t="s">
+        <v>385</v>
+      </c>
+      <c r="I107" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A108" t="s">
+        <v>386</v>
+      </c>
+      <c r="B108" t="s">
+        <v>387</v>
+      </c>
+      <c r="C108" t="s">
+        <v>388</v>
+      </c>
+      <c r="E108" t="s">
+        <v>389</v>
+      </c>
+      <c r="F108" t="s">
+        <v>3</v>
+      </c>
+      <c r="G108" t="s">
+        <v>4</v>
+      </c>
+      <c r="H108" t="s">
+        <v>291</v>
+      </c>
+      <c r="I108" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A109" t="s">
+        <v>390</v>
+      </c>
+      <c r="B109" t="s">
+        <v>391</v>
+      </c>
+      <c r="C109" t="s">
+        <v>392</v>
+      </c>
+      <c r="E109" t="s">
+        <v>393</v>
+      </c>
+      <c r="F109" t="s">
+        <v>3</v>
+      </c>
+      <c r="G109" t="s">
+        <v>4</v>
+      </c>
+      <c r="H109" t="s">
+        <v>92</v>
+      </c>
+      <c r="I109" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A110" t="s">
+        <v>394</v>
+      </c>
+      <c r="B110" t="s">
+        <v>395</v>
+      </c>
+      <c r="C110" t="s">
+        <v>396</v>
+      </c>
+      <c r="E110" t="s">
+        <v>397</v>
+      </c>
+      <c r="F110" t="s">
+        <v>3</v>
+      </c>
+      <c r="G110" t="s">
+        <v>4</v>
+      </c>
+      <c r="H110" t="s">
+        <v>398</v>
+      </c>
+      <c r="I110" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A111" t="s">
+        <v>399</v>
+      </c>
+      <c r="B111" t="s">
+        <v>302</v>
+      </c>
+      <c r="C111" t="s">
+        <v>400</v>
+      </c>
+      <c r="E111" t="s">
+        <v>401</v>
+      </c>
+      <c r="F111" t="s">
+        <v>3</v>
+      </c>
+      <c r="G111" t="s">
+        <v>4</v>
+      </c>
+      <c r="H111" t="s">
+        <v>42</v>
+      </c>
+      <c r="I111" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A112" t="s">
+        <v>402</v>
+      </c>
+      <c r="B112" t="s">
+        <v>403</v>
+      </c>
+      <c r="E112" t="s">
+        <v>404</v>
+      </c>
+      <c r="F112" t="s">
+        <v>3</v>
+      </c>
+      <c r="G112" t="s">
+        <v>4</v>
+      </c>
+      <c r="H112" t="s">
+        <v>42</v>
+      </c>
+      <c r="I112" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A113" t="s">
+        <v>405</v>
+      </c>
+      <c r="B113" t="s">
+        <v>406</v>
+      </c>
+      <c r="C113" t="s">
+        <v>407</v>
+      </c>
+      <c r="E113" t="s">
+        <v>408</v>
+      </c>
+      <c r="F113" t="s">
+        <v>3</v>
+      </c>
+      <c r="G113" t="s">
+        <v>4</v>
+      </c>
+      <c r="H113" t="s">
+        <v>10</v>
+      </c>
+      <c r="I113" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A114" t="s">
+        <v>409</v>
+      </c>
+      <c r="B114" t="s">
+        <v>410</v>
+      </c>
+      <c r="C114" t="s">
+        <v>411</v>
+      </c>
+      <c r="E114" t="s">
+        <v>412</v>
+      </c>
+      <c r="F114" t="s">
+        <v>3</v>
+      </c>
+      <c r="G114" t="s">
+        <v>4</v>
+      </c>
+      <c r="H114" t="s">
+        <v>385</v>
+      </c>
+      <c r="I114" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A115" t="s">
+        <v>413</v>
+      </c>
+      <c r="B115" t="s">
+        <v>414</v>
+      </c>
+      <c r="C115" t="s">
+        <v>415</v>
+      </c>
+      <c r="E115" t="s">
+        <v>416</v>
+      </c>
+      <c r="F115" t="s">
+        <v>3</v>
+      </c>
+      <c r="G115" t="s">
+        <v>4</v>
+      </c>
+      <c r="H115" t="s">
+        <v>197</v>
+      </c>
+      <c r="I115" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A116" t="s">
+        <v>417</v>
+      </c>
+      <c r="B116" t="s">
+        <v>418</v>
+      </c>
+      <c r="C116" t="s">
+        <v>219</v>
+      </c>
+      <c r="E116" t="s">
+        <v>419</v>
+      </c>
+      <c r="F116" t="s">
+        <v>3</v>
+      </c>
+      <c r="G116" t="s">
+        <v>4</v>
+      </c>
+      <c r="H116" t="s">
+        <v>420</v>
+      </c>
+      <c r="I116" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A117" t="s">
+        <v>421</v>
+      </c>
+      <c r="B117" t="s">
+        <v>422</v>
+      </c>
+      <c r="E117" t="s">
+        <v>423</v>
+      </c>
+      <c r="F117" t="s">
+        <v>3</v>
+      </c>
+      <c r="G117" t="s">
+        <v>4</v>
+      </c>
+      <c r="H117" t="s">
+        <v>105</v>
+      </c>
+      <c r="I117" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A118" t="s">
+        <v>424</v>
+      </c>
+      <c r="B118" t="s">
+        <v>425</v>
+      </c>
+      <c r="C118" t="s">
+        <v>219</v>
+      </c>
+      <c r="E118" t="s">
+        <v>426</v>
+      </c>
+      <c r="F118" t="s">
+        <v>3</v>
+      </c>
+      <c r="G118" t="s">
+        <v>4</v>
+      </c>
+      <c r="H118" t="s">
+        <v>110</v>
+      </c>
+      <c r="I118" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A119" t="s">
+        <v>427</v>
+      </c>
+      <c r="B119" t="s">
+        <v>428</v>
+      </c>
+      <c r="C119" t="s">
+        <v>201</v>
+      </c>
+      <c r="E119" t="s">
+        <v>429</v>
+      </c>
+      <c r="F119" t="s">
+        <v>3</v>
+      </c>
+      <c r="G119" t="s">
+        <v>4</v>
+      </c>
+      <c r="H119" t="s">
+        <v>87</v>
+      </c>
+      <c r="I119" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A120" t="s">
+        <v>430</v>
+      </c>
+      <c r="B120" t="s">
+        <v>68</v>
+      </c>
+      <c r="C120" t="s">
+        <v>431</v>
+      </c>
+      <c r="E120" t="s">
+        <v>432</v>
+      </c>
+      <c r="F120" t="s">
+        <v>3</v>
+      </c>
+      <c r="G120" t="s">
+        <v>4</v>
+      </c>
+      <c r="H120" t="s">
+        <v>291</v>
+      </c>
+      <c r="I120" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A121" t="s">
+        <v>433</v>
+      </c>
+      <c r="B121" t="s">
+        <v>434</v>
+      </c>
+      <c r="E121" t="s">
+        <v>435</v>
+      </c>
+      <c r="F121" t="s">
+        <v>3</v>
+      </c>
+      <c r="G121" t="s">
+        <v>4</v>
+      </c>
+      <c r="H121" t="s">
+        <v>5</v>
+      </c>
+      <c r="I121" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A122" t="s">
+        <v>436</v>
+      </c>
+      <c r="B122" t="s">
+        <v>387</v>
+      </c>
+      <c r="C122" t="s">
+        <v>154</v>
+      </c>
+      <c r="E122" t="s">
+        <v>437</v>
+      </c>
+      <c r="F122" t="s">
+        <v>3</v>
+      </c>
+      <c r="G122" t="s">
+        <v>4</v>
+      </c>
+      <c r="H122" t="s">
+        <v>438</v>
+      </c>
+      <c r="I122" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A123" t="s">
+        <v>439</v>
+      </c>
+      <c r="B123" t="s">
+        <v>248</v>
+      </c>
+      <c r="C123" t="s">
+        <v>200</v>
+      </c>
+      <c r="E123" t="s">
+        <v>440</v>
+      </c>
+      <c r="F123" t="s">
+        <v>3</v>
+      </c>
+      <c r="G123" t="s">
+        <v>4</v>
+      </c>
+      <c r="H123" t="s">
+        <v>10</v>
+      </c>
+      <c r="I123" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A124" t="s">
+        <v>441</v>
+      </c>
+      <c r="B124" t="s">
+        <v>442</v>
+      </c>
+      <c r="C124" t="s">
+        <v>313</v>
+      </c>
+      <c r="E124" t="s">
+        <v>443</v>
+      </c>
+      <c r="F124" t="s">
+        <v>3</v>
+      </c>
+      <c r="G124" t="s">
+        <v>4</v>
+      </c>
+      <c r="H124" t="s">
+        <v>124</v>
+      </c>
+      <c r="I124" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A125" t="s">
+        <v>444</v>
+      </c>
+      <c r="B125" t="s">
+        <v>145</v>
+      </c>
+      <c r="C125" t="s">
+        <v>445</v>
+      </c>
+      <c r="E125" t="s">
+        <v>446</v>
+      </c>
+      <c r="F125" t="s">
+        <v>3</v>
+      </c>
+      <c r="G125" t="s">
+        <v>4</v>
+      </c>
+      <c r="H125" t="s">
+        <v>447</v>
+      </c>
+      <c r="I125" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A126" t="s">
+        <v>448</v>
+      </c>
+      <c r="B126" t="s">
+        <v>53</v>
+      </c>
+      <c r="C126" t="s">
+        <v>449</v>
+      </c>
+      <c r="E126" t="s">
+        <v>450</v>
+      </c>
+      <c r="F126" t="s">
+        <v>3</v>
+      </c>
+      <c r="G126" t="s">
+        <v>4</v>
+      </c>
+      <c r="H126" t="s">
+        <v>377</v>
+      </c>
+      <c r="I126" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A127" t="s">
+        <v>451</v>
+      </c>
+      <c r="B127" t="s">
+        <v>452</v>
+      </c>
+      <c r="C127" t="s">
+        <v>453</v>
+      </c>
+      <c r="E127" t="s">
+        <v>454</v>
+      </c>
+      <c r="F127" t="s">
+        <v>3</v>
+      </c>
+      <c r="G127" t="s">
+        <v>4</v>
+      </c>
+      <c r="H127" t="s">
+        <v>359</v>
+      </c>
+      <c r="I127" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A128" t="s">
+        <v>455</v>
+      </c>
+      <c r="B128" t="s">
+        <v>456</v>
+      </c>
+      <c r="C128" t="s">
+        <v>457</v>
+      </c>
+      <c r="E128" t="s">
+        <v>458</v>
+      </c>
+      <c r="F128" t="s">
+        <v>3</v>
+      </c>
+      <c r="G128" t="s">
+        <v>4</v>
+      </c>
+      <c r="H128" t="s">
+        <v>10</v>
+      </c>
+      <c r="I128" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A129" t="s">
+        <v>459</v>
+      </c>
+      <c r="B129" t="s">
+        <v>460</v>
+      </c>
+      <c r="C129" t="s">
+        <v>154</v>
+      </c>
+      <c r="E129" t="s">
+        <v>461</v>
+      </c>
+      <c r="F129" t="s">
+        <v>3</v>
+      </c>
+      <c r="G129" t="s">
+        <v>4</v>
+      </c>
+      <c r="H129" t="s">
+        <v>124</v>
+      </c>
+      <c r="I129" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A130" t="s">
+        <v>462</v>
+      </c>
+      <c r="B130" t="s">
+        <v>102</v>
+      </c>
+      <c r="C130" t="s">
+        <v>463</v>
+      </c>
+      <c r="E130" t="s">
+        <v>464</v>
+      </c>
+      <c r="F130" t="s">
+        <v>3</v>
+      </c>
+      <c r="G130" t="s">
+        <v>4</v>
+      </c>
+      <c r="H130" t="s">
+        <v>438</v>
+      </c>
+      <c r="I130" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A131" t="s">
+        <v>465</v>
+      </c>
+      <c r="B131" t="s">
+        <v>149</v>
+      </c>
+      <c r="C131" t="s">
+        <v>466</v>
+      </c>
+      <c r="E131" t="s">
+        <v>467</v>
+      </c>
+      <c r="F131" t="s">
+        <v>3</v>
+      </c>
+      <c r="G131" t="s">
+        <v>4</v>
+      </c>
+      <c r="H131" t="s">
+        <v>468</v>
+      </c>
+      <c r="I131" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A132" t="s">
+        <v>469</v>
+      </c>
+      <c r="B132" t="s">
+        <v>470</v>
+      </c>
+      <c r="E132" t="s">
+        <v>471</v>
+      </c>
+      <c r="F132" t="s">
+        <v>3</v>
+      </c>
+      <c r="G132" t="s">
+        <v>4</v>
+      </c>
+      <c r="H132" t="s">
+        <v>472</v>
+      </c>
+      <c r="I132" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A133" t="s">
+        <v>473</v>
+      </c>
+      <c r="B133" t="s">
+        <v>474</v>
+      </c>
+      <c r="C133" t="s">
+        <v>219</v>
+      </c>
+      <c r="E133" t="s">
+        <v>475</v>
+      </c>
+      <c r="F133" t="s">
+        <v>3</v>
+      </c>
+      <c r="G133" t="s">
+        <v>4</v>
+      </c>
+      <c r="H133" t="s">
+        <v>476</v>
+      </c>
+      <c r="I133" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A134" t="s">
+        <v>477</v>
+      </c>
+      <c r="B134" t="s">
+        <v>35</v>
+      </c>
+      <c r="C134" t="s">
+        <v>478</v>
+      </c>
+      <c r="E134" t="s">
+        <v>479</v>
+      </c>
+      <c r="F134" t="s">
+        <v>3</v>
+      </c>
+      <c r="G134" t="s">
+        <v>4</v>
+      </c>
+      <c r="H134" t="s">
+        <v>10</v>
+      </c>
+      <c r="I134" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A135" t="s">
+        <v>480</v>
+      </c>
+      <c r="B135" t="s">
+        <v>431</v>
+      </c>
+      <c r="C135" t="s">
+        <v>481</v>
+      </c>
+      <c r="E135" t="s">
+        <v>482</v>
+      </c>
+      <c r="F135" t="s">
+        <v>3</v>
+      </c>
+      <c r="G135" t="s">
+        <v>4</v>
+      </c>
+      <c r="H135" t="s">
+        <v>105</v>
+      </c>
+      <c r="I135" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A136" t="s">
+        <v>483</v>
+      </c>
+      <c r="B136" t="s">
+        <v>484</v>
+      </c>
+      <c r="E136" t="s">
+        <v>485</v>
+      </c>
+      <c r="F136" t="s">
+        <v>3</v>
+      </c>
+      <c r="G136" t="s">
+        <v>4</v>
+      </c>
+      <c r="H136" t="s">
+        <v>10</v>
+      </c>
+      <c r="I136" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A137" t="s">
+        <v>486</v>
+      </c>
+      <c r="B137" t="s">
+        <v>68</v>
+      </c>
+      <c r="C137" t="s">
+        <v>487</v>
+      </c>
+      <c r="E137" t="s">
+        <v>488</v>
+      </c>
+      <c r="F137" t="s">
+        <v>3</v>
+      </c>
+      <c r="G137" t="s">
+        <v>4</v>
+      </c>
+      <c r="H137" t="s">
+        <v>10</v>
+      </c>
+      <c r="I137" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A138" t="s">
+        <v>489</v>
+      </c>
+      <c r="B138" t="s">
+        <v>490</v>
+      </c>
+      <c r="C138" t="s">
+        <v>491</v>
+      </c>
+      <c r="E138" t="s">
+        <v>492</v>
+      </c>
+      <c r="F138" t="s">
+        <v>3</v>
+      </c>
+      <c r="G138" t="s">
+        <v>4</v>
+      </c>
+      <c r="H138" t="s">
+        <v>19</v>
+      </c>
+      <c r="I138" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A139" t="s">
+        <v>493</v>
+      </c>
+      <c r="B139" t="s">
+        <v>494</v>
+      </c>
+      <c r="C139" t="s">
+        <v>122</v>
+      </c>
+      <c r="E139" t="s">
+        <v>495</v>
+      </c>
+      <c r="F139" t="s">
+        <v>3</v>
+      </c>
+      <c r="G139" t="s">
+        <v>4</v>
+      </c>
+      <c r="H139" t="s">
+        <v>124</v>
+      </c>
+      <c r="I139" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A140" t="s">
+        <v>496</v>
+      </c>
+      <c r="B140" t="s">
+        <v>497</v>
+      </c>
+      <c r="C140" t="s">
+        <v>498</v>
+      </c>
+      <c r="E140" t="s">
+        <v>499</v>
+      </c>
+      <c r="F140" t="s">
+        <v>3</v>
+      </c>
+      <c r="G140" t="s">
+        <v>4</v>
+      </c>
+      <c r="H140" t="s">
+        <v>500</v>
+      </c>
+      <c r="I140" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A141" t="s">
+        <v>501</v>
+      </c>
+      <c r="B141" t="s">
+        <v>502</v>
+      </c>
+      <c r="C141" t="s">
+        <v>503</v>
+      </c>
+      <c r="E141" t="s">
+        <v>504</v>
+      </c>
+      <c r="F141" t="s">
+        <v>3</v>
+      </c>
+      <c r="G141" t="s">
+        <v>4</v>
+      </c>
+      <c r="H141" t="s">
+        <v>5</v>
+      </c>
+      <c r="I141" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A142" t="s">
+        <v>505</v>
+      </c>
+      <c r="B142" t="s">
+        <v>506</v>
+      </c>
+      <c r="C142" t="s">
+        <v>507</v>
+      </c>
+      <c r="E142" t="s">
+        <v>508</v>
+      </c>
+      <c r="F142" t="s">
+        <v>3</v>
+      </c>
+      <c r="G142" t="s">
+        <v>4</v>
+      </c>
+      <c r="H142" t="s">
+        <v>29</v>
+      </c>
+      <c r="I142" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A143" t="s">
+        <v>509</v>
+      </c>
+      <c r="B143" t="s">
+        <v>243</v>
+      </c>
+      <c r="C143" t="s">
+        <v>99</v>
+      </c>
+      <c r="E143" t="s">
+        <v>510</v>
+      </c>
+      <c r="F143" t="s">
+        <v>3</v>
+      </c>
+      <c r="G143" t="s">
+        <v>4</v>
+      </c>
+      <c r="H143" t="s">
+        <v>511</v>
+      </c>
+      <c r="I143" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A144" t="s">
+        <v>512</v>
+      </c>
+      <c r="B144" t="s">
+        <v>452</v>
+      </c>
+      <c r="E144" t="s">
+        <v>513</v>
+      </c>
+      <c r="F144" t="s">
+        <v>3</v>
+      </c>
+      <c r="G144" t="s">
+        <v>4</v>
+      </c>
+      <c r="H144" t="s">
+        <v>514</v>
+      </c>
+      <c r="I144" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A145" t="s">
+        <v>515</v>
+      </c>
+      <c r="B145" t="s">
+        <v>516</v>
+      </c>
+      <c r="C145" t="s">
+        <v>517</v>
+      </c>
+      <c r="E145" t="s">
+        <v>518</v>
+      </c>
+      <c r="F145" t="s">
+        <v>3</v>
+      </c>
+      <c r="G145" t="s">
+        <v>4</v>
+      </c>
+      <c r="H145" t="s">
+        <v>519</v>
+      </c>
+      <c r="I145" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A146" t="s">
+        <v>520</v>
+      </c>
+      <c r="B146" t="s">
+        <v>521</v>
+      </c>
+      <c r="C146" t="s">
+        <v>32</v>
+      </c>
+      <c r="E146" t="s">
+        <v>522</v>
+      </c>
+      <c r="F146" t="s">
+        <v>3</v>
+      </c>
+      <c r="G146" t="s">
+        <v>4</v>
+      </c>
+      <c r="H146" t="s">
+        <v>10</v>
+      </c>
+      <c r="I146" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A147" t="s">
+        <v>523</v>
+      </c>
+      <c r="B147" t="s">
+        <v>524</v>
+      </c>
+      <c r="E147" t="s">
+        <v>525</v>
+      </c>
+      <c r="F147" t="s">
+        <v>3</v>
+      </c>
+      <c r="G147" t="s">
+        <v>4</v>
+      </c>
+      <c r="H147" t="s">
+        <v>42</v>
+      </c>
+      <c r="I147" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A148" t="s">
+        <v>526</v>
+      </c>
+      <c r="B148" t="s">
+        <v>209</v>
+      </c>
+      <c r="C148" t="s">
+        <v>103</v>
+      </c>
+      <c r="E148" t="s">
+        <v>527</v>
+      </c>
+      <c r="F148" t="s">
+        <v>3</v>
+      </c>
+      <c r="G148" t="s">
+        <v>4</v>
+      </c>
+      <c r="H148" t="s">
+        <v>528</v>
+      </c>
+      <c r="I148" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A149" t="s">
+        <v>529</v>
+      </c>
+      <c r="B149" t="s">
+        <v>189</v>
+      </c>
+      <c r="C149" t="s">
+        <v>159</v>
+      </c>
+      <c r="D149" t="s">
+        <v>530</v>
+      </c>
+      <c r="E149" t="s">
+        <v>531</v>
+      </c>
+      <c r="F149" t="s">
+        <v>3</v>
+      </c>
+      <c r="G149" t="s">
+        <v>4</v>
+      </c>
+      <c r="H149" t="s">
+        <v>105</v>
+      </c>
+      <c r="I149" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A150" t="s">
+        <v>532</v>
+      </c>
+      <c r="B150" t="s">
+        <v>533</v>
+      </c>
+      <c r="C150" t="s">
+        <v>534</v>
+      </c>
+      <c r="E150" t="s">
+        <v>535</v>
+      </c>
+      <c r="F150" t="s">
+        <v>3</v>
+      </c>
+      <c r="G150" t="s">
+        <v>4</v>
+      </c>
+      <c r="H150" t="s">
+        <v>536</v>
+      </c>
+      <c r="I150" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A151" t="s">
+        <v>537</v>
+      </c>
+      <c r="B151" t="s">
+        <v>209</v>
+      </c>
+      <c r="E151" t="s">
+        <v>538</v>
+      </c>
+      <c r="F151" t="s">
+        <v>3</v>
+      </c>
+      <c r="G151" t="s">
+        <v>4</v>
+      </c>
+      <c r="H151" t="s">
+        <v>5</v>
+      </c>
+      <c r="I151" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A152" t="s">
+        <v>539</v>
+      </c>
+      <c r="B152" t="s">
+        <v>540</v>
+      </c>
+      <c r="E152" t="s">
+        <v>541</v>
+      </c>
+      <c r="F152" t="s">
+        <v>3</v>
+      </c>
+      <c r="G152" t="s">
+        <v>4</v>
+      </c>
+      <c r="H152" t="s">
+        <v>10</v>
+      </c>
+      <c r="I152" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A153" t="s">
+        <v>542</v>
+      </c>
+      <c r="B153" t="s">
+        <v>543</v>
+      </c>
+      <c r="C153" t="s">
+        <v>544</v>
+      </c>
+      <c r="E153" t="s">
+        <v>545</v>
+      </c>
+      <c r="F153" t="s">
+        <v>3</v>
+      </c>
+      <c r="G153" t="s">
+        <v>4</v>
+      </c>
+      <c r="H153" t="s">
+        <v>291</v>
+      </c>
+      <c r="I153" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A154" t="s">
+        <v>546</v>
+      </c>
+      <c r="B154" t="s">
+        <v>547</v>
+      </c>
+      <c r="C154" t="s">
+        <v>248</v>
+      </c>
+      <c r="E154" t="s">
+        <v>548</v>
+      </c>
+      <c r="F154" t="s">
+        <v>3</v>
+      </c>
+      <c r="G154" t="s">
+        <v>4</v>
+      </c>
+      <c r="H154" t="s">
+        <v>10</v>
+      </c>
+      <c r="I154" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A155" t="s">
+        <v>549</v>
+      </c>
+      <c r="B155" t="s">
+        <v>31</v>
+      </c>
+      <c r="C155" t="s">
+        <v>550</v>
+      </c>
+      <c r="E155" t="s">
+        <v>551</v>
+      </c>
+      <c r="F155" t="s">
+        <v>3</v>
+      </c>
+      <c r="G155" t="s">
+        <v>4</v>
+      </c>
+      <c r="H155" t="s">
+        <v>10</v>
+      </c>
+      <c r="I155" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A156" t="s">
+        <v>552</v>
+      </c>
+      <c r="B156" t="s">
+        <v>553</v>
+      </c>
+      <c r="C156" t="s">
+        <v>126</v>
+      </c>
+      <c r="E156" t="s">
+        <v>554</v>
+      </c>
+      <c r="F156" t="s">
+        <v>3</v>
+      </c>
+      <c r="G156" t="s">
+        <v>4</v>
+      </c>
+      <c r="H156" t="s">
+        <v>10</v>
+      </c>
+      <c r="I156" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A157" t="s">
+        <v>555</v>
+      </c>
+      <c r="B157" t="s">
+        <v>395</v>
+      </c>
+      <c r="C157" t="s">
+        <v>103</v>
+      </c>
+      <c r="E157" t="s">
+        <v>556</v>
+      </c>
+      <c r="F157" t="s">
+        <v>3</v>
+      </c>
+      <c r="G157" t="s">
+        <v>4</v>
+      </c>
+      <c r="H157" t="s">
+        <v>92</v>
+      </c>
+      <c r="I157" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A158" t="s">
+        <v>557</v>
+      </c>
+      <c r="B158" t="s">
+        <v>53</v>
+      </c>
+      <c r="E158" t="s">
+        <v>558</v>
+      </c>
+      <c r="F158" t="s">
+        <v>3</v>
+      </c>
+      <c r="G158" t="s">
+        <v>4</v>
+      </c>
+      <c r="H158" t="s">
+        <v>559</v>
+      </c>
+      <c r="I158" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A159" t="s">
+        <v>557</v>
+      </c>
+      <c r="B159" t="s">
+        <v>53</v>
+      </c>
+      <c r="E159" t="s">
+        <v>558</v>
+      </c>
+      <c r="F159" t="s">
+        <v>3</v>
+      </c>
+      <c r="G159" t="s">
+        <v>4</v>
+      </c>
+      <c r="H159" t="s">
+        <v>560</v>
+      </c>
+      <c r="I159" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A160" t="s">
+        <v>561</v>
+      </c>
+      <c r="B160" t="s">
+        <v>336</v>
+      </c>
+      <c r="C160" t="s">
+        <v>130</v>
+      </c>
+      <c r="E160" t="s">
+        <v>562</v>
+      </c>
+      <c r="F160" t="s">
+        <v>3</v>
+      </c>
+      <c r="G160" t="s">
+        <v>4</v>
+      </c>
+      <c r="H160" t="s">
+        <v>359</v>
+      </c>
+      <c r="I160" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A161" t="s">
+        <v>563</v>
+      </c>
+      <c r="B161" t="s">
+        <v>195</v>
+      </c>
+      <c r="C161" t="s">
+        <v>564</v>
+      </c>
+      <c r="E161" t="s">
+        <v>565</v>
+      </c>
+      <c r="F161" t="s">
+        <v>3</v>
+      </c>
+      <c r="G161" t="s">
+        <v>4</v>
+      </c>
+      <c r="H161" t="s">
+        <v>566</v>
+      </c>
+      <c r="I161" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A162" t="s">
+        <v>567</v>
+      </c>
+      <c r="B162" t="s">
+        <v>102</v>
+      </c>
+      <c r="C162" t="s">
+        <v>568</v>
+      </c>
+      <c r="E162" t="s">
+        <v>569</v>
+      </c>
+      <c r="F162" t="s">
+        <v>3</v>
+      </c>
+      <c r="G162" t="s">
+        <v>4</v>
+      </c>
+      <c r="H162" t="s">
+        <v>570</v>
+      </c>
+      <c r="I162" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A163" t="s">
+        <v>571</v>
+      </c>
+      <c r="B163" t="s">
+        <v>103</v>
+      </c>
+      <c r="C163" t="s">
+        <v>572</v>
+      </c>
+      <c r="E163" t="s">
+        <v>573</v>
+      </c>
+      <c r="F163" t="s">
+        <v>3</v>
+      </c>
+      <c r="G163" t="s">
+        <v>4</v>
+      </c>
+      <c r="H163" t="s">
+        <v>105</v>
+      </c>
+      <c r="I163" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A164" t="s">
+        <v>574</v>
+      </c>
+      <c r="B164" t="s">
+        <v>53</v>
+      </c>
+      <c r="C164" t="s">
+        <v>575</v>
+      </c>
+      <c r="E164" t="s">
+        <v>576</v>
+      </c>
+      <c r="F164" t="s">
+        <v>3</v>
+      </c>
+      <c r="G164" t="s">
+        <v>4</v>
+      </c>
+      <c r="H164" t="s">
+        <v>577</v>
+      </c>
+      <c r="I164" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A165" t="s">
+        <v>578</v>
+      </c>
+      <c r="B165" t="s">
+        <v>579</v>
+      </c>
+      <c r="C165" t="s">
+        <v>154</v>
+      </c>
+      <c r="E165" t="s">
+        <v>580</v>
+      </c>
+      <c r="F165" t="s">
+        <v>3</v>
+      </c>
+      <c r="G165" t="s">
+        <v>4</v>
+      </c>
+      <c r="H165" t="s">
+        <v>581</v>
+      </c>
+      <c r="I165" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A166" t="s">
+        <v>582</v>
+      </c>
+      <c r="B166" t="s">
+        <v>583</v>
+      </c>
+      <c r="C166" t="s">
+        <v>584</v>
+      </c>
+      <c r="E166" t="s">
+        <v>585</v>
+      </c>
+      <c r="F166" t="s">
+        <v>3</v>
+      </c>
+      <c r="G166" t="s">
+        <v>4</v>
+      </c>
+      <c r="H166" t="s">
+        <v>161</v>
+      </c>
+      <c r="I166" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A167" t="s">
+        <v>586</v>
+      </c>
+      <c r="B167" t="s">
+        <v>587</v>
+      </c>
+      <c r="E167" t="s">
         <v>588</v>
       </c>
-      <c r="E9" s="1" t="s">
-[...31 lines deleted...]
-      <c r="H10" s="1" t="s">
+      <c r="F167" t="s">
+        <v>3</v>
+      </c>
+      <c r="G167" t="s">
+        <v>4</v>
+      </c>
+      <c r="H167" t="s">
+        <v>589</v>
+      </c>
+      <c r="I167" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A168" t="s">
+        <v>590</v>
+      </c>
+      <c r="B168" t="s">
+        <v>591</v>
+      </c>
+      <c r="C168" t="s">
+        <v>592</v>
+      </c>
+      <c r="E168" t="s">
+        <v>593</v>
+      </c>
+      <c r="F168" t="s">
+        <v>3</v>
+      </c>
+      <c r="G168" t="s">
+        <v>4</v>
+      </c>
+      <c r="H168" t="s">
+        <v>42</v>
+      </c>
+      <c r="I168" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A169" t="s">
+        <v>594</v>
+      </c>
+      <c r="B169" t="s">
+        <v>89</v>
+      </c>
+      <c r="E169" t="s">
+        <v>595</v>
+      </c>
+      <c r="F169" t="s">
+        <v>3</v>
+      </c>
+      <c r="G169" t="s">
+        <v>4</v>
+      </c>
+      <c r="H169" t="s">
+        <v>596</v>
+      </c>
+      <c r="I169" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A170" t="s">
+        <v>597</v>
+      </c>
+      <c r="B170" t="s">
+        <v>598</v>
+      </c>
+      <c r="C170" t="s">
+        <v>201</v>
+      </c>
+      <c r="E170" t="s">
+        <v>599</v>
+      </c>
+      <c r="F170" t="s">
+        <v>3</v>
+      </c>
+      <c r="G170" t="s">
+        <v>4</v>
+      </c>
+      <c r="H170" t="s">
         <v>10</v>
       </c>
-      <c r="I10" s="2">
-[...36 lines deleted...]
-      <c r="E12" s="1" t="s">
+      <c r="I170" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A171" t="s">
+        <v>600</v>
+      </c>
+      <c r="B171" t="s">
+        <v>601</v>
+      </c>
+      <c r="C171" t="s">
+        <v>212</v>
+      </c>
+      <c r="E171" t="s">
+        <v>602</v>
+      </c>
+      <c r="F171" t="s">
+        <v>3</v>
+      </c>
+      <c r="G171" t="s">
+        <v>4</v>
+      </c>
+      <c r="H171" t="s">
+        <v>229</v>
+      </c>
+      <c r="I171" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A172" t="s">
+        <v>603</v>
+      </c>
+      <c r="B172" t="s">
+        <v>604</v>
+      </c>
+      <c r="E172" t="s">
+        <v>605</v>
+      </c>
+      <c r="F172" t="s">
+        <v>3</v>
+      </c>
+      <c r="G172" t="s">
+        <v>4</v>
+      </c>
+      <c r="H172" t="s">
+        <v>333</v>
+      </c>
+      <c r="I172" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A173" t="s">
+        <v>606</v>
+      </c>
+      <c r="B173" t="s">
+        <v>607</v>
+      </c>
+      <c r="C173" t="s">
+        <v>608</v>
+      </c>
+      <c r="E173" t="s">
+        <v>609</v>
+      </c>
+      <c r="F173" t="s">
+        <v>3</v>
+      </c>
+      <c r="G173" t="s">
+        <v>4</v>
+      </c>
+      <c r="H173" t="s">
+        <v>10</v>
+      </c>
+      <c r="I173" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A174" t="s">
+        <v>610</v>
+      </c>
+      <c r="B174" t="s">
+        <v>611</v>
+      </c>
+      <c r="C174" t="s">
+        <v>103</v>
+      </c>
+      <c r="E174" t="s">
+        <v>612</v>
+      </c>
+      <c r="F174" t="s">
+        <v>3</v>
+      </c>
+      <c r="G174" t="s">
+        <v>4</v>
+      </c>
+      <c r="H174" t="s">
+        <v>613</v>
+      </c>
+      <c r="I174" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A175" t="s">
+        <v>610</v>
+      </c>
+      <c r="B175" t="s">
+        <v>456</v>
+      </c>
+      <c r="C175" t="s">
+        <v>614</v>
+      </c>
+      <c r="E175" t="s">
+        <v>615</v>
+      </c>
+      <c r="F175" t="s">
+        <v>3</v>
+      </c>
+      <c r="G175" t="s">
+        <v>4</v>
+      </c>
+      <c r="H175" t="s">
+        <v>42</v>
+      </c>
+      <c r="I175" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A176" t="s">
+        <v>616</v>
+      </c>
+      <c r="B176" t="s">
+        <v>617</v>
+      </c>
+      <c r="C176" t="s">
+        <v>618</v>
+      </c>
+      <c r="E176" t="s">
+        <v>619</v>
+      </c>
+      <c r="F176" t="s">
+        <v>3</v>
+      </c>
+      <c r="G176" t="s">
+        <v>4</v>
+      </c>
+      <c r="H176" t="s">
+        <v>229</v>
+      </c>
+      <c r="I176" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A177" t="s">
+        <v>620</v>
+      </c>
+      <c r="B177" t="s">
+        <v>621</v>
+      </c>
+      <c r="C177" t="s">
+        <v>622</v>
+      </c>
+      <c r="E177" t="s">
+        <v>623</v>
+      </c>
+      <c r="F177" t="s">
+        <v>3</v>
+      </c>
+      <c r="G177" t="s">
+        <v>4</v>
+      </c>
+      <c r="H177" t="s">
+        <v>10</v>
+      </c>
+      <c r="I177" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A178" t="s">
+        <v>624</v>
+      </c>
+      <c r="B178" t="s">
+        <v>625</v>
+      </c>
+      <c r="C178" t="s">
+        <v>122</v>
+      </c>
+      <c r="E178" t="s">
+        <v>626</v>
+      </c>
+      <c r="F178" t="s">
+        <v>3</v>
+      </c>
+      <c r="G178" t="s">
+        <v>4</v>
+      </c>
+      <c r="H178" t="s">
+        <v>359</v>
+      </c>
+      <c r="I178" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A179" t="s">
+        <v>627</v>
+      </c>
+      <c r="B179" t="s">
+        <v>35</v>
+      </c>
+      <c r="C179" t="s">
+        <v>103</v>
+      </c>
+      <c r="E179" t="s">
+        <v>628</v>
+      </c>
+      <c r="F179" t="s">
+        <v>3</v>
+      </c>
+      <c r="G179" t="s">
+        <v>4</v>
+      </c>
+      <c r="H179" t="s">
+        <v>10</v>
+      </c>
+      <c r="I179" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A180" t="s">
+        <v>629</v>
+      </c>
+      <c r="B180" t="s">
         <v>32</v>
       </c>
-      <c r="F12" s="1" t="s">
-[...856 lines deleted...]
-      <c r="H46" s="1" t="s">
+      <c r="E180" t="s">
+        <v>630</v>
+      </c>
+      <c r="F180" t="s">
+        <v>3</v>
+      </c>
+      <c r="G180" t="s">
+        <v>4</v>
+      </c>
+      <c r="H180" t="s">
         <v>10</v>
       </c>
-      <c r="I46" s="2">
-[...120 lines deleted...]
-      <c r="H51" s="1" t="s">
+      <c r="I180" s="1">
+        <v>46058</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A181" t="s">
+        <v>631</v>
+      </c>
+      <c r="B181" t="s">
+        <v>632</v>
+      </c>
+      <c r="C181" t="s">
+        <v>517</v>
+      </c>
+      <c r="E181" t="s">
+        <v>633</v>
+      </c>
+      <c r="F181" t="s">
+        <v>3</v>
+      </c>
+      <c r="G181" t="s">
+        <v>4</v>
+      </c>
+      <c r="H181" t="s">
         <v>10</v>
       </c>
-      <c r="I51" s="2">
-[...3979 lines deleted...]
-        <v>45996</v>
+      <c r="I181" s="1">
+        <v>46058</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:Y209">
-    <sortCondition ref="A3:A209"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:Y181">
+    <sortCondition ref="A3:A181"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>