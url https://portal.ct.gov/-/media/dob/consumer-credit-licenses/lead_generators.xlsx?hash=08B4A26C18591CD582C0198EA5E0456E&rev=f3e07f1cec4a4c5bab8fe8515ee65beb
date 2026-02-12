--- v0 (2025-12-19)
+++ v1 (2026-02-12)
@@ -1,119 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - December 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - February 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4FB27DE1-7664-4811-9699-FC0A5D1C81FC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7719C62A-FC62-4934-B204-F443F929CE09}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{EBA5F0E5-6814-4448-A3D7-1BCB2BFBC1B5}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{9C304684-5770-40D8-857D-AA2A878C0554}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="31">
-[...13 lines deleted...]
-    <t>LG-2651672</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="26">
+  <si>
+    <t>Peklava LLC</t>
+  </si>
+  <si>
+    <t>59 Grove Street Unit 2J</t>
+  </si>
+  <si>
+    <t>New Canaan</t>
+  </si>
+  <si>
+    <t>CT</t>
+  </si>
+  <si>
+    <t>06840</t>
+  </si>
+  <si>
+    <t>LG-1592292</t>
   </si>
   <si>
     <t>CT Lead Generator License</t>
   </si>
   <si>
-    <t>Peklava LLC</t>
-[...16 lines deleted...]
-  <si>
     <t>QuinStreet Media, Inc.</t>
   </si>
   <si>
     <t>2800 Olympic Blvd Floor 1</t>
   </si>
   <si>
     <t>Santa Monica</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>LG-2547</t>
   </si>
   <si>
     <t>SoFI Lending Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">2750 E Cottonwood Parkway, Suite 300 </t>
   </si>
   <si>
     <t>Cottonwood Heights</t>
   </si>
   <si>
     <t>UT</t>
@@ -124,51 +109,51 @@
   <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postal Code</t>
   </si>
   <si>
     <t>License Number</t>
   </si>
   <si>
     <t>License Name</t>
   </si>
   <si>
     <t>Report Current As Of</t>
   </si>
   <si>
-    <t>Lead Generators Licensees as of December 5, 2025</t>
+    <t>Lead Generators Licensees as of February 5, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -187,54 +172,54 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -534,207 +519,181 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F5982E4C-16BF-48D1-BA34-13D33191C32B}">
-  <dimension ref="A1:H6"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88C69524-F701-4654-847E-D4B6BF5B77F0}">
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="20.6640625" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="17.88671875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="20" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="34.33203125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="18.33203125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="15.44140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="23.5546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.4">
       <c r="A1" s="5" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
       <c r="D1" s="5"/>
       <c r="E1" s="5"/>
       <c r="F1" s="5"/>
       <c r="G1" s="5"/>
       <c r="H1" s="5"/>
     </row>
     <row r="2" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C2" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D2" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="B2" s="4" t="s">
+      <c r="G2" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="C2" s="4" t="s">
+      <c r="H2" s="4" t="s">
         <v>24</v>
-      </c>
-[...13 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="1">
-        <v>98232</v>
+      <c r="E3" s="2" t="s">
+        <v>4</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>45996</v>
+        <v>6</v>
+      </c>
+      <c r="H3" s="3">
+        <v>46058</v>
       </c>
     </row>
     <row r="4" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E4" s="3" t="s">
         <v>10</v>
+      </c>
+      <c r="E4" s="1">
+        <v>90404</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>45996</v>
+        <v>6</v>
+      </c>
+      <c r="H4" s="3">
+        <v>46058</v>
       </c>
     </row>
     <row r="5" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="1">
-        <v>90404</v>
+        <v>84121</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>5</v>
-[...28 lines deleted...]
-        <v>45996</v>
+        <v>6</v>
+      </c>
+      <c r="H5" s="3">
+        <v>46058</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>