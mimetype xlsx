--- v0 (2025-12-19)
+++ v1 (2026-02-12)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - December 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - February 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C4252047-F623-4DA5-A056-8E4125B17962}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C46E9642-1A7E-46E9-A0AA-247005438C05}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{C7652AF3-B8A9-4D9B-B18E-3529CB80CD30}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{4332BC00-155C-4C0B-8B64-963E6218DA98}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="305" uniqueCount="204">
   <si>
     <t>Consumers Alliance Processing Corporation</t>
   </si>
   <si>
     <t xml:space="preserve">2035 Corte Del Nogal  Ste 110 </t>
   </si>
   <si>
     <t>Carlsbad</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>DAFP-914370</t>
   </si>
   <si>
     <t>CT Debt Adjuster For-Profit License</t>
   </si>
   <si>
     <t>Consumer Credit and Budget Counseling, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">14104 58th Street North </t>
   </si>
   <si>
@@ -220,188 +220,176 @@
   <si>
     <t>DANP-BCH-2676698</t>
   </si>
   <si>
     <t>Money Management International, Inc.</t>
   </si>
   <si>
     <t>2401 W. Peoria Ave. Suite 350</t>
   </si>
   <si>
     <t>Phoenix</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>DANP-BCH-983306</t>
   </si>
   <si>
     <t>104 West 40th Street #516</t>
   </si>
   <si>
     <t>DANP-BCH 1413742</t>
   </si>
   <si>
-    <t>1224 Mill Street, Building B Suite 224, Office #12</t>
-[...2 lines deleted...]
-    <t>East Berlin</t>
+    <t>9800 Airline Hwy. Suite 207</t>
+  </si>
+  <si>
+    <t>Baton Rouge</t>
+  </si>
+  <si>
+    <t>LA</t>
+  </si>
+  <si>
+    <t>DANP-BCH-1833974</t>
+  </si>
+  <si>
+    <t>Navicore Solutions, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">600 B Street, Suite 08-139 </t>
+  </si>
+  <si>
+    <t>San Diego</t>
+  </si>
+  <si>
+    <t>DANP-BCH-1393364</t>
+  </si>
+  <si>
+    <t>416 Main Street Suite 431</t>
+  </si>
+  <si>
+    <t>Peoria</t>
+  </si>
+  <si>
+    <t>DANP-BCH-1812725</t>
+  </si>
+  <si>
+    <t>20 Cabot Boulevard Suite 300</t>
+  </si>
+  <si>
+    <t>Mansfield</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>02048</t>
+  </si>
+  <si>
+    <t>DANP-BCH-1814429</t>
+  </si>
+  <si>
+    <t>1915 Highway 36 W Office #157</t>
+  </si>
+  <si>
+    <t>Roseville</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>DANP-BCH-1814439</t>
+  </si>
+  <si>
+    <t>8024 Glenwood Ave Suite 305</t>
+  </si>
+  <si>
+    <t>Raleigh</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>DANP-BCH-1814444</t>
+  </si>
+  <si>
+    <t>11500 S. Eastern Avenue Suite 150</t>
+  </si>
+  <si>
+    <t>Henderson</t>
+  </si>
+  <si>
+    <t>NV</t>
+  </si>
+  <si>
+    <t>DANP-BCH-1814445</t>
+  </si>
+  <si>
+    <t>17440 Dallas Parkway Suite 108</t>
+  </si>
+  <si>
+    <t>Dallas</t>
+  </si>
+  <si>
+    <t>DANP-BCH-1814446</t>
+  </si>
+  <si>
+    <t>501 Cambria Avenue Suite 109</t>
+  </si>
+  <si>
+    <t>Bensalem</t>
+  </si>
+  <si>
+    <t>PA</t>
+  </si>
+  <si>
+    <t>DANP-BCH-1839755</t>
+  </si>
+  <si>
+    <t>169 West 2710 South Circle Suite 202-E</t>
+  </si>
+  <si>
+    <t>St. George</t>
+  </si>
+  <si>
+    <t>UT</t>
+  </si>
+  <si>
+    <t>DANP-BCH-1839901</t>
+  </si>
+  <si>
+    <t>243 Tresser Blvd., 17th Floor Office #23</t>
+  </si>
+  <si>
+    <t>Stamford</t>
   </si>
   <si>
     <t>CT</t>
   </si>
   <si>
-    <t>06023</t>
-[...127 lines deleted...]
-  <si>
     <t>06901</t>
   </si>
   <si>
     <t>DANP-BCH-1879001</t>
   </si>
   <si>
     <t>212 Bellevue Avenue 2nd Floor, Suite B</t>
   </si>
   <si>
     <t>Hammonton</t>
   </si>
   <si>
     <t>NJ</t>
   </si>
   <si>
     <t>08037</t>
   </si>
   <si>
     <t>DANP-BCH-1998211</t>
   </si>
   <si>
     <t>North Seattle Community College Foundation</t>
   </si>
   <si>
     <t xml:space="preserve">500 Pacific Avenue, Suite 550 </t>
@@ -439,50 +427,62 @@
   <si>
     <t>Auburndale</t>
   </si>
   <si>
     <t>02466</t>
   </si>
   <si>
     <t>DANP-913275</t>
   </si>
   <si>
     <t>Cambridge Credit Counseling Corp.</t>
   </si>
   <si>
     <t xml:space="preserve">67 Hunt Street </t>
   </si>
   <si>
     <t>Agawam</t>
   </si>
   <si>
     <t>01001-1920</t>
   </si>
   <si>
     <t>DANP-938355</t>
   </si>
   <si>
+    <t>Consolidated Credit Solutions, Inc.</t>
+  </si>
+  <si>
+    <t>5701 W. Sunrise Blvd Suite 100</t>
+  </si>
+  <si>
+    <t>Ft. Lauderdale</t>
+  </si>
+  <si>
+    <t>DANP-910475</t>
+  </si>
+  <si>
     <t xml:space="preserve">299 South Shore Road </t>
   </si>
   <si>
     <t>Marmora</t>
   </si>
   <si>
     <t>08223</t>
   </si>
   <si>
     <t>DANP-983706</t>
   </si>
   <si>
     <t>Consumer Credit Counseling Foundation, Inc.</t>
   </si>
   <si>
     <t>350 Sonic Avenue Suite 101</t>
   </si>
   <si>
     <t>Livermore</t>
   </si>
   <si>
     <t>DANP-1003540</t>
   </si>
   <si>
     <t>Consumer Credit Counseling Service of the Midwest, Inc.</t>
@@ -619,87 +619,75 @@
   <si>
     <t>DANP-942397</t>
   </si>
   <si>
     <t>Take Charge America, Inc.</t>
   </si>
   <si>
     <t>20430 N 19th Avenue Suite B155</t>
   </si>
   <si>
     <t>DANP-922697</t>
   </si>
   <si>
     <t>Trinity Credit Counseling, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">11229 Reading Road </t>
   </si>
   <si>
     <t>Cincinnati</t>
   </si>
   <si>
     <t>DANP-975419</t>
   </si>
   <si>
-    <t>Consolidated Credit Solutions, Inc.</t>
-[...10 lines deleted...]
-  <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postal Code</t>
   </si>
   <si>
     <t>License Number</t>
   </si>
   <si>
     <t>License Name</t>
   </si>
   <si>
     <t>Report Current As Of</t>
   </si>
   <si>
-    <t>Debt Adjuster Licensees as of December 5, 2025</t>
+    <t>Debt Adjuster Licensees as of February 5, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -1065,1375 +1053,1349 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F6FA30F5-3B8F-4655-9FE8-634E36732F97}">
-  <dimension ref="A1:H51"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A495E1EE-F42B-42C2-A1FF-C55A941C560C}">
+  <dimension ref="A1:H50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="48.109375" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="10.88671875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="51.77734375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="50.109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.77734375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.5546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="36.21875" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="17.88671875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="38.44140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" s="5" customFormat="1" ht="21" x14ac:dyDescent="0.4">
       <c r="A1" s="5" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
     </row>
     <row r="2" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B2" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="C2" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="D2" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="E2" s="4" t="s">
         <v>199</v>
       </c>
-      <c r="B2" s="4" t="s">
+      <c r="F2" s="4" t="s">
         <v>200</v>
       </c>
-      <c r="C2" s="4" t="s">
+      <c r="G2" s="4" t="s">
         <v>201</v>
       </c>
-      <c r="D2" s="4" t="s">
+      <c r="H2" s="4" t="s">
         <v>202</v>
-      </c>
-[...10 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="3" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="E3" s="1">
         <v>15203</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H3" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="4" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G4" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H4" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="5" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="F5" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G5" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H5" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="6" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
-        <v>195</v>
+        <v>131</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>196</v>
+        <v>132</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>197</v>
+        <v>133</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="1">
         <v>33313</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>198</v>
+        <v>134</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H6" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="7" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="1">
         <v>33760</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H7" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="8" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>135</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>137</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>138</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H8" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="9" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
         <v>139</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>140</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>141</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="1">
         <v>94551</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>142</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H9" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="10" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
         <v>143</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>144</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E10" s="1">
         <v>43230</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>146</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H10" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="11" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E11" s="1">
         <v>92011</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H11" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="12" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
         <v>147</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>148</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>150</v>
       </c>
       <c r="E12" s="1">
         <v>68124</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>151</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H12" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="13" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
         <v>152</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>153</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="1">
         <v>33401</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>155</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H13" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="14" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E14" s="1">
         <v>11716</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H14" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="15" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>157</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>158</v>
       </c>
       <c r="E15" s="1">
         <v>83713</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>159</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H15" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
         <v>160</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E16" s="1">
         <v>92025</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>163</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H16" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="17" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
         <v>164</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>165</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>166</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E17" s="1">
         <v>61108</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>167</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H17" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E18" s="1">
         <v>60606</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>21</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E19" s="1">
         <v>10001</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>24</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H19" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="20" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>26</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E20" s="1">
         <v>48206</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H20" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E21" s="1">
         <v>32801</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H21" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E22" s="1">
         <v>37210</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>35</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H22" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E23" s="1">
         <v>92614</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>38</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H23" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E24" s="1">
         <v>45324</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H24" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>44</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E25" s="1">
         <v>78233</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>46</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H25" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>47</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>49</v>
       </c>
       <c r="E26" s="3" t="s">
         <v>50</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>51</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H26" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E27" s="1">
         <v>43123</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>54</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H27" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>27</v>
       </c>
       <c r="E28" s="1">
         <v>48331</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>170</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H28" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
         <v>171</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>30</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>9</v>
       </c>
       <c r="E29" s="1">
         <v>32819</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>173</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H29" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>56</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E30" s="1">
         <v>85029</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>59</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H30" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>60</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E31" s="1">
         <v>10018</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>61</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H31" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A32" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="E32" s="3" t="s">
+      <c r="E32" s="1">
+        <v>70816</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="F32" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G32" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H32" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="33" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>67</v>
+        <v>174</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>68</v>
+        <v>175</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>69</v>
+        <v>45</v>
       </c>
       <c r="E33" s="1">
-        <v>70816</v>
+        <v>77477</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>70</v>
+        <v>176</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>11</v>
+        <v>120</v>
       </c>
       <c r="H33" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="34" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A34" s="1" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>174</v>
+        <v>67</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>175</v>
+        <v>68</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="E34" s="1">
-        <v>77477</v>
+        <v>92101</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>176</v>
+        <v>69</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>124</v>
+        <v>11</v>
       </c>
       <c r="H34" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="35" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C35" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B35" s="1" t="s">
+      <c r="D35" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" s="1">
+        <v>61602</v>
+      </c>
+      <c r="F35" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="C35" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G35" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H35" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="36" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B36" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D36" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="C36" s="1" t="s">
+      <c r="E36" s="3" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>61602</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>77</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H36" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="37" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A37" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>78</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="E37" s="3" t="s">
+      <c r="E37" s="1">
+        <v>55113</v>
+      </c>
+      <c r="F37" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="F37" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H37" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="38" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A38" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B38" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C38" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C38" s="1" t="s">
+      <c r="D38" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="D38" s="1" t="s">
+      <c r="E38" s="1">
+        <v>27612</v>
+      </c>
+      <c r="F38" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="E38" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G38" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H38" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="39" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B39" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C39" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="D39" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="E39" s="1">
+        <v>89052</v>
+      </c>
+      <c r="F39" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="E39" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G39" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H39" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="40" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A40" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B40" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C40" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E40" s="1">
+        <v>75287</v>
+      </c>
+      <c r="F40" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="D40" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G40" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H40" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="41" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B41" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="E41" s="1">
+        <v>19020</v>
+      </c>
+      <c r="F41" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G41" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H41" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="42" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A42" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B42" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>98</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="E42" s="1">
+        <v>84790</v>
+      </c>
+      <c r="F42" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="E42" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="G42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H42" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="43" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A43" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B43" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C43" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="E43" s="3" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>84790</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>105</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H43" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="44" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>106</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>107</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>64</v>
+        <v>108</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>11</v>
       </c>
       <c r="H44" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="45" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>110</v>
+        <v>177</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>111</v>
+        <v>178</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>113</v>
+        <v>179</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>114</v>
+        <v>180</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>11</v>
+        <v>120</v>
       </c>
       <c r="H45" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="46" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A46" s="1" t="s">
-        <v>71</v>
+        <v>111</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>177</v>
+        <v>112</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>178</v>
+        <v>113</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>179</v>
+        <v>114</v>
+      </c>
+      <c r="E46" s="1">
+        <v>98337</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>180</v>
+        <v>115</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>124</v>
+        <v>11</v>
       </c>
       <c r="H46" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="47" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="1" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>116</v>
+        <v>181</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>117</v>
+        <v>182</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="E47" s="1">
-        <v>98337</v>
+        <v>98101</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>119</v>
+        <v>183</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>11</v>
+        <v>120</v>
       </c>
       <c r="H47" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="48" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="1" t="s">
-        <v>115</v>
+        <v>184</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>118</v>
+        <v>3</v>
       </c>
       <c r="E48" s="1">
-        <v>98101</v>
+        <v>92507</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H48" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="49" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>186</v>
+        <v>57</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>3</v>
+        <v>58</v>
       </c>
       <c r="E49" s="1">
-        <v>92507</v>
+        <v>85027</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H49" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="50" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="1" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>57</v>
+        <v>193</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="E50" s="1">
-        <v>85027</v>
+        <v>45241</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H50" s="2">
-        <v>45996</v>
-[...25 lines deleted...]
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W51">
-    <sortCondition ref="A3:A51"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W50">
+    <sortCondition ref="A3:A50"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>