--- v0 (2025-12-19)
+++ v1 (2026-02-12)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - December 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - February 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B80F6234-D9B7-4CF3-AB53-62E4F09E285F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{03AEC33A-E099-4CA5-80FC-4E582E6A4B65}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{2DBA28C4-AC95-4453-8133-F359048A8D24}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{37A6E0A0-2F34-4875-AA1E-0B976D6D36E6}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4290" uniqueCount="2444">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4104" uniqueCount="2338">
   <si>
     <t>Advanced Call Center Technologies, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">3035 Boones Creek Road </t>
   </si>
   <si>
     <t>Johnson City</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>CCA-BCH-21271</t>
   </si>
   <si>
     <t>CT Consumer Collection Agency Branch License</t>
   </si>
   <si>
     <t xml:space="preserve">1514 S Hwy 77 Sunshine Strip Unit 21B </t>
   </si>
   <si>
     <t>Harlingen</t>
   </si>
   <si>
@@ -172,59 +172,71 @@
   <si>
     <t>Buffalo</t>
   </si>
   <si>
     <t>NY</t>
   </si>
   <si>
     <t>CCA-BCH-1084442</t>
   </si>
   <si>
     <t>American Recovery Service Incorporated</t>
   </si>
   <si>
     <t xml:space="preserve">205 Bryant Woods South </t>
   </si>
   <si>
     <t>Amherst</t>
   </si>
   <si>
     <t>CCA-BCH-2402475</t>
   </si>
   <si>
     <t>ARS National Services, Inc.</t>
   </si>
   <si>
-    <t xml:space="preserve">1810 First Oaks St, Suite 190 </t>
-[...2 lines deleted...]
-    <t>Richmond</t>
+    <t>15810 Park Ten Place Ste 370</t>
+  </si>
+  <si>
+    <t>Houston</t>
   </si>
   <si>
     <t>CCA-BCH-2228887</t>
   </si>
   <si>
+    <t>ARS Portfolio Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1600 Solana Blvd </t>
+  </si>
+  <si>
+    <t>Westlake</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2787288</t>
+  </si>
+  <si>
     <t>ARstrat, LLC</t>
   </si>
   <si>
     <t>231 W Main St Second Floor</t>
   </si>
   <si>
     <t>Denison</t>
   </si>
   <si>
     <t>CCA-BCH-1754347</t>
   </si>
   <si>
     <t>AscensionPoint Recovery Services, LLC</t>
   </si>
   <si>
     <t>600 Highway 169 South suite 1520</t>
   </si>
   <si>
     <t>Saint Louis Park</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>CCA-BCH-947917</t>
@@ -532,6882 +544,6552 @@
   <si>
     <t>Federal Way</t>
   </si>
   <si>
     <t>CCA-BCH-1929966</t>
   </si>
   <si>
     <t>Credit Service Company, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">204 Billings St, Suite 120 </t>
   </si>
   <si>
     <t>Arlington</t>
   </si>
   <si>
     <t>CCA-BCH-2250545</t>
   </si>
   <si>
     <t>D &amp; A Services, LLC</t>
   </si>
   <si>
     <t>11111 Wilcrest Green Suite 225</t>
   </si>
   <si>
-    <t>Houston</t>
-[...1 lines deleted...]
-  <si>
     <t>CCA-BCH-1277923</t>
   </si>
   <si>
     <t>2600 MCCORMICK DRIVE SUITE 120</t>
   </si>
   <si>
     <t>CLEARWATER</t>
   </si>
   <si>
     <t>CCA-BCH-1901948</t>
   </si>
   <si>
     <t>Delta Management Associates Inc</t>
   </si>
   <si>
     <t xml:space="preserve">21 Manchester Street </t>
   </si>
   <si>
     <t>Merrimack</t>
   </si>
   <si>
     <t>03054</t>
   </si>
   <si>
     <t>CCA-BCH-1020530</t>
   </si>
   <si>
     <t>Encore Receivable Management, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">8000 Baymeadows Way </t>
   </si>
   <si>
     <t>CCA-BCH-2257799</t>
   </si>
   <si>
+    <t>F.H. Cann &amp; Associates, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 Domain Drive </t>
+  </si>
+  <si>
+    <t>Exeter</t>
+  </si>
+  <si>
+    <t>03833</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2219172</t>
+  </si>
+  <si>
+    <t>Fay Servicing, LLC</t>
+  </si>
+  <si>
+    <t>1601 Lyndon B. Johnson Freeway Suite 150, 400 &amp; 500</t>
+  </si>
+  <si>
+    <t>Farmers Branch</t>
+  </si>
+  <si>
+    <t>CCA-BCH-349963</t>
+  </si>
+  <si>
+    <t>425 S Financial Place Suite 2000</t>
+  </si>
+  <si>
+    <t>Chicago</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1578923</t>
+  </si>
+  <si>
+    <t>Financial Recovery Services, Inc.</t>
+  </si>
+  <si>
+    <t>823 Belknap Street Suite 205</t>
+  </si>
+  <si>
+    <t>Superior</t>
+  </si>
+  <si>
+    <t>WI</t>
+  </si>
+  <si>
+    <t>CCA-BCH-942075</t>
+  </si>
+  <si>
+    <t>870 Cottonwood Lane Suite 600</t>
+  </si>
+  <si>
+    <t>Dakota Dunes</t>
+  </si>
+  <si>
+    <t>SD</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2037057</t>
+  </si>
+  <si>
+    <t>First Credit Services Inc.</t>
+  </si>
+  <si>
+    <t>2601 Cross Country Drive Building E</t>
+  </si>
+  <si>
+    <t>Columbus</t>
+  </si>
+  <si>
+    <t>GA</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1992971</t>
+  </si>
+  <si>
+    <t>First Financial Asset Management, Inc.</t>
+  </si>
+  <si>
+    <t>3707 North 7th Street Suite 100</t>
+  </si>
+  <si>
+    <t>CCA-BCH-945274</t>
+  </si>
+  <si>
+    <t>First Investors Servicing Corporation</t>
+  </si>
+  <si>
+    <t>5757 Woodway Ste. 400</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1222703</t>
+  </si>
+  <si>
+    <t>FMS Inc.</t>
+  </si>
+  <si>
+    <t>2775 W. Navigator Drive Suite 103</t>
+  </si>
+  <si>
+    <t>Meridian</t>
+  </si>
+  <si>
+    <t>ID</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1712900</t>
+  </si>
+  <si>
+    <t>Galaxy Asset Purchasing, LLC</t>
+  </si>
+  <si>
+    <t>4730 South Fort Apache Road Suite 300</t>
+  </si>
+  <si>
+    <t>Las Vegas</t>
+  </si>
+  <si>
+    <t>NV</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1287414</t>
+  </si>
+  <si>
+    <t>Galaxy Capital Recoveries, LLC</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1287900</t>
+  </si>
+  <si>
+    <t>Galaxy International Purchasing, LLC</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1287829</t>
+  </si>
+  <si>
+    <t>Galaxy Portfolios, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4730 South Fort Apache Road, Ste 300 </t>
+  </si>
+  <si>
+    <t>CCA-BCH-1287921</t>
+  </si>
+  <si>
+    <t>Gatestone &amp; Co. International Inc.</t>
+  </si>
+  <si>
+    <t>1000 NW Street Suite 1200</t>
+  </si>
+  <si>
+    <t>Wilmington</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1415552</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4936 South Point Parkway </t>
+  </si>
+  <si>
+    <t>Fredericksburg</t>
+  </si>
+  <si>
+    <t>VA</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1675503</t>
+  </si>
+  <si>
+    <t>Genpact Collections LLC</t>
+  </si>
+  <si>
+    <t>3300 E. Renner Rd Suite 300</t>
+  </si>
+  <si>
+    <t>Richardson</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1879881</t>
+  </si>
+  <si>
+    <t>9900 Innovation Drive Milwaukee County Research Park</t>
+  </si>
+  <si>
+    <t>Wauwatosa</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1879889</t>
+  </si>
+  <si>
+    <t>Gulf Coast Collection Bureau, Inc.</t>
+  </si>
+  <si>
+    <t>2401 W. Bay Dr 122</t>
+  </si>
+  <si>
+    <t>Largo</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2480520</t>
+  </si>
+  <si>
+    <t>Harris &amp; Harris of Illinois, Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">631 S. Royal Lane Suite 100 </t>
+  </si>
+  <si>
+    <t>Coppell</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2632788</t>
+  </si>
+  <si>
+    <t>Helvey &amp; Associates, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1029 E. Center St. </t>
+  </si>
+  <si>
+    <t>Warsaw</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1758114</t>
+  </si>
+  <si>
+    <t>Jefferson Capital Systems, LLC</t>
+  </si>
+  <si>
+    <t>1355 S Colorado Blvd. Building C, Ste 400</t>
+  </si>
+  <si>
+    <t>Denver</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1416654</t>
+  </si>
+  <si>
+    <t>Kinum, Inc.</t>
+  </si>
+  <si>
+    <t>8200 Haverstick Road Suite 220</t>
+  </si>
+  <si>
+    <t>Indianapolis</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1018349</t>
+  </si>
+  <si>
+    <t>Land Home Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t>3621 S. Harbor Blvd. Suite 125</t>
+  </si>
+  <si>
+    <t>Santa Ana</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1584746</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6919 Vista Drive </t>
+  </si>
+  <si>
+    <t>West Des Moines</t>
+  </si>
+  <si>
+    <t>IA</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1650924</t>
+  </si>
+  <si>
+    <t>139 Fulton Street Room 809</t>
+  </si>
+  <si>
+    <t>New York</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2010488</t>
+  </si>
+  <si>
+    <t>Lyon Collection Services, Inc</t>
+  </si>
+  <si>
+    <t>352 Seventh Avenue Suite 1502</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1461734</t>
+  </si>
+  <si>
+    <t>Media Collections, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2001 Aerospace Pkwy #201 </t>
+  </si>
+  <si>
+    <t>Brookpark</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1269014</t>
+  </si>
+  <si>
+    <t>Medical Data Systems, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">645 Walnut Street, Suite 5 </t>
+  </si>
+  <si>
+    <t>Gadsden</t>
+  </si>
+  <si>
+    <t>AL</t>
+  </si>
+  <si>
+    <t>CCA-BCH-950421</t>
+  </si>
+  <si>
+    <t xml:space="preserve">755 W. Nasa Blvd. </t>
+  </si>
+  <si>
+    <t>Melbourne</t>
+  </si>
+  <si>
+    <t>CCA-BCH-950425</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1532 Lakeview Drive </t>
+  </si>
+  <si>
+    <t>Sebring</t>
+  </si>
+  <si>
+    <t>CCA-BCH-950428</t>
+  </si>
+  <si>
+    <t>Merchants Association Collection Division Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2240 W South Airport Road, Suite A </t>
+  </si>
+  <si>
+    <t>Traverse City</t>
+  </si>
+  <si>
+    <t>MI</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1487134</t>
+  </si>
+  <si>
+    <t>Midland Credit Management, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">600 W. St. Germain St., 2nd Fl. </t>
+  </si>
+  <si>
+    <t>St. Cloud</t>
+  </si>
+  <si>
+    <t>CCA-BCH-944390</t>
+  </si>
+  <si>
+    <t>4405 East Cotton Center Blvd. Suite 130</t>
+  </si>
+  <si>
+    <t>CCA-BCH-944394</t>
+  </si>
+  <si>
+    <t>111 Franklin Road, SE Suite 400</t>
+  </si>
+  <si>
+    <t>Roanoke</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1387283</t>
+  </si>
+  <si>
+    <t>320 E. Big Beaver Road Ste. 300</t>
+  </si>
+  <si>
+    <t>Troy</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1397172</t>
+  </si>
+  <si>
+    <t>MRS BPO, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4930 West State Highway 52 </t>
+  </si>
+  <si>
+    <t>Taylor</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1711630</t>
+  </si>
+  <si>
+    <t>NCB Management Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8653 Baypine Rd, Ste 110 </t>
+  </si>
+  <si>
+    <t>CCA-BCH-1010169</t>
+  </si>
+  <si>
+    <t>Northstar Location Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2608 W. State Street Suite 100 </t>
+  </si>
+  <si>
+    <t>Olean</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1914034</t>
+  </si>
+  <si>
+    <t>Orion Portfolio Purchasing LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4730 South Fort Apache Road, Suite 300 </t>
+  </si>
+  <si>
+    <t>LAS VEGAS</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1911460</t>
+  </si>
+  <si>
+    <t>Penn Credit Corporation</t>
+  </si>
+  <si>
+    <t>4636 E. University Drive Suite 200</t>
+  </si>
+  <si>
+    <t>85034-7411</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1215666</t>
+  </si>
+  <si>
+    <t>PennyMac Loan Services, LLC</t>
+  </si>
+  <si>
+    <t>10845 Griffith Peak Drive, Suite 200A Office 03-116 and 03-119</t>
+  </si>
+  <si>
+    <t>CCA-BCH-364187</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14800 Trinity Blvd., Suite 100 </t>
+  </si>
+  <si>
+    <t>Fort Worth</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1065684</t>
+  </si>
+  <si>
+    <t>6101 Condor Drive Suite 200</t>
+  </si>
+  <si>
+    <t>Moorpark</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1166419</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5025 Plano Parkway, Suite 300 </t>
+  </si>
+  <si>
+    <t>Carrollton</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1481509</t>
+  </si>
+  <si>
+    <t>Pioneer Credit Recovery, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">325 Daniel Zenker Drive, Suite 1 </t>
+  </si>
+  <si>
+    <t>Horseheads</t>
+  </si>
+  <si>
+    <t>CCA-BCH-952789</t>
+  </si>
+  <si>
+    <t>Portfolio Recovery Associates, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4829 Highway 45 North </t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>CCA-BCH-946853</t>
+  </si>
+  <si>
+    <t>6341 Boulevard 26 Suite 500</t>
+  </si>
+  <si>
+    <t>North Richland Hills</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1141623</t>
+  </si>
+  <si>
+    <t xml:space="preserve">150 Corporate Blvd </t>
+  </si>
+  <si>
+    <t>Norfolk</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1714816</t>
+  </si>
+  <si>
+    <t>PRA Receivables Management, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 Orchard, Suite 100 </t>
+  </si>
+  <si>
+    <t>Lake Forest</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1069466</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8245 Tournament Dr., Suite 330 </t>
+  </si>
+  <si>
+    <t>Memphis</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1828101</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2745341</t>
+  </si>
+  <si>
+    <t>R.M. Galicia, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6275 McLeod Drive, #2-4 </t>
+  </si>
+  <si>
+    <t>las vegas</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1126460</t>
+  </si>
+  <si>
+    <t>Radius Global Solutions LLC</t>
+  </si>
+  <si>
+    <t>1111 Montgomery Street, Suite A</t>
+  </si>
+  <si>
+    <t>Decorah</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1757649</t>
+  </si>
+  <si>
+    <t>9550 Regency Square Blvd. Suite 500</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1757655</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11210 Thompson Avenue </t>
+  </si>
+  <si>
+    <t>Lenexa</t>
+  </si>
+  <si>
+    <t>KS</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1757667</t>
+  </si>
+  <si>
+    <t>500 North Franklin Turnpike Suite 315</t>
+  </si>
+  <si>
+    <t>Ramsey</t>
+  </si>
+  <si>
+    <t>NJ</t>
+  </si>
+  <si>
+    <t>07446</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1757676</t>
+  </si>
+  <si>
+    <t>Rausch Sturm LLP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5500 South Quebec Street, Suite 260 </t>
+  </si>
+  <si>
+    <t>Greenwood Village</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1606669</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44 Bearfoot Road, Suite 350 </t>
+  </si>
+  <si>
+    <t>Northborough</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>01532</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1942762</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3000 Riverchase Galleria, Suite 1150 </t>
+  </si>
+  <si>
+    <t>Birmingham</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2262990</t>
+  </si>
+  <si>
+    <t>15660 N. Dallas Parkway Suite 350</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2729284</t>
+  </si>
+  <si>
+    <t>Real Time Resolutions, Inc.</t>
+  </si>
+  <si>
+    <t>3110 N Central Ave - Suite D-160 Office 145 and 157</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1486458</t>
+  </si>
+  <si>
+    <t>Receivables Management Partners, LLC</t>
+  </si>
+  <si>
+    <t>2250 E. Devon Avenue Suite 352</t>
+  </si>
+  <si>
+    <t>Des Plaines</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1677371</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5045 Franklin Ave </t>
+  </si>
+  <si>
+    <t>Waco</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1677375</t>
+  </si>
+  <si>
+    <t xml:space="preserve">250 14th Avenue East </t>
+  </si>
+  <si>
+    <t>Sartell</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1922873</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4135 South Stream Blvd, Suite 400 </t>
+  </si>
+  <si>
+    <t>Charlotte</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2080277</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24600 Center Ridge Rd, Suite 300, Bldg 3 </t>
+  </si>
+  <si>
+    <t>CCA-BCH-2442715</t>
+  </si>
+  <si>
+    <t>Reliant Capital Solutions, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3077 E 98th St, Suite 150 </t>
+  </si>
+  <si>
+    <t>Carmel</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2654406</t>
+  </si>
+  <si>
+    <t>Revco Solutions, Inc.</t>
+  </si>
+  <si>
+    <t>1161 East Clark Road Suite 240</t>
+  </si>
+  <si>
+    <t>Dewitt</t>
+  </si>
+  <si>
+    <t>CCA-BCH-951119</t>
+  </si>
+  <si>
+    <t>6450 Poe Avenue Suite 301</t>
+  </si>
+  <si>
+    <t>Dayton</t>
+  </si>
+  <si>
+    <t>CCA-BCH-951646</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2700 Meridian Parkway, Suite 200 </t>
+  </si>
+  <si>
+    <t>Durham</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2023736</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5807 N 102nd Street </t>
+  </si>
+  <si>
+    <t>Omaha</t>
+  </si>
+  <si>
+    <t>NE</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2330684</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9339 Priority Way West Drive, Suite 120 </t>
+  </si>
+  <si>
+    <t>CCA-BCH-2419116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">320 N. Cedar Bluff RD #300 </t>
+  </si>
+  <si>
+    <t>Knoxville</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2729814</t>
+  </si>
+  <si>
+    <t>Seattle Service Bureau, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6408 Parkland Drive Suite 105 </t>
+  </si>
+  <si>
+    <t>Sarasota</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2112971</t>
+  </si>
+  <si>
+    <t>Selene Finance LP</t>
+  </si>
+  <si>
+    <t>6651 Gate Parkway Suite 300</t>
+  </si>
+  <si>
+    <t>CCA-BCH-333072</t>
+  </si>
+  <si>
+    <t>SN Servicing Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">323 Fifth Street </t>
+  </si>
+  <si>
+    <t>Eureka</t>
+  </si>
+  <si>
+    <t>CCA-BCH-9785</t>
+  </si>
+  <si>
+    <t>Starmark Financial LLC</t>
+  </si>
+  <si>
+    <t>1150 Northbrook Drive Suite 300</t>
+  </si>
+  <si>
+    <t>Trevose</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2617073</t>
+  </si>
+  <si>
+    <t>States Recovery Systems, Inc.</t>
+  </si>
+  <si>
+    <t>3833 S Texas Ave Suite 205</t>
+  </si>
+  <si>
+    <t>Bryan</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2627032</t>
+  </si>
+  <si>
+    <t>STILLMAN, P.C.</t>
+  </si>
+  <si>
+    <t>10 New England Business Center Suite 204</t>
+  </si>
+  <si>
+    <t>Andover</t>
+  </si>
+  <si>
+    <t>01810</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2078266</t>
+  </si>
+  <si>
+    <t>TaxServ Capital Services, LLC</t>
+  </si>
+  <si>
+    <t>25 Prescott Street 2nd Floor</t>
+  </si>
+  <si>
+    <t>West Hartford</t>
+  </si>
+  <si>
+    <t>CT</t>
+  </si>
+  <si>
+    <t>06110</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1396649</t>
+  </si>
+  <si>
+    <t>400 N. Congress Ave Ste 101</t>
+  </si>
+  <si>
+    <t>West Palm Beach</t>
+  </si>
+  <si>
+    <t>33401-2933</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1396670</t>
+  </si>
+  <si>
+    <t>The CBE Group, Inc.</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2076070</t>
+  </si>
+  <si>
+    <t>The Receivable Management Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">77 Hartland Street, Suite 403 </t>
+  </si>
+  <si>
+    <t>East Hartford</t>
+  </si>
+  <si>
+    <t>06108</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1124288</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1250 E. Diehl Road, Suite 300 </t>
+  </si>
+  <si>
+    <t>Naperville</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1125347</t>
+  </si>
+  <si>
+    <t xml:space="preserve">317 N. Main Street </t>
+  </si>
+  <si>
+    <t>Pueblo</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1125349</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4836 Brecksville Road </t>
+  </si>
+  <si>
+    <t>Richfield</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1125352</t>
+  </si>
+  <si>
+    <t>Transworld Systems Inc.</t>
+  </si>
+  <si>
+    <t>150 n. Field Drive Two Conway Park, Suite 200</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1105880</t>
+  </si>
+  <si>
+    <t xml:space="preserve">33400 8th Ave. South, Suite 100 </t>
+  </si>
+  <si>
+    <t>CCA-BCH-1130471</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Metro Office Park, 18 Calle 1, Ste. 101 </t>
+  </si>
+  <si>
+    <t>Guaynabo</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>00968</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1743640</t>
+  </si>
+  <si>
+    <t>10900 Corporate Centre Drive Suite 100C</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2090635</t>
+  </si>
+  <si>
+    <t xml:space="preserve">75 Valley Oak Drive </t>
+  </si>
+  <si>
+    <t>Somerset</t>
+  </si>
+  <si>
+    <t>KY</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2373419</t>
+  </si>
+  <si>
+    <t>2101 West Peoria Avenue Suite 150B</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2438629</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5300 Kings Island Drive </t>
+  </si>
+  <si>
+    <t>Mason</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2541803</t>
+  </si>
+  <si>
+    <t>TRS Recovery Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4000 Coral Ridge Drive </t>
+  </si>
+  <si>
+    <t>Coral Springs</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2449308</t>
+  </si>
+  <si>
+    <t>Turnstile Capital Management, LLC</t>
+  </si>
+  <si>
+    <t>5109 S. Broadband Lane Suite 400</t>
+  </si>
+  <si>
+    <t>Sioux Falls</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1087061</t>
+  </si>
+  <si>
+    <t>United Collection Bureau, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9078 State Road 84 </t>
+  </si>
+  <si>
+    <t>Ft Lauderdale</t>
+  </si>
+  <si>
+    <t>CCA-BCH-933228</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5640 Southwyck Blvd </t>
+  </si>
+  <si>
+    <t>Toledo</t>
+  </si>
+  <si>
+    <t>CCA-BCH-934896</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 Patrol Road #300 </t>
+  </si>
+  <si>
+    <t>Jeffersonville</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1732481</t>
+  </si>
+  <si>
+    <t>Valor Intelligent Processing, LLC</t>
+  </si>
+  <si>
+    <t>10002 Princess Palm Ave Suite 304</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1803951</t>
+  </si>
+  <si>
+    <t>Vengroff Williams, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2099 S State College Blvd # 300 </t>
+  </si>
+  <si>
+    <t>Anaheim</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1111726</t>
+  </si>
+  <si>
+    <t>Wakefield &amp; Associates, LLC</t>
+  </si>
+  <si>
+    <t>3033 South Parker Rd Suite 1010</t>
+  </si>
+  <si>
+    <t>Aurora</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1115406</t>
+  </si>
+  <si>
+    <t>3702 W. Truman Blvd. Suite 115</t>
+  </si>
+  <si>
+    <t>Jefferson City, MO</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1412820</t>
+  </si>
+  <si>
+    <t>320 Cedar Bluff Rd Suite 300</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1582206</t>
+  </si>
+  <si>
+    <t>Waypoint Resource Group, LLC</t>
+  </si>
+  <si>
+    <t>8800 Baymeadows Way West Suite 420</t>
+  </si>
+  <si>
+    <t>CCA-BCH-2582141</t>
+  </si>
+  <si>
+    <t>Weltman, Weinberg &amp; Reis Co., L.P.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">965 Keynote Circle </t>
+  </si>
+  <si>
+    <t>Brooklyn Heights</t>
+  </si>
+  <si>
+    <t>CCA-BCH-950607</t>
+  </si>
+  <si>
+    <t>525 Vine Street Suite 1020</t>
+  </si>
+  <si>
+    <t>Cincinnati</t>
+  </si>
+  <si>
+    <t>CCA-BCH-950631</t>
+  </si>
+  <si>
+    <t>5475 Rings Road Suite 200</t>
+  </si>
+  <si>
+    <t>Dublin</t>
+  </si>
+  <si>
+    <t>CCA-BCH-950848</t>
+  </si>
+  <si>
+    <t>World Omni Financial Corp.</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1401695</t>
+  </si>
+  <si>
+    <t>Worldwide Asset Purchasing II, LLC</t>
+  </si>
+  <si>
+    <t>CCA-BCH-1287924</t>
+  </si>
+  <si>
     <t xml:space="preserve">3947 N Oak Street Extension </t>
   </si>
   <si>
     <t>Valdosta</t>
   </si>
   <si>
-    <t>GA</t>
-[...1 lines deleted...]
-  <si>
     <t>CCA-BCH-2410960</t>
   </si>
   <si>
-    <t>F.H. Cann &amp; Associates, Inc.</t>
-[...236 lines deleted...]
-    <t>CCA-BCH-1758114</t>
+    <t xml:space="preserve">308 W. Route 38 </t>
+  </si>
+  <si>
+    <t>Moorestown</t>
+  </si>
+  <si>
+    <t>08057</t>
+  </si>
+  <si>
+    <t>CCA-BCH-953707</t>
+  </si>
+  <si>
+    <t>A-A Mortgage Investor, LLC</t>
+  </si>
+  <si>
+    <t>2121 Rosecrans Avenue Suite 5300</t>
+  </si>
+  <si>
+    <t>El Segundo</t>
+  </si>
+  <si>
+    <t>CCA-2367212</t>
+  </si>
+  <si>
+    <t>CT Consumer Collection Agency License</t>
+  </si>
+  <si>
+    <t>A.R.M. Solutions, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2455 Teller Road, Suite 150 </t>
+  </si>
+  <si>
+    <t>Thousand Oaks</t>
+  </si>
+  <si>
+    <t>CCA-937594</t>
+  </si>
+  <si>
+    <t>Aargon Agency, Inc.</t>
+  </si>
+  <si>
+    <t>8668 SPRING MOUNTAIN RD Suite 110</t>
+  </si>
+  <si>
+    <t>CCA-1615010</t>
+  </si>
+  <si>
+    <t>Ability Recovery Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">284 Main Street </t>
+  </si>
+  <si>
+    <t>Dupont</t>
+  </si>
+  <si>
+    <t>CCA-1033955</t>
+  </si>
+  <si>
+    <t>Absolute Resolutions Corporation</t>
+  </si>
+  <si>
+    <t>8000 Norman Center Drive, Ste. 350</t>
+  </si>
+  <si>
+    <t>Bloomington</t>
+  </si>
+  <si>
+    <t>CCA-1678180</t>
+  </si>
+  <si>
+    <t>Absolute Resolutions Investments, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8000 Norman Center Drive, Suite 350 </t>
+  </si>
+  <si>
+    <t>CCA-1490522</t>
+  </si>
+  <si>
+    <t>Absolute Resolutions XI, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8000 Norman Center Dr, Ste 350 </t>
+  </si>
+  <si>
+    <t>CCA-1396681</t>
+  </si>
+  <si>
+    <t>Accelerated Inventory Management, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6001 W. William Cannon Dr. Suite 102 , </t>
+  </si>
+  <si>
+    <t>Austin</t>
+  </si>
+  <si>
+    <t>CCA-1115593</t>
+  </si>
+  <si>
+    <t>Accelerated Portfolio, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">55 Monette Pkwy, Suite 200 </t>
+  </si>
+  <si>
+    <t>Smithfield</t>
+  </si>
+  <si>
+    <t>CCA-2157840</t>
+  </si>
+  <si>
+    <t>Accounts Receivable Automated Solutions Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">140 University Park </t>
+  </si>
+  <si>
+    <t>CCA-922861</t>
+  </si>
+  <si>
+    <t>Accurate Claim Solutions, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 Taylor Lane </t>
+  </si>
+  <si>
+    <t>Wallingford</t>
+  </si>
+  <si>
+    <t>06492</t>
+  </si>
+  <si>
+    <t>CCA-1415629</t>
+  </si>
+  <si>
+    <t>Action Collection Agencies, Inc.</t>
+  </si>
+  <si>
+    <t>16 Commerce Blvd. Unit 4</t>
+  </si>
+  <si>
+    <t>Middleboro</t>
+  </si>
+  <si>
+    <t>02346</t>
+  </si>
+  <si>
+    <t>CCA-931957</t>
+  </si>
+  <si>
+    <t>Admin Recovery LLC</t>
+  </si>
+  <si>
+    <t>6225 Sheridan Drive Suite 118</t>
+  </si>
+  <si>
+    <t>Williamsville</t>
+  </si>
+  <si>
+    <t>CCA-1103081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2238 East Fairview Ave </t>
+  </si>
+  <si>
+    <t>CCA-3078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5900 Pasteur Court, Ste. 210 </t>
+  </si>
+  <si>
+    <t>Carlsbad</t>
+  </si>
+  <si>
+    <t>CCA-244947</t>
+  </si>
+  <si>
+    <t>Afni, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1310 Martin Luther King Drive </t>
+  </si>
+  <si>
+    <t>CCA-939588</t>
+  </si>
+  <si>
+    <t>Agency of Credit Control, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2014 S. Pontiac Way </t>
+  </si>
+  <si>
+    <t>CCA-1855813</t>
+  </si>
+  <si>
+    <t>AIS Recovery Solutions, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1212 Corporate Drive, Suite 400 </t>
+  </si>
+  <si>
+    <t>Irving</t>
+  </si>
+  <si>
+    <t>CCA-921364</t>
+  </si>
+  <si>
+    <t>AKCP LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">145 Palisade St. Suite 200 </t>
+  </si>
+  <si>
+    <t>Dobbs Ferry</t>
+  </si>
+  <si>
+    <t>CCA-2410856</t>
+  </si>
+  <si>
+    <t>Aldous &amp; Associates PLLC</t>
+  </si>
+  <si>
+    <t>4625 South 2300 East Suite 207</t>
+  </si>
+  <si>
+    <t>Holladay</t>
+  </si>
+  <si>
+    <t>CCA-1401770</t>
+  </si>
+  <si>
+    <t>Alliance Collection Agencies, Inc.</t>
+  </si>
+  <si>
+    <t>3916 S. Business Park Ave. PO Box 1267</t>
+  </si>
+  <si>
+    <t>Marshfield</t>
+  </si>
+  <si>
+    <t>CCA-929077</t>
+  </si>
+  <si>
+    <t>3 Valley Square 512 Township Line Road Ste. 301</t>
+  </si>
+  <si>
+    <t>Blue Bell</t>
+  </si>
+  <si>
+    <t>CCA-441662</t>
+  </si>
+  <si>
+    <t>Alliant Capital Management LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1965 Sheridan Drive, Suite 100 </t>
+  </si>
+  <si>
+    <t>CCA-1679170</t>
+  </si>
+  <si>
+    <t>Allied Account Services, Inc</t>
+  </si>
+  <si>
+    <t>1065 Stewart Ave Suite 103</t>
+  </si>
+  <si>
+    <t>Bethpage</t>
+  </si>
+  <si>
+    <t>CCA-934694</t>
+  </si>
+  <si>
+    <t>Allied International Credit Corp., (US)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4410 E. Claiborne Square Ste 235 </t>
+  </si>
+  <si>
+    <t>Hampton</t>
+  </si>
+  <si>
+    <t>CCA-934303</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7450 Tilghman St, Suite 100 </t>
+  </si>
+  <si>
+    <t>Allentown</t>
+  </si>
+  <si>
+    <t>CCA-928901</t>
+  </si>
+  <si>
+    <t>Alternative Collections, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">65 Lawrence Bell Dr </t>
+  </si>
+  <si>
+    <t>CCA-1512719</t>
+  </si>
+  <si>
+    <t>AMCOL Systems, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">645 Penn Street 4th Floor Suite 402 </t>
+  </si>
+  <si>
+    <t>Reading</t>
+  </si>
+  <si>
+    <t>CCA-1151816</t>
+  </si>
+  <si>
+    <t>AMERICAN ADJUSTMENT BUREAU,INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">73 FIELD ST. </t>
+  </si>
+  <si>
+    <t>WATERBURY</t>
+  </si>
+  <si>
+    <t>06702</t>
+  </si>
+  <si>
+    <t>CCA-929734</t>
+  </si>
+  <si>
+    <t>American Coradius International LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2420 Sweet Home Rd., Suite 150 </t>
+  </si>
+  <si>
+    <t>CCA-816187</t>
+  </si>
+  <si>
+    <t>American Credit Acceptance, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">961 East Main Street </t>
+  </si>
+  <si>
+    <t>Spartanburg</t>
+  </si>
+  <si>
+    <t>SC</t>
+  </si>
+  <si>
+    <t>CCA-345863</t>
+  </si>
+  <si>
+    <t>American Credit Bureau, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1200 North Federal Highway, Suite # 200 </t>
+  </si>
+  <si>
+    <t>Boca Raton</t>
+  </si>
+  <si>
+    <t>CCA-954544</t>
+  </si>
+  <si>
+    <t>American National Recovery Group Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">411 Pennsylvania Ave. </t>
+  </si>
+  <si>
+    <t>Matamoras</t>
+  </si>
+  <si>
+    <t>CCA-1391150</t>
+  </si>
+  <si>
+    <t>American Neighborhood Mortgage Acceptance Company LLC</t>
+  </si>
+  <si>
+    <t>700 East Gate Drive Suite 400</t>
+  </si>
+  <si>
+    <t>Mount Laurel</t>
+  </si>
+  <si>
+    <t>08054</t>
+  </si>
+  <si>
+    <t>CCA-338923</t>
+  </si>
+  <si>
+    <t>American Profit Recovery, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34505 W. 12 Mile Road # 333 </t>
+  </si>
+  <si>
+    <t>Farmington Hills</t>
+  </si>
+  <si>
+    <t>CCA-945971</t>
+  </si>
+  <si>
+    <t>555 St. Charles Drive Suite 100</t>
+  </si>
+  <si>
+    <t>CCA-933103</t>
+  </si>
+  <si>
+    <t>Americollect, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1851 S. Alverno Rd. </t>
+  </si>
+  <si>
+    <t>Manitowoc</t>
+  </si>
+  <si>
+    <t>CCA-908759</t>
+  </si>
+  <si>
+    <t>Amerisave Mortgage Corporation</t>
+  </si>
+  <si>
+    <t>1200 Altmore Avenue Building 2, Suite 300</t>
+  </si>
+  <si>
+    <t>Sandy Springs</t>
+  </si>
+  <si>
+    <t>CCA-1168</t>
+  </si>
+  <si>
+    <t>Amos Financial LLC</t>
+  </si>
+  <si>
+    <t>3330 Skokie Valley Road Suite 301</t>
+  </si>
+  <si>
+    <t>Highland Park</t>
+  </si>
+  <si>
+    <t>CCA-1111855</t>
+  </si>
+  <si>
+    <t>Amsher Collection Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">204 West Pitman, Suite D-2 </t>
+  </si>
+  <si>
+    <t>O'Fallon</t>
+  </si>
+  <si>
+    <t>CCA-922863</t>
+  </si>
+  <si>
+    <t>AP Account Services, LLC</t>
+  </si>
+  <si>
+    <t>9311 San Pedro Suite 600</t>
+  </si>
+  <si>
+    <t>San Antonio</t>
+  </si>
+  <si>
+    <t>CCA-1112680</t>
+  </si>
+  <si>
+    <t>Apelles, LLC</t>
+  </si>
+  <si>
+    <t>3700 Corporate Drive Suite 165</t>
+  </si>
+  <si>
+    <t>CCA-791182</t>
+  </si>
+  <si>
+    <t>Aqua Finance, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">One Corporate Drive, Suite 300 </t>
+  </si>
+  <si>
+    <t>Wausau</t>
+  </si>
+  <si>
+    <t>CCA-1082164</t>
+  </si>
+  <si>
+    <t>Arcadia Recovery Bureau, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">645 Penn Street 4th Floor Suite 401 </t>
+  </si>
+  <si>
+    <t>CCA-1194760</t>
+  </si>
+  <si>
+    <t>Arch Mortgage Assurance Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">230 N Elm Street </t>
+  </si>
+  <si>
+    <t>Greensboro</t>
+  </si>
+  <si>
+    <t>CCA-2094333</t>
+  </si>
+  <si>
+    <t>Arcon Credit Solutions LLC</t>
+  </si>
+  <si>
+    <t>8425 Seasons Parkway Ste 106</t>
+  </si>
+  <si>
+    <t>Woodbury</t>
+  </si>
+  <si>
+    <t>CCA-1982870</t>
+  </si>
+  <si>
+    <t>500 La Terraza Blvd Ste 330</t>
+  </si>
+  <si>
+    <t>Escondido</t>
+  </si>
+  <si>
+    <t>CCA-934304</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6400 Main Street </t>
+  </si>
+  <si>
+    <t>CCA-197476</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14141 Southwest Fwy  Ste 300 </t>
+  </si>
+  <si>
+    <t>Sugar Land</t>
+  </si>
+  <si>
+    <t>CCA-1456896</t>
+  </si>
+  <si>
+    <t>200 Coon Rapids Blvd. Ste. 200</t>
+  </si>
+  <si>
+    <t>Coon Rapids</t>
+  </si>
+  <si>
+    <t>CCA-934277</t>
+  </si>
+  <si>
+    <t xml:space="preserve">827 Rood Ave. </t>
+  </si>
+  <si>
+    <t>Grand Junction</t>
+  </si>
+  <si>
+    <t>CCA-934555</t>
+  </si>
+  <si>
+    <t>Asset Acceptance, LLC</t>
+  </si>
+  <si>
+    <t>320 E. Big Beaver Road STE 300</t>
+  </si>
+  <si>
+    <t>CCA-1085166</t>
+  </si>
+  <si>
+    <t>Asset Recovery Bureau LLC</t>
+  </si>
+  <si>
+    <t>1212 Abbott Road Suite C</t>
+  </si>
+  <si>
+    <t>Lackawanna</t>
+  </si>
+  <si>
+    <t>CCA-2241217</t>
+  </si>
+  <si>
+    <t>Asset Recovery Solutions, LLC</t>
+  </si>
+  <si>
+    <t>5250 Old Orchard Rd Suite 200</t>
+  </si>
+  <si>
+    <t>Skokie</t>
+  </si>
+  <si>
+    <t>CCA-947923</t>
+  </si>
+  <si>
+    <t>Asset Resolution Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10180 Linn Station Road, Suite C200 </t>
+  </si>
+  <si>
+    <t>Louisville</t>
+  </si>
+  <si>
+    <t>CCA-1130708</t>
+  </si>
+  <si>
+    <t>AssetCare, LLC</t>
+  </si>
+  <si>
+    <t>3400 Texoma Parkway Suite 300</t>
+  </si>
+  <si>
+    <t>Sherman</t>
+  </si>
+  <si>
+    <t>CCA-1559262</t>
+  </si>
+  <si>
+    <t>Associated Credit Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 Highwood Dr., Suite 102E </t>
+  </si>
+  <si>
+    <t>Tewksbury</t>
+  </si>
+  <si>
+    <t>01876</t>
+  </si>
+  <si>
+    <t>CCA-221718</t>
+  </si>
+  <si>
+    <t>Atlantic Collection Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">194 Boston Post Road </t>
+  </si>
+  <si>
+    <t>East Lyme</t>
+  </si>
+  <si>
+    <t>06333</t>
+  </si>
+  <si>
+    <t>CCA-1172914</t>
+  </si>
+  <si>
+    <t>Atlantic Credit &amp; Finance Special Finance Unit III, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1028716</t>
+  </si>
+  <si>
+    <t>Atlantic Credit &amp; Finance Special Finance Unit, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1028663</t>
+  </si>
+  <si>
+    <t>Atlantic Credit &amp; Finance, Inc.</t>
+  </si>
+  <si>
+    <t>CCA-940558</t>
+  </si>
+  <si>
+    <t>AUDIT SYSTEMS,INC</t>
+  </si>
+  <si>
+    <t>1301 Seminole Boulevard Suite 155-157</t>
+  </si>
+  <si>
+    <t>CCA-953138</t>
+  </si>
+  <si>
+    <t>Automated Collection Services, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">304 Northcreek Blvd </t>
+  </si>
+  <si>
+    <t>Goodlettsville</t>
+  </si>
+  <si>
+    <t>CCA-933125</t>
+  </si>
+  <si>
+    <t>Autovest, L.L.C.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26261 Evergreen Rd., Ste. 390 </t>
+  </si>
+  <si>
+    <t>Southfield</t>
+  </si>
+  <si>
+    <t>CCA-1011824</t>
+  </si>
+  <si>
+    <t>3600 S. Gessner Road Suite 225</t>
+  </si>
+  <si>
+    <t>CCA-1540496</t>
+  </si>
+  <si>
+    <t>Axiom Acquisition Ventures, LLC</t>
+  </si>
+  <si>
+    <t>12425 Race Track Rd Suite 100</t>
+  </si>
+  <si>
+    <t>CCA-1731525</t>
+  </si>
+  <si>
+    <t>BALANCED HEALTHCARE RECEIVABLES, LLC</t>
+  </si>
+  <si>
+    <t>164 BURKE STREET SUITE 201</t>
+  </si>
+  <si>
+    <t>NASHUA</t>
+  </si>
+  <si>
+    <t>03060</t>
+  </si>
+  <si>
+    <t>CCA-948399</t>
+  </si>
+  <si>
+    <t>Bass &amp; Associates, A Professional Corporation</t>
+  </si>
+  <si>
+    <t>3936 E. Ft. Lowell Rd. Suite 200</t>
+  </si>
+  <si>
+    <t>CCA-977918</t>
+  </si>
+  <si>
+    <t>BC SERVICES, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">550 Disc Dr </t>
+  </si>
+  <si>
+    <t>Longmont</t>
+  </si>
+  <si>
+    <t>CCA-1096500</t>
+  </si>
+  <si>
+    <t>BCA Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18001 Old Cutler Rd., Suite 462 </t>
+  </si>
+  <si>
+    <t>Miami</t>
+  </si>
+  <si>
+    <t>CCA-1187737</t>
+  </si>
+  <si>
+    <t>Bell &amp; Williams Associates, Inc.</t>
+  </si>
+  <si>
+    <t>7 Wall St Suite 101B</t>
+  </si>
+  <si>
+    <t>Windham</t>
+  </si>
+  <si>
+    <t>03087</t>
+  </si>
+  <si>
+    <t>CCA-977708</t>
+  </si>
+  <si>
+    <t>Benchmark Municipal Tax Services, Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3543 Main Street, Second Floor </t>
+  </si>
+  <si>
+    <t>Bridgeport</t>
+  </si>
+  <si>
+    <t>06606</t>
+  </si>
+  <si>
+    <t>CCA-1483181</t>
+  </si>
+  <si>
+    <t>Benuck &amp; Rainey, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25 Concord Road </t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>03861</t>
+  </si>
+  <si>
+    <t>CCA-931908</t>
+  </si>
+  <si>
+    <t>Berlin-Wheeler, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2942 A SW Wanamaker Dr. #200 </t>
+  </si>
+  <si>
+    <t>Topeka</t>
+  </si>
+  <si>
+    <t>CCA-937468</t>
+  </si>
+  <si>
+    <t>Bilateral Credit Corp LLC</t>
+  </si>
+  <si>
+    <t>1980 Pawtucket Ave Suite 2-1</t>
+  </si>
+  <si>
+    <t>East Providence</t>
+  </si>
+  <si>
+    <t>RI</t>
+  </si>
+  <si>
+    <t>02914</t>
+  </si>
+  <si>
+    <t>CCA-1120948</t>
+  </si>
+  <si>
+    <t>Bounce AI, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">333 Metro Park, Ste S-205 </t>
+  </si>
+  <si>
+    <t>Rochester</t>
+  </si>
+  <si>
+    <t>CCA-2440406</t>
+  </si>
+  <si>
+    <t>Brown &amp; Joseph, LLC</t>
+  </si>
+  <si>
+    <t>1 Pierce Place Suite 700W</t>
+  </si>
+  <si>
+    <t>Itasca</t>
+  </si>
+  <si>
+    <t>CCA-1716869</t>
+  </si>
+  <si>
+    <t>Bull City Financial Solutions, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2609 N. Duke St., Ste. 500 </t>
+  </si>
+  <si>
+    <t>CCA-1313005</t>
+  </si>
+  <si>
+    <t>Bungalow Funding, LLC</t>
+  </si>
+  <si>
+    <t>1301 Solana Boulevard Suite 1500</t>
+  </si>
+  <si>
+    <t>CCA-2143566</t>
+  </si>
+  <si>
+    <t>CACH, LLC</t>
+  </si>
+  <si>
+    <t>355 S. Main Street Ste 300-B</t>
+  </si>
+  <si>
+    <t>Greenville</t>
+  </si>
+  <si>
+    <t>CCA-1120944</t>
+  </si>
+  <si>
+    <t>CACV of Colorado, LLC</t>
+  </si>
+  <si>
+    <t>355 S. Main Street Ste 300-C</t>
+  </si>
+  <si>
+    <t>CCA-1120945</t>
+  </si>
+  <si>
+    <t>Caddis Funding, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">910 Pinckney Street </t>
+  </si>
+  <si>
+    <t>GREENVILLE</t>
+  </si>
+  <si>
+    <t>CCA-1450203</t>
+  </si>
+  <si>
+    <t>CadleRock Joint Venture, L.P.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 North Center Street </t>
+  </si>
+  <si>
+    <t>Newton Falls</t>
+  </si>
+  <si>
+    <t>CCA-1307247</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5805 Sepulveda Blvd Fl 4 </t>
+  </si>
+  <si>
+    <t>Sherman Oaks</t>
+  </si>
+  <si>
+    <t>91411-2532</t>
+  </si>
+  <si>
+    <t>CCA-953717</t>
+  </si>
+  <si>
+    <t>CAM1 LLC</t>
+  </si>
+  <si>
+    <t>3100 Breckinridge Blvd Suite 725</t>
+  </si>
+  <si>
+    <t>Duluth</t>
+  </si>
+  <si>
+    <t>CCA-1110273</t>
+  </si>
+  <si>
+    <t>Capio Partners, LLC</t>
+  </si>
+  <si>
+    <t>3400 Texoma Parkway Suite 100</t>
+  </si>
+  <si>
+    <t>CCA-1134374</t>
+  </si>
+  <si>
+    <t>Capital Collection Management LLC</t>
+  </si>
+  <si>
+    <t>318 S. Clinton Street Suite 400</t>
+  </si>
+  <si>
+    <t>Syracuse</t>
+  </si>
+  <si>
+    <t>CCA-1631249</t>
+  </si>
+  <si>
+    <t>Capital Management Services, LP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">698 1/2 S Ogden St. </t>
+  </si>
+  <si>
+    <t>CCA-954074</t>
+  </si>
+  <si>
+    <t>Capital Recovery Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">130 E. Main Street, Suite 200, Office 103 </t>
+  </si>
+  <si>
+    <t>Canton</t>
+  </si>
+  <si>
+    <t>CCA-1666542</t>
+  </si>
+  <si>
+    <t>500 North State College Boulevard Suites 1030, 1300 and 1400</t>
+  </si>
+  <si>
+    <t>Orange</t>
+  </si>
+  <si>
+    <t>CCA-2600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">101 Crossways Park Drive </t>
+  </si>
+  <si>
+    <t>CCA-937467</t>
+  </si>
+  <si>
+    <t>Carter Business Service, Inc.</t>
+  </si>
+  <si>
+    <t>150A Andover Street Suite12A</t>
+  </si>
+  <si>
+    <t>Danvers</t>
+  </si>
+  <si>
+    <t>01923</t>
+  </si>
+  <si>
+    <t>CCA-933075</t>
+  </si>
+  <si>
+    <t>CASA Receivables Management, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2697 Stonewood Park Loop </t>
+  </si>
+  <si>
+    <t>LAND O LAKES</t>
+  </si>
+  <si>
+    <t>CCA-2517323</t>
+  </si>
+  <si>
+    <t>Cavalry Investments, LLC</t>
+  </si>
+  <si>
+    <t>1 American Lane Suite 220</t>
+  </si>
+  <si>
+    <t>Greenwich</t>
+  </si>
+  <si>
+    <t>06831</t>
+  </si>
+  <si>
+    <t>CCA-984428</t>
+  </si>
+  <si>
+    <t>CCA-942695</t>
+  </si>
+  <si>
+    <t>Cavalry SPV I, LLC</t>
+  </si>
+  <si>
+    <t>CCA-942699</t>
+  </si>
+  <si>
+    <t>Cavalry SPV II, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1096456</t>
+  </si>
+  <si>
+    <t>550 Broad Street Suite1506</t>
+  </si>
+  <si>
+    <t>Newark</t>
+  </si>
+  <si>
+    <t>07102</t>
+  </si>
+  <si>
+    <t>CCA-1306118</t>
+  </si>
+  <si>
+    <t>Cedars Business Services, LLC</t>
+  </si>
+  <si>
+    <t>5230 Las Virgenes Road Suite 210</t>
+  </si>
+  <si>
+    <t>Calabasas</t>
+  </si>
+  <si>
+    <t>CCA-959560</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6150 Omni Park Drive </t>
+  </si>
+  <si>
+    <t>Mobile</t>
+  </si>
+  <si>
+    <t>CCA-245753</t>
+  </si>
+  <si>
+    <t>Central Portfolio Control Inc</t>
+  </si>
+  <si>
+    <t>10249 Yellow Circle Drive Suite 200</t>
+  </si>
+  <si>
+    <t>Minnetonka</t>
+  </si>
+  <si>
+    <t>CCA-929038</t>
+  </si>
+  <si>
+    <t>CF Medical, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3400 Texoma Parkway, Suite 100 </t>
+  </si>
+  <si>
+    <t>CCA-1201424</t>
+  </si>
+  <si>
+    <t>CHECKredi of Kentucky, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">406 Park Place </t>
+  </si>
+  <si>
+    <t>Lexington</t>
+  </si>
+  <si>
+    <t>CCA-1134223</t>
+  </si>
+  <si>
+    <t>Cheswold(TL) LLC</t>
+  </si>
+  <si>
+    <t>150 S Pine Island Rd Suite 417</t>
+  </si>
+  <si>
+    <t>Plantation</t>
+  </si>
+  <si>
+    <t>CCA-1415397</t>
+  </si>
+  <si>
+    <t>Citation Collection Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8900 Keystone Crossing, Ste. 700 </t>
+  </si>
+  <si>
+    <t>CCA-970741</t>
+  </si>
+  <si>
+    <t>CKS Prime Investments, LLC</t>
+  </si>
+  <si>
+    <t>1800 Route 34N, Building 3 Suite 305C</t>
+  </si>
+  <si>
+    <t>Wall</t>
+  </si>
+  <si>
+    <t>07719</t>
+  </si>
+  <si>
+    <t>CCA-1615276</t>
+  </si>
+  <si>
+    <t>Client Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">514 Earth City Expressway, Suite 310 </t>
+  </si>
+  <si>
+    <t>CCA-934561</t>
+  </si>
+  <si>
+    <t>CMRE Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3075 East Imperial Highway, #200 </t>
+  </si>
+  <si>
+    <t>Brea</t>
+  </si>
+  <si>
+    <t>CCA-935753</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4273 Volunteer Rd </t>
+  </si>
+  <si>
+    <t>Geneseo</t>
+  </si>
+  <si>
+    <t>CCA-967350</t>
+  </si>
+  <si>
+    <t>Cognizant Mortgage Services Corporation</t>
+  </si>
+  <si>
+    <t>8383 Dominion Parkway Suite 276W</t>
+  </si>
+  <si>
+    <t>CCA-1687735</t>
+  </si>
+  <si>
+    <t>Collection Attorneys USA LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5435 Willis Avenue </t>
+  </si>
+  <si>
+    <t>CCA-2393960</t>
+  </si>
+  <si>
+    <t>Collection Bureau of America, LTD.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25954 Eden Landing Road </t>
+  </si>
+  <si>
+    <t>Hayward</t>
+  </si>
+  <si>
+    <t>94545-3816</t>
+  </si>
+  <si>
+    <t>CCA-934255</t>
+  </si>
+  <si>
+    <t>Collection Bureau of the Hudson Valley, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">155 n plank rd </t>
+  </si>
+  <si>
+    <t>newburgh</t>
+  </si>
+  <si>
+    <t>CCA-929063</t>
+  </si>
+  <si>
+    <t>661 Andersen Dr. Suite 110</t>
+  </si>
+  <si>
+    <t>CCA-1025901</t>
+  </si>
+  <si>
+    <t>Collections Acquisition Company, Inc.</t>
+  </si>
+  <si>
+    <t>2 Easton Oval Suite 310</t>
+  </si>
+  <si>
+    <t>CCA-1130706</t>
+  </si>
+  <si>
+    <t>906 SE Everett Mall Way Suite 301</t>
+  </si>
+  <si>
+    <t>Everett</t>
+  </si>
+  <si>
+    <t>CCA-1603096</t>
+  </si>
+  <si>
+    <t>COMMERCIAL SERVICES GROUP, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2001 Newmarket Drive </t>
+  </si>
+  <si>
+    <t>CCA-943118</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11601 Roosevelt Boulevard, TA-09 </t>
+  </si>
+  <si>
+    <t>St. Petersburg</t>
+  </si>
+  <si>
+    <t>CCA-947717</t>
+  </si>
+  <si>
+    <t>Compu-Link Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3900 Capital City Blvd </t>
+  </si>
+  <si>
+    <t>Lansing</t>
+  </si>
+  <si>
+    <t>CCA-3020</t>
+  </si>
+  <si>
+    <t>COMPUTER INNOVATIONS INC</t>
+  </si>
+  <si>
+    <t>1484 HIGHLAND AVENUE SUITE 8</t>
+  </si>
+  <si>
+    <t>CHESHIRE</t>
+  </si>
+  <si>
+    <t>06410</t>
+  </si>
+  <si>
+    <t>CCA-1412811</t>
+  </si>
+  <si>
+    <t>Comstar, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 Turcotte Memorial Drive </t>
+  </si>
+  <si>
+    <t>Rowley</t>
+  </si>
+  <si>
+    <t>01969</t>
+  </si>
+  <si>
+    <t>CCA-1202454</t>
+  </si>
+  <si>
+    <t>Concord Servicing LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4343 N. Scottsdale Road, Suite 270 </t>
+  </si>
+  <si>
+    <t>Scottsdale</t>
+  </si>
+  <si>
+    <t>CCA-365917</t>
+  </si>
+  <si>
+    <t>CONRAD CREDIT CORPORATION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">476 W. VERMONT AVE. </t>
+  </si>
+  <si>
+    <t>ESCONDIDO</t>
+  </si>
+  <si>
+    <t>CCA-931244</t>
+  </si>
+  <si>
+    <t>Constar Financial Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2222 W Dunlap Avenue Suite 200 </t>
+  </si>
+  <si>
+    <t>CCA-943494</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 CrossKeys Office Park </t>
+  </si>
+  <si>
+    <t>Fairport</t>
+  </si>
+  <si>
+    <t>CCA-931208</t>
+  </si>
+  <si>
+    <t>CONTRACT CALLERS INC</t>
+  </si>
+  <si>
+    <t>501 Greene St Suite 302</t>
+  </si>
+  <si>
+    <t>Augusta</t>
+  </si>
+  <si>
+    <t>CCA-954069</t>
+  </si>
+  <si>
+    <t>Crane Consulting and Outsourcing, LLC</t>
+  </si>
+  <si>
+    <t>6409 Congress Avenue Suite 100</t>
+  </si>
+  <si>
+    <t>CCA-2033738</t>
+  </si>
+  <si>
+    <t>CREDENCE RESOURCE MANAGEMENT, LLC</t>
+  </si>
+  <si>
+    <t>4222 Trinity Mills Suite 260</t>
+  </si>
+  <si>
+    <t>CCA-1134094</t>
+  </si>
+  <si>
+    <t>Credigy Receivables Inc.</t>
+  </si>
+  <si>
+    <t>2877 Paradise Road # 303</t>
+  </si>
+  <si>
+    <t>CCA-1268820</t>
+  </si>
+  <si>
+    <t>Credit Center, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 Finance Drive </t>
+  </si>
+  <si>
+    <t>Danbury</t>
+  </si>
+  <si>
+    <t>06810</t>
+  </si>
+  <si>
+    <t>CCA-1398375</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3300 Rider Trail S, Suite 500 </t>
+  </si>
+  <si>
+    <t>CCA-870875</t>
+  </si>
+  <si>
+    <t>Credit Corp Collections Agency Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">121 West Election Road, Suite 200 </t>
+  </si>
+  <si>
+    <t>Draper</t>
+  </si>
+  <si>
+    <t>CCA-1074065</t>
+  </si>
+  <si>
+    <t>CCA-1113194</t>
+  </si>
+  <si>
+    <t>CREDIT MANAGEMENT CORPORATION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1551 Boston Post Road </t>
+  </si>
+  <si>
+    <t>Westbrook</t>
+  </si>
+  <si>
+    <t>06498</t>
+  </si>
+  <si>
+    <t>CCA-1401061</t>
+  </si>
+  <si>
+    <t>Credit Resolutions, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">500 Main Street 2nd Floor </t>
+  </si>
+  <si>
+    <t>Middlefield</t>
+  </si>
+  <si>
+    <t>06455-0222</t>
+  </si>
+  <si>
+    <t>CCA-1134368</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2150 Lelaray Street </t>
+  </si>
+  <si>
+    <t>Colorado Springs</t>
+  </si>
+  <si>
+    <t>CCA-1018483</t>
+  </si>
+  <si>
+    <t>CREDIT SERVICE INTERNATIONAL CORPORATION</t>
+  </si>
+  <si>
+    <t xml:space="preserve">512 2ND ST #6 </t>
+  </si>
+  <si>
+    <t>HUDSON</t>
+  </si>
+  <si>
+    <t>CCA-1700835</t>
+  </si>
+  <si>
+    <t>Credit Solutions, LLC</t>
+  </si>
+  <si>
+    <t>2277 Thunderstick Dr Ste 400</t>
+  </si>
+  <si>
+    <t>CCA-1001962</t>
+  </si>
+  <si>
+    <t>Credit Systems International, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1277, Country Club Lane </t>
+  </si>
+  <si>
+    <t>CCA-1671989</t>
+  </si>
+  <si>
+    <t>CREDIT WORLD SERVICES, INC.</t>
+  </si>
+  <si>
+    <t>6310 Lamar Ave. Suite 145</t>
+  </si>
+  <si>
+    <t>Overland Park</t>
+  </si>
+  <si>
+    <t>CCA-935745</t>
+  </si>
+  <si>
+    <t>CreditOne LLC</t>
+  </si>
+  <si>
+    <t>3619 18th Street Suite A</t>
+  </si>
+  <si>
+    <t>Metairie</t>
+  </si>
+  <si>
+    <t>CCA-1392042</t>
+  </si>
+  <si>
+    <t>Crown Asset Management, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1110271</t>
+  </si>
+  <si>
+    <t>CUDA &amp; Associates,  LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1100 Ridge Road </t>
+  </si>
+  <si>
+    <t>North Haven</t>
+  </si>
+  <si>
+    <t>06473</t>
+  </si>
+  <si>
+    <t>CCA-1463937</t>
+  </si>
+  <si>
+    <t>1400 E. Touhy Avenue Suite G2</t>
+  </si>
+  <si>
+    <t>CCA-1002061</t>
+  </si>
+  <si>
+    <t>Data Search NY, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27500 Riverview Center Blvd., Suite 200 </t>
+  </si>
+  <si>
+    <t>Bonita Springs</t>
+  </si>
+  <si>
+    <t>CCA-1740574</t>
+  </si>
+  <si>
+    <t>DCM Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1550 American Blvd E Ste 200 </t>
+  </si>
+  <si>
+    <t>55425-1116</t>
+  </si>
+  <si>
+    <t>CCA-207709</t>
+  </si>
+  <si>
+    <t>Debt Recovery Solutions, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6800 Jericho Turnpike ste. 113E </t>
+  </si>
+  <si>
+    <t>Syosset</t>
+  </si>
+  <si>
+    <t>CCA-934307</t>
+  </si>
+  <si>
+    <t>Denali Capital, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2207 2nd Avenue North </t>
+  </si>
+  <si>
+    <t>CCA-2294490</t>
+  </si>
+  <si>
+    <t>Distressed Asset Portfolio IV, LLC</t>
+  </si>
+  <si>
+    <t>9999 Carver Road Suite 150</t>
+  </si>
+  <si>
+    <t>Blue Ash</t>
+  </si>
+  <si>
+    <t>CCA-1400025</t>
+  </si>
+  <si>
+    <t>Diversified Adjustment Service, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">600 Coon Rapids Blvd. </t>
+  </si>
+  <si>
+    <t>CCA-920378</t>
+  </si>
+  <si>
+    <t>DNF Associates LLC</t>
+  </si>
+  <si>
+    <t>2351 North Forest Road Suite 110</t>
+  </si>
+  <si>
+    <t>Getzville</t>
+  </si>
+  <si>
+    <t>CCA-1399535</t>
+  </si>
+  <si>
+    <t>DRB-40, LLC</t>
+  </si>
+  <si>
+    <t>40 Gardenville Pkwy Suite 201</t>
+  </si>
+  <si>
+    <t>West Seneca</t>
+  </si>
+  <si>
+    <t>CCA-1587682</t>
+  </si>
+  <si>
+    <t>DTG Holdings, Inc.</t>
+  </si>
+  <si>
+    <t>11350 McCormick Road EPIII, Suite 800</t>
+  </si>
+  <si>
+    <t>Hunt Valley</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>CCA-938351</t>
+  </si>
+  <si>
+    <t>Dyck-O'Neal, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3100 Monticello Ave., Suite 650 </t>
+  </si>
+  <si>
+    <t>CCA-116356</t>
+  </si>
+  <si>
+    <t>Eastern Account System of Connecticut, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">111 Park Ridge Rd. </t>
+  </si>
+  <si>
+    <t>Brookfield</t>
+  </si>
+  <si>
+    <t>06804</t>
+  </si>
+  <si>
+    <t>CCA-934918</t>
+  </si>
+  <si>
+    <t>EGS Financial Care, Inc.</t>
+  </si>
+  <si>
+    <t>5161 California Ave. Suite 100</t>
+  </si>
+  <si>
+    <t>Irvine</t>
+  </si>
+  <si>
+    <t>CCA-950415</t>
+  </si>
+  <si>
+    <t>EMS Funding Solutions, LLC</t>
+  </si>
+  <si>
+    <t>5999 South Park Avenue Suite 180</t>
+  </si>
+  <si>
+    <t>Hamburg</t>
+  </si>
+  <si>
+    <t>CCA-2711918</t>
+  </si>
+  <si>
+    <t xml:space="preserve">225 International Parkway </t>
+  </si>
+  <si>
+    <t>Lake Mary</t>
+  </si>
+  <si>
+    <t>CCA-181265</t>
+  </si>
+  <si>
+    <t>Estate Information Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">670 Morrison Rd., Suite 300 </t>
+  </si>
+  <si>
+    <t>Gahanna</t>
+  </si>
+  <si>
+    <t>CCA-934565</t>
+  </si>
+  <si>
+    <t>Everest Receivable Services Inc.</t>
+  </si>
+  <si>
+    <t>2351 North Forest Road Suite 100</t>
+  </si>
+  <si>
+    <t>CCA-926201</t>
+  </si>
+  <si>
+    <t>Executive Accounts Management llc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">109 midwood ave </t>
+  </si>
+  <si>
+    <t>wolcott</t>
+  </si>
+  <si>
+    <t>06716</t>
+  </si>
+  <si>
+    <t>CCA-1390191</t>
+  </si>
+  <si>
+    <t>1600 Osgood Street Suite 3058</t>
+  </si>
+  <si>
+    <t>North Andover</t>
+  </si>
+  <si>
+    <t>01845</t>
+  </si>
+  <si>
+    <t>CCA-959428</t>
+  </si>
+  <si>
+    <t>5426 Bay Center Drive Suite 300</t>
+  </si>
+  <si>
+    <t>CCA-88244</t>
+  </si>
+  <si>
+    <t>FCI Lender Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8180 East Kaiser Blvd. </t>
+  </si>
+  <si>
+    <t>Anaheim Hills</t>
+  </si>
+  <si>
+    <t>CCA-4920</t>
+  </si>
+  <si>
+    <t>FCR TL Trust</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1345 Ave. of the Americas, 46th FL </t>
+  </si>
+  <si>
+    <t>CCA-2647186</t>
+  </si>
+  <si>
+    <t>FEDChex Recovery, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 Goodyear Suite 110 </t>
+  </si>
+  <si>
+    <t>CCA-1126700</t>
+  </si>
+  <si>
+    <t>FIG Capital Investments, LLC</t>
+  </si>
+  <si>
+    <t>1000 Riverside Avenue Suite 400</t>
+  </si>
+  <si>
+    <t>JACKSONVILLE</t>
+  </si>
+  <si>
+    <t>CCA-1822706</t>
+  </si>
+  <si>
+    <t>FIG CT13, LLC</t>
+  </si>
+  <si>
+    <t>1000 Riverside Drive Suite 400</t>
+  </si>
+  <si>
+    <t>CCA-1860705</t>
+  </si>
+  <si>
+    <t>FIG CT18, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1860704</t>
+  </si>
+  <si>
+    <t>FIG CT19, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1860706</t>
+  </si>
+  <si>
+    <t>Financial Asset Management Systems, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">429 Creekstone Ridge </t>
+  </si>
+  <si>
+    <t>Woodstock</t>
+  </si>
+  <si>
+    <t>CCA-922812</t>
+  </si>
+  <si>
+    <t>Financial Assistance, Inc</t>
+  </si>
+  <si>
+    <t>1130 140th Ave NE Suite 100A</t>
+  </si>
+  <si>
+    <t>Bellevue</t>
+  </si>
+  <si>
+    <t>CCA-950721</t>
+  </si>
+  <si>
+    <t>1345 Mendota Heights Road Suite 100</t>
+  </si>
+  <si>
+    <t>Mendota Heights</t>
+  </si>
+  <si>
+    <t>CCA-935742</t>
+  </si>
+  <si>
+    <t>Finch Investment Group, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1842445</t>
+  </si>
+  <si>
+    <t>Finosu, Inc.</t>
+  </si>
+  <si>
+    <t>169 Madison Ave STE 11311</t>
+  </si>
+  <si>
+    <t>CCA-2671499</t>
+  </si>
+  <si>
+    <t>9 Wills Way Building 3</t>
+  </si>
+  <si>
+    <t>Piscataway</t>
+  </si>
+  <si>
+    <t>08854</t>
+  </si>
+  <si>
+    <t>CCA-921357</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3091 Governors Lake Drive, Suite 500 </t>
+  </si>
+  <si>
+    <t>Norcross</t>
+  </si>
+  <si>
+    <t>CCA-934308</t>
+  </si>
+  <si>
+    <t>FIRST FINANCIAL INVESTMENT FUND III, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3091 Governors Lake Drive, Ste 500 </t>
+  </si>
+  <si>
+    <t>Peachtree Corners</t>
+  </si>
+  <si>
+    <t>CCA-1240755</t>
+  </si>
+  <si>
+    <t>First Financial Resources, Inc.</t>
+  </si>
+  <si>
+    <t>492 Old Connecticut Path Suite 101</t>
+  </si>
+  <si>
+    <t>Framingham</t>
+  </si>
+  <si>
+    <t>01701</t>
+  </si>
+  <si>
+    <t>CCA-951453</t>
+  </si>
+  <si>
+    <t>3065 Akers Mill Rd. Suite 700</t>
+  </si>
+  <si>
+    <t>Atlanta</t>
+  </si>
+  <si>
+    <t>CCA-219045</t>
+  </si>
+  <si>
+    <t>First National Collection Bureau, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">50 W. Liberty St. Ste 250 </t>
+  </si>
+  <si>
+    <t>Reno</t>
+  </si>
+  <si>
+    <t>CCA-934310</t>
+  </si>
+  <si>
+    <t>First Portfolio Ventures I LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3091 Governors Lake Dr, Suite 500 </t>
+  </si>
+  <si>
+    <t>CCA-1668151</t>
+  </si>
+  <si>
+    <t>FIRST PORTFOLIO VENTURES II, LLC</t>
+  </si>
+  <si>
+    <t>3091 Governors Lake Drive, Suite 500 Suite 500</t>
+  </si>
+  <si>
+    <t>CCA-2268275</t>
+  </si>
+  <si>
+    <t>First Resolution Investment Corporation, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1265763</t>
+  </si>
+  <si>
+    <t>FirstCredit, Inc.</t>
+  </si>
+  <si>
+    <t>3250 W. Market Street Suite 304</t>
+  </si>
+  <si>
+    <t>Akron</t>
+  </si>
+  <si>
+    <t>CCA-1516963</t>
+  </si>
+  <si>
+    <t>FirstPoint Collection Resources, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">225 Commerce Place </t>
+  </si>
+  <si>
+    <t>CCA-939550</t>
+  </si>
+  <si>
+    <t>Firstsource Advantage, LLC</t>
+  </si>
+  <si>
+    <t>CCA-954078</t>
+  </si>
+  <si>
+    <t>FMA Alliance, Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11410 Greens Crossing Boulevard </t>
+  </si>
+  <si>
+    <t>CCA-931140</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4915 S. Union Ave. </t>
+  </si>
+  <si>
+    <t>CCA-953582</t>
+  </si>
+  <si>
+    <t>Franklin Credit Management Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">101 Hudson Street, 24th Floor </t>
+  </si>
+  <si>
+    <t>Jersey City</t>
+  </si>
+  <si>
+    <t>07302</t>
+  </si>
+  <si>
+    <t>CCA-2102</t>
+  </si>
+  <si>
+    <t>Franklin Service, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2978 West Jackson St </t>
+  </si>
+  <si>
+    <t>Tupelo</t>
+  </si>
+  <si>
+    <t>MS</t>
+  </si>
+  <si>
+    <t>CCA-948786</t>
+  </si>
+  <si>
+    <t>Frost-Arnett Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1321 Murfreesboro Pike, Ste 611 </t>
+  </si>
+  <si>
+    <t>Nashville</t>
+  </si>
+  <si>
+    <t>CCA-1124656</t>
+  </si>
+  <si>
+    <t>Full Circle Financial Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12425 Race Track Road, Suite 100 </t>
+  </si>
+  <si>
+    <t>CCA-934278</t>
+  </si>
+  <si>
+    <t>G.L.A. Collection Company, Incorporated</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2630 Gleeson Lane </t>
+  </si>
+  <si>
+    <t>CCA-1138329</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 Galleria Pkwy SE, Ste 620 </t>
+  </si>
+  <si>
+    <t>CCA-1115597</t>
+  </si>
+  <si>
+    <t>CCA-1115631</t>
+  </si>
+  <si>
+    <t>CCA-1115599</t>
+  </si>
+  <si>
+    <t>CCA-1115624</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7015 L Street </t>
+  </si>
+  <si>
+    <t>CCA-937172</t>
+  </si>
+  <si>
+    <t>GB Collects, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1253 Haddonfield Berlin Road </t>
+  </si>
+  <si>
+    <t>Voorhees</t>
+  </si>
+  <si>
+    <t>08043-4847</t>
+  </si>
+  <si>
+    <t>CCA-1421870</t>
+  </si>
+  <si>
+    <t>General Revenue Corporation</t>
+  </si>
+  <si>
+    <t>4660 Duke Drive Suite 200</t>
+  </si>
+  <si>
+    <t>CCA-951918</t>
+  </si>
+  <si>
+    <t>GENESIS RECOVERY SERVICES INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25060 Avenue Stanford, Suite 240 </t>
+  </si>
+  <si>
+    <t>Valencia</t>
+  </si>
+  <si>
+    <t>CCA-1686343</t>
+  </si>
+  <si>
+    <t xml:space="preserve">335 New Commerce Blvd </t>
+  </si>
+  <si>
+    <t>Wilkes-Barre</t>
+  </si>
+  <si>
+    <t>CCA-1739063</t>
+  </si>
+  <si>
+    <t>Genpact Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3300 E. Renner Rd. Ste. 300 </t>
+  </si>
+  <si>
+    <t>CCA-934264</t>
+  </si>
+  <si>
+    <t>Girvin &amp; Ferlazzo, P.C.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20 Corporate Woods Boulevard </t>
+  </si>
+  <si>
+    <t>Albany</t>
+  </si>
+  <si>
+    <t>CCA-1418575</t>
+  </si>
+  <si>
+    <t>Grand Vacations Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6355 MetroWest Blvd., Suite 180 </t>
+  </si>
+  <si>
+    <t>Orlando</t>
+  </si>
+  <si>
+    <t>CCA-442028</t>
+  </si>
+  <si>
+    <t>Gryphon Corp.</t>
+  </si>
+  <si>
+    <t>2877 Paradise Road Unit 303</t>
+  </si>
+  <si>
+    <t>CCA-1224248</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7560 Commerce Court </t>
+  </si>
+  <si>
+    <t>CCA-931242</t>
+  </si>
+  <si>
+    <t>Halsted Financial Services, LLC</t>
+  </si>
+  <si>
+    <t>8001 N. Lincoln Ave Suite 500</t>
+  </si>
+  <si>
+    <t>CCA-1197823</t>
+  </si>
+  <si>
+    <t>111 W JACKSON BLVD SUITE 650</t>
+  </si>
+  <si>
+    <t>CCA-2038270</t>
+  </si>
+  <si>
+    <t>Harvard Collection Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4839 N ELSTON AVENUE </t>
+  </si>
+  <si>
+    <t>CHICAGO</t>
+  </si>
+  <si>
+    <t>CCA-1115231</t>
+  </si>
+  <si>
+    <t>Harvest Credit Management VII, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">160 Inverness Drive West, Suite 200 </t>
+  </si>
+  <si>
+    <t>Englewood</t>
+  </si>
+  <si>
+    <t>CCA-1421868</t>
+  </si>
+  <si>
+    <t>HCL Lending Solutions, LLC</t>
+  </si>
+  <si>
+    <t>8744 Lucent Blvd. Second Floor</t>
+  </si>
+  <si>
+    <t>Highlands Ranch</t>
+  </si>
+  <si>
+    <t>CCA-3707</t>
+  </si>
+  <si>
+    <t>HealthCare Associates, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5503 Cherokee Ave </t>
+  </si>
+  <si>
+    <t>Alexandria</t>
+  </si>
+  <si>
+    <t>CCA-2488423</t>
+  </si>
+  <si>
+    <t>Healthcare Revenue Recovery Group, LLC</t>
+  </si>
+  <si>
+    <t>1643 N. Harrison Parkway Building H, Suite 100</t>
+  </si>
+  <si>
+    <t>Sunrise</t>
+  </si>
+  <si>
+    <t>CCA-960124</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3790 Lake City Hwy </t>
+  </si>
+  <si>
+    <t>CCA-1148013</t>
+  </si>
+  <si>
+    <t>HGF Management Company</t>
+  </si>
+  <si>
+    <t>5530 Douglas Boulevard 130</t>
+  </si>
+  <si>
+    <t>Granite Bay</t>
+  </si>
+  <si>
+    <t>CCA-2766187</t>
+  </si>
+  <si>
+    <t>Higher Education Loan Authority of the state of Missouri</t>
+  </si>
+  <si>
+    <t xml:space="preserve">633 Spirit Drive </t>
+  </si>
+  <si>
+    <t>Chesterfield</t>
+  </si>
+  <si>
+    <t>CCA-1442770</t>
+  </si>
+  <si>
+    <t>Hilco Receivables LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 Revere Dr Ste 420 </t>
+  </si>
+  <si>
+    <t>Northbrook</t>
+  </si>
+  <si>
+    <t>CCA-1373320</t>
+  </si>
+  <si>
+    <t>Hillcrest, Davidson, and Associates LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1771 International Parkway, Suite 101 </t>
+  </si>
+  <si>
+    <t>CCA-1213621</t>
+  </si>
+  <si>
+    <t>Hollis Cobb Associates, LLC</t>
+  </si>
+  <si>
+    <t>3175 Satellite Blvd Suite 400</t>
+  </si>
+  <si>
+    <t>CCA-1224682</t>
+  </si>
+  <si>
+    <t>HS Financial Group, LLC</t>
+  </si>
+  <si>
+    <t>18013 Cleveland Parkway Suite 170</t>
+  </si>
+  <si>
+    <t>Cleveland</t>
+  </si>
+  <si>
+    <t>CCA-1126763</t>
+  </si>
+  <si>
+    <t>HTX REALTY, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 Mauchly </t>
+  </si>
+  <si>
+    <t>CCA-1982626</t>
+  </si>
+  <si>
+    <t>Hunter Warfield, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4620 Woodland Corporate Blvd. </t>
+  </si>
+  <si>
+    <t>CCA-988277</t>
+  </si>
+  <si>
+    <t>Huntington Debt Holding LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1965 Sheridan Drive, Suite 200 </t>
+  </si>
+  <si>
+    <t>CCA-1742647</t>
   </si>
   <si>
     <t>I.C. System, Inc.</t>
   </si>
   <si>
-    <t xml:space="preserve">301 Sand Lake Rd </t>
-[...77 lines deleted...]
-    <t>CCA-BCH-1461734</t>
+    <t xml:space="preserve">444 Highway 96 East </t>
+  </si>
+  <si>
+    <t>St. Paul</t>
+  </si>
+  <si>
+    <t>55127-2557</t>
+  </si>
+  <si>
+    <t>CCA-937158</t>
+  </si>
+  <si>
+    <t>I.Q. DATA INTERNATIONAL, INC.</t>
+  </si>
+  <si>
+    <t>21222 30TH DRIVE SE SUITE C210</t>
+  </si>
+  <si>
+    <t>BOTHELL</t>
+  </si>
+  <si>
+    <t>CCA-971181</t>
+  </si>
+  <si>
+    <t>iEnergizer BPO Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17304 Preston Rd, 8th Floor </t>
+  </si>
+  <si>
+    <t>CCA-2043521</t>
+  </si>
+  <si>
+    <t>InDebted USA, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">204 West Pitman Suite D </t>
+  </si>
+  <si>
+    <t>CCA-908487</t>
+  </si>
+  <si>
+    <t>Independence Capital Recovery, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">871 Venetia Bay Blvd Ste 112 </t>
+  </si>
+  <si>
+    <t>Venice</t>
+  </si>
+  <si>
+    <t>CCA-1964263</t>
+  </si>
+  <si>
+    <t>Insight Financial, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5141 Central Ave </t>
+  </si>
+  <si>
+    <t>CCA-2021417</t>
+  </si>
+  <si>
+    <t>Insight One Recovery Solutions, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9292 Huntington Square, Suite 300A </t>
+  </si>
+  <si>
+    <t>CCA-3761</t>
+  </si>
+  <si>
+    <t>INTEGRAL RECOVERIES, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">333 W Hampden Ave #650 </t>
+  </si>
+  <si>
+    <t>CCA-1014325</t>
+  </si>
+  <si>
+    <t>International Computer Systems, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10925 Otter Creek E. Blvd </t>
+  </si>
+  <si>
+    <t>Mabelvale</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>CCA-936677</t>
+  </si>
+  <si>
+    <t>Investinet, LLC</t>
+  </si>
+  <si>
+    <t>CCA-937604</t>
+  </si>
+  <si>
+    <t>iQuantified Management Services, LLC</t>
+  </si>
+  <si>
+    <t>2821 S. Parker Rd Suite 305</t>
+  </si>
+  <si>
+    <t>CCA-1105535</t>
+  </si>
+  <si>
+    <t>J.M. Adjustment Services, L.L.C.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44600 Delco Blvd. </t>
+  </si>
+  <si>
+    <t>Sterling Heights</t>
+  </si>
+  <si>
+    <t>CCA-934189</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 14th Ave E </t>
+  </si>
+  <si>
+    <t>CCA-969968</t>
+  </si>
+  <si>
+    <t>Jeffrey G. Lerman, P.C.</t>
+  </si>
+  <si>
+    <t>170 Old Country Road Suite 600</t>
+  </si>
+  <si>
+    <t>Mineola</t>
+  </si>
+  <si>
+    <t>CCA-1411502</t>
+  </si>
+  <si>
+    <t>JNR Adjustment Company Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3300 Fernbrook Lane North, Ste. 225 </t>
+  </si>
+  <si>
+    <t>Plymouth</t>
+  </si>
+  <si>
+    <t>CCA-935646</t>
+  </si>
+  <si>
+    <t>Judgment Acquisitions Unlimited Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">185 Main Street, Suite 34 </t>
+  </si>
+  <si>
+    <t>Avon</t>
+  </si>
+  <si>
+    <t>02322</t>
+  </si>
+  <si>
+    <t>CCA-2348294</t>
+  </si>
+  <si>
+    <t>Kason Credit Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">90 Enfield Street </t>
+  </si>
+  <si>
+    <t>Enfield</t>
+  </si>
+  <si>
+    <t>06082</t>
+  </si>
+  <si>
+    <t>CCA-1414138</t>
+  </si>
+  <si>
+    <t>Key 2 recovery, Inc.</t>
+  </si>
+  <si>
+    <t>8584 East Washington Street Suite 104</t>
+  </si>
+  <si>
+    <t>Chagrin Falls</t>
+  </si>
+  <si>
+    <t>CCA-1153773</t>
+  </si>
+  <si>
+    <t xml:space="preserve">770 Lynnhaven Pkwy, Suite 160 </t>
+  </si>
+  <si>
+    <t>Virginia Beach</t>
+  </si>
+  <si>
+    <t>CCA-1011841</t>
+  </si>
+  <si>
+    <t>Knute Financial LLC</t>
+  </si>
+  <si>
+    <t>1 Seneca Street Suite 2900</t>
+  </si>
+  <si>
+    <t>CCA-2623464</t>
+  </si>
+  <si>
+    <t>Kompato AI Inc.</t>
+  </si>
+  <si>
+    <t>3710 Rawlins St. STE 1420</t>
+  </si>
+  <si>
+    <t>CCA-2673600</t>
+  </si>
+  <si>
+    <t>L J Ross Associates, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 Universal Way </t>
+  </si>
+  <si>
+    <t>CCA-931903</t>
+  </si>
+  <si>
+    <t>Lamont, Hanley &amp; Associates, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">186 Granite Street </t>
+  </si>
+  <si>
+    <t>Manchester</t>
+  </si>
+  <si>
+    <t>03101</t>
+  </si>
+  <si>
+    <t>CCA-938920</t>
+  </si>
+  <si>
+    <t>Landmark Strategy Group, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1902 Ridge Road  Suite 156 </t>
+  </si>
+  <si>
+    <t>CCA-1835049</t>
+  </si>
+  <si>
+    <t>LAUREL WREATH ACQUISITIONS, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36 main street #566 </t>
+  </si>
+  <si>
+    <t>Old Saybrook</t>
+  </si>
+  <si>
+    <t>06475</t>
+  </si>
+  <si>
+    <t>CCA-1701636</t>
+  </si>
+  <si>
+    <t>LCS CAPITAL, LLC</t>
+  </si>
+  <si>
+    <t>6782 S. POTOMAC ST. #110</t>
+  </si>
+  <si>
+    <t>CENTENNIAL</t>
+  </si>
+  <si>
+    <t>CCA-1113644</t>
+  </si>
+  <si>
+    <t>LCS FINANCIAL SERVICES CORPORATION</t>
+  </si>
+  <si>
+    <t>6782 S. POTOMAC STREET SUITE 100</t>
+  </si>
+  <si>
+    <t>CCA-878400</t>
+  </si>
+  <si>
+    <t>Leafy Financial, LLC</t>
+  </si>
+  <si>
+    <t>2921 Brown Trail Suite 250</t>
+  </si>
+  <si>
+    <t>CCA-2451414</t>
+  </si>
+  <si>
+    <t>Levy Diamond Bello &amp; Associates, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">260D Quarry Road </t>
+  </si>
+  <si>
+    <t>Milford</t>
+  </si>
+  <si>
+    <t>06460</t>
+  </si>
+  <si>
+    <t>CCA-1389401</t>
+  </si>
+  <si>
+    <t>Life Line Billing Systems, LLC</t>
+  </si>
+  <si>
+    <t>W62 N248 Washington Avenue #204</t>
+  </si>
+  <si>
+    <t>Cedarburg</t>
+  </si>
+  <si>
+    <t>CCA-1563468</t>
+  </si>
+  <si>
+    <t>Loan Science, LLC</t>
+  </si>
+  <si>
+    <t>3520 Executive Center Drive Suite 150</t>
+  </si>
+  <si>
+    <t>CCA-1443915</t>
+  </si>
+  <si>
+    <t>LOCKHART, MORRIS &amp; MONTGOMERY, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1401 N Central Expy Suite 225 </t>
+  </si>
+  <si>
+    <t>CCA-1191130</t>
+  </si>
+  <si>
+    <t>LVNV Funding LLC</t>
+  </si>
+  <si>
+    <t>355 S Main Sreet STE 300-D</t>
+  </si>
+  <si>
+    <t>CCA-322503</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7924 West Sahara Avenue </t>
+  </si>
+  <si>
+    <t>CCA-947794</t>
+  </si>
+  <si>
+    <t>Main Line Recovery Solutions, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29 Regency Plaza </t>
+  </si>
+  <si>
+    <t>Glen Mills</t>
+  </si>
+  <si>
+    <t>CCA-1733064</t>
+  </si>
+  <si>
+    <t>Main Street Acquisition Corp.</t>
+  </si>
+  <si>
+    <t>CCA-1268819</t>
   </si>
   <si>
     <t>McCarthy, Burgess &amp; Wolff, Inc.</t>
   </si>
   <si>
-    <t xml:space="preserve">7088 W. 130th Street </t>
-[...527 lines deleted...]
-    <t>CCA-BCH-9785</t>
+    <t xml:space="preserve">26000 Cannon Road </t>
+  </si>
+  <si>
+    <t>CCA-931010</t>
+  </si>
+  <si>
+    <t>MCLP Asset Company, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 West Street </t>
+  </si>
+  <si>
+    <t>CCA-1591407</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8948 Canyon Falls Blvd. #200 </t>
+  </si>
+  <si>
+    <t>Twinsburg</t>
+  </si>
+  <si>
+    <t>CCA-950663</t>
+  </si>
+  <si>
+    <t>Medical Collection Center, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">101 Overton Farm Drive </t>
+  </si>
+  <si>
+    <t>Southbury</t>
+  </si>
+  <si>
+    <t>06488</t>
+  </si>
+  <si>
+    <t>CCA-1401082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">958 20th Place 3rd Floor </t>
+  </si>
+  <si>
+    <t>Vero Beach</t>
+  </si>
+  <si>
+    <t>CCA-934576</t>
+  </si>
+  <si>
+    <t>Mercedes-Benz Financial Services USA LLC</t>
+  </si>
+  <si>
+    <t>35555 W. Twelve Mile Rd Suite 100</t>
+  </si>
+  <si>
+    <t>CCA-2546</t>
+  </si>
+  <si>
+    <t>Merchants &amp; Medical Credit Corporation, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6324 Taylor Drive </t>
+  </si>
+  <si>
+    <t>Flint</t>
+  </si>
+  <si>
+    <t>CCA- 932674</t>
+  </si>
+  <si>
+    <t xml:space="preserve">134 South Tampa Street </t>
+  </si>
+  <si>
+    <t>CCA-1115207</t>
+  </si>
+  <si>
+    <t>Merchants' Credit Guide Company</t>
+  </si>
+  <si>
+    <t>53 W Jackson Blvd Suite 623</t>
+  </si>
+  <si>
+    <t>CCA-931239</t>
+  </si>
+  <si>
+    <t>Meridian Financial Services, Inc.</t>
+  </si>
+  <si>
+    <t>1636 Hendersonville Road Suite #135</t>
+  </si>
+  <si>
+    <t>asheville</t>
+  </si>
+  <si>
+    <t>CCA-1114302</t>
+  </si>
+  <si>
+    <t>Metacorp LLC</t>
+  </si>
+  <si>
+    <t>57 Canal Street Suite 301</t>
+  </si>
+  <si>
+    <t>Lockport</t>
+  </si>
+  <si>
+    <t>CCA-1885915</t>
+  </si>
+  <si>
+    <t>Michael Andrews &amp; Associates LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26261 Evergreen Rd., Ste. 350 </t>
+  </si>
+  <si>
+    <t>CCA-943168</t>
+  </si>
+  <si>
+    <t>Middle Country Collection Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">200 Parkway Drive South Suite 301 </t>
+  </si>
+  <si>
+    <t>Hauppauge</t>
+  </si>
+  <si>
+    <t>CCA-1439408</t>
+  </si>
+  <si>
+    <t>350 Camino De La Reina Ste. 300</t>
+  </si>
+  <si>
+    <t>San Diego</t>
+  </si>
+  <si>
+    <t>CCA-934164</t>
+  </si>
+  <si>
+    <t>Midland Funding LLC</t>
+  </si>
+  <si>
+    <t>CCA-973111</t>
+  </si>
+  <si>
+    <t>Midland Funding NCC-2 Corporation</t>
+  </si>
+  <si>
+    <t>350 Camino de la Reina Ste. 300</t>
+  </si>
+  <si>
+    <t>CCA-974880</t>
+  </si>
+  <si>
+    <t>MiraMed Revenue Group, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">360 E. 22nd Street </t>
+  </si>
+  <si>
+    <t>Lombard</t>
+  </si>
+  <si>
+    <t>CCA-996990</t>
+  </si>
+  <si>
+    <t>Monarch Recovery Management, Inc.</t>
+  </si>
+  <si>
+    <t>3260 Tillman Drive Suite 75</t>
+  </si>
+  <si>
+    <t>Bensalem</t>
+  </si>
+  <si>
+    <t>CCA-948959</t>
+  </si>
+  <si>
+    <t>Monterey Financial Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4095 AVENIDA DE LA PLATA </t>
+  </si>
+  <si>
+    <t>OCEANSIDE</t>
+  </si>
+  <si>
+    <t>CCA-253155</t>
+  </si>
+  <si>
+    <t>Mortgage Solutions of Colorado, LLC</t>
+  </si>
+  <si>
+    <t>7450 Campus Drive Suite 200</t>
+  </si>
+  <si>
+    <t>CCA-61602</t>
+  </si>
+  <si>
+    <t>MRC Receivables Corporation</t>
+  </si>
+  <si>
+    <t>350 Camino De La Reina Ste 300</t>
+  </si>
+  <si>
+    <t>CCA-974881</t>
+  </si>
+  <si>
+    <t xml:space="preserve">402 Lippincott Drive </t>
+  </si>
+  <si>
+    <t>Marlton</t>
+  </si>
+  <si>
+    <t>08053</t>
+  </si>
+  <si>
+    <t>CCA-944131</t>
+  </si>
+  <si>
+    <t>MS SERVICES LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">637 W Yellowstone Highway </t>
+  </si>
+  <si>
+    <t>Casper</t>
+  </si>
+  <si>
+    <t>WY</t>
+  </si>
+  <si>
+    <t>CCA-1137104</t>
+  </si>
+  <si>
+    <t>MTAG Services, LLC</t>
+  </si>
+  <si>
+    <t>111 Coleman Blvd. Ste. 400</t>
+  </si>
+  <si>
+    <t>Mount Pleasant</t>
+  </si>
+  <si>
+    <t>CCA-1489687</t>
+  </si>
+  <si>
+    <t>MTGLQ Investors, L.P.</t>
+  </si>
+  <si>
+    <t>10282-2198</t>
+  </si>
+  <si>
+    <t>CCA-9672</t>
+  </si>
+  <si>
+    <t>Municipal Collections of America Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3348 Ridge Road </t>
+  </si>
+  <si>
+    <t>CCA-1662108</t>
+  </si>
+  <si>
+    <t>National Collection Systems, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10845 Olive Blvd., Suite 210 </t>
+  </si>
+  <si>
+    <t>St. Louis</t>
+  </si>
+  <si>
+    <t>CCA-929741</t>
+  </si>
+  <si>
+    <t>National Commercial Services</t>
+  </si>
+  <si>
+    <t>6644 Valjean Avenue Ste 100</t>
+  </si>
+  <si>
+    <t>Van Nuys</t>
+  </si>
+  <si>
+    <t>CCA-931967</t>
+  </si>
+  <si>
+    <t>National Credit Adjusters, L.L.C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">327 W 4th Ave </t>
+  </si>
+  <si>
+    <t>Hutchinson</t>
+  </si>
+  <si>
+    <t>CCA-922821</t>
+  </si>
+  <si>
+    <t>National Credit Systems, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1775 The Exchange SE  Suite 300 </t>
+  </si>
+  <si>
+    <t>CCA-939618</t>
+  </si>
+  <si>
+    <t>National Creditors Connection Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2601 Main St #1050 </t>
+  </si>
+  <si>
+    <t>CCA-985520</t>
+  </si>
+  <si>
+    <t>National Debt Holdings LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 SE 2nd Street, Suite 600 </t>
+  </si>
+  <si>
+    <t>Ft. Lauderdale</t>
+  </si>
+  <si>
+    <t>CCA-1381253</t>
+  </si>
+  <si>
+    <t>National Enterprise Systems, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29125 Solon Road </t>
+  </si>
+  <si>
+    <t>Solon</t>
+  </si>
+  <si>
+    <t>CCA-942637</t>
+  </si>
+  <si>
+    <t>National Healthcare Collections, LLC</t>
+  </si>
+  <si>
+    <t>17998 Chesterfield Airport Rd Ste 215</t>
+  </si>
+  <si>
+    <t>CCA-1974072</t>
+  </si>
+  <si>
+    <t>National Recovery Solutions, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6425 Dysinger Rd. </t>
+  </si>
+  <si>
+    <t>CCA-934169</t>
+  </si>
+  <si>
+    <t>Nationwide Credit and Collection Inc.</t>
+  </si>
+  <si>
+    <t>815 Commerce Drive,  Ste. 270</t>
+  </si>
+  <si>
+    <t>Oak Brook</t>
+  </si>
+  <si>
+    <t>CCA-1057803</t>
+  </si>
+  <si>
+    <t>Nationwide Credit Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5503 Cherokee Ave. </t>
+  </si>
+  <si>
+    <t>CCA-944152</t>
+  </si>
+  <si>
+    <t>Nationwide Recovery Service, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">205 2nd St NW </t>
+  </si>
+  <si>
+    <t>CCA-945413</t>
+  </si>
+  <si>
+    <t>Navient Portfolio Management, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11100 USA Parkway </t>
+  </si>
+  <si>
+    <t>Fishers</t>
+  </si>
+  <si>
+    <t>CCA-2057436</t>
+  </si>
+  <si>
+    <t xml:space="preserve">One Allied Drive </t>
+  </si>
+  <si>
+    <t>CCA-209072</t>
+  </si>
+  <si>
+    <t>NCEP, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1268809</t>
+  </si>
+  <si>
+    <t>New Falls Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 N Center Street </t>
+  </si>
+  <si>
+    <t>CCA-1126692</t>
+  </si>
+  <si>
+    <t>New Hampshire/Northeast Credit Services, Inc.</t>
+  </si>
+  <si>
+    <t>170 Commerce Way Suite 200</t>
+  </si>
+  <si>
+    <t>CCA-933108</t>
+  </si>
+  <si>
+    <t>Northeastern Credit Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">175 Addison Road, FL 1 </t>
+  </si>
+  <si>
+    <t>Windsor</t>
+  </si>
+  <si>
+    <t>06095</t>
+  </si>
+  <si>
+    <t>CCA-1403737</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4285 Genesee Street </t>
+  </si>
+  <si>
+    <t>CCA-952185</t>
+  </si>
+  <si>
+    <t>NWL Company, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Worldwide Plaza, 309 West 49th Street </t>
+  </si>
+  <si>
+    <t>10019-7316</t>
+  </si>
+  <si>
+    <t>CCA-1112726</t>
+  </si>
+  <si>
+    <t>OLIPHANT FINANCIAL, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6001 W. William Cannon Dr. Suite 102 </t>
+  </si>
+  <si>
+    <t>CCA-953706</t>
+  </si>
+  <si>
+    <t>Omega RMS, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">603 East Street, Suite 302 </t>
+  </si>
+  <si>
+    <t>Parkville</t>
+  </si>
+  <si>
+    <t>CCA-1115600</t>
+  </si>
+  <si>
+    <t>One Advantage, LLC</t>
+  </si>
+  <si>
+    <t>127 E Shore Parkway Suite A</t>
+  </si>
+  <si>
+    <t>LaPorte</t>
+  </si>
+  <si>
+    <t>CCA-1418242</t>
+  </si>
+  <si>
+    <t>Optimum Outcomes, Inc.</t>
+  </si>
+  <si>
+    <t>3200 Spring Forest Road Suite 220</t>
+  </si>
+  <si>
+    <t>Raleigh</t>
+  </si>
+  <si>
+    <t>CCA-948477</t>
+  </si>
+  <si>
+    <t>Optio Solutions LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1444 North McDowell Blvd. </t>
+  </si>
+  <si>
+    <t>Petaluma</t>
+  </si>
+  <si>
+    <t>CCA-934039</t>
+  </si>
+  <si>
+    <t>Orion Capital Solutions LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1971 Abbott Road Suite 10 </t>
+  </si>
+  <si>
+    <t>CCA-1901348</t>
+  </si>
+  <si>
+    <t>CCA-1876500</t>
+  </si>
+  <si>
+    <t>Orion Portfolio Services II, L.L.C.</t>
+  </si>
+  <si>
+    <t>10375 Old Alabama Road Conn. Suite 302</t>
+  </si>
+  <si>
+    <t>Alpharetta</t>
+  </si>
+  <si>
+    <t>CCA-1768529</t>
+  </si>
+  <si>
+    <t>Orion Portfolio Services, L.L.C.</t>
+  </si>
+  <si>
+    <t>10375 Old Alabama Road Connector Suite 302</t>
+  </si>
+  <si>
+    <t>CCA-1683008</t>
+  </si>
+  <si>
+    <t>OUT TECH, INC.</t>
+  </si>
+  <si>
+    <t>3607 ROSEMONT AVE. STE 502</t>
+  </si>
+  <si>
+    <t>CAMP HILL</t>
+  </si>
+  <si>
+    <t>CCA-1136453</t>
+  </si>
+  <si>
+    <t>PALISADES ACQUISITION XVI, LLC</t>
+  </si>
+  <si>
+    <t>210 Sylvan Ave Suite 1</t>
+  </si>
+  <si>
+    <t>Englewood Cliffs</t>
+  </si>
+  <si>
+    <t>07632</t>
+  </si>
+  <si>
+    <t>CCA-1415883</t>
+  </si>
+  <si>
+    <t>Palisades Collection, L.L.C.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">210 Sylvan Ave. </t>
+  </si>
+  <si>
+    <t>CCA-934172</t>
+  </si>
+  <si>
+    <t>Payment Resolution Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12 Cadillac Drive, Suite 300 </t>
+  </si>
+  <si>
+    <t>Brentwood</t>
+  </si>
+  <si>
+    <t>CCA-1007639</t>
+  </si>
+  <si>
+    <t>PCA Acquisitions V, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1002 Justison St </t>
+  </si>
+  <si>
+    <t>CCA-1156450</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2800 Commerce Drive </t>
+  </si>
+  <si>
+    <t>Harrisburg</t>
+  </si>
+  <si>
+    <t>CCA-943582</t>
+  </si>
+  <si>
+    <t>PENNYMAC CORP.</t>
+  </si>
+  <si>
+    <t>3043 Townsgate Road Suite 300</t>
+  </si>
+  <si>
+    <t>Westlake Village</t>
+  </si>
+  <si>
+    <t>CCA-252869</t>
+  </si>
+  <si>
+    <t>PennyMac Holdings, LLC</t>
+  </si>
+  <si>
+    <t>3043 Townsgate Road Suite 310</t>
+  </si>
+  <si>
+    <t>CCA-363268</t>
+  </si>
+  <si>
+    <t>3043 Townsgate Road Suite 200</t>
+  </si>
+  <si>
+    <t>CCA-35953</t>
+  </si>
+  <si>
+    <t>Peritus Portfolio Services II, LLC</t>
+  </si>
+  <si>
+    <t>8505 Freeport Parkway, Suite 250</t>
+  </si>
+  <si>
+    <t>CCA-1473260</t>
+  </si>
+  <si>
+    <t>Peter Roberts &amp; Associates, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">231 East Main Street, Suite 201 </t>
+  </si>
+  <si>
+    <t>01757</t>
+  </si>
+  <si>
+    <t>CCA-928903</t>
+  </si>
+  <si>
+    <t>Pharus Funding LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10245 E Via Linda Blvd, Suite 110 </t>
+  </si>
+  <si>
+    <t>CCA-1369574</t>
+  </si>
+  <si>
+    <t>Pinnacle Credit Services, LLC</t>
+  </si>
+  <si>
+    <t>355 S Main Street STE 300-F</t>
+  </si>
+  <si>
+    <t>CCA-1125285</t>
+  </si>
+  <si>
+    <t>PINNACLE RECOVERY, INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2774 GATEWAY RD </t>
+  </si>
+  <si>
+    <t>CARLSBAD</t>
+  </si>
+  <si>
+    <t>CCA-939459</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26 Edward St </t>
+  </si>
+  <si>
+    <t>Arcade</t>
+  </si>
+  <si>
+    <t>CCA-951914</t>
+  </si>
+  <si>
+    <t>Plaza Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">110 Hammond Drive, Suite 110 </t>
+  </si>
+  <si>
+    <t>CCA-1619541</t>
+  </si>
+  <si>
+    <t>120 Corporate Blvd. Suite 100</t>
+  </si>
+  <si>
+    <t>CCA-934179</t>
+  </si>
+  <si>
+    <t xml:space="preserve">130 Corporate Blvd </t>
+  </si>
+  <si>
+    <t>CCA-391089</t>
+  </si>
+  <si>
+    <t>ProCollect, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12170 N. Abrams Rd., Suite 100 </t>
+  </si>
+  <si>
+    <t>CCA-1663589</t>
+  </si>
+  <si>
+    <t>Professional Account Management, LLC</t>
+  </si>
+  <si>
+    <t>325 Daniel Zenker Drive Suite 4</t>
+  </si>
+  <si>
+    <t>CCA-995554</t>
+  </si>
+  <si>
+    <t>Professional Account Services, Inc.</t>
+  </si>
+  <si>
+    <t>4000 Meridian Blvd PASI-1st Floor</t>
+  </si>
+  <si>
+    <t>CCA-987265</t>
+  </si>
+  <si>
+    <t>Professional Debt Mediation, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8657 Baypine Road Suite 201 </t>
+  </si>
+  <si>
+    <t>CCA-903771</t>
+  </si>
+  <si>
+    <t>Professional Finance Company, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5754 W. 11th Street, Suite 100 </t>
+  </si>
+  <si>
+    <t>Greeley</t>
+  </si>
+  <si>
+    <t>80634-4811</t>
+  </si>
+  <si>
+    <t>CCA-936788</t>
+  </si>
+  <si>
+    <t>Professional Service Bureau, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19230 Evans St NW, Ste 202 </t>
+  </si>
+  <si>
+    <t>Elk River</t>
+  </si>
+  <si>
+    <t>CCA-1120080</t>
+  </si>
+  <si>
+    <t>Property Receivables, Corp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">981 Powell Ave SW Suite 115 </t>
+  </si>
+  <si>
+    <t>Renton</t>
+  </si>
+  <si>
+    <t>CCA-2450255</t>
+  </si>
+  <si>
+    <t>PYOD LLC</t>
+  </si>
+  <si>
+    <t>355 S Main Street STE 300-E</t>
+  </si>
+  <si>
+    <t>CCA-855442</t>
+  </si>
+  <si>
+    <t>R&amp;B Corporation of Virginia</t>
+  </si>
+  <si>
+    <t>11821 Rock Landing Drive Suite # 1A</t>
+  </si>
+  <si>
+    <t>Newport News</t>
+  </si>
+  <si>
+    <t>CCA-1414177</t>
+  </si>
+  <si>
+    <t>R.A. Rogers, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2135 Espey Court, Suite 7 </t>
+  </si>
+  <si>
+    <t>Crofton</t>
+  </si>
+  <si>
+    <t>21114-2442</t>
+  </si>
+  <si>
+    <t>CCA-920364</t>
+  </si>
+  <si>
+    <t>R.T.R. Financial Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 Teleport Drive, Suite 302 </t>
+  </si>
+  <si>
+    <t>Staten Island</t>
+  </si>
+  <si>
+    <t>CCA-1390120</t>
+  </si>
+  <si>
+    <t>7505 Metro Blvd. Suite 400</t>
+  </si>
+  <si>
+    <t>Edina</t>
+  </si>
+  <si>
+    <t>CCA-936423</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 North Executive Drive Ste. 200 </t>
+  </si>
+  <si>
+    <t>CCA-1089110</t>
+  </si>
+  <si>
+    <t>Rawlings Financial Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">One Eden Parkway </t>
+  </si>
+  <si>
+    <t>La Grange</t>
+  </si>
+  <si>
+    <t>CCA-952175</t>
+  </si>
+  <si>
+    <t>Ray Klein, Inc.</t>
+  </si>
+  <si>
+    <t>400 International Way Suite 100</t>
+  </si>
+  <si>
+    <t>Springfield</t>
+  </si>
+  <si>
+    <t>OR</t>
+  </si>
+  <si>
+    <t>CCA-1135875</t>
+  </si>
+  <si>
+    <t>RAzOR Capital, LLC</t>
+  </si>
+  <si>
+    <t>8000 Norman Center Drive Ste. 350</t>
+  </si>
+  <si>
+    <t>CCA-1016899</t>
+  </si>
+  <si>
+    <t>RB Tax Investments, LLC</t>
+  </si>
+  <si>
+    <t>111 Coleman Blvd Ste 400</t>
+  </si>
+  <si>
+    <t>MOUNT PLEASANT</t>
+  </si>
+  <si>
+    <t>CCA-2404100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1349 Empire Central Drive, Suite 1300 </t>
+  </si>
+  <si>
+    <t>CCA-9745</t>
+  </si>
+  <si>
+    <t>Receivable Collection Services, LLC</t>
+  </si>
+  <si>
+    <t>200 Garden City Plaza Suite 208</t>
+  </si>
+  <si>
+    <t>Garden City</t>
+  </si>
+  <si>
+    <t>CCA-2519351</t>
+  </si>
+  <si>
+    <t>Receivable Solutions, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1441 Main Street, Suite 1600 </t>
+  </si>
+  <si>
+    <t>Columbia</t>
+  </si>
+  <si>
+    <t>CCA-1520657</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8085 Knue Road </t>
+  </si>
+  <si>
+    <t>CCA-1087556</t>
+  </si>
+  <si>
+    <t>Receivables Outsourcing, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3300 Rider Trail South, Suite 600 </t>
+  </si>
+  <si>
+    <t>CCA-1126626</t>
+  </si>
+  <si>
+    <t>Recovery Exchange, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">201 E 5th St Suite 1205 </t>
+  </si>
+  <si>
+    <t>Sheridan</t>
+  </si>
+  <si>
+    <t>CCA-2236947</t>
+  </si>
+  <si>
+    <t>Recovery Management Solutions LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">485 Cayuga Rd. Ste 402 </t>
+  </si>
+  <si>
+    <t>CCA-1513905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">670 Cross Pointe Road </t>
+  </si>
+  <si>
+    <t>CCA-938848</t>
+  </si>
+  <si>
+    <t>Remex, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">102 Tamarack Cir </t>
+  </si>
+  <si>
+    <t>Skillman</t>
+  </si>
+  <si>
+    <t>08558</t>
+  </si>
+  <si>
+    <t>CCA-934193</t>
+  </si>
+  <si>
+    <t>RentDebt Automated Collections, LLC</t>
+  </si>
+  <si>
+    <t>CCA-980133</t>
+  </si>
+  <si>
+    <t>Resident Advocate, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4620 Woodland Corporate Boulevard </t>
+  </si>
+  <si>
+    <t>CCA-2073234</t>
+  </si>
+  <si>
+    <t>Resolute Credit LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1551 Boston Post Rd, 3rd Fl </t>
+  </si>
+  <si>
+    <t>CCA-1407761</t>
+  </si>
+  <si>
+    <t>Resurgent Acquisitions LLC</t>
+  </si>
+  <si>
+    <t>355 S. Main Street Ste 300-H</t>
+  </si>
+  <si>
+    <t>CCA-1871785</t>
+  </si>
+  <si>
+    <t>Resurgent Capital Services L.P.</t>
+  </si>
+  <si>
+    <t>55 Beattie Place Suite 110</t>
+  </si>
+  <si>
+    <t>CCA-2301</t>
+  </si>
+  <si>
+    <t>Resurgent Funding LLC</t>
+  </si>
+  <si>
+    <t>355 S Main Street STE 300-I</t>
+  </si>
+  <si>
+    <t>CCA-2570911</t>
+  </si>
+  <si>
+    <t>Resurgent Receivables LLC</t>
+  </si>
+  <si>
+    <t>355 S. Main Street Ste 300-J</t>
+  </si>
+  <si>
+    <t>CCA-1860877</t>
+  </si>
+  <si>
+    <t>Resurgent Secured Assets LLC</t>
+  </si>
+  <si>
+    <t>355 S Main Street STE 300-G</t>
+  </si>
+  <si>
+    <t>CCA-970517</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7016 A.C. Skinner Parkway  Suite 160 </t>
+  </si>
+  <si>
+    <t>Jacksonville, FL 32256</t>
+  </si>
+  <si>
+    <t>CCA-237755</t>
+  </si>
+  <si>
+    <t>Revenue Services LLC</t>
+  </si>
+  <si>
+    <t>3190 Whitney Avenue BLDG 5-1</t>
+  </si>
+  <si>
+    <t>Hamden</t>
+  </si>
+  <si>
+    <t>06518-3321</t>
+  </si>
+  <si>
+    <t>CCA-1402542</t>
+  </si>
+  <si>
+    <t>River Heights Capital LLC</t>
+  </si>
+  <si>
+    <t>26901 Agoura Road Suite 155</t>
+  </si>
+  <si>
+    <t>CCA-2249305</t>
+  </si>
+  <si>
+    <t>RMS - Recovery Management Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4200 Cantera Drive, Suite 211 </t>
+  </si>
+  <si>
+    <t>Warrenville</t>
+  </si>
+  <si>
+    <t>CCA-932084</t>
+  </si>
+  <si>
+    <t>Rozlin Financial Group, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1628 DeKalb Ave </t>
+  </si>
+  <si>
+    <t>Sycamore</t>
+  </si>
+  <si>
+    <t>CCA-1135103</t>
+  </si>
+  <si>
+    <t>RTLF-CT II, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4450 Cedarglen Court </t>
+  </si>
+  <si>
+    <t>CCA-2571098</t>
+  </si>
+  <si>
+    <t>RTLF-CT, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1852940</t>
+  </si>
+  <si>
+    <t>Rubin &amp; Rothman, LLC</t>
+  </si>
+  <si>
+    <t>1787 Veterans Memorial Hwy Suite 32</t>
+  </si>
+  <si>
+    <t>Islandia</t>
+  </si>
+  <si>
+    <t>CCA-1660223</t>
+  </si>
+  <si>
+    <t>SACOR FINANCIAL, INC</t>
+  </si>
+  <si>
+    <t>2270 Douglas Blvd Suite 214</t>
+  </si>
+  <si>
+    <t>Roseville</t>
+  </si>
+  <si>
+    <t>CCA-943252</t>
+  </si>
+  <si>
+    <t>Sage Capital Recovery, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">401 Minnetonka Road </t>
+  </si>
+  <si>
+    <t>Hi-Nella</t>
+  </si>
+  <si>
+    <t>08083</t>
+  </si>
+  <si>
+    <t>CCA-934289</t>
+  </si>
+  <si>
+    <t>Sand Castle Investments LLC</t>
+  </si>
+  <si>
+    <t>175 N Patrick Blvd Suite 140</t>
+  </si>
+  <si>
+    <t>CCA-1445831</t>
+  </si>
+  <si>
+    <t>Sarma Collections, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">555 E. Ramsey </t>
+  </si>
+  <si>
+    <t>CCA-1008832</t>
+  </si>
+  <si>
+    <t>Schreiber Law, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">53 Stiles Road, Suite A-102 </t>
+  </si>
+  <si>
+    <t>CCA-1430389</t>
+  </si>
+  <si>
+    <t>18912 North Creek Parkway Suite 205</t>
+  </si>
+  <si>
+    <t>Bothell</t>
+  </si>
+  <si>
+    <t>CCA-1133332</t>
+  </si>
+  <si>
+    <t>Second Round Limited Partnership</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1701 Directors Blvd Suite 900 </t>
+  </si>
+  <si>
+    <t>CCA-998772</t>
+  </si>
+  <si>
+    <t>Second Round Sub, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3100 Breckinridge Blvd., Suite 725 </t>
+  </si>
+  <si>
+    <t>CCA-1380725</t>
+  </si>
+  <si>
+    <t>Security Credit Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">306 Enterprise Drive </t>
+  </si>
+  <si>
+    <t>Oxford</t>
+  </si>
+  <si>
+    <t>CCA-1009856</t>
+  </si>
+  <si>
+    <t>Select Portfolio Servicing, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3217 South Decker Lake Drive </t>
+  </si>
+  <si>
+    <t>West Valley City</t>
+  </si>
+  <si>
+    <t>CCA-3114</t>
+  </si>
+  <si>
+    <t>3501 Olympus Blvd. Suite 500, 5th Floor</t>
+  </si>
+  <si>
+    <t>CCA-6312</t>
+  </si>
+  <si>
+    <t>Sequium Asset Solutions, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2700 Cumberland Parkway, Ste 200 </t>
+  </si>
+  <si>
+    <t>CCA-1535231</t>
+  </si>
+  <si>
+    <t>Shepherd Outsourcing, LLC</t>
+  </si>
+  <si>
+    <t>777 Lowndes Hill Road Building 1, 1st floor</t>
+  </si>
+  <si>
+    <t>CCA-2287759</t>
+  </si>
+  <si>
+    <t>SIMM Associates, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">800 Pencader Drive </t>
+  </si>
+  <si>
+    <t>CCA-934292</t>
+  </si>
+  <si>
+    <t>Sitel ARM Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">921 Strickland Bridge Road </t>
+  </si>
+  <si>
+    <t>Fayetteville</t>
+  </si>
+  <si>
+    <t>CCA-1658116</t>
+  </si>
+  <si>
+    <t>13702 Coursey Boulevard Building 1A</t>
+  </si>
+  <si>
+    <t>Baton Rouge</t>
+  </si>
+  <si>
+    <t>CCA-5985</t>
+  </si>
+  <si>
+    <t>SoFI Lending Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2750 E Cottonwood Parkway, Suite 300 </t>
+  </si>
+  <si>
+    <t>Cottonwood Heights</t>
+  </si>
+  <si>
+    <t>CCA-1121636</t>
+  </si>
+  <si>
+    <t>Solvent Plus LLC</t>
+  </si>
+  <si>
+    <t>609 Independence Pkwy Suite 205</t>
+  </si>
+  <si>
+    <t>Chesapeake</t>
+  </si>
+  <si>
+    <t>CCA-2609992</t>
+  </si>
+  <si>
+    <t>Solvent Point LLC</t>
+  </si>
+  <si>
+    <t>2116 E. Achieve Way Suite 100</t>
+  </si>
+  <si>
+    <t>Tempe</t>
+  </si>
+  <si>
+    <t>CCA-2082774</t>
+  </si>
+  <si>
+    <t>Source Receivables Management, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4615 Dundas Drive, Suite 102 </t>
+  </si>
+  <si>
+    <t>CCA-906134</t>
+  </si>
+  <si>
+    <t>Sourcepoint, Inc.</t>
+  </si>
+  <si>
+    <t>2330 Commerce Park Dr NE Suite 2</t>
+  </si>
+  <si>
+    <t>Palm Bay</t>
+  </si>
+  <si>
+    <t>CCA-266274</t>
+  </si>
+  <si>
+    <t>Southwest Credit Systems, LP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4120 International Parkway, Suite 1100 </t>
+  </si>
+  <si>
+    <t>CCA-948398</t>
+  </si>
+  <si>
+    <t>Southwest Stage Funding, LLC</t>
+  </si>
+  <si>
+    <t>2290 E. Yeager Dr. Suite 250</t>
+  </si>
+  <si>
+    <t>Chandler</t>
+  </si>
+  <si>
+    <t>CCA-89599</t>
+  </si>
+  <si>
+    <t>Southwood Financial LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45610 Woodland Road, Suite 440 </t>
+  </si>
+  <si>
+    <t>Sterling</t>
+  </si>
+  <si>
+    <t>CCA-2490252</t>
+  </si>
+  <si>
+    <t>Spring Oaks Capital SPV, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1400 Crossways Blvd, Ste. 100B </t>
+  </si>
+  <si>
+    <t>CCA-2114614</t>
+  </si>
+  <si>
+    <t>Square Capital, LLC</t>
+  </si>
+  <si>
+    <t>1955 Broadway Suite 815</t>
+  </si>
+  <si>
+    <t>Oakland</t>
+  </si>
+  <si>
+    <t>CCA-1473167</t>
+  </si>
+  <si>
+    <t xml:space="preserve">800 Fairway Drive, Suite 190 </t>
+  </si>
+  <si>
+    <t>Deerfield Beach</t>
+  </si>
+  <si>
+    <t>CCA-2147720</t>
+  </si>
+  <si>
+    <t>State Collection Service, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2509 S.Stoughton Rd. </t>
+  </si>
+  <si>
+    <t>Madison</t>
+  </si>
+  <si>
+    <t>CCA-948017</t>
+  </si>
+  <si>
+    <t>10933 Trade Center Drive Ste 108</t>
+  </si>
+  <si>
+    <t>Rancho Cordova</t>
+  </si>
+  <si>
+    <t>CCA-929085</t>
+  </si>
+  <si>
+    <t>Statewide Credit Services Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36 Millwood Lane </t>
+  </si>
+  <si>
+    <t>Merrick</t>
+  </si>
+  <si>
+    <t>CCA-1423878</t>
+  </si>
+  <si>
+    <t>Steel River Systems, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">405 W. Rock Falls Road </t>
+  </si>
+  <si>
+    <t>Rock Falls</t>
+  </si>
+  <si>
+    <t>CCA-1537016</t>
+  </si>
+  <si>
+    <t>30057 Orchard Lake Rd Suite 200</t>
+  </si>
+  <si>
+    <t>CCA-2000087</t>
+  </si>
+  <si>
+    <t>Stuart-Lippman and Associates, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5447 E. 5th St #110 </t>
+  </si>
+  <si>
+    <t>CCA-937350</t>
+  </si>
+  <si>
+    <t>Student Loan Solutions, LLC</t>
+  </si>
+  <si>
+    <t>300 Chatham Avenue Suite 300</t>
+  </si>
+  <si>
+    <t>Rock Hill</t>
+  </si>
+  <si>
+    <t>CCA-1679080</t>
+  </si>
+  <si>
+    <t>SUNRISE CREDIT SERVICES, INC</t>
+  </si>
+  <si>
+    <t>8 Corporate Ctr Drive Suite 300</t>
+  </si>
+  <si>
+    <t>Melville</t>
+  </si>
+  <si>
+    <t>CCA-938371</t>
+  </si>
+  <si>
+    <t>Sutherland Global Collection Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14090 Southwest Freeway, Suite 300 </t>
+  </si>
+  <si>
+    <t>Sugarland</t>
+  </si>
+  <si>
+    <t>CCA-1754092</t>
+  </si>
+  <si>
+    <t>Sutherland Mortgage Services, Inc.</t>
+  </si>
+  <si>
+    <t>14090 Southwest Freeway Suite 300 room 361</t>
+  </si>
+  <si>
+    <t>CCA-9891</t>
+  </si>
+  <si>
+    <t>SWIFTPAY BPO LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2670 Chandler Ave Suite #2 </t>
+  </si>
+  <si>
+    <t>CCA-1584676</t>
+  </si>
+  <si>
+    <t>Synerprise Consulting Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5651 Broadmoor </t>
+  </si>
+  <si>
+    <t>Shawnee Mission</t>
+  </si>
+  <si>
+    <t>CCA-1184138</t>
+  </si>
+  <si>
+    <t>Synter Resource Group, LLC.</t>
+  </si>
+  <si>
+    <t>5935 Rivers Ave, Ste 102</t>
+  </si>
+  <si>
+    <t>Charleston</t>
+  </si>
+  <si>
+    <t>CCA-993304</t>
+  </si>
+  <si>
+    <t>Tate &amp; Kirlin Associates, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4800 Street Road, Suite 170 </t>
+  </si>
+  <si>
+    <t>Feasterville-Trevose</t>
+  </si>
+  <si>
+    <t>CCA-952002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1458 Ingleside Ave </t>
+  </si>
+  <si>
+    <t>Mclean</t>
+  </si>
+  <si>
+    <t>22101-3709</t>
+  </si>
+  <si>
+    <t>CCA-947835</t>
+  </si>
+  <si>
+    <t>TERI Loan Holdings LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">327 PLAZA REAL, SUITE 320 </t>
+  </si>
+  <si>
+    <t>BOCA RATON</t>
+  </si>
+  <si>
+    <t>CCA-866021</t>
+  </si>
+  <si>
+    <t>Terrill Outsourcing Group, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4343 N Scottsdale Rd – Ste 150, Ofc 104 </t>
+  </si>
+  <si>
+    <t>CCA-1169295</t>
+  </si>
+  <si>
+    <t>The Accounts Retrievable System, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2050 Bellmore Avenue </t>
+  </si>
+  <si>
+    <t>Bellmore</t>
+  </si>
+  <si>
+    <t>CCA-1408420</t>
+  </si>
+  <si>
+    <t>The Allen Daniel Associates, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">158 Lexington Street </t>
+  </si>
+  <si>
+    <t>Waltham</t>
+  </si>
+  <si>
+    <t>02452</t>
+  </si>
+  <si>
+    <t>CCA-932100</t>
+  </si>
+  <si>
+    <t>The Best Service Co., Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6700 S. Centinela Blvd., 3rd Floor </t>
+  </si>
+  <si>
+    <t>Culver City</t>
+  </si>
+  <si>
+    <t>CCA-934454</t>
+  </si>
+  <si>
+    <t>The Bureaus, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">711 N. Edgewood Avenue, Suite 200 </t>
+  </si>
+  <si>
+    <t>Wood Dale</t>
+  </si>
+  <si>
+    <t>CCA-1008847</t>
+  </si>
+  <si>
+    <t>The Cadle Company</t>
+  </si>
+  <si>
+    <t>44444-1321</t>
+  </si>
+  <si>
+    <t>CCA-206836</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1309 Technology Parkway </t>
+  </si>
+  <si>
+    <t>Cedar Falls</t>
+  </si>
+  <si>
+    <t>CCA-948339</t>
+  </si>
+  <si>
+    <t>The Commercial Collection Corporation of New York, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34 Seymour St. </t>
+  </si>
+  <si>
+    <t>Tonawanda</t>
+  </si>
+  <si>
+    <t>CCA-932664</t>
+  </si>
+  <si>
+    <t>The CT Property Owners Alliance LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">114 Greenmount Terrace </t>
+  </si>
+  <si>
+    <t>Waterbury</t>
+  </si>
+  <si>
+    <t>06708</t>
+  </si>
+  <si>
+    <t>CCA-1542815</t>
+  </si>
+  <si>
+    <t>CCA-1117955</t>
+  </si>
+  <si>
+    <t>Thomas George Associates, Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 Larkfield Road </t>
+  </si>
+  <si>
+    <t>East Northport</t>
+  </si>
+  <si>
+    <t>CCA-945358</t>
+  </si>
+  <si>
+    <t>Titan Asset Purchasing, LLC</t>
+  </si>
+  <si>
+    <t>575 S Wickham Road Suite F #505</t>
+  </si>
+  <si>
+    <t>CCA-1855440</t>
+  </si>
+  <si>
+    <t>Todd, Bremer &amp; Lawson, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">560 S. Herlong Ave. </t>
+  </si>
+  <si>
+    <t>CCA-373899</t>
+  </si>
+  <si>
+    <t>Top Line Collectors LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">900 National Parkway Suite 310 </t>
+  </si>
+  <si>
+    <t>CCA-2681398</t>
+  </si>
+  <si>
+    <t>Tower Capital Management, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 Campus Drive, Suite 100 </t>
+  </si>
+  <si>
+    <t>Florham Park</t>
+  </si>
+  <si>
+    <t>07932</t>
+  </si>
+  <si>
+    <t>CCA-1390603</t>
+  </si>
+  <si>
+    <t xml:space="preserve">500 Virginia Dr., Suite 514 </t>
+  </si>
+  <si>
+    <t>Ft Washington</t>
+  </si>
+  <si>
+    <t>CCA-950422</t>
+  </si>
+  <si>
+    <t>Tri-State Adjustments, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">500 Main Street, Suite 200 </t>
+  </si>
+  <si>
+    <t>La Crosse</t>
+  </si>
+  <si>
+    <t>CCA-1086778</t>
+  </si>
+  <si>
+    <t>Trident Asset Management, L.L.C.</t>
+  </si>
+  <si>
+    <t>10375 Old Alabama Road Connector Suite 303</t>
+  </si>
+  <si>
+    <t>CCA-1421440</t>
+  </si>
+  <si>
+    <t>Trinity Financial Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3835 PGA Blvd, Suite 801 </t>
+  </si>
+  <si>
+    <t>Palm Beach Gardens</t>
+  </si>
+  <si>
+    <t>CCA-1266631</t>
+  </si>
+  <si>
+    <t>TriVerity, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4950 Amon Carter Blvd. Ste 100 </t>
+  </si>
+  <si>
+    <t>CCA-997459</t>
+  </si>
+  <si>
+    <t>Troy Capital, LLC</t>
+  </si>
+  <si>
+    <t>2660 South Rainbow Blvd Suite D104</t>
+  </si>
+  <si>
+    <t>CCA-1045721</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1600 Terrell Mill Rd </t>
+  </si>
+  <si>
+    <t>Marietta</t>
+  </si>
+  <si>
+    <t>CCA-920823</t>
+  </si>
+  <si>
+    <t>TrueAccord Corp.</t>
+  </si>
+  <si>
+    <t>16011 College Blvd. Suite 130</t>
+  </si>
+  <si>
+    <t>CCA-1374720</t>
+  </si>
+  <si>
+    <t>402 West Broadway Suite 2000</t>
+  </si>
+  <si>
+    <t>CCA-986335</t>
+  </si>
+  <si>
+    <t>U.S. Equities Corp.</t>
+  </si>
+  <si>
+    <t>C/O Law Office of Linda Strumpf 244 Colonial Road</t>
+  </si>
+  <si>
+    <t>New Canaan</t>
+  </si>
+  <si>
+    <t>06840</t>
+  </si>
+  <si>
+    <t>CCA-1420778</t>
+  </si>
+  <si>
+    <t>UHG I LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18632 Pony Express Drive Suite B1-211 </t>
+  </si>
+  <si>
+    <t>Parker</t>
+  </si>
+  <si>
+    <t>CCA-1699316</t>
+  </si>
+  <si>
+    <t>Unifin Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5996 W Touhy Ave., Ste 2000 </t>
+  </si>
+  <si>
+    <t>Niles</t>
+  </si>
+  <si>
+    <t>CCA-976731</t>
+  </si>
+  <si>
+    <t>Unifund CCR Partners</t>
+  </si>
+  <si>
+    <t>CCA-1115596</t>
+  </si>
+  <si>
+    <t>Unifund Portfolio A, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1400167</t>
+  </si>
+  <si>
+    <t>Unique Management Services, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">119 East Maple Street </t>
+  </si>
+  <si>
+    <t>CCA-936787</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5620 Southwyck Blvd </t>
+  </si>
+  <si>
+    <t>CCA-931168</t>
+  </si>
+  <si>
+    <t>United Solutions Company</t>
+  </si>
+  <si>
+    <t>1585 Summit Lake Drive Suite 300</t>
+  </si>
+  <si>
+    <t>Tallahassee</t>
+  </si>
+  <si>
+    <t>CCA-1660481</t>
+  </si>
+  <si>
+    <t>US Asset Management, Inc.</t>
+  </si>
+  <si>
+    <t>16 Commerce Blvd Suite 4B</t>
+  </si>
+  <si>
+    <t>CCA-1747287</t>
+  </si>
+  <si>
+    <t>USCB Corporation</t>
+  </si>
+  <si>
+    <t>761 Scranton Carbondale Highway Hillside Plaza Unit 6</t>
+  </si>
+  <si>
+    <t>Eynon</t>
+  </si>
+  <si>
+    <t>CCA-934300</t>
+  </si>
+  <si>
+    <t>USCB, Inc.</t>
+  </si>
+  <si>
+    <t>355 South Grand Avenue Suite 3200</t>
+  </si>
+  <si>
+    <t>Los Angeles</t>
+  </si>
+  <si>
+    <t>CCA-1673087</t>
+  </si>
+  <si>
+    <t>Valley Collection Service, L.L.C.</t>
+  </si>
+  <si>
+    <t>8811 North 51st Ave Suite 102</t>
+  </si>
+  <si>
+    <t>Glendale</t>
+  </si>
+  <si>
+    <t>CCA-1769013</t>
+  </si>
+  <si>
+    <t>12005 Ford Road Suite 700 and 800</t>
+  </si>
+  <si>
+    <t>CCA-1800659</t>
+  </si>
+  <si>
+    <t>Vance and Huffman, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">55 Monette Pkwy, Suite 100 </t>
+  </si>
+  <si>
+    <t>CCA-1154875</t>
+  </si>
+  <si>
+    <t>Velocity Investments, L.L.C.</t>
+  </si>
+  <si>
+    <t>1800 Route 34 North Bldg #3, Suite 305</t>
+  </si>
+  <si>
+    <t>CCA-922827</t>
+  </si>
+  <si>
+    <t>9024 Town Center Pkwy Suite 201</t>
+  </si>
+  <si>
+    <t>Lakewood Ranch</t>
+  </si>
+  <si>
+    <t>CCA-920359</t>
+  </si>
+  <si>
+    <t>Viking Client Services, LLC</t>
+  </si>
+  <si>
+    <t>10050 Crosstown Circle Suite 300</t>
+  </si>
+  <si>
+    <t>Eden Prairie</t>
+  </si>
+  <si>
+    <t>CCA-954098</t>
+  </si>
+  <si>
+    <t>VIRTUOSO SOURCING GROUP, LLC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4500 CHERRY CREEK DRIVE SOUTH SUITE 500 </t>
+  </si>
+  <si>
+    <t>CCA-936785</t>
+  </si>
+  <si>
+    <t>Waterfall Revenue Group, Inc.</t>
+  </si>
+  <si>
+    <t>2297 HIGHWAY 33 Suite 910</t>
+  </si>
+  <si>
+    <t>Hamilton Square</t>
+  </si>
+  <si>
+    <t>08690</t>
+  </si>
+  <si>
+    <t>CCA-922824</t>
+  </si>
+  <si>
+    <t>1065 W. Levoy Dr. Suite 100</t>
+  </si>
+  <si>
+    <t>Taylorsville</t>
+  </si>
+  <si>
+    <t>CCA-908757</t>
+  </si>
+  <si>
+    <t>5990 West Creek Rd. Suite 200</t>
+  </si>
+  <si>
+    <t>Independence</t>
+  </si>
+  <si>
+    <t>CCA-943740</t>
+  </si>
+  <si>
+    <t>WESTERN MASS CREDIT CORP.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2040 BOSTON ROAD </t>
+  </si>
+  <si>
+    <t>WILBRAHAM</t>
+  </si>
+  <si>
+    <t>01095</t>
+  </si>
+  <si>
+    <t>CCA-925624</t>
+  </si>
+  <si>
+    <t>Westlake Portfolio Management, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4751 Wilshire Blvd., Suite 100 </t>
+  </si>
+  <si>
+    <t>CCA-1745247</t>
+  </si>
+  <si>
+    <t>Wilber and Associates, P.C.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">210 Landmark Dr </t>
+  </si>
+  <si>
+    <t>Normal</t>
+  </si>
+  <si>
+    <t>CCA-1497793</t>
+  </si>
+  <si>
+    <t>Wilber Insurance Services Enterprise, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">210 Landmark Dr. </t>
+  </si>
+  <si>
+    <t>CCA-1573373</t>
+  </si>
+  <si>
+    <t>Williams &amp; Fudge, Inc.</t>
+  </si>
+  <si>
+    <t>300 Chatham Avenue Suite 200</t>
+  </si>
+  <si>
+    <t>CCA-952151</t>
+  </si>
+  <si>
+    <t>Wipro Insurance Solutions LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 Tower Center Blvd. #2200 </t>
+  </si>
+  <si>
+    <t>East Brunswick</t>
+  </si>
+  <si>
+    <t>08816</t>
+  </si>
+  <si>
+    <t>CCA-1125828</t>
+  </si>
+  <si>
+    <t>Wollemi Acquisitions, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1268821</t>
+  </si>
+  <si>
+    <t>Woodfield Receivable Management Corp.</t>
+  </si>
+  <si>
+    <t>1001 YAMATO RD. SUITE 308</t>
+  </si>
+  <si>
+    <t>CCA-2561883</t>
+  </si>
+  <si>
+    <t>CCA-1073</t>
+  </si>
+  <si>
+    <t>CCA-1115626</t>
+  </si>
+  <si>
+    <t>Zelkova Acquisition LLC</t>
+  </si>
+  <si>
+    <t>CCA-1268823</t>
+  </si>
+  <si>
+    <t>Zenta Recoveries, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1201 Wilson Boulevard </t>
+  </si>
+  <si>
+    <t>CCA-1009851</t>
+  </si>
+  <si>
+    <t>ZuntaFi Corp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">105 1st Ave SW </t>
+  </si>
+  <si>
+    <t>Aberdeen</t>
+  </si>
+  <si>
+    <t>CCA-1359207</t>
+  </si>
+  <si>
+    <t>Adler Wallach &amp; Associates, Inc.</t>
+  </si>
+  <si>
+    <t>1045 W. Katella Ave. Suite 300</t>
+  </si>
+  <si>
+    <t>CCA-988275</t>
+  </si>
+  <si>
+    <t>Allgate Financial, LLC</t>
+  </si>
+  <si>
+    <t>820 Davis St. Suite 453</t>
+  </si>
+  <si>
+    <t>Evanston</t>
+  </si>
+  <si>
+    <t>CCA-999349</t>
+  </si>
+  <si>
+    <t>Bureaus Investment Group Portfolio No. 15, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1091193</t>
+  </si>
+  <si>
+    <t>C. Tech Collections, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5505 Nesconset Highway, Suite 200 </t>
+  </si>
+  <si>
+    <t>Mt Sinai</t>
+  </si>
+  <si>
+    <t>CCA-1396815</t>
+  </si>
+  <si>
+    <t>CCA-1126424</t>
+  </si>
+  <si>
+    <t>CFAM Financial Services, LLC</t>
+  </si>
+  <si>
+    <t>1250 S. Capital of TX Hwy 1-400</t>
+  </si>
+  <si>
+    <t>CCA-1171403</t>
+  </si>
+  <si>
+    <t xml:space="preserve">725 Canton Street </t>
+  </si>
+  <si>
+    <t>Norwood</t>
+  </si>
+  <si>
+    <t>02062</t>
+  </si>
+  <si>
+    <t>CCA-932663</t>
+  </si>
+  <si>
+    <t>Cuzco Capital Investment Management, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">111 Great Neck Rd., Suite 506 </t>
+  </si>
+  <si>
+    <t>Great Neck</t>
+  </si>
+  <si>
+    <t>CCA-1472316</t>
+  </si>
+  <si>
+    <t>100 Everett Ave Suite 6</t>
+  </si>
+  <si>
+    <t>Chelsea</t>
+  </si>
+  <si>
+    <t>02150</t>
+  </si>
+  <si>
+    <t>CCA-967590</t>
+  </si>
+  <si>
+    <t>Distressed Asset Portfolio I, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1399506</t>
+  </si>
+  <si>
+    <t>Distressed Asset Portfolio III, LLC</t>
+  </si>
+  <si>
+    <t>CCA-1404461</t>
+  </si>
+  <si>
+    <t>FDR Alliance LLC</t>
+  </si>
+  <si>
+    <t>1640 S. Stapley Dr. Ste 213</t>
+  </si>
+  <si>
+    <t>Mesa</t>
+  </si>
+  <si>
+    <t>CCA-2103788</t>
+  </si>
+  <si>
+    <t>International Recovery Associates, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">195 Smithtown Boulevard </t>
+  </si>
+  <si>
+    <t>Nesconset</t>
+  </si>
+  <si>
+    <t>CCA-1393367</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1355 Willow Way, Suite 250 </t>
+  </si>
+  <si>
+    <t>Concord</t>
+  </si>
+  <si>
+    <t>CCA-1796</t>
+  </si>
+  <si>
+    <t>Law Offices of Robert A. Schuerger Co., LPA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1001 Kingsmill Parkway </t>
+  </si>
+  <si>
+    <t>CCA-1373312</t>
+  </si>
+  <si>
+    <t>New Residential Mortgage LLC</t>
+  </si>
+  <si>
+    <t>799 Broadway Floor 8, Suite 825</t>
+  </si>
+  <si>
+    <t>CCA-1416352</t>
+  </si>
+  <si>
+    <t>ONLINE Information Services, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">685 W Fire Tower Rd. </t>
+  </si>
+  <si>
+    <t>Winterville</t>
+  </si>
+  <si>
+    <t>CCA-934287</t>
+  </si>
+  <si>
+    <t>Pavilion Payments Check Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6215 West Howard Street </t>
+  </si>
+  <si>
+    <t>CCA-953436</t>
+  </si>
+  <si>
+    <t>Phillips &amp; Cohen Associates, Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1002 Justison Street </t>
+  </si>
+  <si>
+    <t>CCA-934578</t>
+  </si>
+  <si>
+    <t>1521 W. Cameron Avenue 1st Floor</t>
+  </si>
+  <si>
+    <t>West Covina</t>
+  </si>
+  <si>
+    <t>CCA-934272</t>
+  </si>
+  <si>
+    <t>RATCHFORD LAW GROUP, P.C.</t>
+  </si>
+  <si>
+    <t>54 Glenmaura National  Blvd, Suite 104 54 Glenmaura National  Blvd, Suite 104</t>
+  </si>
+  <si>
+    <t>Moosic</t>
+  </si>
+  <si>
+    <t>18507-2161</t>
+  </si>
+  <si>
+    <t>CCA-2354684</t>
+  </si>
+  <si>
+    <t>RENT RECOVERY SOLUTIONS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1945 The Exchange SE Ste 120 </t>
+  </si>
+  <si>
+    <t>CCA-1577947</t>
+  </si>
+  <si>
+    <t>Sentry Credit, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2809 Grand Ave </t>
+  </si>
+  <si>
+    <t>CCA-928908</t>
+  </si>
+  <si>
+    <t>Sequoia Concepts, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28632 Roadside Drive, Suite 115 </t>
+  </si>
+  <si>
+    <t>Agoura Hills</t>
+  </si>
+  <si>
+    <t>CCA-1416616</t>
+  </si>
+  <si>
+    <t>Shoreline Collection Services, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">66 Anderson Street </t>
+  </si>
+  <si>
+    <t>New Haven</t>
+  </si>
+  <si>
+    <t>06511</t>
+  </si>
+  <si>
+    <t>CCA-1411717</t>
+  </si>
+  <si>
+    <t>Simon's Agency, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4963 Wintersweet Drive </t>
+  </si>
+  <si>
+    <t>Liverpool</t>
+  </si>
+  <si>
+    <t>CCA-1584752</t>
   </si>
   <si>
     <t>Spring Oaks Capital, LLC</t>
   </si>
   <si>
-    <t xml:space="preserve">4420 The 25 Way N.E. </t>
-[...4441 lines deleted...]
-  <si>
     <t>CCA-1916692</t>
   </si>
   <si>
-    <t>Square Capital, LLC</t>
-[...31 lines deleted...]
-  <si>
     <t>Statebridge Company, LLC</t>
   </si>
   <si>
     <t>6061 South Willow Drive Suite 300</t>
   </si>
   <si>
     <t>CCA-132893</t>
   </si>
   <si>
-    <t xml:space="preserve">2491 Sunrise Blvd </t>
-[...82 lines deleted...]
-  <si>
     <t>Synergetic Communication Inc</t>
   </si>
   <si>
     <t xml:space="preserve">5450 NW Central # 220 </t>
   </si>
   <si>
     <t>CCA-952000</t>
   </si>
   <si>
-    <t>Synter Resource Group, LLC.</t>
-[...1222 lines deleted...]
-  <si>
     <t>TCS e-Serve International Limited</t>
   </si>
   <si>
     <t>4270 Ivy Pointe Blvd Ste 400</t>
   </si>
   <si>
     <t>CCA-934023</t>
   </si>
   <si>
-    <t>TERI Loan Holdings LLC</t>
-[...19 lines deleted...]
-  <si>
     <t>Unifund CCR, LLC</t>
   </si>
   <si>
     <t>CCA-917948</t>
   </si>
   <si>
     <t>Unifund Corporation</t>
   </si>
   <si>
     <t>CCA-938362</t>
   </si>
   <si>
     <t>UNIVERSAL FIDELITY LP</t>
   </si>
   <si>
     <t xml:space="preserve">17320 Katy Freeway ste 125 </t>
   </si>
   <si>
     <t>77094-1304</t>
   </si>
   <si>
     <t>CCA-936789</t>
   </si>
   <si>
     <t>Voss &amp; Klein, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">49 N. Federal Hwy, Suite 316 </t>
   </si>
   <si>
     <t>Pompano Beach</t>
   </si>
   <si>
     <t>CCA-1865697</t>
   </si>
   <si>
     <t>830 E. Platte Ave Suite A</t>
   </si>
   <si>
     <t>Fort Morgan</t>
   </si>
   <si>
     <t>CCA-1048033</t>
   </si>
   <si>
-    <t>WESTERN MASS CREDIT CORP.</t>
-[...13 lines deleted...]
-  <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postal Code</t>
   </si>
   <si>
     <t>License Number</t>
   </si>
   <si>
     <t>License Name</t>
   </si>
   <si>
     <t>Report Current As Of</t>
   </si>
   <si>
-    <t>Consumer Collection Agency Licensees as of December 5, 2025</t>
+    <t>Consumer Collection Agency Licensees as of February 5, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -7774,18255 +7456,17475 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4FA3EF92-B170-4CC6-995C-FF90466D0D7E}">
-  <dimension ref="A1:H700"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3054F0DB-D075-410B-90FC-C6A44CACD4F8}">
+  <dimension ref="A1:H670"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="92.5546875" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="10.88671875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="53.77734375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="68.88671875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.6640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.5546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="16.6640625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="39.77734375" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="17.88671875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="42.109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.4">
       <c r="A1" s="5" t="s">
-        <v>2443</v>
+        <v>2337</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
     </row>
     <row r="2" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
-        <v>2435</v>
+        <v>2329</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>2436</v>
+        <v>2330</v>
       </c>
       <c r="C2" s="4" t="s">
-        <v>2437</v>
+        <v>2331</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>2438</v>
+        <v>2332</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>2439</v>
+        <v>2333</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>2440</v>
+        <v>2334</v>
       </c>
       <c r="G2" s="4" t="s">
-        <v>2441</v>
+        <v>2335</v>
       </c>
       <c r="H2" s="4" t="s">
-        <v>2442</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="3" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
-        <v>593</v>
+        <v>577</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>594</v>
+        <v>578</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>595</v>
+        <v>579</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="E3" s="1">
         <v>91320</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>596</v>
+        <v>580</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H3" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="4" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
-        <v>588</v>
+        <v>572</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>589</v>
+        <v>573</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>590</v>
+        <v>574</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="E4" s="1">
         <v>90245</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>591</v>
+        <v>575</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H4" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="5" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
-        <v>597</v>
+        <v>581</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>598</v>
+        <v>582</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>342</v>
+        <v>328</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>222</v>
       </c>
       <c r="E5" s="1">
         <v>89117</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>599</v>
+        <v>583</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H5" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="6" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
-        <v>600</v>
+        <v>584</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>601</v>
+        <v>585</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>602</v>
+        <v>586</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E6" s="1">
         <v>18641</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>603</v>
+        <v>587</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H6" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="7" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
-        <v>604</v>
+        <v>588</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>605</v>
+        <v>589</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>606</v>
+        <v>590</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E7" s="1">
         <v>55437</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>607</v>
+        <v>591</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H7" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="8" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
-        <v>608</v>
+        <v>592</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>609</v>
+        <v>593</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>606</v>
+        <v>590</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E8" s="1">
         <v>55437</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>610</v>
+        <v>594</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H8" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="9" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
-        <v>611</v>
+        <v>595</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>612</v>
+        <v>596</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>606</v>
+        <v>590</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E9" s="1">
         <v>55437</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>613</v>
+        <v>597</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H9" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="10" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
-        <v>2210</v>
+        <v>598</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>2211</v>
+        <v>599</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>1451</v>
+        <v>600</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="1">
         <v>78749</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>2212</v>
+        <v>601</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H10" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="11" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
-        <v>614</v>
+        <v>602</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>615</v>
+        <v>603</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>616</v>
+        <v>604</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>238</v>
       </c>
       <c r="E11" s="1">
         <v>23430</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>617</v>
+        <v>605</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H11" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="12" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
-        <v>618</v>
+        <v>606</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>619</v>
+        <v>607</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>327</v>
+        <v>313</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>304</v>
+        <v>290</v>
       </c>
       <c r="E12" s="1">
         <v>36081</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>620</v>
+        <v>608</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H12" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="13" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
-        <v>621</v>
+        <v>609</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>622</v>
+        <v>610</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>623</v>
+        <v>611</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>490</v>
+        <v>470</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>625</v>
+        <v>613</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H13" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="14" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
-        <v>626</v>
+        <v>614</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>627</v>
+        <v>615</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>628</v>
+        <v>616</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>407</v>
+        <v>393</v>
       </c>
       <c r="E14" s="3" t="s">
-        <v>629</v>
+        <v>617</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>630</v>
+        <v>618</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H14" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="15" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
-        <v>2213</v>
+        <v>2216</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>2214</v>
+        <v>2217</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>2215</v>
+        <v>902</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="E15" s="1">
         <v>92867</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H15" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
-        <v>631</v>
+        <v>619</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>632</v>
+        <v>620</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>633</v>
+        <v>621</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E16" s="1">
         <v>14221</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>634</v>
+        <v>622</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H16" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="17" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E17" s="1">
         <v>37615</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>4</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H17" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E18" s="1">
         <v>78550</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>9</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H18" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="1">
         <v>84341</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H19" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="20" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="1">
         <v>71104</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H20" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>635</v>
+        <v>623</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E21" s="1">
         <v>37601</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>636</v>
+        <v>624</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H21" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="1">
         <v>85711</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H22" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>637</v>
+        <v>625</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>638</v>
+        <v>626</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="E23" s="1">
         <v>92008</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>639</v>
+        <v>627</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H23" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
-        <v>640</v>
+        <v>628</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>641</v>
+        <v>629</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>606</v>
+        <v>590</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E24" s="1">
         <v>61701</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>642</v>
+        <v>630</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H24" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="E25" s="1">
         <v>80224</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H25" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>647</v>
+        <v>635</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>648</v>
+        <v>636</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E26" s="1">
         <v>75038</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>649</v>
+        <v>637</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H26" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
-        <v>650</v>
+        <v>638</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>651</v>
+        <v>639</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>652</v>
+        <v>640</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E27" s="1">
         <v>10522</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>653</v>
+        <v>641</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H27" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
-        <v>654</v>
+        <v>642</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>655</v>
+        <v>643</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>656</v>
+        <v>644</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E28" s="1">
         <v>84117</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>657</v>
+        <v>645</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H28" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E29" s="1">
         <v>60201</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H29" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
-        <v>658</v>
+        <v>646</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>659</v>
+        <v>647</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>660</v>
+        <v>648</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E30" s="1">
         <v>54449</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>661</v>
+        <v>649</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H30" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>26</v>
       </c>
       <c r="E31" s="1">
         <v>98367</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H31" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A32" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E32" s="1">
         <v>43537</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H32" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="33" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B33" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E33" s="1">
         <v>61364</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>35</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H33" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="34" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A34" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>662</v>
+        <v>650</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>663</v>
+        <v>651</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E34" s="1">
         <v>19422</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>664</v>
+        <v>652</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H34" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="35" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="1" t="s">
-        <v>665</v>
+        <v>653</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>666</v>
+        <v>654</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E35" s="1">
         <v>14223</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>667</v>
+        <v>655</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H35" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="36" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
-        <v>668</v>
+        <v>656</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>670</v>
+        <v>658</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E36" s="1">
         <v>11714</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H36" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="37" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A37" s="1" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>674</v>
+        <v>662</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>238</v>
       </c>
       <c r="E37" s="1">
         <v>23666</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>675</v>
+        <v>663</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H37" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="38" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A38" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E38" s="1">
         <v>14210</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H38" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="39" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>676</v>
+        <v>664</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>677</v>
+        <v>665</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E39" s="1">
         <v>18106</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>678</v>
+        <v>666</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H39" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="40" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A40" s="1" t="s">
-        <v>679</v>
+        <v>667</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>680</v>
+        <v>668</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>633</v>
+        <v>621</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E40" s="1">
         <v>14221</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>681</v>
+        <v>669</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H40" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="41" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="1" t="s">
-        <v>682</v>
+        <v>670</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>683</v>
+        <v>671</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>684</v>
+        <v>672</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E41" s="1">
         <v>19601</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H41" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="42" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A42" s="1" t="s">
-        <v>686</v>
+        <v>674</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>687</v>
+        <v>675</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>688</v>
+        <v>676</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>490</v>
+        <v>470</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>689</v>
+        <v>677</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>690</v>
+        <v>678</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H42" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="43" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A43" s="1" t="s">
-        <v>691</v>
+        <v>679</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>692</v>
+        <v>680</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E43" s="1">
         <v>14228</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>693</v>
+        <v>681</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H43" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="44" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
-        <v>694</v>
+        <v>682</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>695</v>
+        <v>683</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>696</v>
+        <v>684</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>697</v>
+        <v>685</v>
       </c>
       <c r="E44" s="1">
         <v>29302</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H44" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="45" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="1" t="s">
-        <v>699</v>
+        <v>687</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E45" s="1">
         <v>33432</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H45" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="46" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A46" s="1" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>704</v>
+        <v>692</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>705</v>
+        <v>693</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E46" s="1">
         <v>18336</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>706</v>
+        <v>694</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H46" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="47" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="1" t="s">
-        <v>707</v>
+        <v>695</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>708</v>
+        <v>696</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>709</v>
+        <v>697</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>365</v>
+        <v>384</v>
       </c>
       <c r="E47" s="3" t="s">
-        <v>710</v>
+        <v>698</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>711</v>
+        <v>699</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H47" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="48" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="1" t="s">
-        <v>712</v>
+        <v>700</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>713</v>
+        <v>701</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>714</v>
+        <v>702</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>315</v>
+        <v>301</v>
       </c>
       <c r="E48" s="1">
         <v>48331</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>715</v>
+        <v>703</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H48" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="49" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E49" s="1">
         <v>14228</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H49" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="50" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>716</v>
+        <v>704</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>595</v>
+        <v>579</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="E50" s="1">
         <v>91360</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>717</v>
+        <v>705</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H50" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="51" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A51" s="1" t="s">
-        <v>718</v>
+        <v>706</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>719</v>
+        <v>707</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>720</v>
+        <v>708</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E51" s="1">
         <v>54220</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>721</v>
+        <v>709</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H51" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="52" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="1" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>723</v>
+        <v>711</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>181</v>
+        <v>206</v>
       </c>
       <c r="E52" s="1">
         <v>30342</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>725</v>
+        <v>713</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H52" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="53" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A53" s="1" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>728</v>
+        <v>716</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E53" s="1">
         <v>60035</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>729</v>
+        <v>717</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H53" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="54" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="1" t="s">
-        <v>730</v>
+        <v>718</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>731</v>
+        <v>719</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>732</v>
+        <v>720</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>304</v>
+        <v>122</v>
       </c>
       <c r="E54" s="1">
-        <v>35244</v>
+        <v>63366</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>733</v>
+        <v>721</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H54" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="55" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
-        <v>734</v>
+        <v>722</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>735</v>
+        <v>723</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>736</v>
+        <v>724</v>
       </c>
       <c r="D55" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E55" s="1">
         <v>78216</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>737</v>
+        <v>725</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H55" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="56" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
-        <v>738</v>
+        <v>726</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>739</v>
+        <v>727</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E56" s="1">
         <v>43231</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>740</v>
+        <v>728</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H56" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="57" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A57" s="1" t="s">
-        <v>741</v>
+        <v>729</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>742</v>
+        <v>730</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>743</v>
+        <v>731</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E57" s="1">
         <v>54401</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>744</v>
+        <v>732</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H57" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="58" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="1" t="s">
-        <v>745</v>
+        <v>733</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>746</v>
+        <v>734</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>684</v>
+        <v>672</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E58" s="1">
         <v>19601</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>747</v>
+        <v>735</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H58" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="59" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A59" s="1" t="s">
-        <v>748</v>
+        <v>736</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>749</v>
+        <v>737</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>750</v>
+        <v>738</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>430</v>
+        <v>416</v>
       </c>
       <c r="E59" s="1">
         <v>27401</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>751</v>
+        <v>739</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H59" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="60" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="1" t="s">
-        <v>752</v>
+        <v>740</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>753</v>
+        <v>741</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>754</v>
+        <v>742</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E60" s="1">
         <v>55125</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>755</v>
+        <v>743</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H60" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="61" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A61" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C61" s="1" t="s">
         <v>47</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E61" s="1">
-        <v>77406</v>
+        <v>77084</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H61" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="62" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>756</v>
+        <v>744</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>757</v>
+        <v>745</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="E62" s="1">
         <v>92025</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>758</v>
+        <v>746</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H62" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="63" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A63" s="1" t="s">
-        <v>759</v>
+        <v>49</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>760</v>
+        <v>50</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>633</v>
+        <v>51</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="E63" s="1">
-        <v>14221</v>
+        <v>76262</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>761</v>
+        <v>52</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H63" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="64" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>50</v>
+        <v>747</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>51</v>
+        <v>621</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="E64" s="1">
-        <v>75020</v>
+        <v>14221</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>52</v>
+        <v>748</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H64" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="65" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A65" s="1" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>762</v>
+        <v>54</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>763</v>
+        <v>55</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E65" s="1">
-        <v>77478</v>
+        <v>75020</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>764</v>
+        <v>56</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H65" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="66" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A66" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>54</v>
+        <v>749</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>55</v>
+        <v>750</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>56</v>
+        <v>8</v>
       </c>
       <c r="E66" s="1">
-        <v>55426</v>
+        <v>77478</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>57</v>
+        <v>751</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H66" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="67" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A67" s="1" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>765</v>
+        <v>58</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>766</v>
+        <v>59</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E67" s="1">
-        <v>55433</v>
+        <v>55426</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>767</v>
+        <v>61</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H67" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="68" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>59</v>
+        <v>752</v>
       </c>
       <c r="C68" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="D68" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="1">
-        <v>34604</v>
+        <v>55433</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>62</v>
+        <v>754</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H68" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="69" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A69" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>768</v>
+        <v>63</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>769</v>
+        <v>64</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>270</v>
+        <v>65</v>
       </c>
       <c r="E69" s="1">
-        <v>81501</v>
+        <v>34604</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>770</v>
+        <v>66</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H69" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="70" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A70" s="1" t="s">
-        <v>771</v>
+        <v>62</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>772</v>
+        <v>755</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>327</v>
+        <v>756</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>315</v>
+        <v>262</v>
       </c>
       <c r="E70" s="1">
-        <v>48083</v>
+        <v>81501</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>773</v>
+        <v>757</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H70" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="71" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A71" s="1" t="s">
-        <v>774</v>
+        <v>758</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>775</v>
+        <v>759</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>776</v>
+        <v>313</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>39</v>
+        <v>301</v>
       </c>
       <c r="E71" s="1">
-        <v>14218</v>
+        <v>48083</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>777</v>
+        <v>760</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H71" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="72" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A72" s="1" t="s">
-        <v>2221</v>
+        <v>761</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>2222</v>
+        <v>762</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>1306</v>
+        <v>763</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E72" s="1">
-        <v>60077</v>
+        <v>14218</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>2223</v>
+        <v>764</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H72" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="73" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A73" s="1" t="s">
-        <v>778</v>
+        <v>765</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>779</v>
+        <v>766</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>780</v>
+        <v>767</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>527</v>
+        <v>34</v>
       </c>
       <c r="E73" s="1">
-        <v>40223</v>
+        <v>60077</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>781</v>
+        <v>768</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H73" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="74" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="1" t="s">
-        <v>2224</v>
+        <v>769</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>2225</v>
+        <v>770</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>886</v>
+        <v>771</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>8</v>
+        <v>507</v>
       </c>
       <c r="E74" s="1">
-        <v>75090</v>
+        <v>40223</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>2226</v>
+        <v>772</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H74" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="75" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A75" s="1" t="s">
-        <v>782</v>
+        <v>773</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>783</v>
+        <v>774</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>784</v>
+        <v>775</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>8</v>
+      </c>
+      <c r="E75" s="1">
+        <v>75090</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>786</v>
+        <v>776</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H75" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="76" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A76" s="1" t="s">
-        <v>787</v>
+        <v>777</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>788</v>
+        <v>778</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>789</v>
+        <v>779</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>490</v>
+        <v>393</v>
       </c>
       <c r="E76" s="3" t="s">
-        <v>790</v>
+        <v>780</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>791</v>
+        <v>781</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H76" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="77" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A77" s="1" t="s">
-        <v>792</v>
+        <v>782</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>323</v>
+        <v>783</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>324</v>
+        <v>784</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>24011</v>
+        <v>470</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>785</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>793</v>
+        <v>786</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H77" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="78" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A78" s="1" t="s">
-        <v>794</v>
+        <v>787</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>323</v>
+        <v>309</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>324</v>
+        <v>310</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>238</v>
       </c>
       <c r="E78" s="1">
         <v>24011</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H78" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="79" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A79" s="1" t="s">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>323</v>
+        <v>309</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>324</v>
+        <v>310</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>238</v>
       </c>
       <c r="E79" s="1">
         <v>24011</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>797</v>
+        <v>790</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H79" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="80" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="1" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>799</v>
+        <v>309</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>253</v>
+        <v>310</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>61</v>
+        <v>238</v>
       </c>
       <c r="E80" s="1">
-        <v>33770</v>
+        <v>24011</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H80" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="81" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A81" s="1" t="s">
-        <v>801</v>
+        <v>793</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>802</v>
+        <v>794</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>803</v>
+        <v>249</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>3</v>
+        <v>65</v>
       </c>
       <c r="E81" s="1">
-        <v>37072</v>
+        <v>33770</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>804</v>
+        <v>795</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H81" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="82" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A82" s="1" t="s">
-        <v>805</v>
+        <v>796</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>806</v>
+        <v>797</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>807</v>
+        <v>798</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>315</v>
+        <v>3</v>
       </c>
       <c r="E82" s="1">
-        <v>48076</v>
+        <v>37072</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>808</v>
+        <v>799</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H82" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="83" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A83" s="1" t="s">
-        <v>63</v>
+        <v>800</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>64</v>
+        <v>801</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>65</v>
+        <v>802</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>301</v>
+      </c>
+      <c r="E83" s="1">
+        <v>48076</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>68</v>
+        <v>803</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H83" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="84" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A84" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>809</v>
+        <v>68</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>166</v>
+        <v>69</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>77063</v>
+        <v>70</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>71</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>810</v>
+        <v>72</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H84" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="85" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A85" s="1" t="s">
-        <v>811</v>
+        <v>67</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>812</v>
+        <v>804</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>152</v>
+        <v>47</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="E85" s="1">
-        <v>33626</v>
+        <v>77063</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>813</v>
+        <v>805</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H85" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="86" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A86" s="1" t="s">
-        <v>2227</v>
+        <v>806</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>1705</v>
+        <v>807</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>1706</v>
+        <v>156</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>279</v>
+        <v>65</v>
       </c>
       <c r="E86" s="1">
-        <v>92009</v>
+        <v>33626</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>2228</v>
+        <v>808</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H86" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="87" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A87" s="1" t="s">
-        <v>818</v>
+        <v>809</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>819</v>
+        <v>810</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>820</v>
+        <v>811</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>821</v>
+        <v>812</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>822</v>
+        <v>813</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H87" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="88" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A88" s="1" t="s">
-        <v>823</v>
+        <v>814</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>824</v>
+        <v>815</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>20</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>21</v>
       </c>
       <c r="E88" s="1">
         <v>85712</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>825</v>
+        <v>816</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H88" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="89" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A89" s="1" t="s">
-        <v>2229</v>
+        <v>817</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>2230</v>
+        <v>818</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>2231</v>
+        <v>819</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="E89" s="1">
         <v>80503</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>2232</v>
+        <v>820</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H89" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="90" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A90" s="1" t="s">
-        <v>826</v>
+        <v>821</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>827</v>
+        <v>822</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>828</v>
+        <v>823</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E90" s="1">
         <v>33157</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>829</v>
+        <v>824</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H90" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="91" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A91" s="1" t="s">
-        <v>2233</v>
+        <v>825</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>2234</v>
+        <v>826</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>2235</v>
+        <v>827</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>2236</v>
+        <v>828</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>2237</v>
+        <v>829</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H91" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="92" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A92" s="1" t="s">
         <v>830</v>
       </c>
       <c r="B92" s="1" t="s">
         <v>831</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>832</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>490</v>
+        <v>470</v>
       </c>
       <c r="E92" s="3" t="s">
         <v>833</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>834</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H92" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="93" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A93" s="1" t="s">
         <v>835</v>
       </c>
       <c r="B93" s="1" t="s">
         <v>836</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>837</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="E93" s="3" t="s">
         <v>838</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>839</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H93" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="94" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A94" s="1" t="s">
-        <v>2238</v>
+        <v>840</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>2239</v>
+        <v>841</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>2240</v>
+        <v>842</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>398</v>
+        <v>380</v>
       </c>
       <c r="E94" s="1">
         <v>66614</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>2241</v>
+        <v>843</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H94" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="95" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A95" s="1" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H95" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="96" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A96" s="1" t="s">
-        <v>814</v>
+        <v>850</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>815</v>
+        <v>851</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>816</v>
+        <v>852</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E96" s="1">
-        <v>14221</v>
+        <v>14623</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>817</v>
+        <v>853</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H96" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="97" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A97" s="1" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E97" s="1">
-        <v>14623</v>
+        <v>60143</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H97" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="98" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A98" s="1" t="s">
-        <v>2242</v>
+        <v>858</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>2243</v>
+        <v>859</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>2244</v>
+        <v>432</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>34</v>
+        <v>416</v>
       </c>
       <c r="E98" s="1">
-        <v>60143</v>
+        <v>27704</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>2245</v>
+        <v>860</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H98" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="99" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A99" s="1" t="s">
-        <v>850</v>
+        <v>861</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>851</v>
+        <v>862</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>447</v>
+        <v>51</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>430</v>
+        <v>8</v>
       </c>
       <c r="E99" s="1">
-        <v>27704</v>
+        <v>76262</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>852</v>
+        <v>863</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H99" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="100" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A100" s="1" t="s">
-        <v>853</v>
+        <v>2223</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>854</v>
+        <v>2042</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>855</v>
+        <v>2043</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>430</v>
+        <v>34</v>
       </c>
       <c r="E100" s="1">
-        <v>27106</v>
+        <v>60191</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>856</v>
+        <v>2224</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H100" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="101" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A101" s="1" t="s">
-        <v>2246</v>
+        <v>2225</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>2026</v>
+        <v>2226</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>2027</v>
+        <v>2227</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E101" s="1">
-        <v>60191</v>
+        <v>11766</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>2247</v>
+        <v>2228</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H101" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="102" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A102" s="1" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>94</v>
+        <v>685</v>
       </c>
       <c r="E102" s="1">
-        <v>19382</v>
+        <v>29601</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>860</v>
+        <v>867</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H102" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="103" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A103" s="1" t="s">
-        <v>2248</v>
+        <v>868</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>2249</v>
+        <v>869</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>2250</v>
+        <v>866</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>39</v>
+        <v>685</v>
       </c>
       <c r="E103" s="1">
-        <v>11766</v>
+        <v>29601</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>2251</v>
+        <v>870</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H103" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="104" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A104" s="1" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>697</v>
+        <v>685</v>
       </c>
       <c r="E104" s="1">
-        <v>29601</v>
+        <v>29609</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H104" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="105" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A105" s="1" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>866</v>
+        <v>876</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>863</v>
+        <v>877</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>697</v>
+        <v>30</v>
       </c>
       <c r="E105" s="1">
-        <v>29601</v>
+        <v>44444</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>867</v>
+        <v>878</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H105" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="106" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A106" s="1" t="s">
-        <v>868</v>
+        <v>73</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>869</v>
+        <v>74</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>870</v>
+        <v>75</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>29609</v>
+        <v>8</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>76</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>871</v>
+        <v>77</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H106" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="107" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A107" s="1" t="s">
-        <v>872</v>
+        <v>73</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>873</v>
+        <v>78</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>874</v>
+        <v>79</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E107" s="1">
-        <v>44444</v>
+        <v>60173</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>875</v>
+        <v>80</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H107" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="108" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A108" s="1" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="E108" s="1" t="s">
-        <v>72</v>
+      <c r="E108" s="1">
+        <v>75020</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H108" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="109" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A109" s="1" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>74</v>
+        <v>879</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>75</v>
+        <v>880</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>60173</v>
+        <v>271</v>
+      </c>
+      <c r="E109" s="1" t="s">
+        <v>881</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>76</v>
+        <v>882</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H109" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="110" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A110" s="1" t="s">
-        <v>69</v>
+        <v>883</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>77</v>
+        <v>884</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>78</v>
+        <v>885</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="E110" s="1">
-        <v>75020</v>
+        <v>30096</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>79</v>
+        <v>886</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H110" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="111" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A111" s="1" t="s">
-        <v>69</v>
+        <v>887</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>876</v>
+        <v>888</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>877</v>
+        <v>775</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>878</v>
+        <v>8</v>
+      </c>
+      <c r="E111" s="1">
+        <v>75090</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H111" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="112" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A112" s="1" t="s">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>181</v>
+        <v>39</v>
       </c>
       <c r="E112" s="1">
-        <v>30096</v>
+        <v>13202</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H112" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="113" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A113" s="1" t="s">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>885</v>
+        <v>895</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>886</v>
+        <v>38</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="E113" s="1">
-        <v>75090</v>
+        <v>14206</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H113" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="114" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A114" s="1" t="s">
-        <v>888</v>
+        <v>897</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>889</v>
+        <v>898</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>890</v>
+        <v>899</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>39</v>
+        <v>206</v>
       </c>
       <c r="E114" s="1">
-        <v>13202</v>
+        <v>30114</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H114" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="115" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A115" s="1" t="s">
-        <v>892</v>
+        <v>84</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>893</v>
+        <v>85</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>38</v>
+        <v>86</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="E115" s="1">
-        <v>14206</v>
+        <v>46074</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>894</v>
+        <v>88</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H115" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="116" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A116" s="1" t="s">
-        <v>895</v>
+        <v>84</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>896</v>
+        <v>89</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>897</v>
+        <v>90</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>181</v>
+        <v>8</v>
       </c>
       <c r="E116" s="1">
-        <v>30114</v>
+        <v>75024</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>898</v>
+        <v>91</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H116" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="117" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A117" s="1" t="s">
-        <v>899</v>
+        <v>84</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>900</v>
+        <v>92</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>206</v>
+        <v>93</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="E117" s="1">
-        <v>43230</v>
+        <v>37067</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>901</v>
+        <v>94</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H117" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="118" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A118" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>81</v>
+        <v>901</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>82</v>
+        <v>902</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>83</v>
+        <v>271</v>
       </c>
       <c r="E118" s="1">
-        <v>46074</v>
+        <v>92868</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>84</v>
+        <v>903</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H118" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="119" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A119" s="1" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>8</v>
+        <v>98</v>
       </c>
       <c r="E119" s="1">
-        <v>75024</v>
+        <v>15219</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H119" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="120" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A120" s="1" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>88</v>
+        <v>904</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>89</v>
+        <v>742</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="E120" s="1">
-        <v>37067</v>
+        <v>11797</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>90</v>
+        <v>905</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H120" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="121" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A121" s="1" t="s">
-        <v>80</v>
+        <v>906</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>557</v>
+        <v>908</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>92806</v>
+        <v>393</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>909</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H121" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="122" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A122" s="1" t="s">
-        <v>91</v>
+        <v>911</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>92</v>
+        <v>912</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>93</v>
+        <v>913</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
       <c r="E122" s="1">
-        <v>15219</v>
+        <v>34638</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>95</v>
+        <v>914</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H122" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="123" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A123" s="1" t="s">
-        <v>91</v>
+        <v>915</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>904</v>
+        <v>916</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>754</v>
+        <v>917</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>11797</v>
+        <v>470</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>918</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>905</v>
+        <v>919</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H123" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="124" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A124" s="1" t="s">
-        <v>906</v>
+        <v>100</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>907</v>
+        <v>101</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>908</v>
+        <v>102</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>909</v>
+        <v>103</v>
+      </c>
+      <c r="E124" s="1">
+        <v>74134</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>910</v>
+        <v>104</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H124" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="125" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A125" s="1" t="s">
-        <v>911</v>
+        <v>100</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>912</v>
+        <v>105</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>913</v>
+        <v>106</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="E125" s="1">
-        <v>34638</v>
+        <v>85040</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>914</v>
+        <v>107</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H125" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="126" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A126" s="1" t="s">
-        <v>915</v>
+        <v>100</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>916</v>
+        <v>108</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>917</v>
+        <v>109</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>918</v>
+        <v>65</v>
+      </c>
+      <c r="E126" s="1">
+        <v>33394</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>919</v>
+        <v>110</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H126" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="127" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A127" s="1" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>97</v>
+        <v>916</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>98</v>
+        <v>917</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>74134</v>
+        <v>470</v>
+      </c>
+      <c r="E127" s="3" t="s">
+        <v>918</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>100</v>
+        <v>920</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H127" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="128" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A128" s="1" t="s">
-        <v>96</v>
+        <v>921</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>101</v>
+        <v>916</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>102</v>
+        <v>917</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>85040</v>
+        <v>470</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>918</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>103</v>
+        <v>922</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H128" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="129" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A129" s="1" t="s">
-        <v>96</v>
+        <v>923</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>104</v>
+        <v>916</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>105</v>
+        <v>917</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>33394</v>
+        <v>470</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>918</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>106</v>
+        <v>924</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H129" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="130" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A130" s="1" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>916</v>
+        <v>112</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>917</v>
+        <v>113</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>918</v>
+        <v>65</v>
+      </c>
+      <c r="E130" s="1">
+        <v>32256</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>2252</v>
+        <v>114</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H130" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="131" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A131" s="1" t="s">
-        <v>920</v>
+        <v>111</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>490</v>
+        <v>384</v>
       </c>
       <c r="E131" s="3" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H131" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="132" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A132" s="1" t="s">
-        <v>922</v>
+        <v>115</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>916</v>
+        <v>116</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>917</v>
+        <v>117</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>918</v>
+        <v>3</v>
+      </c>
+      <c r="E132" s="1">
+        <v>37042</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>923</v>
+        <v>118</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H132" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="133" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A133" s="1" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>108</v>
+        <v>2048</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>109</v>
+        <v>2049</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>61</v>
+        <v>275</v>
       </c>
       <c r="E133" s="1">
-        <v>32256</v>
+        <v>50613</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>110</v>
+        <v>2229</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H133" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="134" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A134" s="1" t="s">
-        <v>107</v>
+        <v>929</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>926</v>
+        <v>271</v>
+      </c>
+      <c r="E134" s="1">
+        <v>91302</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H134" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="135" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A135" s="1" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>3</v>
+        <v>122</v>
       </c>
       <c r="E135" s="1">
-        <v>37042</v>
+        <v>63045</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H135" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="136" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A136" s="1" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>2032</v>
+        <v>933</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>2033</v>
+        <v>934</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="E136" s="1">
-        <v>50613</v>
+        <v>36609</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>2253</v>
+        <v>935</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H136" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="137" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A137" s="1" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>929</v>
+        <v>937</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>279</v>
+        <v>60</v>
       </c>
       <c r="E137" s="1">
-        <v>91302</v>
+        <v>55343</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H137" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="138" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A138" s="1" t="s">
-        <v>115</v>
+        <v>940</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>116</v>
+        <v>941</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>117</v>
+        <v>775</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="E138" s="1">
-        <v>63045</v>
+        <v>75090</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>119</v>
+        <v>942</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H138" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="139" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A139" s="1" t="s">
-        <v>115</v>
+        <v>2230</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>932</v>
+        <v>2231</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>933</v>
+        <v>600</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>304</v>
+        <v>8</v>
       </c>
       <c r="E139" s="1">
-        <v>36609</v>
+        <v>78746</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>934</v>
+        <v>2232</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H139" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="140" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A140" s="1" t="s">
-        <v>935</v>
+        <v>943</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>936</v>
+        <v>944</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>56</v>
+        <v>507</v>
       </c>
       <c r="E140" s="1">
-        <v>55343</v>
+        <v>40511</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H140" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="141" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A141" s="1" t="s">
-        <v>939</v>
+        <v>947</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>940</v>
+        <v>948</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>886</v>
+        <v>949</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="E141" s="1">
-        <v>75090</v>
+        <v>33324</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H141" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="142" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A142" s="1" t="s">
-        <v>2254</v>
+        <v>951</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>2255</v>
+        <v>952</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>1451</v>
+        <v>266</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>8</v>
+        <v>87</v>
       </c>
       <c r="E142" s="1">
-        <v>78746</v>
+        <v>46240</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>2256</v>
+        <v>953</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H142" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="143" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A143" s="1" t="s">
-        <v>942</v>
+        <v>954</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>943</v>
+        <v>955</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>944</v>
+        <v>956</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-        <v>40511</v>
+        <v>384</v>
+      </c>
+      <c r="E143" s="3" t="s">
+        <v>957</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>945</v>
+        <v>958</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H143" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="144" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A144" s="1" t="s">
-        <v>946</v>
+        <v>959</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>947</v>
+        <v>960</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>948</v>
+        <v>121</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>61</v>
+        <v>122</v>
       </c>
       <c r="E144" s="1">
-        <v>33324</v>
+        <v>63045</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>949</v>
+        <v>961</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H144" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="145" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A145" s="1" t="s">
-        <v>950</v>
+        <v>962</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>951</v>
+        <v>963</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>274</v>
+        <v>964</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>83</v>
+        <v>271</v>
       </c>
       <c r="E145" s="1">
-        <v>46240</v>
+        <v>92821</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>952</v>
+        <v>965</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H145" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="146" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A146" s="1" t="s">
-        <v>953</v>
+        <v>124</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>954</v>
+        <v>125</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>955</v>
+        <v>126</v>
       </c>
       <c r="D146" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>956</v>
+        <v>16</v>
+      </c>
+      <c r="E146" s="1">
+        <v>71292</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>957</v>
+        <v>127</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H146" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="147" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A147" s="1" t="s">
-        <v>958</v>
+        <v>124</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>959</v>
+        <v>128</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>117</v>
+        <v>129</v>
       </c>
       <c r="D147" s="1" t="s">
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="E147" s="1">
-        <v>63045</v>
+        <v>14052</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>960</v>
+        <v>130</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H147" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="148" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A148" s="1" t="s">
-        <v>961</v>
+        <v>124</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="D148" s="1" t="s">
-        <v>279</v>
+        <v>39</v>
       </c>
       <c r="E148" s="1">
-        <v>92821</v>
+        <v>14454</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H148" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="149" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A149" s="1" t="s">
-        <v>120</v>
+        <v>969</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>121</v>
+        <v>970</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>122</v>
+        <v>90</v>
       </c>
       <c r="D149" s="1" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E149" s="1">
-        <v>71292</v>
+        <v>75024</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>123</v>
+        <v>971</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H149" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="150" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A150" s="1" t="s">
-        <v>120</v>
+        <v>972</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>124</v>
+        <v>973</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>125</v>
+        <v>75</v>
       </c>
       <c r="D150" s="1" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="E150" s="1">
-        <v>14052</v>
+        <v>75206</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>126</v>
+        <v>974</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H150" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="151" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A151" s="1" t="s">
-        <v>120</v>
+        <v>975</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>965</v>
+        <v>976</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>966</v>
+        <v>977</v>
       </c>
       <c r="D151" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>14454</v>
+        <v>271</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>978</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>967</v>
+        <v>979</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H151" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="152" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A152" s="1" t="s">
-        <v>968</v>
+        <v>980</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>969</v>
+        <v>981</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>86</v>
+        <v>982</v>
       </c>
       <c r="D152" s="1" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="E152" s="1">
-        <v>75024</v>
+        <v>12550</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>970</v>
+        <v>983</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H152" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="153" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A153" s="1" t="s">
-        <v>971</v>
+        <v>131</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>972</v>
+        <v>132</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>71</v>
+        <v>133</v>
       </c>
       <c r="D153" s="1" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="E153" s="1">
-        <v>75206</v>
+        <v>10601</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>973</v>
+        <v>134</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H153" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="154" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A154" s="1" t="s">
-        <v>2257</v>
+        <v>131</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>2258</v>
+        <v>984</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>2259</v>
+        <v>97</v>
       </c>
       <c r="D154" s="1" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>2260</v>
+        <v>98</v>
+      </c>
+      <c r="E154" s="1">
+        <v>15220</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>2261</v>
+        <v>985</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H154" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="155" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A155" s="1" t="s">
-        <v>974</v>
+        <v>986</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>975</v>
+        <v>987</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>976</v>
+        <v>205</v>
       </c>
       <c r="D155" s="1" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="E155" s="1">
-        <v>12550</v>
+        <v>43219</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>977</v>
+        <v>988</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H155" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="156" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A156" s="1" t="s">
-        <v>978</v>
+        <v>135</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>979</v>
+        <v>136</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>561</v>
+        <v>106</v>
       </c>
       <c r="D156" s="1" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="E156" s="1">
-        <v>60506</v>
+        <v>85053</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>980</v>
+        <v>137</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H156" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="157" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A157" s="1" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>128</v>
+        <v>989</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>129</v>
+        <v>990</v>
       </c>
       <c r="D157" s="1" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="E157" s="1">
-        <v>10601</v>
+        <v>98208</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>130</v>
+        <v>991</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H157" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="158" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A158" s="1" t="s">
-        <v>127</v>
+        <v>992</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>981</v>
+        <v>993</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>93</v>
+        <v>771</v>
       </c>
       <c r="D158" s="1" t="s">
-        <v>94</v>
+        <v>507</v>
       </c>
       <c r="E158" s="1">
-        <v>15220</v>
+        <v>40222</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>982</v>
+        <v>994</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H158" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="159" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A159" s="1" t="s">
-        <v>983</v>
+        <v>138</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>984</v>
+        <v>139</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>206</v>
+        <v>113</v>
       </c>
       <c r="D159" s="1" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="E159" s="1">
-        <v>43219</v>
+        <v>32202</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>985</v>
+        <v>140</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H159" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="160" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A160" s="1" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>132</v>
+        <v>995</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>102</v>
+        <v>996</v>
       </c>
       <c r="D160" s="1" t="s">
-        <v>21</v>
+        <v>65</v>
       </c>
       <c r="E160" s="1">
-        <v>85053</v>
+        <v>33716</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>133</v>
+        <v>997</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H160" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="161" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A161" s="1" t="s">
-        <v>131</v>
+        <v>998</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>986</v>
+        <v>999</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>987</v>
+        <v>1000</v>
       </c>
       <c r="D161" s="1" t="s">
-        <v>26</v>
+        <v>301</v>
       </c>
       <c r="E161" s="1">
-        <v>98208</v>
+        <v>48906</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>988</v>
+        <v>1001</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H161" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="162" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A162" s="1" t="s">
-        <v>989</v>
+        <v>1002</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>780</v>
+        <v>1004</v>
       </c>
       <c r="D162" s="1" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-        <v>40222</v>
+        <v>470</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>1005</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>991</v>
+        <v>1006</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H162" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="163" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A163" s="1" t="s">
-        <v>134</v>
+        <v>1007</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>135</v>
+        <v>1008</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>109</v>
+        <v>1009</v>
       </c>
       <c r="D163" s="1" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>32202</v>
+        <v>393</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>1010</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>136</v>
+        <v>1011</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H163" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="164" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A164" s="1" t="s">
-        <v>134</v>
+        <v>1012</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>2262</v>
+        <v>1013</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>1377</v>
+        <v>1014</v>
       </c>
       <c r="D164" s="1" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="E164" s="1">
-        <v>33716</v>
+        <v>85251</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>2263</v>
+        <v>1015</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H164" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="165" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A165" s="1" t="s">
-        <v>992</v>
+        <v>1016</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>993</v>
+        <v>1017</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>994</v>
+        <v>1018</v>
       </c>
       <c r="D165" s="1" t="s">
-        <v>315</v>
+        <v>271</v>
       </c>
       <c r="E165" s="1">
-        <v>48906</v>
+        <v>92025</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>995</v>
+        <v>1019</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H165" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="166" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A166" s="1" t="s">
-        <v>996</v>
+        <v>1020</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>997</v>
+        <v>1021</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>855</v>
+        <v>106</v>
       </c>
       <c r="D166" s="1" t="s">
-        <v>430</v>
+        <v>21</v>
       </c>
       <c r="E166" s="1">
-        <v>27106</v>
+        <v>85021</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>998</v>
+        <v>1022</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H166" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="167" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A167" s="1" t="s">
-        <v>2264</v>
+        <v>141</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>2265</v>
+        <v>142</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>2266</v>
+        <v>143</v>
       </c>
       <c r="D167" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>2168</v>
+        <v>39</v>
+      </c>
+      <c r="E167" s="1">
+        <v>14227</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>2267</v>
+        <v>144</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H167" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="168" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A168" s="1" t="s">
-        <v>999</v>
+        <v>141</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>1000</v>
+        <v>1023</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>1001</v>
+        <v>1024</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>1002</v>
+        <v>39</v>
+      </c>
+      <c r="E168" s="1">
+        <v>14450</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>1003</v>
+        <v>1025</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H168" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="169" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A169" s="1" t="s">
-        <v>1004</v>
+        <v>1026</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>1005</v>
+        <v>1027</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>1006</v>
+        <v>1028</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>21</v>
+        <v>206</v>
       </c>
       <c r="E169" s="1">
-        <v>85251</v>
+        <v>30901</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>1007</v>
+        <v>1029</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H169" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="170" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A170" s="1" t="s">
-        <v>1008</v>
+        <v>1030</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>1009</v>
+        <v>1031</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>1010</v>
+        <v>689</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>279</v>
+        <v>65</v>
       </c>
       <c r="E170" s="1">
-        <v>92025</v>
+        <v>33487</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>1011</v>
+        <v>1032</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H170" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="171" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A171" s="1" t="s">
-        <v>1012</v>
+        <v>1033</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>1013</v>
+        <v>1034</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>102</v>
+        <v>75</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E171" s="1">
-        <v>85021</v>
+        <v>75287</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>1014</v>
+        <v>1035</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H171" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="172" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A172" s="1" t="s">
-        <v>137</v>
+        <v>1036</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>138</v>
+        <v>1037</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>139</v>
+        <v>221</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>39</v>
+        <v>222</v>
       </c>
       <c r="E172" s="1">
-        <v>14227</v>
+        <v>89109</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>140</v>
+        <v>1038</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H172" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="173" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A173" s="1" t="s">
-        <v>137</v>
+        <v>1039</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>1015</v>
+        <v>1040</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>1016</v>
+        <v>1041</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>14450</v>
+        <v>470</v>
+      </c>
+      <c r="E173" s="3" t="s">
+        <v>1042</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>1017</v>
+        <v>1043</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H173" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="174" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A174" s="1" t="s">
-        <v>1018</v>
+        <v>145</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>1019</v>
+        <v>146</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>1020</v>
+        <v>147</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>30901</v>
+        <v>70</v>
+      </c>
+      <c r="E174" s="3" t="s">
+        <v>148</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>1021</v>
+        <v>149</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H174" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="175" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A175" s="1" t="s">
-        <v>1022</v>
+        <v>145</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>1023</v>
+        <v>150</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>701</v>
+        <v>151</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>33487</v>
+        <v>70</v>
+      </c>
+      <c r="E175" s="3" t="s">
+        <v>152</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>1024</v>
+        <v>153</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H175" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="176" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A176" s="1" t="s">
-        <v>1025</v>
+        <v>145</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>1026</v>
+        <v>2233</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>71</v>
+        <v>2234</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>75287</v>
+        <v>393</v>
+      </c>
+      <c r="E176" s="3" t="s">
+        <v>2235</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>1027</v>
+        <v>2236</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H176" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="177" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A177" s="1" t="s">
-        <v>1028</v>
+        <v>154</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>1029</v>
+        <v>155</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>221</v>
+        <v>156</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>222</v>
+        <v>65</v>
       </c>
       <c r="E177" s="1">
-        <v>89109</v>
+        <v>33626</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>1030</v>
+        <v>157</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H177" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="178" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A178" s="1" t="s">
-        <v>2268</v>
+        <v>154</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>2269</v>
+        <v>158</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>2270</v>
+        <v>156</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>2271</v>
+        <v>65</v>
+      </c>
+      <c r="E178" s="1">
+        <v>33614</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>2272</v>
+        <v>159</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H178" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="179" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A179" s="1" t="s">
-        <v>141</v>
+        <v>154</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>142</v>
+        <v>1044</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>143</v>
+        <v>121</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>122</v>
+      </c>
+      <c r="E179" s="1">
+        <v>63045</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>145</v>
+        <v>1045</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H179" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="180" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A180" s="1" t="s">
-        <v>141</v>
+        <v>1046</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>146</v>
+        <v>1047</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>147</v>
+        <v>1048</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>12</v>
+      </c>
+      <c r="E180" s="1">
+        <v>84020</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>149</v>
+        <v>1049</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H180" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="181" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A181" s="1" t="s">
-        <v>141</v>
+        <v>160</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>1031</v>
+        <v>161</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>1032</v>
+        <v>162</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>1033</v>
+        <v>26</v>
+      </c>
+      <c r="E181" s="1">
+        <v>98003</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>1034</v>
+        <v>163</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H181" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="182" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A182" s="1" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>151</v>
+        <v>1047</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>152</v>
+        <v>1048</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>61</v>
+        <v>12</v>
       </c>
       <c r="E182" s="1">
-        <v>33626</v>
+        <v>84020</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>153</v>
+        <v>1050</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H182" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="183" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A183" s="1" t="s">
-        <v>150</v>
+        <v>1051</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>154</v>
+        <v>1052</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>152</v>
+        <v>1053</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>33614</v>
+        <v>470</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>1054</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>155</v>
+        <v>1055</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H183" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="184" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A184" s="1" t="s">
-        <v>150</v>
+        <v>1056</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>1035</v>
+        <v>1057</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>117</v>
+        <v>1058</v>
       </c>
       <c r="D184" s="1" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>63045</v>
+        <v>470</v>
+      </c>
+      <c r="E184" s="1" t="s">
+        <v>1059</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>1036</v>
+        <v>1060</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H184" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="185" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A185" s="1" t="s">
-        <v>1037</v>
+        <v>164</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>1038</v>
+        <v>165</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>1039</v>
+        <v>166</v>
       </c>
       <c r="D185" s="1" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E185" s="1">
-        <v>84020</v>
+        <v>76010</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>1040</v>
+        <v>167</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H185" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="186" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A186" s="1" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>157</v>
+        <v>1061</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>158</v>
+        <v>1062</v>
       </c>
       <c r="D186" s="1" t="s">
-        <v>26</v>
+        <v>262</v>
       </c>
       <c r="E186" s="1">
-        <v>98003</v>
+        <v>80909</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>159</v>
+        <v>1063</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H186" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="187" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A187" s="1" t="s">
-        <v>156</v>
+        <v>1064</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>1038</v>
+        <v>1065</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>1039</v>
+        <v>1066</v>
       </c>
       <c r="D187" s="1" t="s">
-        <v>12</v>
+        <v>197</v>
       </c>
       <c r="E187" s="1">
-        <v>84020</v>
+        <v>54016</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>1041</v>
+        <v>1067</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H187" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="188" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A188" s="1" t="s">
-        <v>1042</v>
+        <v>1068</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>1043</v>
+        <v>1069</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>1044</v>
+        <v>945</v>
       </c>
       <c r="D188" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>1045</v>
+        <v>507</v>
+      </c>
+      <c r="E188" s="1">
+        <v>40505</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>1046</v>
+        <v>1070</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H188" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="189" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A189" s="1" t="s">
-        <v>1047</v>
+        <v>1071</v>
       </c>
       <c r="B189" s="1" t="s">
-        <v>1048</v>
+        <v>1072</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>1049</v>
+        <v>338</v>
       </c>
       <c r="D189" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>1050</v>
+        <v>8</v>
+      </c>
+      <c r="E189" s="1">
+        <v>76112</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>1051</v>
+        <v>1073</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H189" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="190" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A190" s="1" t="s">
-        <v>160</v>
+        <v>1074</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>161</v>
+        <v>1075</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>162</v>
+        <v>1076</v>
       </c>
       <c r="D190" s="1" t="s">
-        <v>8</v>
+        <v>380</v>
       </c>
       <c r="E190" s="1">
-        <v>76010</v>
+        <v>66202</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>163</v>
+        <v>1077</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H190" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="191" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A191" s="1" t="s">
-        <v>160</v>
+        <v>1078</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>1052</v>
+        <v>1079</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>1053</v>
+        <v>1080</v>
       </c>
       <c r="D191" s="1" t="s">
-        <v>270</v>
+        <v>16</v>
       </c>
       <c r="E191" s="1">
-        <v>80909</v>
+        <v>70002</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>1054</v>
+        <v>1081</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H191" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="192" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A192" s="1" t="s">
-        <v>1055</v>
+        <v>1082</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>1056</v>
+        <v>884</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>1057</v>
+        <v>885</v>
       </c>
       <c r="D192" s="1" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="E192" s="1">
-        <v>54016</v>
+        <v>30096</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>1058</v>
+        <v>1083</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H192" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="193" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A193" s="1" t="s">
-        <v>1059</v>
+        <v>1084</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>1060</v>
+        <v>1085</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>944</v>
+        <v>1086</v>
       </c>
       <c r="D193" s="1" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-        <v>40505</v>
+        <v>470</v>
+      </c>
+      <c r="E193" s="3" t="s">
+        <v>1087</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>1061</v>
+        <v>1088</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H193" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="194" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A194" s="1" t="s">
-        <v>1062</v>
+        <v>2237</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>1063</v>
+        <v>2238</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>352</v>
+        <v>2239</v>
       </c>
       <c r="D194" s="1" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="E194" s="1">
-        <v>76112</v>
+        <v>11021</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>1064</v>
+        <v>2240</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H194" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="195" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A195" s="1" t="s">
-        <v>1065</v>
+        <v>168</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>1066</v>
+        <v>169</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>1067</v>
+        <v>47</v>
       </c>
       <c r="D195" s="1" t="s">
-        <v>398</v>
+        <v>8</v>
       </c>
       <c r="E195" s="1">
-        <v>66202</v>
+        <v>77042</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>1068</v>
+        <v>170</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H195" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="196" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A196" s="1" t="s">
-        <v>1069</v>
+        <v>168</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>1070</v>
+        <v>171</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>1071</v>
+        <v>172</v>
       </c>
       <c r="D196" s="1" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="E196" s="1">
-        <v>70002</v>
+        <v>33759</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>1072</v>
+        <v>173</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H196" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="197" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A197" s="1" t="s">
-        <v>1073</v>
+        <v>168</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>881</v>
+        <v>1089</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>882</v>
+        <v>406</v>
       </c>
       <c r="D197" s="1" t="s">
-        <v>181</v>
+        <v>34</v>
       </c>
       <c r="E197" s="1">
-        <v>30096</v>
+        <v>60018</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>1074</v>
+        <v>1090</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H197" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="198" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A198" s="1" t="s">
-        <v>1075</v>
+        <v>1091</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>1076</v>
+        <v>1092</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>1077</v>
+        <v>1093</v>
       </c>
       <c r="D198" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>1078</v>
+        <v>65</v>
+      </c>
+      <c r="E198" s="1">
+        <v>34134</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>1079</v>
+        <v>1094</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H198" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="199" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A199" s="1" t="s">
-        <v>2273</v>
+        <v>1095</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>2274</v>
+        <v>1096</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>2275</v>
+        <v>590</v>
       </c>
       <c r="D199" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>11021</v>
+        <v>60</v>
+      </c>
+      <c r="E199" s="1" t="s">
+        <v>1097</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>2276</v>
+        <v>1098</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H199" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="200" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A200" s="1" t="s">
-        <v>164</v>
+        <v>1099</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>165</v>
+        <v>1100</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>166</v>
+        <v>1101</v>
       </c>
       <c r="D200" s="1" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="E200" s="1">
-        <v>77042</v>
+        <v>11791</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>167</v>
+        <v>1102</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H200" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="201" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A201" s="1" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="D201" s="1" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>33759</v>
+        <v>70</v>
+      </c>
+      <c r="E201" s="3" t="s">
+        <v>177</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H201" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="202" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A202" s="1" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>1080</v>
+        <v>2241</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>420</v>
+        <v>2242</v>
       </c>
       <c r="D202" s="1" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>60018</v>
+        <v>393</v>
+      </c>
+      <c r="E202" s="3" t="s">
+        <v>2243</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>1081</v>
+        <v>2244</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H202" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="203" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A203" s="1" t="s">
-        <v>1082</v>
+        <v>1103</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>1083</v>
+        <v>1104</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>1084</v>
+        <v>397</v>
       </c>
       <c r="D203" s="1" t="s">
-        <v>61</v>
+        <v>290</v>
       </c>
       <c r="E203" s="1">
-        <v>34134</v>
+        <v>35203</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>1085</v>
+        <v>1105</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H203" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="204" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A204" s="1" t="s">
-        <v>1086</v>
+        <v>2245</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>606</v>
+        <v>1108</v>
       </c>
       <c r="D204" s="1" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>1088</v>
+        <v>30</v>
+      </c>
+      <c r="E204" s="1">
+        <v>45242</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>1089</v>
+        <v>2246</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H204" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="205" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A205" s="1" t="s">
-        <v>1090</v>
+        <v>2247</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>1091</v>
+        <v>1107</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>1092</v>
+        <v>1108</v>
       </c>
       <c r="D205" s="1" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="E205" s="1">
-        <v>11791</v>
+        <v>45242</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>1093</v>
+        <v>2248</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H205" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="206" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A206" s="1" t="s">
-        <v>171</v>
+        <v>1106</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>172</v>
+        <v>1107</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>173</v>
+        <v>1108</v>
       </c>
       <c r="D206" s="1" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>30</v>
+      </c>
+      <c r="E206" s="1">
+        <v>45242</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>175</v>
+        <v>1109</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H206" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="207" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A207" s="1" t="s">
-        <v>171</v>
+        <v>1110</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>1094</v>
+        <v>1111</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>1095</v>
+        <v>753</v>
       </c>
       <c r="D207" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>1096</v>
+        <v>60</v>
+      </c>
+      <c r="E207" s="1">
+        <v>55433</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>1097</v>
+        <v>1112</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H207" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="208" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A208" s="1" t="s">
-        <v>1098</v>
+        <v>1113</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>1099</v>
+        <v>1114</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>411</v>
+        <v>1115</v>
       </c>
       <c r="D208" s="1" t="s">
-        <v>304</v>
+        <v>39</v>
       </c>
       <c r="E208" s="1">
-        <v>35203</v>
+        <v>14068</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>1100</v>
+        <v>1116</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H208" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="209" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A209" s="1" t="s">
-        <v>2277</v>
+        <v>1117</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>1102</v>
+        <v>1118</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>1103</v>
+        <v>1119</v>
       </c>
       <c r="D209" s="1" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E209" s="1">
-        <v>45242</v>
+        <v>14224</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>2278</v>
+        <v>1120</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H209" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="210" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A210" s="1" t="s">
-        <v>2279</v>
+        <v>1121</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>1102</v>
+        <v>1122</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>1103</v>
+        <v>1123</v>
       </c>
       <c r="D210" s="1" t="s">
-        <v>30</v>
+        <v>1124</v>
       </c>
       <c r="E210" s="1">
-        <v>45242</v>
+        <v>21031</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>2280</v>
+        <v>1125</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H210" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="211" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A211" s="1" t="s">
-        <v>1101</v>
+        <v>1126</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>1102</v>
+        <v>1127</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>1103</v>
+        <v>75</v>
       </c>
       <c r="D211" s="1" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="E211" s="1">
-        <v>45242</v>
+        <v>75205</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>1104</v>
+        <v>1128</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H211" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="212" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A212" s="1" t="s">
-        <v>1105</v>
+        <v>1129</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>1106</v>
+        <v>1130</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>766</v>
+        <v>1131</v>
       </c>
       <c r="D212" s="1" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>55433</v>
+        <v>470</v>
+      </c>
+      <c r="E212" s="3" t="s">
+        <v>1132</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>1107</v>
+        <v>1133</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H212" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="213" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A213" s="1" t="s">
-        <v>1108</v>
+        <v>1134</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>1109</v>
+        <v>1135</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>1110</v>
+        <v>1136</v>
       </c>
       <c r="D213" s="1" t="s">
-        <v>39</v>
+        <v>271</v>
       </c>
       <c r="E213" s="1">
-        <v>14068</v>
+        <v>92617</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>1111</v>
+        <v>1137</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H213" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="214" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A214" s="1" t="s">
-        <v>1112</v>
+        <v>1138</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>1113</v>
+        <v>1139</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>1114</v>
+        <v>1140</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E214" s="1">
-        <v>14224</v>
+        <v>14075</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>1115</v>
+        <v>1141</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H214" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="215" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A215" s="1" t="s">
-        <v>1116</v>
+        <v>179</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>1117</v>
+        <v>180</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>1118</v>
+        <v>113</v>
       </c>
       <c r="D215" s="1" t="s">
-        <v>1119</v>
+        <v>65</v>
       </c>
       <c r="E215" s="1">
-        <v>21031</v>
+        <v>32256</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>1120</v>
+        <v>181</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H215" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="216" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A216" s="1" t="s">
-        <v>1121</v>
+        <v>179</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>1122</v>
+        <v>565</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>71</v>
+        <v>566</v>
       </c>
       <c r="D216" s="1" t="s">
-        <v>8</v>
+        <v>206</v>
       </c>
       <c r="E216" s="1">
-        <v>75205</v>
+        <v>31605</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>1123</v>
+        <v>567</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H216" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="217" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A217" s="1" t="s">
-        <v>2281</v>
+        <v>179</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>2282</v>
+        <v>1142</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>1773</v>
+        <v>1143</v>
       </c>
       <c r="D217" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>2283</v>
+        <v>65</v>
+      </c>
+      <c r="E217" s="1">
+        <v>32746</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>2284</v>
+        <v>1144</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H217" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="218" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A218" s="1" t="s">
-        <v>2285</v>
+        <v>1145</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>2286</v>
+        <v>1146</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>1676</v>
+        <v>1147</v>
       </c>
       <c r="D218" s="1" t="s">
-        <v>94</v>
+        <v>30</v>
       </c>
       <c r="E218" s="1">
-        <v>17111</v>
+        <v>43230</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>2287</v>
+        <v>1148</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H218" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="219" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A219" s="1" t="s">
-        <v>1124</v>
+        <v>1149</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>1125</v>
+        <v>1150</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>1126</v>
+        <v>1115</v>
       </c>
       <c r="D219" s="1" t="s">
-        <v>279</v>
+        <v>39</v>
       </c>
       <c r="E219" s="1">
-        <v>92617</v>
+        <v>14068</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>1127</v>
+        <v>1151</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H219" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="220" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A220" s="1" t="s">
-        <v>1128</v>
+        <v>1152</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>1129</v>
+        <v>1153</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>1130</v>
+        <v>1154</v>
       </c>
       <c r="D220" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>14075</v>
+        <v>470</v>
+      </c>
+      <c r="E220" s="3" t="s">
+        <v>1155</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>1131</v>
+        <v>1156</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H220" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="221" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A221" s="1" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>109</v>
+        <v>184</v>
       </c>
       <c r="D221" s="1" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>32256</v>
+        <v>70</v>
+      </c>
+      <c r="E221" s="3" t="s">
+        <v>185</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H221" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="222" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A222" s="1" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>179</v>
+        <v>1157</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>180</v>
+        <v>1158</v>
       </c>
       <c r="D222" s="1" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>31605</v>
+        <v>393</v>
+      </c>
+      <c r="E222" s="3" t="s">
+        <v>1159</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>182</v>
+        <v>1160</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H222" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="223" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A223" s="1" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>1132</v>
+        <v>188</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>1133</v>
+        <v>189</v>
       </c>
       <c r="D223" s="1" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="E223" s="1">
-        <v>32746</v>
+        <v>75234</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>1134</v>
+        <v>190</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H223" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="224" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A224" s="1" t="s">
-        <v>1135</v>
+        <v>187</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>1136</v>
+        <v>191</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>1137</v>
+        <v>192</v>
       </c>
       <c r="D224" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E224" s="1">
-        <v>43230</v>
+        <v>60605</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>1138</v>
+        <v>193</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H224" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="225" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A225" s="1" t="s">
-        <v>1139</v>
+        <v>187</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>1140</v>
+        <v>1161</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>1110</v>
+        <v>156</v>
       </c>
       <c r="D225" s="1" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="E225" s="1">
-        <v>14068</v>
+        <v>33609</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>1141</v>
+        <v>1162</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H225" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="226" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A226" s="1" t="s">
-        <v>1142</v>
+        <v>1163</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>1143</v>
+        <v>1164</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>1144</v>
+        <v>1165</v>
       </c>
       <c r="D226" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>1145</v>
+        <v>271</v>
+      </c>
+      <c r="E226" s="1">
+        <v>92808</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>1146</v>
+        <v>1166</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H226" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="227" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A227" s="1" t="s">
-        <v>183</v>
+        <v>1167</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>184</v>
+        <v>1168</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>185</v>
+        <v>278</v>
       </c>
       <c r="D227" s="1" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>39</v>
+      </c>
+      <c r="E227" s="1">
+        <v>10105</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>187</v>
+        <v>1169</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H227" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="228" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A228" s="1" t="s">
-        <v>183</v>
+        <v>2249</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>1147</v>
+        <v>2250</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>1148</v>
+        <v>2251</v>
       </c>
       <c r="D228" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>1149</v>
+        <v>21</v>
+      </c>
+      <c r="E228" s="1">
+        <v>85204</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>1150</v>
+        <v>2252</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H228" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="229" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A229" s="1" t="s">
-        <v>188</v>
+        <v>1170</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>189</v>
+        <v>1171</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>190</v>
+        <v>1136</v>
       </c>
       <c r="D229" s="1" t="s">
-        <v>8</v>
+        <v>271</v>
       </c>
       <c r="E229" s="1">
-        <v>75234</v>
+        <v>92618</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>191</v>
+        <v>1172</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H229" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="230" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A230" s="1" t="s">
-        <v>188</v>
+        <v>1173</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>192</v>
+        <v>1174</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>193</v>
+        <v>1175</v>
       </c>
       <c r="D230" s="1" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="E230" s="1">
-        <v>60605</v>
+        <v>32204</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>194</v>
+        <v>1176</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H230" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="231" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A231" s="1" t="s">
-        <v>188</v>
+        <v>1177</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>1151</v>
+        <v>1178</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>152</v>
+        <v>113</v>
       </c>
       <c r="D231" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E231" s="1">
-        <v>33609</v>
+        <v>32204</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>1152</v>
+        <v>1179</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H231" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="232" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A232" s="1" t="s">
-        <v>1153</v>
+        <v>1180</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>1154</v>
+        <v>1178</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>1155</v>
+        <v>113</v>
       </c>
       <c r="D232" s="1" t="s">
-        <v>279</v>
+        <v>65</v>
       </c>
       <c r="E232" s="1">
-        <v>92808</v>
+        <v>32204</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>1156</v>
+        <v>1181</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H232" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="233" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A233" s="1" t="s">
-        <v>1157</v>
+        <v>1182</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>1158</v>
+        <v>1178</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>286</v>
+        <v>113</v>
       </c>
       <c r="D233" s="1" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="E233" s="1">
-        <v>10105</v>
+        <v>32204</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>1159</v>
+        <v>1183</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H233" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="234" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A234" s="1" t="s">
-        <v>1160</v>
+        <v>1184</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>1161</v>
+        <v>1185</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>1162</v>
+        <v>1186</v>
       </c>
       <c r="D234" s="1" t="s">
-        <v>21</v>
+        <v>206</v>
       </c>
       <c r="E234" s="1">
-        <v>85204</v>
+        <v>30188</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>1163</v>
+        <v>1187</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H234" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="235" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A235" s="1" t="s">
-        <v>1164</v>
+        <v>1188</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>1165</v>
+        <v>1189</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>1126</v>
+        <v>1190</v>
       </c>
       <c r="D235" s="1" t="s">
-        <v>279</v>
+        <v>26</v>
       </c>
       <c r="E235" s="1">
-        <v>92618</v>
+        <v>98005</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>1166</v>
+        <v>1191</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H235" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="236" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A236" s="1" t="s">
-        <v>1167</v>
+        <v>194</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>1168</v>
+        <v>195</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>1169</v>
+        <v>196</v>
       </c>
       <c r="D236" s="1" t="s">
-        <v>61</v>
+        <v>197</v>
       </c>
       <c r="E236" s="1">
-        <v>32204</v>
+        <v>55480</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>1170</v>
+        <v>198</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H236" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="237" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A237" s="1" t="s">
-        <v>1171</v>
+        <v>194</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>1172</v>
+        <v>199</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>109</v>
+        <v>200</v>
       </c>
       <c r="D237" s="1" t="s">
-        <v>61</v>
+        <v>201</v>
       </c>
       <c r="E237" s="1">
-        <v>32204</v>
+        <v>57049</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>1173</v>
+        <v>202</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H237" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="238" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A238" s="1" t="s">
-        <v>1174</v>
+        <v>194</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>109</v>
+        <v>1193</v>
       </c>
       <c r="D238" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="E238" s="1">
-        <v>32204</v>
+        <v>55120</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>1175</v>
+        <v>1194</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H238" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="239" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A239" s="1" t="s">
-        <v>1176</v>
+        <v>1195</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>1172</v>
+        <v>1178</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E239" s="1">
         <v>32204</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>1177</v>
+        <v>1196</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H239" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="240" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A240" s="1" t="s">
-        <v>1178</v>
+        <v>1197</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>1179</v>
+        <v>1198</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>1180</v>
+        <v>278</v>
       </c>
       <c r="D240" s="1" t="s">
-        <v>181</v>
+        <v>39</v>
       </c>
       <c r="E240" s="1">
-        <v>30188</v>
+        <v>10016</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>1181</v>
+        <v>1199</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H240" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="241" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A241" s="1" t="s">
-        <v>1182</v>
+        <v>203</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>1183</v>
+        <v>204</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>1184</v>
+        <v>205</v>
       </c>
       <c r="D241" s="1" t="s">
-        <v>26</v>
+        <v>206</v>
       </c>
       <c r="E241" s="1">
-        <v>98005</v>
+        <v>31906</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>1185</v>
+        <v>207</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H241" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="242" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A242" s="1" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>196</v>
+        <v>1200</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>197</v>
+        <v>1201</v>
       </c>
       <c r="D242" s="1" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>55480</v>
+        <v>384</v>
+      </c>
+      <c r="E242" s="3" t="s">
+        <v>1202</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>199</v>
+        <v>1203</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H242" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="243" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A243" s="1" t="s">
-        <v>195</v>
+        <v>208</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>201</v>
+        <v>106</v>
       </c>
       <c r="D243" s="1" t="s">
-        <v>202</v>
+        <v>21</v>
       </c>
       <c r="E243" s="1">
-        <v>57049</v>
+        <v>85014</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H243" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="244" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A244" s="1" t="s">
-        <v>195</v>
+        <v>208</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>1186</v>
+        <v>1204</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>1187</v>
+        <v>1205</v>
       </c>
       <c r="D244" s="1" t="s">
-        <v>56</v>
+        <v>206</v>
       </c>
       <c r="E244" s="1">
-        <v>55120</v>
+        <v>30071</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>1188</v>
+        <v>1206</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H244" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="245" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A245" s="1" t="s">
-        <v>1189</v>
+        <v>1207</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>1172</v>
+        <v>1208</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>109</v>
+        <v>1209</v>
       </c>
       <c r="D245" s="1" t="s">
-        <v>61</v>
+        <v>206</v>
       </c>
       <c r="E245" s="1">
-        <v>32204</v>
+        <v>30071</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H245" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="246" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A246" s="1" t="s">
-        <v>1191</v>
+        <v>1211</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>1192</v>
+        <v>1212</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>286</v>
+        <v>1213</v>
       </c>
       <c r="D246" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>10016</v>
+        <v>393</v>
+      </c>
+      <c r="E246" s="3" t="s">
+        <v>1214</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>1193</v>
+        <v>1215</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H246" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="247" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A247" s="1" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>206</v>
+        <v>47</v>
       </c>
       <c r="D247" s="1" t="s">
-        <v>181</v>
+        <v>8</v>
       </c>
       <c r="E247" s="1">
-        <v>31906</v>
+        <v>77057</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H247" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="248" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A248" s="1" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>1194</v>
+        <v>1216</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>1195</v>
+        <v>1217</v>
       </c>
       <c r="D248" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>1196</v>
+        <v>206</v>
+      </c>
+      <c r="E248" s="1">
+        <v>30339</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>1197</v>
+        <v>1218</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H248" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="249" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A249" s="1" t="s">
-        <v>208</v>
+        <v>1219</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>209</v>
+        <v>1220</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>102</v>
+        <v>1221</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>21</v>
+        <v>222</v>
       </c>
       <c r="E249" s="1">
-        <v>85014</v>
+        <v>89501</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>210</v>
+        <v>1222</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H249" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="250" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A250" s="1" t="s">
-        <v>208</v>
+        <v>1223</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>1198</v>
+        <v>1224</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>1199</v>
+        <v>1209</v>
       </c>
       <c r="D250" s="1" t="s">
-        <v>181</v>
+        <v>206</v>
       </c>
       <c r="E250" s="1">
         <v>30071</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>1200</v>
+        <v>1225</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H250" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="251" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A251" s="1" t="s">
-        <v>1201</v>
+        <v>1226</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>1202</v>
+        <v>1227</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="D251" s="1" t="s">
-        <v>181</v>
+        <v>206</v>
       </c>
       <c r="E251" s="1">
         <v>30071</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>1204</v>
+        <v>1228</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H251" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="252" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A252" s="1" t="s">
-        <v>1205</v>
+        <v>1229</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>1206</v>
+        <v>1107</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>1207</v>
+        <v>1108</v>
       </c>
       <c r="D252" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>1208</v>
+        <v>30</v>
+      </c>
+      <c r="E252" s="1">
+        <v>45242</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>1209</v>
+        <v>1230</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H252" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="253" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A253" s="1" t="s">
-        <v>211</v>
+        <v>1231</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>212</v>
+        <v>1232</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>166</v>
+        <v>1233</v>
       </c>
       <c r="D253" s="1" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E253" s="1">
-        <v>77057</v>
+        <v>44333</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>213</v>
+        <v>1234</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H253" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="254" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A254" s="1" t="s">
-        <v>211</v>
+        <v>1235</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>1210</v>
+        <v>1236</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>1211</v>
+        <v>738</v>
       </c>
       <c r="D254" s="1" t="s">
-        <v>181</v>
+        <v>416</v>
       </c>
       <c r="E254" s="1">
-        <v>30339</v>
+        <v>27401</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>1212</v>
+        <v>1237</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H254" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="255" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A255" s="1" t="s">
-        <v>1213</v>
+        <v>1238</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>1214</v>
+        <v>42</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>1215</v>
+        <v>43</v>
       </c>
       <c r="D255" s="1" t="s">
-        <v>222</v>
+        <v>39</v>
       </c>
       <c r="E255" s="1">
-        <v>89501</v>
+        <v>14228</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>1216</v>
+        <v>1239</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H255" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="256" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A256" s="1" t="s">
-        <v>1217</v>
+        <v>1240</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>1218</v>
+        <v>1241</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>1203</v>
+        <v>47</v>
       </c>
       <c r="D256" s="1" t="s">
-        <v>181</v>
+        <v>8</v>
       </c>
       <c r="E256" s="1">
-        <v>30071</v>
+        <v>77067</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>1219</v>
+        <v>1242</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H256" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="257" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A257" s="1" t="s">
-        <v>1220</v>
+        <v>214</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>1221</v>
+        <v>215</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>1203</v>
+        <v>216</v>
       </c>
       <c r="D257" s="1" t="s">
-        <v>181</v>
+        <v>217</v>
       </c>
       <c r="E257" s="1">
-        <v>30071</v>
+        <v>83642</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>1222</v>
+        <v>218</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H257" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="258" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A258" s="1" t="s">
-        <v>1223</v>
+        <v>214</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>1102</v>
+        <v>1243</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>1103</v>
+        <v>102</v>
       </c>
       <c r="D258" s="1" t="s">
-        <v>30</v>
+        <v>103</v>
       </c>
       <c r="E258" s="1">
-        <v>45242</v>
+        <v>74107</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>1224</v>
+        <v>1244</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H258" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="259" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A259" s="1" t="s">
-        <v>1225</v>
+        <v>1245</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>1226</v>
+        <v>1246</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>1227</v>
+        <v>1247</v>
       </c>
       <c r="D259" s="1" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>44333</v>
+        <v>384</v>
+      </c>
+      <c r="E259" s="3" t="s">
+        <v>1248</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>1228</v>
+        <v>1249</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H259" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="260" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A260" s="1" t="s">
-        <v>1229</v>
+        <v>1250</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>1230</v>
+        <v>1251</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>750</v>
+        <v>1252</v>
       </c>
       <c r="D260" s="1" t="s">
-        <v>430</v>
+        <v>1253</v>
       </c>
       <c r="E260" s="1">
-        <v>27401</v>
+        <v>38801</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>1231</v>
+        <v>1254</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H260" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="261" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A261" s="1" t="s">
-        <v>1232</v>
+        <v>1255</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>42</v>
+        <v>1256</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>43</v>
+        <v>1257</v>
       </c>
       <c r="D261" s="1" t="s">
-        <v>39</v>
+        <v>3</v>
       </c>
       <c r="E261" s="1">
-        <v>14228</v>
+        <v>37217</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>1233</v>
+        <v>1258</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H261" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="262" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A262" s="1" t="s">
-        <v>1234</v>
+        <v>1259</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>1235</v>
+        <v>1260</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="D262" s="1" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="E262" s="1">
-        <v>77067</v>
+        <v>33626</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>1236</v>
+        <v>1261</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H262" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="263" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A263" s="1" t="s">
-        <v>214</v>
+        <v>1262</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>215</v>
+        <v>1263</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>216</v>
+        <v>771</v>
       </c>
       <c r="D263" s="1" t="s">
-        <v>217</v>
+        <v>507</v>
       </c>
       <c r="E263" s="1">
-        <v>83642</v>
+        <v>40299</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>218</v>
+        <v>1264</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H263" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="264" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A264" s="1" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>1237</v>
+        <v>220</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>98</v>
+        <v>221</v>
       </c>
       <c r="D264" s="1" t="s">
-        <v>99</v>
+        <v>222</v>
       </c>
       <c r="E264" s="1">
-        <v>74107</v>
+        <v>89147</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>1238</v>
+        <v>223</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H264" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="265" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A265" s="1" t="s">
-        <v>1239</v>
+        <v>219</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>1240</v>
+        <v>1265</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>1241</v>
+        <v>1217</v>
       </c>
       <c r="D265" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>1242</v>
+        <v>206</v>
+      </c>
+      <c r="E265" s="1">
+        <v>30339</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>1243</v>
+        <v>1266</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H265" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="266" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A266" s="1" t="s">
-        <v>1244</v>
+        <v>224</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>1245</v>
+        <v>220</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>1246</v>
+        <v>221</v>
       </c>
       <c r="D266" s="1" t="s">
-        <v>1247</v>
+        <v>222</v>
       </c>
       <c r="E266" s="1">
-        <v>38801</v>
+        <v>89147</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>1248</v>
+        <v>225</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H266" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="267" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A267" s="1" t="s">
-        <v>1249</v>
+        <v>224</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>1250</v>
+        <v>1265</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>1251</v>
+        <v>1217</v>
       </c>
       <c r="D267" s="1" t="s">
-        <v>3</v>
+        <v>206</v>
       </c>
       <c r="E267" s="1">
-        <v>37217</v>
+        <v>30339</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>1252</v>
+        <v>1267</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H267" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="268" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A268" s="1" t="s">
-        <v>1253</v>
+        <v>226</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>1254</v>
+        <v>220</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>152</v>
+        <v>221</v>
       </c>
       <c r="D268" s="1" t="s">
-        <v>61</v>
+        <v>222</v>
       </c>
       <c r="E268" s="1">
-        <v>33626</v>
+        <v>89147</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>1255</v>
+        <v>227</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H268" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="269" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A269" s="1" t="s">
-        <v>1256</v>
+        <v>226</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>1257</v>
+        <v>1265</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>780</v>
+        <v>1217</v>
       </c>
       <c r="D269" s="1" t="s">
-        <v>527</v>
+        <v>206</v>
       </c>
       <c r="E269" s="1">
-        <v>40299</v>
+        <v>30339</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>1258</v>
+        <v>1268</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H269" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="270" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A270" s="1" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="C270" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>222</v>
       </c>
       <c r="E270" s="1">
         <v>89147</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="G270" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H270" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="271" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A271" s="1" t="s">
-        <v>219</v>
+        <v>228</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>1259</v>
+        <v>1265</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="D271" s="1" t="s">
-        <v>181</v>
+        <v>206</v>
       </c>
       <c r="E271" s="1">
         <v>30339</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>1260</v>
+        <v>1269</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H271" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="272" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A272" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="D272" s="1" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="E272" s="1">
-        <v>89147</v>
+        <v>19801</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="G272" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H272" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="273" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A273" s="1" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>1259</v>
+        <v>236</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>1211</v>
+        <v>237</v>
       </c>
       <c r="D273" s="1" t="s">
-        <v>181</v>
+        <v>238</v>
       </c>
       <c r="E273" s="1">
-        <v>30339</v>
+        <v>22407</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>1261</v>
+        <v>239</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H273" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="274" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A274" s="1" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>220</v>
+        <v>1270</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>221</v>
+        <v>435</v>
       </c>
       <c r="D274" s="1" t="s">
-        <v>222</v>
+        <v>436</v>
       </c>
       <c r="E274" s="1">
-        <v>89147</v>
+        <v>68117</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>227</v>
+        <v>1271</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H274" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="275" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A275" s="1" t="s">
-        <v>226</v>
+        <v>1272</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>1259</v>
+        <v>1273</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>1211</v>
+        <v>1274</v>
       </c>
       <c r="D275" s="1" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>30339</v>
+        <v>384</v>
+      </c>
+      <c r="E275" s="1" t="s">
+        <v>1275</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>1262</v>
+        <v>1276</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H275" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="276" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A276" s="1" t="s">
-        <v>228</v>
+        <v>1277</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>229</v>
+        <v>1278</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>221</v>
+        <v>512</v>
       </c>
       <c r="D276" s="1" t="s">
-        <v>222</v>
+        <v>30</v>
       </c>
       <c r="E276" s="1">
-        <v>89147</v>
+        <v>45040</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>230</v>
+        <v>1279</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H276" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="277" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A277" s="1" t="s">
-        <v>228</v>
+        <v>1280</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>1259</v>
+        <v>1281</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>1211</v>
+        <v>1282</v>
       </c>
       <c r="D277" s="1" t="s">
-        <v>181</v>
+        <v>271</v>
       </c>
       <c r="E277" s="1">
-        <v>30339</v>
+        <v>91355</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>1263</v>
+        <v>1283</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H277" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="278" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A278" s="1" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>232</v>
+        <v>241</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>233</v>
+        <v>242</v>
       </c>
       <c r="D278" s="1" t="s">
-        <v>234</v>
+        <v>8</v>
       </c>
       <c r="E278" s="1">
-        <v>19801</v>
+        <v>75082</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="G278" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H278" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="279" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A279" s="1" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="D279" s="1" t="s">
-        <v>238</v>
+        <v>197</v>
       </c>
       <c r="E279" s="1">
-        <v>22407</v>
+        <v>53226</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="G279" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H279" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="280" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A280" s="1" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>1264</v>
+        <v>1284</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>450</v>
+        <v>1285</v>
       </c>
       <c r="D280" s="1" t="s">
-        <v>451</v>
+        <v>98</v>
       </c>
       <c r="E280" s="1">
-        <v>68117</v>
+        <v>18706</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>1265</v>
+        <v>1286</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H280" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="281" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A281" s="1" t="s">
-        <v>1266</v>
+        <v>1287</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>1267</v>
+        <v>1288</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>1268</v>
+        <v>242</v>
       </c>
       <c r="D281" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>1269</v>
+        <v>8</v>
+      </c>
+      <c r="E281" s="1">
+        <v>75082</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>1270</v>
+        <v>1289</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H281" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="282" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A282" s="1" t="s">
-        <v>240</v>
+        <v>1290</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>241</v>
+        <v>1291</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>242</v>
+        <v>1292</v>
       </c>
       <c r="D282" s="1" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="E282" s="1">
-        <v>76522</v>
+        <v>12211</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>243</v>
+        <v>1293</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H282" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="283" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A283" s="1" t="s">
-        <v>240</v>
+        <v>1294</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>1271</v>
+        <v>1295</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>1272</v>
+        <v>1296</v>
       </c>
       <c r="D283" s="1" t="s">
-        <v>12</v>
+        <v>65</v>
       </c>
       <c r="E283" s="1">
-        <v>84098</v>
+        <v>32835</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>1273</v>
+        <v>1297</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H283" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="284" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A284" s="1" t="s">
-        <v>1274</v>
+        <v>1298</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>1275</v>
+        <v>1299</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>532</v>
+        <v>221</v>
       </c>
       <c r="D284" s="1" t="s">
-        <v>30</v>
+        <v>222</v>
       </c>
       <c r="E284" s="1">
-        <v>45040</v>
+        <v>89109</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>1276</v>
+        <v>1300</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H284" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="285" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A285" s="1" t="s">
-        <v>1277</v>
+        <v>247</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>1278</v>
+        <v>248</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>1279</v>
+        <v>249</v>
       </c>
       <c r="D285" s="1" t="s">
-        <v>279</v>
+        <v>65</v>
       </c>
       <c r="E285" s="1">
-        <v>91355</v>
+        <v>33770</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>1280</v>
+        <v>250</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H285" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="286" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A286" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>245</v>
+        <v>1301</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>246</v>
+        <v>445</v>
       </c>
       <c r="D286" s="1" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="E286" s="1">
-        <v>75082</v>
+        <v>34243</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>247</v>
+        <v>1302</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H286" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="287" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A287" s="1" t="s">
-        <v>244</v>
+        <v>1303</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>248</v>
+        <v>1304</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>249</v>
+        <v>767</v>
       </c>
       <c r="D287" s="1" t="s">
-        <v>198</v>
+        <v>34</v>
       </c>
       <c r="E287" s="1">
-        <v>53226</v>
+        <v>60077</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>250</v>
+        <v>1305</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H287" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="288" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A288" s="1" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>1281</v>
+        <v>252</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>1282</v>
+        <v>253</v>
       </c>
       <c r="D288" s="1" t="s">
-        <v>94</v>
+        <v>8</v>
       </c>
       <c r="E288" s="1">
-        <v>18706</v>
+        <v>75019</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>1283</v>
+        <v>254</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H288" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="289" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A289" s="1" t="s">
-        <v>1284</v>
+        <v>251</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>1285</v>
+        <v>1306</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>246</v>
+        <v>192</v>
       </c>
       <c r="D289" s="1" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E289" s="1">
-        <v>75082</v>
+        <v>60604</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>1286</v>
+        <v>1307</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H289" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="290" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A290" s="1" t="s">
-        <v>1287</v>
+        <v>1308</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>1288</v>
+        <v>1309</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>1289</v>
+        <v>1310</v>
       </c>
       <c r="D290" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E290" s="1">
-        <v>12211</v>
+        <v>60630</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>1290</v>
+        <v>1311</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H290" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="291" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A291" s="1" t="s">
-        <v>1291</v>
+        <v>1312</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>1292</v>
+        <v>1313</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>1293</v>
+        <v>1314</v>
       </c>
       <c r="D291" s="1" t="s">
-        <v>61</v>
+        <v>262</v>
       </c>
       <c r="E291" s="1">
-        <v>32835</v>
+        <v>80112</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>1294</v>
+        <v>1315</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H291" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="292" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A292" s="1" t="s">
-        <v>1295</v>
+        <v>1316</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>1296</v>
+        <v>1317</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>221</v>
+        <v>1318</v>
       </c>
       <c r="D292" s="1" t="s">
-        <v>222</v>
+        <v>262</v>
       </c>
       <c r="E292" s="1">
-        <v>89109</v>
+        <v>80129</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>1297</v>
+        <v>1319</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H292" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="293" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A293" s="1" t="s">
-        <v>251</v>
+        <v>1320</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>252</v>
+        <v>1321</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>253</v>
+        <v>1322</v>
       </c>
       <c r="D293" s="1" t="s">
-        <v>61</v>
+        <v>238</v>
       </c>
       <c r="E293" s="1">
-        <v>33770</v>
+        <v>22312</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>254</v>
+        <v>1323</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H293" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="294" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A294" s="1" t="s">
-        <v>251</v>
+        <v>1324</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>1298</v>
+        <v>1325</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>460</v>
+        <v>1326</v>
       </c>
       <c r="D294" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E294" s="1">
-        <v>34243</v>
+        <v>33323</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>1299</v>
+        <v>1327</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H294" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="295" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A295" s="1" t="s">
-        <v>1300</v>
+        <v>255</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>1301</v>
+        <v>256</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>1302</v>
+        <v>257</v>
       </c>
       <c r="D295" s="1" t="s">
-        <v>34</v>
+        <v>87</v>
       </c>
       <c r="E295" s="1">
-        <v>61265</v>
+        <v>46580</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>1303</v>
+        <v>258</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H295" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="296" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A296" s="1" t="s">
-        <v>1304</v>
+        <v>255</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>1305</v>
+        <v>1328</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>1306</v>
+        <v>257</v>
       </c>
       <c r="D296" s="1" t="s">
-        <v>34</v>
+        <v>87</v>
       </c>
       <c r="E296" s="1">
-        <v>60077</v>
+        <v>46580</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>1307</v>
+        <v>1329</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H296" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="297" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A297" s="1" t="s">
-        <v>255</v>
+        <v>1330</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>256</v>
+        <v>1331</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>257</v>
+        <v>1332</v>
       </c>
       <c r="D297" s="1" t="s">
-        <v>8</v>
+        <v>271</v>
       </c>
       <c r="E297" s="1">
-        <v>75019</v>
+        <v>95746</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>258</v>
+        <v>1333</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H297" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="298" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A298" s="1" t="s">
-        <v>255</v>
+        <v>1334</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>1308</v>
+        <v>1335</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>193</v>
+        <v>1336</v>
       </c>
       <c r="D298" s="1" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="E298" s="1">
-        <v>60604</v>
+        <v>63005</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>1309</v>
+        <v>1337</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H298" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="299" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A299" s="1" t="s">
-        <v>1310</v>
+        <v>1338</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>1311</v>
+        <v>1339</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>1312</v>
+        <v>1340</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>34</v>
       </c>
       <c r="E299" s="1">
-        <v>60630</v>
+        <v>60062</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>1313</v>
+        <v>1341</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H299" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="300" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A300" s="1" t="s">
-        <v>1314</v>
+        <v>1342</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>1315</v>
+        <v>1343</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>1316</v>
+        <v>242</v>
       </c>
       <c r="D300" s="1" t="s">
-        <v>270</v>
+        <v>8</v>
       </c>
       <c r="E300" s="1">
-        <v>80112</v>
+        <v>75081</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>1317</v>
+        <v>1344</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H300" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="301" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A301" s="1" t="s">
-        <v>1318</v>
+        <v>1345</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>1319</v>
+        <v>1346</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>1320</v>
+        <v>885</v>
       </c>
       <c r="D301" s="1" t="s">
-        <v>270</v>
+        <v>206</v>
       </c>
       <c r="E301" s="1">
-        <v>80129</v>
+        <v>30096</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>1321</v>
+        <v>1347</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H301" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="302" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A302" s="1" t="s">
-        <v>1322</v>
+        <v>1348</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>1323</v>
+        <v>1349</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>1324</v>
+        <v>1350</v>
       </c>
       <c r="D302" s="1" t="s">
-        <v>238</v>
+        <v>30</v>
       </c>
       <c r="E302" s="1">
-        <v>22312</v>
+        <v>44135</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>1325</v>
+        <v>1351</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H302" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="303" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A303" s="1" t="s">
-        <v>1326</v>
+        <v>1352</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>1327</v>
+        <v>1353</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>1328</v>
+        <v>1136</v>
       </c>
       <c r="D303" s="1" t="s">
-        <v>61</v>
+        <v>271</v>
       </c>
       <c r="E303" s="1">
-        <v>33323</v>
+        <v>92618</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>1329</v>
+        <v>1354</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H303" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="304" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A304" s="1" t="s">
-        <v>259</v>
+        <v>1355</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>260</v>
+        <v>1356</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>261</v>
+        <v>156</v>
       </c>
       <c r="D304" s="1" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="E304" s="1">
-        <v>46580</v>
+        <v>33614</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>262</v>
+        <v>1357</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H304" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="305" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A305" s="1" t="s">
-        <v>259</v>
+        <v>1358</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>1330</v>
+        <v>1359</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>261</v>
+        <v>38</v>
       </c>
       <c r="D305" s="1" t="s">
-        <v>83</v>
+        <v>39</v>
       </c>
       <c r="E305" s="1">
-        <v>46580</v>
+        <v>14223</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>1331</v>
+        <v>1360</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H305" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="306" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A306" s="1" t="s">
-        <v>1332</v>
+        <v>1361</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>1333</v>
+        <v>1362</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>1334</v>
+        <v>1363</v>
       </c>
       <c r="D306" s="1" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>95746</v>
+        <v>60</v>
+      </c>
+      <c r="E306" s="1" t="s">
+        <v>1364</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>1335</v>
+        <v>1365</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H306" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="307" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A307" s="1" t="s">
-        <v>1336</v>
+        <v>1366</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>1337</v>
+        <v>1367</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>1338</v>
+        <v>1368</v>
       </c>
       <c r="D307" s="1" t="s">
-        <v>118</v>
+        <v>26</v>
       </c>
       <c r="E307" s="1">
-        <v>63005</v>
+        <v>98021</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>1339</v>
+        <v>1369</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H307" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="308" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A308" s="1" t="s">
-        <v>1340</v>
+        <v>1370</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>1341</v>
+        <v>1371</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>1342</v>
+        <v>75</v>
       </c>
       <c r="D308" s="1" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="E308" s="1">
-        <v>60062</v>
+        <v>75252</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>1343</v>
+        <v>1372</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H308" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="309" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A309" s="1" t="s">
-        <v>1344</v>
+        <v>1373</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>1345</v>
+        <v>1374</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>246</v>
+        <v>720</v>
       </c>
       <c r="D309" s="1" t="s">
-        <v>8</v>
+        <v>122</v>
       </c>
       <c r="E309" s="1">
-        <v>75081</v>
+        <v>63366</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>1346</v>
+        <v>1375</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H309" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="310" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A310" s="1" t="s">
-        <v>1347</v>
+        <v>1376</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>1348</v>
+        <v>1377</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>882</v>
+        <v>1378</v>
       </c>
       <c r="D310" s="1" t="s">
-        <v>181</v>
+        <v>65</v>
       </c>
       <c r="E310" s="1">
-        <v>30096</v>
+        <v>34285</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>1349</v>
+        <v>1379</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H310" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="311" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A311" s="1" t="s">
-        <v>1350</v>
+        <v>1380</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>1351</v>
+        <v>1381</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>1352</v>
+        <v>996</v>
       </c>
       <c r="D311" s="1" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="E311" s="1">
-        <v>44135</v>
+        <v>33710</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>1353</v>
+        <v>1382</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H311" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="312" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A312" s="1" t="s">
-        <v>1354</v>
+        <v>1383</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>1355</v>
+        <v>1384</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>1126</v>
+        <v>355</v>
       </c>
       <c r="D312" s="1" t="s">
-        <v>279</v>
+        <v>8</v>
       </c>
       <c r="E312" s="1">
-        <v>92618</v>
+        <v>76182</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>1356</v>
+        <v>1385</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H312" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="313" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A313" s="1" t="s">
-        <v>1357</v>
+        <v>1386</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>1358</v>
+        <v>1387</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>152</v>
+        <v>1314</v>
       </c>
       <c r="D313" s="1" t="s">
-        <v>61</v>
+        <v>262</v>
       </c>
       <c r="E313" s="1">
-        <v>33614</v>
+        <v>80110</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>1359</v>
+        <v>1388</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H313" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="314" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A314" s="1" t="s">
-        <v>2288</v>
+        <v>1389</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>2289</v>
+        <v>1390</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>38</v>
+        <v>1391</v>
       </c>
       <c r="D314" s="1" t="s">
-        <v>39</v>
+        <v>1392</v>
       </c>
       <c r="E314" s="1">
-        <v>14223</v>
+        <v>72103</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>2290</v>
+        <v>1393</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H314" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="315" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A315" s="1" t="s">
-        <v>263</v>
+        <v>2253</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>264</v>
+        <v>2254</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>265</v>
+        <v>2255</v>
       </c>
       <c r="D315" s="1" t="s">
-        <v>198</v>
+        <v>39</v>
       </c>
       <c r="E315" s="1">
-        <v>54650</v>
+        <v>11767</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>266</v>
+        <v>2256</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H315" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="316" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A316" s="1" t="s">
-        <v>263</v>
+        <v>1394</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>1360</v>
+        <v>872</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>1361</v>
+        <v>866</v>
       </c>
       <c r="D316" s="1" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>1362</v>
+        <v>685</v>
+      </c>
+      <c r="E316" s="1">
+        <v>29609</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>1363</v>
+        <v>1395</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H316" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="317" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A317" s="1" t="s">
-        <v>1364</v>
+        <v>1396</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>1365</v>
+        <v>1397</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>1366</v>
+        <v>541</v>
       </c>
       <c r="D317" s="1" t="s">
-        <v>26</v>
+        <v>262</v>
       </c>
       <c r="E317" s="1">
-        <v>98021</v>
+        <v>80014</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1367</v>
+        <v>1398</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H317" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="318" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A318" s="1" t="s">
-        <v>1368</v>
+        <v>1399</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>1369</v>
+        <v>1400</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>71</v>
+        <v>1401</v>
       </c>
       <c r="D318" s="1" t="s">
-        <v>8</v>
+        <v>301</v>
       </c>
       <c r="E318" s="1">
-        <v>75252</v>
+        <v>48313</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1370</v>
+        <v>1402</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H318" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="319" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A319" s="1" t="s">
-        <v>2291</v>
+        <v>259</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>2292</v>
+        <v>260</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>2293</v>
+        <v>261</v>
       </c>
       <c r="D319" s="1" t="s">
-        <v>118</v>
+        <v>262</v>
       </c>
       <c r="E319" s="1">
-        <v>63366</v>
+        <v>80222</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>2294</v>
+        <v>263</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H319" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="320" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A320" s="1" t="s">
-        <v>1371</v>
+        <v>259</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>1372</v>
+        <v>1403</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>1373</v>
+        <v>412</v>
       </c>
       <c r="D320" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="E320" s="1">
-        <v>34285</v>
+        <v>56377</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>1374</v>
+        <v>1404</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H320" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="321" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A321" s="1" t="s">
-        <v>1375</v>
+        <v>1405</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>1376</v>
+        <v>1406</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>1377</v>
+        <v>1407</v>
       </c>
       <c r="D321" s="1" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="E321" s="1">
-        <v>33710</v>
+        <v>11501</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>1378</v>
+        <v>1408</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H321" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="322" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A322" s="1" t="s">
-        <v>1379</v>
+        <v>1409</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>1380</v>
+        <v>1410</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>352</v>
+        <v>1411</v>
       </c>
       <c r="D322" s="1" t="s">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="E322" s="1">
-        <v>76244</v>
+        <v>55447</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>1381</v>
+        <v>1412</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H322" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="323" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A323" s="1" t="s">
-        <v>1382</v>
+        <v>1413</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>1383</v>
+        <v>1414</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>1316</v>
+        <v>1415</v>
       </c>
       <c r="D323" s="1" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>80110</v>
+        <v>393</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>1416</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>1384</v>
+        <v>1417</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H323" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="324" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A324" s="1" t="s">
-        <v>1385</v>
+        <v>1418</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>1386</v>
+        <v>1419</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>1387</v>
+        <v>1420</v>
       </c>
       <c r="D324" s="1" t="s">
-        <v>1388</v>
-[...2 lines deleted...]
-        <v>72103</v>
+        <v>470</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>1421</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>1389</v>
+        <v>1422</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H324" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="325" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A325" s="1" t="s">
-        <v>1390</v>
+        <v>1423</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>1391</v>
+        <v>1424</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>1392</v>
+        <v>1425</v>
       </c>
       <c r="D325" s="1" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="E325" s="1">
-        <v>11767</v>
+        <v>44023</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>1393</v>
+        <v>1426</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H325" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="326" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A326" s="1" t="s">
-        <v>1394</v>
+        <v>264</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>869</v>
+        <v>265</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>863</v>
+        <v>266</v>
       </c>
       <c r="D326" s="1" t="s">
-        <v>697</v>
+        <v>87</v>
       </c>
       <c r="E326" s="1">
-        <v>29609</v>
+        <v>46240</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>1395</v>
+        <v>267</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H326" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="327" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A327" s="1" t="s">
-        <v>1396</v>
+        <v>264</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>1397</v>
+        <v>1427</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>561</v>
+        <v>1428</v>
       </c>
       <c r="D327" s="1" t="s">
-        <v>270</v>
+        <v>238</v>
       </c>
       <c r="E327" s="1">
-        <v>80014</v>
+        <v>23452</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>1398</v>
+        <v>1429</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H327" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="328" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A328" s="1" t="s">
-        <v>1399</v>
+        <v>1430</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>1400</v>
+        <v>1431</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>1401</v>
+        <v>38</v>
       </c>
       <c r="D328" s="1" t="s">
-        <v>315</v>
+        <v>39</v>
       </c>
       <c r="E328" s="1">
-        <v>48313</v>
+        <v>14203</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>1402</v>
+        <v>1432</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H328" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="329" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A329" s="1" t="s">
-        <v>2295</v>
+        <v>1433</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>2296</v>
+        <v>1434</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>286</v>
+        <v>75</v>
       </c>
       <c r="D329" s="1" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="E329" s="1">
-        <v>10013</v>
+        <v>75219</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>2297</v>
+        <v>1435</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H329" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="330" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A330" s="1" t="s">
-        <v>267</v>
+        <v>1436</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>268</v>
+        <v>1437</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>269</v>
+        <v>352</v>
       </c>
       <c r="D330" s="1" t="s">
-        <v>270</v>
+        <v>301</v>
       </c>
       <c r="E330" s="1">
-        <v>80222</v>
+        <v>49202</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>271</v>
+        <v>1438</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H330" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="331" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A331" s="1" t="s">
-        <v>267</v>
+        <v>1439</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>1403</v>
+        <v>1440</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>426</v>
+        <v>1441</v>
       </c>
       <c r="D331" s="1" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>56377</v>
+        <v>70</v>
+      </c>
+      <c r="E331" s="3" t="s">
+        <v>1442</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>1404</v>
+        <v>1443</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H331" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="332" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A332" s="1" t="s">
-        <v>1405</v>
+        <v>268</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>1406</v>
+        <v>269</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>1407</v>
+        <v>270</v>
       </c>
       <c r="D332" s="1" t="s">
-        <v>39</v>
+        <v>271</v>
       </c>
       <c r="E332" s="1">
-        <v>11501</v>
+        <v>92704</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>1408</v>
+        <v>272</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H332" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="333" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A333" s="1" t="s">
-        <v>2298</v>
+        <v>268</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>2299</v>
+        <v>273</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>2300</v>
+        <v>274</v>
       </c>
       <c r="D333" s="1" t="s">
-        <v>56</v>
+        <v>275</v>
       </c>
       <c r="E333" s="1">
-        <v>55447</v>
+        <v>50266</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>2301</v>
+        <v>276</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H333" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="334" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A334" s="1" t="s">
-        <v>2302</v>
+        <v>268</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>2303</v>
+        <v>277</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>2304</v>
+        <v>278</v>
       </c>
       <c r="D334" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>2305</v>
+        <v>39</v>
+      </c>
+      <c r="E334" s="1">
+        <v>10038</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>2306</v>
+        <v>279</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H334" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="335" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A335" s="1" t="s">
-        <v>2307</v>
+        <v>268</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>2308</v>
+        <v>2257</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>2309</v>
+        <v>2258</v>
       </c>
       <c r="D335" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>2310</v>
+        <v>271</v>
+      </c>
+      <c r="E335" s="1">
+        <v>94520</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>2311</v>
+        <v>2259</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H335" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="336" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A336" s="1" t="s">
-        <v>2312</v>
+        <v>1444</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>2313</v>
+        <v>1445</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>2314</v>
+        <v>1119</v>
       </c>
       <c r="D336" s="1" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E336" s="1">
-        <v>44023</v>
+        <v>14224</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>2315</v>
+        <v>1446</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H336" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="337" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A337" s="1" t="s">
-        <v>272</v>
+        <v>1447</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>273</v>
+        <v>1448</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>274</v>
+        <v>1449</v>
       </c>
       <c r="D337" s="1" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>46240</v>
+        <v>470</v>
+      </c>
+      <c r="E337" s="3" t="s">
+        <v>1450</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>275</v>
+        <v>1451</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H337" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="338" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A338" s="1" t="s">
-        <v>272</v>
+        <v>2260</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>1409</v>
+        <v>2261</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>1410</v>
+        <v>205</v>
       </c>
       <c r="D338" s="1" t="s">
-        <v>238</v>
+        <v>30</v>
       </c>
       <c r="E338" s="1">
-        <v>23452</v>
+        <v>43229</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1411</v>
+        <v>2262</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H338" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="339" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A339" s="1" t="s">
-        <v>1412</v>
+        <v>1452</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>1413</v>
+        <v>1453</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>38</v>
+        <v>1454</v>
       </c>
       <c r="D339" s="1" t="s">
-        <v>39</v>
+        <v>262</v>
       </c>
       <c r="E339" s="1">
-        <v>14203</v>
+        <v>80112</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>1414</v>
+        <v>1455</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H339" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="340" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A340" s="1" t="s">
-        <v>1415</v>
+        <v>1456</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>1416</v>
+        <v>1457</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>71</v>
+        <v>1454</v>
       </c>
       <c r="D340" s="1" t="s">
-        <v>8</v>
+        <v>262</v>
       </c>
       <c r="E340" s="1">
-        <v>75219</v>
+        <v>80112</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>1417</v>
+        <v>1458</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H340" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="341" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A341" s="1" t="s">
-        <v>1418</v>
+        <v>1459</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1419</v>
+        <v>1460</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>370</v>
+        <v>69</v>
       </c>
       <c r="D341" s="1" t="s">
-        <v>315</v>
+        <v>8</v>
       </c>
       <c r="E341" s="1">
-        <v>49202</v>
+        <v>76021</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>1420</v>
+        <v>1461</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H341" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="342" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A342" s="1" t="s">
-        <v>1421</v>
+        <v>1462</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>1422</v>
+        <v>1463</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>1423</v>
+        <v>1464</v>
       </c>
       <c r="D342" s="1" t="s">
-        <v>66</v>
+        <v>470</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>1424</v>
+        <v>1465</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>1425</v>
+        <v>1466</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H342" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="343" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A343" s="1" t="s">
-        <v>276</v>
+        <v>1467</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>277</v>
+        <v>1468</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>278</v>
+        <v>1469</v>
       </c>
       <c r="D343" s="1" t="s">
-        <v>279</v>
+        <v>197</v>
       </c>
       <c r="E343" s="1">
-        <v>92704</v>
+        <v>53012</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>280</v>
+        <v>1470</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H343" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="344" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A344" s="1" t="s">
-        <v>276</v>
+        <v>1471</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>281</v>
+        <v>1472</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>282</v>
+        <v>600</v>
       </c>
       <c r="D344" s="1" t="s">
-        <v>283</v>
+        <v>8</v>
       </c>
       <c r="E344" s="1">
-        <v>50266</v>
+        <v>78731</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>284</v>
+        <v>1473</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H344" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="345" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A345" s="1" t="s">
-        <v>276</v>
+        <v>1474</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>285</v>
+        <v>1475</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>286</v>
+        <v>242</v>
       </c>
       <c r="D345" s="1" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="E345" s="1">
-        <v>10038</v>
+        <v>75080</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>287</v>
+        <v>1476</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H345" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="346" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A346" s="1" t="s">
-        <v>276</v>
+        <v>1477</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>2316</v>
+        <v>1478</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>2317</v>
+        <v>866</v>
       </c>
       <c r="D346" s="1" t="s">
-        <v>279</v>
+        <v>685</v>
       </c>
       <c r="E346" s="1">
-        <v>94520</v>
+        <v>29601</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>2318</v>
+        <v>1479</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H346" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="347" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A347" s="1" t="s">
-        <v>1426</v>
+        <v>280</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>1427</v>
+        <v>281</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>1114</v>
+        <v>278</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E347" s="1">
-        <v>14224</v>
+        <v>10001</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>1428</v>
+        <v>282</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H347" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="348" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A348" s="1" t="s">
-        <v>1429</v>
+        <v>280</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>1430</v>
+        <v>1480</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>1431</v>
+        <v>221</v>
       </c>
       <c r="D348" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>1432</v>
+        <v>222</v>
+      </c>
+      <c r="E348" s="1">
+        <v>89117</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>1433</v>
+        <v>1481</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H348" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="349" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A349" s="1" t="s">
-        <v>2319</v>
+        <v>1482</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>2320</v>
+        <v>1483</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>206</v>
+        <v>1484</v>
       </c>
       <c r="D349" s="1" t="s">
-        <v>30</v>
+        <v>98</v>
       </c>
       <c r="E349" s="1">
-        <v>43229</v>
+        <v>19342</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>2321</v>
+        <v>1485</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H349" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="350" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A350" s="1" t="s">
-        <v>1434</v>
+        <v>1486</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>1435</v>
+        <v>1037</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>1436</v>
+        <v>221</v>
       </c>
       <c r="D350" s="1" t="s">
-        <v>270</v>
+        <v>222</v>
       </c>
       <c r="E350" s="1">
-        <v>80112</v>
+        <v>89109</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>1437</v>
+        <v>1487</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H350" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="351" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A351" s="1" t="s">
-        <v>1438</v>
+        <v>1488</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>1439</v>
+        <v>1489</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>1436</v>
+        <v>1350</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>270</v>
+        <v>30</v>
       </c>
       <c r="E351" s="1">
-        <v>80112</v>
+        <v>44146</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>1440</v>
+        <v>1490</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H351" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="352" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A352" s="1" t="s">
-        <v>1441</v>
+        <v>1491</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>1442</v>
+        <v>1492</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>65</v>
+        <v>278</v>
       </c>
       <c r="D352" s="1" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="E352" s="1">
-        <v>76021</v>
+        <v>10282</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>1443</v>
+        <v>1493</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H352" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="353" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A353" s="1" t="s">
-        <v>2322</v>
+        <v>283</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>2323</v>
+        <v>284</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>1692</v>
+        <v>285</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>2324</v>
+        <v>30</v>
+      </c>
+      <c r="E353" s="1">
+        <v>44142</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>2325</v>
+        <v>286</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H353" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="354" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A354" s="1" t="s">
-        <v>1444</v>
+        <v>283</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>1445</v>
+        <v>1494</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>1446</v>
+        <v>1495</v>
       </c>
       <c r="D354" s="1" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>1447</v>
+        <v>30</v>
+      </c>
+      <c r="E354" s="1">
+        <v>44087</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1448</v>
+        <v>1496</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H354" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="355" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A355" s="1" t="s">
-        <v>1449</v>
+        <v>1497</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>1450</v>
+        <v>1498</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>1451</v>
+        <v>1499</v>
       </c>
       <c r="D355" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>78731</v>
+        <v>470</v>
+      </c>
+      <c r="E355" s="3" t="s">
+        <v>1500</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>1452</v>
+        <v>1501</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H355" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="356" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A356" s="1" t="s">
-        <v>1453</v>
+        <v>287</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>1454</v>
+        <v>288</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>246</v>
+        <v>289</v>
       </c>
       <c r="D356" s="1" t="s">
-        <v>8</v>
+        <v>290</v>
       </c>
       <c r="E356" s="1">
-        <v>75080</v>
+        <v>35901</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1455</v>
+        <v>291</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H356" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="357" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A357" s="1" t="s">
-        <v>1456</v>
+        <v>287</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>1457</v>
+        <v>292</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>863</v>
+        <v>293</v>
       </c>
       <c r="D357" s="1" t="s">
-        <v>697</v>
+        <v>65</v>
       </c>
       <c r="E357" s="1">
-        <v>29601</v>
+        <v>32901</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>1458</v>
+        <v>294</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H357" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="358" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A358" s="1" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="D358" s="1" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="E358" s="1">
-        <v>10001</v>
+        <v>33870</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="G358" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H358" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="359" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A359" s="1" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>1459</v>
+        <v>1502</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>221</v>
+        <v>1503</v>
       </c>
       <c r="D359" s="1" t="s">
-        <v>222</v>
+        <v>65</v>
       </c>
       <c r="E359" s="1">
-        <v>89117</v>
+        <v>32960</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>1460</v>
+        <v>1504</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H359" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="360" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A360" s="1" t="s">
-        <v>1461</v>
+        <v>1505</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>1462</v>
+        <v>1506</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>1463</v>
+        <v>702</v>
       </c>
       <c r="D360" s="1" t="s">
-        <v>94</v>
+        <v>301</v>
       </c>
       <c r="E360" s="1">
-        <v>19342</v>
+        <v>48331</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>1464</v>
+        <v>1507</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H360" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="361" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A361" s="1" t="s">
-        <v>1465</v>
+        <v>1508</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>1029</v>
+        <v>1509</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>221</v>
+        <v>1510</v>
       </c>
       <c r="D361" s="1" t="s">
-        <v>222</v>
+        <v>301</v>
       </c>
       <c r="E361" s="1">
-        <v>89109</v>
+        <v>48507</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>1466</v>
+        <v>1511</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H361" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="362" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A362" s="1" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="D362" s="1" t="s">
-        <v>30</v>
+        <v>301</v>
       </c>
       <c r="E362" s="1">
-        <v>44130</v>
+        <v>49684</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="G362" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H362" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="363" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A363" s="1" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>295</v>
+        <v>1512</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>98</v>
+        <v>156</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="E363" s="1">
-        <v>74146</v>
+        <v>33602</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>296</v>
+        <v>1513</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H363" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="364" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A364" s="1" t="s">
-        <v>291</v>
+        <v>1514</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>1467</v>
+        <v>1515</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>1352</v>
+        <v>192</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E364" s="1">
-        <v>44146</v>
+        <v>60604</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>1468</v>
+        <v>1516</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H364" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="365" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A365" s="1" t="s">
-        <v>1469</v>
+        <v>1517</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>1470</v>
+        <v>1518</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>286</v>
+        <v>1519</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>39</v>
+        <v>416</v>
       </c>
       <c r="E365" s="1">
-        <v>10282</v>
+        <v>28803</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>1471</v>
+        <v>1520</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H365" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="366" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A366" s="1" t="s">
-        <v>297</v>
+        <v>1521</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>298</v>
+        <v>1522</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>299</v>
+        <v>1523</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E366" s="1">
-        <v>44142</v>
+        <v>14094</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>300</v>
+        <v>1524</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H366" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="367" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A367" s="1" t="s">
-        <v>297</v>
+        <v>1525</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>1472</v>
+        <v>1526</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>1473</v>
+        <v>802</v>
       </c>
       <c r="D367" s="1" t="s">
-        <v>30</v>
+        <v>301</v>
       </c>
       <c r="E367" s="1">
-        <v>44087</v>
+        <v>48076</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>1474</v>
+        <v>1527</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H367" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="368" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A368" s="1" t="s">
-        <v>1475</v>
+        <v>1528</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>1476</v>
+        <v>1529</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>1477</v>
+        <v>1530</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>1478</v>
+        <v>39</v>
+      </c>
+      <c r="E368" s="1">
+        <v>11788</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>1479</v>
+        <v>1531</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H368" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="369" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A369" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>304</v>
+        <v>60</v>
       </c>
       <c r="E369" s="1">
-        <v>35901</v>
+        <v>56301</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="G369" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H369" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="370" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A370" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>307</v>
+        <v>106</v>
       </c>
       <c r="D370" s="1" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="E370" s="1">
-        <v>32901</v>
+        <v>85040</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>308</v>
       </c>
       <c r="G370" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H370" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="371" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A371" s="1" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B371" s="1" t="s">
         <v>309</v>
       </c>
       <c r="C371" s="1" t="s">
         <v>310</v>
       </c>
       <c r="D371" s="1" t="s">
-        <v>61</v>
+        <v>238</v>
       </c>
       <c r="E371" s="1">
-        <v>33870</v>
+        <v>24011</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>311</v>
       </c>
       <c r="G371" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H371" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="372" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A372" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C372" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D372" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="B372" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E372" s="1">
-        <v>32960</v>
+        <v>48083</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>1482</v>
+        <v>314</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H372" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="373" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A373" s="1" t="s">
-        <v>1483</v>
+        <v>303</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>1484</v>
+        <v>1532</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>714</v>
+        <v>1533</v>
       </c>
       <c r="D373" s="1" t="s">
-        <v>315</v>
+        <v>271</v>
       </c>
       <c r="E373" s="1">
-        <v>48331</v>
+        <v>92108</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>1485</v>
+        <v>1534</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H373" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="374" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A374" s="1" t="s">
-        <v>1486</v>
+        <v>1535</v>
       </c>
       <c r="B374" s="1" t="s">
-        <v>1487</v>
+        <v>1532</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>1488</v>
+        <v>1533</v>
       </c>
       <c r="D374" s="1" t="s">
-        <v>315</v>
+        <v>271</v>
       </c>
       <c r="E374" s="1">
-        <v>48507</v>
+        <v>92108</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1489</v>
+        <v>1536</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H374" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="375" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A375" s="1" t="s">
-        <v>312</v>
+        <v>1537</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>313</v>
+        <v>1538</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>314</v>
+        <v>1533</v>
       </c>
       <c r="D375" s="1" t="s">
-        <v>315</v>
+        <v>271</v>
       </c>
       <c r="E375" s="1">
-        <v>49684</v>
+        <v>92108</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>316</v>
+        <v>1539</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H375" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="376" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A376" s="1" t="s">
-        <v>312</v>
+        <v>1540</v>
       </c>
       <c r="B376" s="1" t="s">
-        <v>1490</v>
+        <v>1541</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>152</v>
+        <v>1542</v>
       </c>
       <c r="D376" s="1" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="E376" s="1">
-        <v>33602</v>
+        <v>60148</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>1491</v>
+        <v>1543</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H376" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="377" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A377" s="1" t="s">
-        <v>1492</v>
+        <v>1544</v>
       </c>
       <c r="B377" s="1" t="s">
-        <v>1493</v>
+        <v>1545</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>193</v>
+        <v>1546</v>
       </c>
       <c r="D377" s="1" t="s">
-        <v>34</v>
+        <v>98</v>
       </c>
       <c r="E377" s="1">
-        <v>60604</v>
+        <v>19020</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>1494</v>
+        <v>1547</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H377" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="378" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A378" s="1" t="s">
-        <v>1495</v>
+        <v>1548</v>
       </c>
       <c r="B378" s="1" t="s">
-        <v>1496</v>
+        <v>1549</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>1497</v>
+        <v>1550</v>
       </c>
       <c r="D378" s="1" t="s">
-        <v>430</v>
+        <v>271</v>
       </c>
       <c r="E378" s="1">
-        <v>28803</v>
+        <v>92056</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>1498</v>
+        <v>1551</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H378" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="379" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A379" s="1" t="s">
-        <v>1499</v>
+        <v>1552</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1500</v>
+        <v>1553</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>1501</v>
+        <v>1062</v>
       </c>
       <c r="D379" s="1" t="s">
-        <v>39</v>
+        <v>262</v>
       </c>
       <c r="E379" s="1">
-        <v>14094</v>
+        <v>80920</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>1502</v>
+        <v>1554</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H379" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="380" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A380" s="1" t="s">
-        <v>1503</v>
+        <v>1555</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1504</v>
+        <v>1556</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>807</v>
+        <v>1533</v>
       </c>
       <c r="D380" s="1" t="s">
-        <v>315</v>
+        <v>271</v>
       </c>
       <c r="E380" s="1">
-        <v>48076</v>
+        <v>92108</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>1505</v>
+        <v>1557</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H380" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="381" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A381" s="1" t="s">
-        <v>1506</v>
+        <v>315</v>
       </c>
       <c r="B381" s="1" t="s">
-        <v>1507</v>
+        <v>316</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>1508</v>
+        <v>317</v>
       </c>
       <c r="D381" s="1" t="s">
-        <v>39</v>
+        <v>290</v>
       </c>
       <c r="E381" s="1">
-        <v>11788</v>
+        <v>36305</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>1509</v>
+        <v>318</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H381" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="382" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A382" s="1" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B382" s="1" t="s">
-        <v>318</v>
+        <v>1558</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>319</v>
+        <v>1559</v>
       </c>
       <c r="D382" s="1" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>56301</v>
+        <v>384</v>
+      </c>
+      <c r="E382" s="3" t="s">
+        <v>1560</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>320</v>
+        <v>1561</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H382" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="383" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A383" s="1" t="s">
-        <v>317</v>
+        <v>1562</v>
       </c>
       <c r="B383" s="1" t="s">
-        <v>321</v>
+        <v>1563</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>102</v>
+        <v>1564</v>
       </c>
       <c r="D383" s="1" t="s">
-        <v>21</v>
+        <v>1565</v>
       </c>
       <c r="E383" s="1">
-        <v>85040</v>
+        <v>82601</v>
       </c>
       <c r="F383" s="1" t="s">
-        <v>322</v>
+        <v>1566</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H383" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="384" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A384" s="1" t="s">
-        <v>317</v>
+        <v>1567</v>
       </c>
       <c r="B384" s="1" t="s">
-        <v>323</v>
+        <v>1568</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>324</v>
+        <v>1569</v>
       </c>
       <c r="D384" s="1" t="s">
-        <v>238</v>
+        <v>685</v>
       </c>
       <c r="E384" s="1">
-        <v>24011</v>
+        <v>29464</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>325</v>
+        <v>1570</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H384" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="385" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A385" s="1" t="s">
-        <v>317</v>
+        <v>1571</v>
       </c>
       <c r="B385" s="1" t="s">
-        <v>326</v>
+        <v>1492</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>327</v>
+        <v>278</v>
       </c>
       <c r="D385" s="1" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>48083</v>
+        <v>39</v>
+      </c>
+      <c r="E385" s="1" t="s">
+        <v>1572</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>328</v>
+        <v>1573</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H385" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="386" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A386" s="1" t="s">
-        <v>317</v>
+        <v>1574</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1511</v>
+        <v>1575</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1512</v>
+        <v>1000</v>
       </c>
       <c r="D386" s="1" t="s">
-        <v>279</v>
+        <v>34</v>
       </c>
       <c r="E386" s="1">
-        <v>92108</v>
+        <v>60438</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>2326</v>
+        <v>1576</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H386" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="387" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A387" s="1" t="s">
-        <v>1510</v>
+        <v>1577</v>
       </c>
       <c r="B387" s="1" t="s">
-        <v>1511</v>
+        <v>1578</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>1512</v>
+        <v>1579</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>279</v>
+        <v>122</v>
       </c>
       <c r="E387" s="1">
-        <v>92108</v>
+        <v>63141</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>1513</v>
+        <v>1580</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H387" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="388" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A388" s="1" t="s">
-        <v>1514</v>
+        <v>1581</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1515</v>
+        <v>1582</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1512</v>
+        <v>1583</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="E388" s="1">
-        <v>92108</v>
+        <v>91406</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>1516</v>
+        <v>1584</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H388" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="389" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A389" s="1" t="s">
-        <v>1517</v>
+        <v>1585</v>
       </c>
       <c r="B389" s="1" t="s">
-        <v>1518</v>
+        <v>1586</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>1519</v>
+        <v>1587</v>
       </c>
       <c r="D389" s="1" t="s">
-        <v>34</v>
+        <v>380</v>
       </c>
       <c r="E389" s="1">
-        <v>60148</v>
+        <v>67501</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>1520</v>
+        <v>1588</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H389" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="390" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A390" s="1" t="s">
-        <v>2327</v>
+        <v>1589</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>2328</v>
+        <v>1590</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>2329</v>
+        <v>1217</v>
       </c>
       <c r="D390" s="1" t="s">
-        <v>279</v>
+        <v>206</v>
       </c>
       <c r="E390" s="1">
-        <v>92656</v>
+        <v>30339</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>2330</v>
+        <v>1591</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H390" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="391" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A391" s="1" t="s">
-        <v>1521</v>
+        <v>1592</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1522</v>
+        <v>1593</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1523</v>
+        <v>1136</v>
       </c>
       <c r="D391" s="1" t="s">
-        <v>94</v>
+        <v>271</v>
       </c>
       <c r="E391" s="1">
-        <v>19020</v>
+        <v>92614</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>1524</v>
+        <v>1594</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H391" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="392" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A392" s="1" t="s">
-        <v>2331</v>
+        <v>1595</v>
       </c>
       <c r="B392" s="1" t="s">
-        <v>2332</v>
+        <v>1596</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>2333</v>
+        <v>1597</v>
       </c>
       <c r="D392" s="1" t="s">
-        <v>279</v>
+        <v>65</v>
       </c>
       <c r="E392" s="1">
-        <v>92056</v>
+        <v>33301</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>2334</v>
+        <v>1598</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H392" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="393" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A393" s="1" t="s">
-        <v>2335</v>
+        <v>1599</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>2336</v>
+        <v>1600</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>166</v>
+        <v>1601</v>
       </c>
       <c r="D393" s="1" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E393" s="1">
-        <v>77014</v>
+        <v>44139</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>2337</v>
+        <v>1602</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H393" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="394" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A394" s="1" t="s">
-        <v>1525</v>
+        <v>1603</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1526</v>
+        <v>1604</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>1053</v>
+        <v>1336</v>
       </c>
       <c r="D394" s="1" t="s">
-        <v>270</v>
+        <v>122</v>
       </c>
       <c r="E394" s="1">
-        <v>80920</v>
+        <v>63005</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>1527</v>
+        <v>1605</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H394" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="395" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A395" s="1" t="s">
-        <v>1528</v>
+        <v>1606</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1529</v>
+        <v>1607</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>1512</v>
+        <v>1523</v>
       </c>
       <c r="D395" s="1" t="s">
-        <v>279</v>
+        <v>39</v>
       </c>
       <c r="E395" s="1">
-        <v>92108</v>
+        <v>14094</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>1530</v>
+        <v>1608</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H395" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="396" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A396" s="1" t="s">
-        <v>329</v>
+        <v>1609</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>330</v>
+        <v>1610</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>331</v>
+        <v>1611</v>
       </c>
       <c r="D396" s="1" t="s">
-        <v>304</v>
+        <v>34</v>
       </c>
       <c r="E396" s="1">
-        <v>36305</v>
+        <v>60523</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>332</v>
+        <v>1612</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H396" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="397" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A397" s="1" t="s">
-        <v>329</v>
+        <v>1613</v>
       </c>
       <c r="B397" s="1" t="s">
-        <v>1531</v>
+        <v>1614</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>1532</v>
+        <v>1322</v>
       </c>
       <c r="D397" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>1533</v>
+        <v>238</v>
+      </c>
+      <c r="E397" s="1">
+        <v>22312</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>1534</v>
+        <v>1615</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H397" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="398" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A398" s="1" t="s">
-        <v>1535</v>
+        <v>1616</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1536</v>
+        <v>1617</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1537</v>
+        <v>1350</v>
       </c>
       <c r="D398" s="1" t="s">
-        <v>1538</v>
+        <v>3</v>
       </c>
       <c r="E398" s="1">
-        <v>82601</v>
+        <v>37311</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>1539</v>
+        <v>1618</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H398" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="399" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A399" s="1" t="s">
-        <v>1540</v>
+        <v>1619</v>
       </c>
       <c r="B399" s="1" t="s">
-        <v>1541</v>
+        <v>1620</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>1542</v>
+        <v>1621</v>
       </c>
       <c r="D399" s="1" t="s">
-        <v>697</v>
+        <v>87</v>
       </c>
       <c r="E399" s="1">
-        <v>29464</v>
+        <v>46037</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>1543</v>
+        <v>1622</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H399" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="400" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A400" s="1" t="s">
-        <v>1544</v>
+        <v>319</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1470</v>
+        <v>320</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>286</v>
+        <v>113</v>
       </c>
       <c r="D400" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>1545</v>
+        <v>65</v>
+      </c>
+      <c r="E400" s="1">
+        <v>32256</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>1546</v>
+        <v>321</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H400" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="401" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A401" s="1" t="s">
-        <v>1547</v>
+        <v>319</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1548</v>
+        <v>1623</v>
       </c>
       <c r="C401" s="1" t="s">
-        <v>994</v>
+        <v>456</v>
       </c>
       <c r="D401" s="1" t="s">
-        <v>34</v>
+        <v>98</v>
       </c>
       <c r="E401" s="1">
-        <v>60438</v>
+        <v>19053</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>1549</v>
+        <v>1624</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H401" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="402" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A402" s="1" t="s">
-        <v>2338</v>
+        <v>1625</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>2339</v>
+        <v>1037</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>2340</v>
+        <v>221</v>
       </c>
       <c r="D402" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>2341</v>
+        <v>222</v>
+      </c>
+      <c r="E402" s="1">
+        <v>89109</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>2342</v>
+        <v>1626</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H402" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="403" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A403" s="1" t="s">
-        <v>1550</v>
+        <v>1627</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1551</v>
+        <v>1628</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1552</v>
+        <v>877</v>
       </c>
       <c r="D403" s="1" t="s">
-        <v>118</v>
+        <v>30</v>
       </c>
       <c r="E403" s="1">
-        <v>63141</v>
+        <v>44444</v>
       </c>
       <c r="F403" s="1" t="s">
-        <v>1553</v>
+        <v>1629</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H403" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="404" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A404" s="1" t="s">
-        <v>1554</v>
+        <v>1630</v>
       </c>
       <c r="B404" s="1" t="s">
-        <v>1555</v>
+        <v>1631</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>1556</v>
+        <v>151</v>
       </c>
       <c r="D404" s="1" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>91406</v>
+        <v>70</v>
+      </c>
+      <c r="E404" s="3" t="s">
+        <v>152</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>1557</v>
+        <v>1632</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H404" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="405" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A405" s="1" t="s">
-        <v>1558</v>
+        <v>2263</v>
       </c>
       <c r="B405" s="1" t="s">
-        <v>1559</v>
+        <v>2264</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>1560</v>
+        <v>278</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>398</v>
+        <v>39</v>
       </c>
       <c r="E405" s="1">
-        <v>67501</v>
+        <v>10003</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>1561</v>
+        <v>2265</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H405" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="406" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A406" s="1" t="s">
-        <v>1562</v>
+        <v>1633</v>
       </c>
       <c r="B406" s="1" t="s">
-        <v>1563</v>
+        <v>1634</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>1211</v>
+        <v>1635</v>
       </c>
       <c r="D406" s="1" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>30339</v>
+        <v>470</v>
+      </c>
+      <c r="E406" s="3" t="s">
+        <v>1636</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>1564</v>
+        <v>1637</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H406" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="407" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A407" s="1" t="s">
-        <v>1565</v>
+        <v>322</v>
       </c>
       <c r="B407" s="1" t="s">
-        <v>1566</v>
+        <v>323</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>1215</v>
+        <v>324</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>222</v>
+        <v>39</v>
       </c>
       <c r="E407" s="1">
-        <v>89521</v>
+        <v>14760</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>1567</v>
+        <v>325</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H407" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="408" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A408" s="1" t="s">
-        <v>2343</v>
+        <v>322</v>
       </c>
       <c r="B408" s="1" t="s">
-        <v>2344</v>
+        <v>1638</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>2345</v>
+        <v>143</v>
       </c>
       <c r="D408" s="1" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="E408" s="1">
-        <v>33301</v>
+        <v>14225</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>2346</v>
+        <v>1639</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H408" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="409" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A409" s="1" t="s">
-        <v>1568</v>
+        <v>1640</v>
       </c>
       <c r="B409" s="1" t="s">
-        <v>1569</v>
+        <v>1641</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>1570</v>
+        <v>278</v>
       </c>
       <c r="D409" s="1" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>44139</v>
+        <v>39</v>
+      </c>
+      <c r="E409" s="1" t="s">
+        <v>1642</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>1571</v>
+        <v>1643</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H409" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="410" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A410" s="1" t="s">
-        <v>1572</v>
+        <v>1644</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1573</v>
+        <v>1645</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>1338</v>
+        <v>600</v>
       </c>
       <c r="D410" s="1" t="s">
-        <v>118</v>
+        <v>8</v>
       </c>
       <c r="E410" s="1">
-        <v>63005</v>
+        <v>78749</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>1574</v>
+        <v>1646</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H410" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="411" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A411" s="1" t="s">
-        <v>1575</v>
+        <v>1647</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1576</v>
+        <v>1648</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1501</v>
+        <v>1649</v>
       </c>
       <c r="D411" s="1" t="s">
-        <v>39</v>
+        <v>122</v>
       </c>
       <c r="E411" s="1">
-        <v>14094</v>
+        <v>64152</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>1577</v>
+        <v>1650</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H411" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="412" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A412" s="1" t="s">
-        <v>1578</v>
+        <v>1651</v>
       </c>
       <c r="B412" s="1" t="s">
-        <v>1579</v>
+        <v>1652</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>1580</v>
+        <v>1653</v>
       </c>
       <c r="D412" s="1" t="s">
-        <v>34</v>
+        <v>87</v>
       </c>
       <c r="E412" s="1">
-        <v>60523</v>
+        <v>46350</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>1581</v>
+        <v>1654</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H412" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="413" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A413" s="1" t="s">
-        <v>1582</v>
+        <v>2266</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1583</v>
+        <v>2267</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>1324</v>
+        <v>2268</v>
       </c>
       <c r="D413" s="1" t="s">
-        <v>238</v>
+        <v>416</v>
       </c>
       <c r="E413" s="1">
-        <v>22312</v>
+        <v>28590</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>1584</v>
+        <v>2269</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H413" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="414" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A414" s="1" t="s">
-        <v>1585</v>
+        <v>1655</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1586</v>
+        <v>1656</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>1352</v>
+        <v>1657</v>
       </c>
       <c r="D414" s="1" t="s">
-        <v>3</v>
+        <v>416</v>
       </c>
       <c r="E414" s="1">
-        <v>37311</v>
+        <v>27616</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>1587</v>
+        <v>1658</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H414" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="415" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A415" s="1" t="s">
-        <v>1588</v>
+        <v>1659</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1589</v>
+        <v>1660</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>1590</v>
+        <v>1661</v>
       </c>
       <c r="D415" s="1" t="s">
-        <v>83</v>
+        <v>271</v>
       </c>
       <c r="E415" s="1">
-        <v>46037</v>
+        <v>94954</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>1591</v>
+        <v>1662</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H415" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="416" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A416" s="1" t="s">
-        <v>333</v>
+        <v>1663</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>334</v>
+        <v>1664</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>109</v>
+        <v>763</v>
       </c>
       <c r="D416" s="1" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="E416" s="1">
-        <v>32256</v>
+        <v>14218</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>335</v>
+        <v>1665</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H416" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="417" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A417" s="1" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="B417" s="1" t="s">
-        <v>1592</v>
+        <v>327</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>476</v>
+        <v>328</v>
       </c>
       <c r="D417" s="1" t="s">
-        <v>94</v>
+        <v>222</v>
       </c>
       <c r="E417" s="1">
-        <v>19053</v>
+        <v>89147</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>1593</v>
+        <v>329</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H417" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="418" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A418" s="1" t="s">
-        <v>1594</v>
+        <v>326</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1029</v>
+        <v>1265</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>221</v>
+        <v>1217</v>
       </c>
       <c r="D418" s="1" t="s">
-        <v>222</v>
+        <v>206</v>
       </c>
       <c r="E418" s="1">
-        <v>89109</v>
+        <v>30339</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>1595</v>
+        <v>1666</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H418" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="419" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A419" s="1" t="s">
-        <v>1596</v>
+        <v>1667</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1597</v>
+        <v>1668</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>1598</v>
+        <v>1669</v>
       </c>
       <c r="D419" s="1" t="s">
-        <v>39</v>
+        <v>206</v>
       </c>
       <c r="E419" s="1">
-        <v>10016</v>
+        <v>30022</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>1599</v>
+        <v>1670</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H419" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="420" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A420" s="1" t="s">
-        <v>1600</v>
+        <v>1671</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>1601</v>
+        <v>1672</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>874</v>
+        <v>1669</v>
       </c>
       <c r="D420" s="1" t="s">
-        <v>30</v>
+        <v>206</v>
       </c>
       <c r="E420" s="1">
-        <v>44444</v>
+        <v>30022</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>1602</v>
+        <v>1673</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H420" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="421" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A421" s="1" t="s">
-        <v>1603</v>
+        <v>1674</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1604</v>
+        <v>1675</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>147</v>
+        <v>1676</v>
       </c>
       <c r="D421" s="1" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>98</v>
+      </c>
+      <c r="E421" s="1">
+        <v>17011</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>1605</v>
+        <v>1677</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H421" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="422" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A422" s="1" t="s">
-        <v>1606</v>
+        <v>1678</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>1607</v>
+        <v>1679</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>286</v>
+        <v>1680</v>
       </c>
       <c r="D422" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>10003</v>
+        <v>384</v>
+      </c>
+      <c r="E422" s="3" t="s">
+        <v>1681</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>1608</v>
+        <v>1682</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H422" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="423" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A423" s="1" t="s">
-        <v>1609</v>
+        <v>1683</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1610</v>
+        <v>1684</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>1611</v>
+        <v>1680</v>
       </c>
       <c r="D423" s="1" t="s">
-        <v>490</v>
+        <v>384</v>
       </c>
       <c r="E423" s="3" t="s">
-        <v>1612</v>
+        <v>1681</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>1613</v>
+        <v>1685</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H423" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="424" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A424" s="1" t="s">
-        <v>336</v>
+        <v>2270</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>337</v>
+        <v>2271</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>338</v>
+        <v>2118</v>
       </c>
       <c r="D424" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E424" s="1">
-        <v>14760</v>
+        <v>60714</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>339</v>
+        <v>2272</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H424" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="425" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A425" s="1" t="s">
-        <v>336</v>
+        <v>1686</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1614</v>
+        <v>1687</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>139</v>
+        <v>1688</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>39</v>
+        <v>3</v>
       </c>
       <c r="E425" s="1">
-        <v>14225</v>
+        <v>37027</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>1615</v>
+        <v>1689</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H425" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="426" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A426" s="1" t="s">
-        <v>1616</v>
+        <v>1690</v>
       </c>
       <c r="B426" s="1" t="s">
-        <v>1617</v>
+        <v>1691</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>286</v>
+        <v>233</v>
       </c>
       <c r="D426" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>1618</v>
+        <v>234</v>
+      </c>
+      <c r="E426" s="1">
+        <v>19801</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>1619</v>
+        <v>1692</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H426" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="427" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A427" s="1" t="s">
-        <v>1620</v>
+        <v>330</v>
       </c>
       <c r="B427" s="1" t="s">
-        <v>1621</v>
+        <v>331</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>1451</v>
+        <v>106</v>
       </c>
       <c r="D427" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>78749</v>
+        <v>21</v>
+      </c>
+      <c r="E427" s="1" t="s">
+        <v>332</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>1622</v>
+        <v>333</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H427" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="428" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A428" s="1" t="s">
-        <v>1623</v>
+        <v>330</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1624</v>
+        <v>1693</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1625</v>
+        <v>1694</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>118</v>
+        <v>98</v>
       </c>
       <c r="E428" s="1">
-        <v>64152</v>
+        <v>17110</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>1626</v>
+        <v>1695</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H428" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="429" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A429" s="1" t="s">
-        <v>1627</v>
+        <v>1696</v>
       </c>
       <c r="B429" s="1" t="s">
-        <v>1628</v>
+        <v>1697</v>
       </c>
       <c r="C429" s="1" t="s">
-        <v>1629</v>
+        <v>1698</v>
       </c>
       <c r="D429" s="1" t="s">
-        <v>83</v>
+        <v>271</v>
       </c>
       <c r="E429" s="1">
-        <v>46350</v>
+        <v>91361</v>
       </c>
       <c r="F429" s="1" t="s">
-        <v>1630</v>
+        <v>1699</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H429" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="430" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A430" s="1" t="s">
-        <v>1631</v>
+        <v>1700</v>
       </c>
       <c r="B430" s="1" t="s">
-        <v>1632</v>
+        <v>1701</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1633</v>
+        <v>1698</v>
       </c>
       <c r="D430" s="1" t="s">
-        <v>430</v>
+        <v>271</v>
       </c>
       <c r="E430" s="1">
-        <v>28590</v>
+        <v>91361</v>
       </c>
       <c r="F430" s="1" t="s">
-        <v>1634</v>
+        <v>1702</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H430" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="431" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A431" s="1" t="s">
-        <v>1635</v>
+        <v>334</v>
       </c>
       <c r="B431" s="1" t="s">
-        <v>1636</v>
+        <v>335</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1637</v>
+        <v>221</v>
       </c>
       <c r="D431" s="1" t="s">
-        <v>430</v>
+        <v>222</v>
       </c>
       <c r="E431" s="1">
-        <v>27616</v>
+        <v>89135</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>1638</v>
+        <v>336</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H431" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="432" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A432" s="1" t="s">
-        <v>1639</v>
+        <v>334</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1640</v>
+        <v>337</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1641</v>
+        <v>338</v>
       </c>
       <c r="D432" s="1" t="s">
-        <v>279</v>
+        <v>8</v>
       </c>
       <c r="E432" s="1">
-        <v>94954</v>
+        <v>76155</v>
       </c>
       <c r="F432" s="1" t="s">
-        <v>1642</v>
+        <v>339</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H432" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="433" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A433" s="1" t="s">
-        <v>1643</v>
+        <v>334</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1644</v>
+        <v>340</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>776</v>
+        <v>341</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>39</v>
+        <v>271</v>
       </c>
       <c r="E433" s="1">
-        <v>14218</v>
+        <v>93021</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>1645</v>
+        <v>342</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H433" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="434" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A434" s="1" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="D434" s="1" t="s">
-        <v>222</v>
+        <v>8</v>
       </c>
       <c r="E434" s="1">
-        <v>89147</v>
+        <v>75010</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="G434" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H434" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="435" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A435" s="1" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1259</v>
+        <v>1703</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1211</v>
+        <v>1698</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>181</v>
+        <v>271</v>
       </c>
       <c r="E435" s="1">
-        <v>30339</v>
+        <v>91361</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>1646</v>
+        <v>1704</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H435" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="436" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A436" s="1" t="s">
-        <v>1647</v>
+        <v>1705</v>
       </c>
       <c r="B436" s="1" t="s">
-        <v>1648</v>
+        <v>1706</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>1649</v>
+        <v>636</v>
       </c>
       <c r="D436" s="1" t="s">
-        <v>181</v>
+        <v>8</v>
       </c>
       <c r="E436" s="1">
-        <v>30022</v>
+        <v>75063</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>1650</v>
+        <v>1707</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H436" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="437" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A437" s="1" t="s">
-        <v>1651</v>
+        <v>1708</v>
       </c>
       <c r="B437" s="1" t="s">
-        <v>1652</v>
+        <v>1709</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>1649</v>
+        <v>1464</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>30022</v>
+        <v>393</v>
+      </c>
+      <c r="E437" s="3" t="s">
+        <v>1710</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>1653</v>
+        <v>1711</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H437" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="438" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A438" s="1" t="s">
-        <v>1654</v>
+        <v>1712</v>
       </c>
       <c r="B438" s="1" t="s">
-        <v>1655</v>
+        <v>1713</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>1656</v>
+        <v>1014</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="E438" s="1">
-        <v>17011</v>
+        <v>85258</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>1657</v>
+        <v>1714</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H438" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="439" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A439" s="1" t="s">
-        <v>1658</v>
+        <v>2273</v>
       </c>
       <c r="B439" s="1" t="s">
-        <v>1659</v>
+        <v>2274</v>
       </c>
       <c r="C439" s="1" t="s">
-        <v>1660</v>
+        <v>233</v>
       </c>
       <c r="D439" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>1661</v>
+        <v>234</v>
+      </c>
+      <c r="E439" s="1">
+        <v>19801</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>1662</v>
+        <v>2275</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H439" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="440" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A440" s="1" t="s">
-        <v>1663</v>
+        <v>1715</v>
       </c>
       <c r="B440" s="1" t="s">
-        <v>1664</v>
+        <v>1716</v>
       </c>
       <c r="C440" s="1" t="s">
-        <v>1665</v>
+        <v>866</v>
       </c>
       <c r="D440" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>1666</v>
+        <v>685</v>
+      </c>
+      <c r="E440" s="1">
+        <v>29601</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>1667</v>
+        <v>1717</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H440" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="441" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A441" s="1" t="s">
-        <v>2347</v>
+        <v>1718</v>
       </c>
       <c r="B441" s="1" t="s">
-        <v>2348</v>
+        <v>1719</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1665</v>
+        <v>1720</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>1666</v>
+        <v>271</v>
+      </c>
+      <c r="E441" s="1">
+        <v>92009</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>2349</v>
+        <v>1721</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H441" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="442" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A442" s="1" t="s">
-        <v>2350</v>
+        <v>346</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>2351</v>
+        <v>347</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>2112</v>
+        <v>348</v>
       </c>
       <c r="D442" s="1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E442" s="1">
-        <v>60714</v>
+        <v>14845</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>2352</v>
+        <v>349</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H442" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="443" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A443" s="1" t="s">
-        <v>1668</v>
+        <v>346</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>1669</v>
+        <v>568</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1670</v>
+        <v>569</v>
       </c>
       <c r="D443" s="1" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>37027</v>
+        <v>384</v>
+      </c>
+      <c r="E443" s="3" t="s">
+        <v>570</v>
       </c>
       <c r="F443" s="1" t="s">
-        <v>1671</v>
+        <v>571</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H443" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="444" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A444" s="1" t="s">
-        <v>1672</v>
+        <v>346</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>1673</v>
+        <v>1722</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>233</v>
+        <v>1723</v>
       </c>
       <c r="D444" s="1" t="s">
-        <v>234</v>
+        <v>39</v>
       </c>
       <c r="E444" s="1">
-        <v>19801</v>
+        <v>14009</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>1674</v>
+        <v>1724</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H444" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="445" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A445" s="1" t="s">
-        <v>344</v>
+        <v>1725</v>
       </c>
       <c r="B445" s="1" t="s">
-        <v>345</v>
+        <v>1726</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>102</v>
+        <v>1217</v>
       </c>
       <c r="D445" s="1" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>346</v>
+        <v>206</v>
+      </c>
+      <c r="E445" s="1">
+        <v>30328</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>347</v>
+        <v>1727</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H445" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="446" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A446" s="1" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1675</v>
+        <v>351</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1676</v>
+        <v>352</v>
       </c>
       <c r="D446" s="1" t="s">
-        <v>94</v>
+        <v>3</v>
       </c>
       <c r="E446" s="1">
-        <v>17110</v>
+        <v>38305</v>
       </c>
       <c r="F446" s="1" t="s">
-        <v>1677</v>
+        <v>353</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H446" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="447" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A447" s="1" t="s">
-        <v>1678</v>
+        <v>350</v>
       </c>
       <c r="B447" s="1" t="s">
-        <v>1679</v>
+        <v>354</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>1680</v>
+        <v>355</v>
       </c>
       <c r="D447" s="1" t="s">
-        <v>279</v>
+        <v>8</v>
       </c>
       <c r="E447" s="1">
-        <v>91361</v>
+        <v>76118</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>1681</v>
+        <v>356</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H447" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="448" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A448" s="1" t="s">
-        <v>1682</v>
+        <v>350</v>
       </c>
       <c r="B448" s="1" t="s">
-        <v>1683</v>
+        <v>357</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>1680</v>
+        <v>358</v>
       </c>
       <c r="D448" s="1" t="s">
-        <v>279</v>
+        <v>238</v>
       </c>
       <c r="E448" s="1">
-        <v>91361</v>
+        <v>23502</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>1684</v>
+        <v>359</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H448" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="449" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A449" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B449" s="1" t="s">
-        <v>349</v>
+        <v>1728</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>221</v>
+        <v>358</v>
       </c>
       <c r="D449" s="1" t="s">
-        <v>222</v>
+        <v>238</v>
       </c>
       <c r="E449" s="1">
-        <v>89135</v>
+        <v>23502</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>350</v>
+        <v>1729</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H449" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="450" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A450" s="1" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="B450" s="1" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="D450" s="1" t="s">
-        <v>8</v>
+        <v>271</v>
       </c>
       <c r="E450" s="1">
-        <v>76155</v>
+        <v>92630</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="G450" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H450" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="451" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A451" s="1" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="B451" s="1" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>279</v>
+        <v>3</v>
       </c>
       <c r="E451" s="1">
-        <v>93021</v>
+        <v>38125</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="G451" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H451" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="452" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A452" s="1" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>86</v>
+        <v>355</v>
       </c>
       <c r="D452" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E452" s="1">
-        <v>75075</v>
+        <v>76180</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="G452" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H452" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="453" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A453" s="1" t="s">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c r="B453" s="1" t="s">
-        <v>1685</v>
+        <v>1730</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>1680</v>
+        <v>358</v>
       </c>
       <c r="D453" s="1" t="s">
-        <v>279</v>
+        <v>238</v>
       </c>
       <c r="E453" s="1">
-        <v>91361</v>
+        <v>23502</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>1686</v>
+        <v>1731</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H453" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="454" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A454" s="1" t="s">
-        <v>1687</v>
+        <v>1732</v>
       </c>
       <c r="B454" s="1" t="s">
-        <v>1688</v>
+        <v>1733</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>648</v>
+        <v>75</v>
       </c>
       <c r="D454" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E454" s="1">
-        <v>75063</v>
+        <v>75243</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>1689</v>
+        <v>1734</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H454" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="455" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A455" s="1" t="s">
-        <v>1690</v>
+        <v>1735</v>
       </c>
       <c r="B455" s="1" t="s">
-        <v>1691</v>
+        <v>1736</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>1692</v>
+        <v>348</v>
       </c>
       <c r="D455" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>1693</v>
+        <v>39</v>
+      </c>
+      <c r="E455" s="1">
+        <v>14845</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>1694</v>
+        <v>1737</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H455" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="456" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A456" s="1" t="s">
-        <v>1695</v>
+        <v>1738</v>
       </c>
       <c r="B456" s="1" t="s">
-        <v>1696</v>
+        <v>1739</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>1006</v>
+        <v>93</v>
       </c>
       <c r="D456" s="1" t="s">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="E456" s="1">
-        <v>85258</v>
+        <v>37067</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>1697</v>
+        <v>1740</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H456" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="457" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A457" s="1" t="s">
-        <v>1698</v>
+        <v>1741</v>
       </c>
       <c r="B457" s="1" t="s">
-        <v>1699</v>
+        <v>1742</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>233</v>
+        <v>113</v>
       </c>
       <c r="D457" s="1" t="s">
-        <v>234</v>
+        <v>65</v>
       </c>
       <c r="E457" s="1">
-        <v>19801</v>
+        <v>32256</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>1700</v>
+        <v>1743</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H457" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="458" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A458" s="1" t="s">
-        <v>1701</v>
+        <v>1744</v>
       </c>
       <c r="B458" s="1" t="s">
-        <v>1702</v>
+        <v>1745</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>863</v>
+        <v>1746</v>
       </c>
       <c r="D458" s="1" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>29601</v>
+        <v>262</v>
+      </c>
+      <c r="E458" s="1" t="s">
+        <v>1747</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>1703</v>
+        <v>1748</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H458" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="459" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A459" s="1" t="s">
-        <v>1704</v>
+        <v>1749</v>
       </c>
       <c r="B459" s="1" t="s">
-        <v>1705</v>
+        <v>1750</v>
       </c>
       <c r="C459" s="1" t="s">
-        <v>1706</v>
+        <v>1751</v>
       </c>
       <c r="D459" s="1" t="s">
-        <v>279</v>
+        <v>60</v>
       </c>
       <c r="E459" s="1">
-        <v>92009</v>
+        <v>55330</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>1707</v>
+        <v>1752</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H459" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="460" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A460" s="1" t="s">
-        <v>359</v>
+        <v>1753</v>
       </c>
       <c r="B460" s="1" t="s">
-        <v>360</v>
+        <v>1754</v>
       </c>
       <c r="C460" s="1" t="s">
-        <v>361</v>
+        <v>1755</v>
       </c>
       <c r="D460" s="1" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="E460" s="1">
-        <v>14845</v>
+        <v>98057</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>362</v>
+        <v>1756</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H460" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="461" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A461" s="1" t="s">
-        <v>359</v>
+        <v>1757</v>
       </c>
       <c r="B461" s="1" t="s">
-        <v>363</v>
+        <v>1758</v>
       </c>
       <c r="C461" s="1" t="s">
-        <v>364</v>
+        <v>866</v>
       </c>
       <c r="D461" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>366</v>
+        <v>685</v>
+      </c>
+      <c r="E461" s="1">
+        <v>29601</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>367</v>
+        <v>1759</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H461" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="462" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A462" s="1" t="s">
-        <v>359</v>
+        <v>1760</v>
       </c>
       <c r="B462" s="1" t="s">
-        <v>1708</v>
+        <v>1761</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>1709</v>
+        <v>1762</v>
       </c>
       <c r="D462" s="1" t="s">
-        <v>39</v>
+        <v>238</v>
       </c>
       <c r="E462" s="1">
-        <v>14009</v>
+        <v>23606</v>
       </c>
       <c r="F462" s="1" t="s">
-        <v>1710</v>
+        <v>1763</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H462" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="463" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A463" s="1" t="s">
-        <v>1711</v>
+        <v>1764</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1712</v>
+        <v>1765</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1211</v>
+        <v>1766</v>
       </c>
       <c r="D463" s="1" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>30328</v>
+        <v>1124</v>
+      </c>
+      <c r="E463" s="1" t="s">
+        <v>1767</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>1713</v>
+        <v>1768</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H463" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="464" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A464" s="1" t="s">
         <v>368</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>369</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>370</v>
       </c>
       <c r="D464" s="1" t="s">
-        <v>3</v>
+        <v>222</v>
       </c>
       <c r="E464" s="1">
-        <v>38305</v>
+        <v>89120</v>
       </c>
       <c r="F464" s="1" t="s">
         <v>371</v>
       </c>
       <c r="G464" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H464" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="465" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A465" s="1" t="s">
         <v>368</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>372</v>
+        <v>2276</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>373</v>
+        <v>2277</v>
       </c>
       <c r="D465" s="1" t="s">
-        <v>8</v>
+        <v>271</v>
       </c>
       <c r="E465" s="1">
-        <v>76118</v>
+        <v>91790</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>374</v>
+        <v>2278</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H465" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="466" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A466" s="1" t="s">
-        <v>368</v>
+        <v>1769</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>375</v>
+        <v>1770</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>376</v>
+        <v>1771</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>238</v>
+        <v>39</v>
       </c>
       <c r="E466" s="1">
-        <v>23502</v>
+        <v>10311</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>377</v>
+        <v>1772</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H466" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="467" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A467" s="1" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1714</v>
+        <v>373</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>238</v>
+        <v>275</v>
       </c>
       <c r="E467" s="1">
-        <v>23502</v>
+        <v>52101</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>1715</v>
+        <v>375</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H467" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="468" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A468" s="1" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="B468" s="1" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>380</v>
+        <v>113</v>
       </c>
       <c r="D468" s="1" t="s">
-        <v>279</v>
+        <v>65</v>
       </c>
       <c r="E468" s="1">
-        <v>92630</v>
+        <v>32225</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="G468" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H468" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="469" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A469" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="B469" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="B469" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C469" s="1" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="D469" s="1" t="s">
-        <v>3</v>
+        <v>380</v>
       </c>
       <c r="E469" s="1">
-        <v>38125</v>
+        <v>66219</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="G469" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H469" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="470" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A470" s="1" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>76180</v>
+        <v>384</v>
+      </c>
+      <c r="E470" s="3" t="s">
+        <v>385</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="G470" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H470" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="471" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A471" s="1" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="B471" s="1" t="s">
-        <v>1716</v>
+        <v>1773</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>376</v>
+        <v>1774</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>238</v>
+        <v>60</v>
       </c>
       <c r="E471" s="1">
-        <v>23502</v>
+        <v>55439</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>1717</v>
+        <v>1775</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H471" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="472" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A472" s="1" t="s">
-        <v>1718</v>
+        <v>2279</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1719</v>
+        <v>2280</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>71</v>
+        <v>2281</v>
       </c>
       <c r="D472" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>75243</v>
+        <v>98</v>
+      </c>
+      <c r="E472" s="1" t="s">
+        <v>2282</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>1720</v>
+        <v>2283</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H472" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="473" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A473" s="1" t="s">
-        <v>1721</v>
+        <v>387</v>
       </c>
       <c r="B473" s="1" t="s">
-        <v>1722</v>
+        <v>388</v>
       </c>
       <c r="C473" s="1" t="s">
-        <v>361</v>
+        <v>389</v>
       </c>
       <c r="D473" s="1" t="s">
-        <v>39</v>
+        <v>262</v>
       </c>
       <c r="E473" s="1">
-        <v>14845</v>
+        <v>80112</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>1723</v>
+        <v>390</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H473" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="474" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A474" s="1" t="s">
-        <v>1724</v>
+        <v>387</v>
       </c>
       <c r="B474" s="1" t="s">
-        <v>1725</v>
+        <v>391</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>89</v>
+        <v>392</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>37067</v>
+        <v>393</v>
+      </c>
+      <c r="E474" s="3" t="s">
+        <v>394</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>1726</v>
+        <v>395</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H474" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="475" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A475" s="1" t="s">
-        <v>1727</v>
+        <v>387</v>
       </c>
       <c r="B475" s="1" t="s">
-        <v>1728</v>
+        <v>396</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>109</v>
+        <v>397</v>
       </c>
       <c r="D475" s="1" t="s">
-        <v>61</v>
+        <v>290</v>
       </c>
       <c r="E475" s="1">
-        <v>32256</v>
+        <v>35244</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>1729</v>
+        <v>398</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H475" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="476" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A476" s="1" t="s">
-        <v>1730</v>
+        <v>387</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1731</v>
+        <v>399</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1732</v>
+        <v>75</v>
       </c>
       <c r="D476" s="1" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-        <v>1733</v>
+        <v>8</v>
+      </c>
+      <c r="E476" s="1">
+        <v>75248</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>1734</v>
+        <v>400</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H476" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="477" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A477" s="1" t="s">
-        <v>1735</v>
+        <v>387</v>
       </c>
       <c r="B477" s="1" t="s">
-        <v>1736</v>
+        <v>1776</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>1737</v>
+        <v>1131</v>
       </c>
       <c r="D477" s="1" t="s">
-        <v>56</v>
+        <v>197</v>
       </c>
       <c r="E477" s="1">
-        <v>55303</v>
+        <v>53005</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>1738</v>
+        <v>1777</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H477" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="478" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A478" s="1" t="s">
-        <v>1739</v>
+        <v>1778</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1740</v>
+        <v>1779</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>1741</v>
+        <v>1780</v>
       </c>
       <c r="D478" s="1" t="s">
-        <v>26</v>
+        <v>507</v>
       </c>
       <c r="E478" s="1">
-        <v>98057</v>
+        <v>40031</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>1742</v>
+        <v>1781</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H478" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="479" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A479" s="1" t="s">
-        <v>1743</v>
+        <v>1782</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1744</v>
+        <v>1783</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>863</v>
+        <v>1784</v>
       </c>
       <c r="D479" s="1" t="s">
-        <v>697</v>
+        <v>1785</v>
       </c>
       <c r="E479" s="1">
-        <v>29601</v>
+        <v>97477</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>1745</v>
+        <v>1786</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H479" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="480" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A480" s="1" t="s">
-        <v>1746</v>
+        <v>1787</v>
       </c>
       <c r="B480" s="1" t="s">
-        <v>1747</v>
+        <v>1788</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>1748</v>
+        <v>590</v>
       </c>
       <c r="D480" s="1" t="s">
-        <v>238</v>
+        <v>60</v>
       </c>
       <c r="E480" s="1">
-        <v>23606</v>
+        <v>55437</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>1749</v>
+        <v>1789</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H480" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="481" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A481" s="1" t="s">
-        <v>1750</v>
+        <v>1790</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1751</v>
+        <v>1791</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1752</v>
+        <v>1792</v>
       </c>
       <c r="D481" s="1" t="s">
-        <v>1119</v>
-[...2 lines deleted...]
-        <v>1753</v>
+        <v>685</v>
+      </c>
+      <c r="E481" s="1">
+        <v>29464</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>1754</v>
+        <v>1793</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H481" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="482" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A482" s="1" t="s">
-        <v>386</v>
+        <v>401</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>387</v>
+        <v>402</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>388</v>
+        <v>106</v>
       </c>
       <c r="D482" s="1" t="s">
-        <v>222</v>
+        <v>21</v>
       </c>
       <c r="E482" s="1">
-        <v>89120</v>
+        <v>85012</v>
       </c>
       <c r="F482" s="1" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="G482" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H482" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="483" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A483" s="1" t="s">
-        <v>386</v>
+        <v>401</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>2353</v>
+        <v>1794</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>2354</v>
+        <v>75</v>
       </c>
       <c r="D483" s="1" t="s">
-        <v>279</v>
+        <v>8</v>
       </c>
       <c r="E483" s="1">
-        <v>91790</v>
+        <v>75247</v>
       </c>
       <c r="F483" s="1" t="s">
-        <v>2355</v>
+        <v>1795</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H483" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="484" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A484" s="1" t="s">
-        <v>1755</v>
+        <v>1796</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1756</v>
+        <v>1797</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1757</v>
+        <v>1798</v>
       </c>
       <c r="D484" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E484" s="1">
-        <v>10311</v>
+        <v>11530</v>
       </c>
       <c r="F484" s="1" t="s">
-        <v>1758</v>
+        <v>1799</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H484" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="485" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A485" s="1" t="s">
-        <v>1759</v>
+        <v>1800</v>
       </c>
       <c r="B485" s="1" t="s">
-        <v>1760</v>
+        <v>1801</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>1761</v>
+        <v>1802</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>1762</v>
+        <v>685</v>
+      </c>
+      <c r="E485" s="1">
+        <v>29201</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>1763</v>
+        <v>1803</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H485" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="486" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A486" s="1" t="s">
-        <v>390</v>
+        <v>404</v>
       </c>
       <c r="B486" s="1" t="s">
-        <v>391</v>
+        <v>405</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>392</v>
+        <v>406</v>
       </c>
       <c r="D486" s="1" t="s">
-        <v>283</v>
+        <v>34</v>
       </c>
       <c r="E486" s="1">
-        <v>52101</v>
+        <v>60018</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>393</v>
+        <v>407</v>
       </c>
       <c r="G486" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H486" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="487" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A487" s="1" t="s">
-        <v>390</v>
+        <v>404</v>
       </c>
       <c r="B487" s="1" t="s">
-        <v>394</v>
+        <v>408</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>109</v>
+        <v>409</v>
       </c>
       <c r="D487" s="1" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="E487" s="1">
-        <v>32225</v>
+        <v>76710</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="G487" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H487" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="488" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A488" s="1" t="s">
-        <v>390</v>
+        <v>404</v>
       </c>
       <c r="B488" s="1" t="s">
-        <v>396</v>
+        <v>411</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>397</v>
+        <v>412</v>
       </c>
       <c r="D488" s="1" t="s">
-        <v>398</v>
+        <v>60</v>
       </c>
       <c r="E488" s="1">
-        <v>66219</v>
+        <v>56377</v>
       </c>
       <c r="F488" s="1" t="s">
-        <v>399</v>
+        <v>413</v>
       </c>
       <c r="G488" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H488" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="489" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A489" s="1" t="s">
-        <v>390</v>
+        <v>404</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>400</v>
+        <v>414</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>401</v>
+        <v>415</v>
       </c>
       <c r="D489" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>402</v>
+        <v>416</v>
+      </c>
+      <c r="E489" s="1">
+        <v>28217</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>403</v>
+        <v>417</v>
       </c>
       <c r="G489" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H489" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="490" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A490" s="1" t="s">
-        <v>390</v>
+        <v>404</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1764</v>
+        <v>418</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1765</v>
+        <v>51</v>
       </c>
       <c r="D490" s="1" t="s">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="E490" s="1">
-        <v>55439</v>
+        <v>44145</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>1766</v>
+        <v>419</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H490" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="491" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A491" s="1" t="s">
-        <v>1767</v>
+        <v>404</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1768</v>
+        <v>1804</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1769</v>
+        <v>266</v>
       </c>
       <c r="D491" s="1" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>1770</v>
+        <v>87</v>
+      </c>
+      <c r="E491" s="1">
+        <v>46250</v>
       </c>
       <c r="F491" s="1" t="s">
-        <v>1771</v>
+        <v>1805</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H491" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="492" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A492" s="1" t="s">
-        <v>404</v>
+        <v>1806</v>
       </c>
       <c r="B492" s="1" t="s">
-        <v>405</v>
+        <v>1807</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>406</v>
+        <v>121</v>
       </c>
       <c r="D492" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>408</v>
+        <v>122</v>
+      </c>
+      <c r="E492" s="1">
+        <v>63045</v>
       </c>
       <c r="F492" s="1" t="s">
-        <v>409</v>
+        <v>1808</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H492" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="493" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A493" s="1" t="s">
-        <v>404</v>
+        <v>1809</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>410</v>
+        <v>1810</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>411</v>
+        <v>1811</v>
       </c>
       <c r="D493" s="1" t="s">
-        <v>304</v>
+        <v>1565</v>
       </c>
       <c r="E493" s="1">
-        <v>35244</v>
+        <v>82801</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>412</v>
+        <v>1812</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H493" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="494" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A494" s="1" t="s">
-        <v>404</v>
+        <v>1813</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>413</v>
+        <v>1814</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>71</v>
+        <v>143</v>
       </c>
       <c r="D494" s="1" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="E494" s="1">
-        <v>75248</v>
+        <v>14225</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>414</v>
+        <v>1815</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H494" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="495" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A495" s="1" t="s">
-        <v>404</v>
+        <v>420</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>585</v>
+        <v>421</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>586</v>
+        <v>422</v>
       </c>
       <c r="D495" s="1" t="s">
-        <v>270</v>
+        <v>87</v>
       </c>
       <c r="E495" s="1">
-        <v>80112</v>
+        <v>46280</v>
       </c>
       <c r="F495" s="1" t="s">
-        <v>587</v>
+        <v>423</v>
       </c>
       <c r="G495" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H495" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="496" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A496" s="1" t="s">
-        <v>404</v>
+        <v>420</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1772</v>
+        <v>1816</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>1773</v>
+        <v>1147</v>
       </c>
       <c r="D496" s="1" t="s">
-        <v>198</v>
+        <v>30</v>
       </c>
       <c r="E496" s="1">
-        <v>53005</v>
+        <v>43230</v>
       </c>
       <c r="F496" s="1" t="s">
-        <v>1774</v>
+        <v>1817</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H496" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="497" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A497" s="1" t="s">
-        <v>1775</v>
+        <v>1818</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1776</v>
+        <v>1819</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1777</v>
+        <v>1820</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-        <v>40031</v>
+        <v>384</v>
+      </c>
+      <c r="E497" s="3" t="s">
+        <v>1821</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>1778</v>
+        <v>1822</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H497" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="498" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A498" s="1" t="s">
-        <v>1779</v>
+        <v>2284</v>
       </c>
       <c r="B498" s="1" t="s">
-        <v>1780</v>
+        <v>2285</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>1781</v>
+        <v>1217</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>1782</v>
+        <v>206</v>
       </c>
       <c r="E498" s="1">
-        <v>97477</v>
+        <v>30339</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>1783</v>
+        <v>2286</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H498" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="499" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A499" s="1" t="s">
-        <v>2356</v>
+        <v>1823</v>
       </c>
       <c r="B499" s="1" t="s">
-        <v>2357</v>
+        <v>797</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>606</v>
+        <v>798</v>
       </c>
       <c r="D499" s="1" t="s">
-        <v>56</v>
+        <v>3</v>
       </c>
       <c r="E499" s="1">
-        <v>55437</v>
+        <v>37072</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>2358</v>
+        <v>1824</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H499" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="500" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A500" s="1" t="s">
-        <v>2359</v>
+        <v>1825</v>
       </c>
       <c r="B500" s="1" t="s">
-        <v>2360</v>
+        <v>1826</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>2361</v>
+        <v>156</v>
       </c>
       <c r="D500" s="1" t="s">
-        <v>697</v>
+        <v>65</v>
       </c>
       <c r="E500" s="1">
-        <v>29464</v>
+        <v>33614</v>
       </c>
       <c r="F500" s="1" t="s">
-        <v>2362</v>
+        <v>1827</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H500" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="501" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A501" s="1" t="s">
-        <v>415</v>
+        <v>1828</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>416</v>
+        <v>1829</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>102</v>
+        <v>1053</v>
       </c>
       <c r="D501" s="1" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>85015</v>
+        <v>470</v>
+      </c>
+      <c r="E501" s="3" t="s">
+        <v>1054</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>417</v>
+        <v>1830</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H501" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="502" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A502" s="1" t="s">
-        <v>415</v>
+        <v>1831</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1784</v>
+        <v>1832</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>71</v>
+        <v>866</v>
       </c>
       <c r="D502" s="1" t="s">
-        <v>8</v>
+        <v>685</v>
       </c>
       <c r="E502" s="1">
-        <v>75247</v>
+        <v>29601</v>
       </c>
       <c r="F502" s="1" t="s">
-        <v>1785</v>
+        <v>1833</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H502" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="503" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A503" s="1" t="s">
-        <v>1786</v>
+        <v>1834</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1787</v>
+        <v>1835</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1788</v>
+        <v>866</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>39</v>
+        <v>685</v>
       </c>
       <c r="E503" s="1">
-        <v>11530</v>
+        <v>29601</v>
       </c>
       <c r="F503" s="1" t="s">
-        <v>1789</v>
+        <v>1836</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H503" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="504" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A504" s="1" t="s">
-        <v>1790</v>
+        <v>1837</v>
       </c>
       <c r="B504" s="1" t="s">
-        <v>1791</v>
+        <v>1838</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>1792</v>
+        <v>866</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>697</v>
+        <v>685</v>
       </c>
       <c r="E504" s="1">
-        <v>29201</v>
+        <v>29601</v>
       </c>
       <c r="F504" s="1" t="s">
-        <v>1793</v>
+        <v>1839</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H504" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="505" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A505" s="1" t="s">
-        <v>418</v>
+        <v>1840</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>419</v>
+        <v>1841</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>420</v>
+        <v>866</v>
       </c>
       <c r="D505" s="1" t="s">
-        <v>34</v>
+        <v>685</v>
       </c>
       <c r="E505" s="1">
-        <v>60018</v>
+        <v>29601</v>
       </c>
       <c r="F505" s="1" t="s">
-        <v>421</v>
+        <v>1842</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H505" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="506" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A506" s="1" t="s">
-        <v>418</v>
+        <v>1843</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>422</v>
+        <v>1844</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>423</v>
+        <v>866</v>
       </c>
       <c r="D506" s="1" t="s">
-        <v>8</v>
+        <v>685</v>
       </c>
       <c r="E506" s="1">
-        <v>76710</v>
+        <v>29601</v>
       </c>
       <c r="F506" s="1" t="s">
-        <v>424</v>
+        <v>1845</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H506" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="507" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A507" s="1" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="B507" s="1" t="s">
         <v>425</v>
       </c>
       <c r="C507" s="1" t="s">
         <v>426</v>
       </c>
       <c r="D507" s="1" t="s">
-        <v>56</v>
+        <v>301</v>
       </c>
       <c r="E507" s="1">
-        <v>56377</v>
+        <v>48820</v>
       </c>
       <c r="F507" s="1" t="s">
         <v>427</v>
       </c>
       <c r="G507" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H507" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="508" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A508" s="1" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>428</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>429</v>
       </c>
       <c r="D508" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E508" s="1">
+        <v>45414</v>
+      </c>
+      <c r="F508" s="1" t="s">
         <v>430</v>
-      </c>
-[...4 lines deleted...]
-        <v>431</v>
       </c>
       <c r="G508" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H508" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="509" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A509" s="1" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="B509" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="C509" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="C509" s="1" t="s">
+      <c r="D509" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="E509" s="1">
+        <v>27713</v>
+      </c>
+      <c r="F509" s="1" t="s">
         <v>433</v>
-      </c>
-[...7 lines deleted...]
-        <v>434</v>
       </c>
       <c r="G509" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H509" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="510" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A510" s="1" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>2363</v>
+        <v>434</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>274</v>
+        <v>435</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>83</v>
+        <v>436</v>
       </c>
       <c r="E510" s="1">
-        <v>46250</v>
+        <v>68134</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>2364</v>
+        <v>437</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H510" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="511" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A511" s="1" t="s">
-        <v>1794</v>
+        <v>424</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1795</v>
+        <v>438</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>117</v>
+        <v>266</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>118</v>
+        <v>87</v>
       </c>
       <c r="E511" s="1">
-        <v>63045</v>
+        <v>46240</v>
       </c>
       <c r="F511" s="1" t="s">
-        <v>1796</v>
+        <v>439</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H511" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="512" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A512" s="1" t="s">
-        <v>1797</v>
+        <v>424</v>
       </c>
       <c r="B512" s="1" t="s">
-        <v>1798</v>
+        <v>440</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>1799</v>
+        <v>441</v>
       </c>
       <c r="D512" s="1" t="s">
-        <v>1538</v>
+        <v>3</v>
       </c>
       <c r="E512" s="1">
-        <v>82801</v>
+        <v>37923</v>
       </c>
       <c r="F512" s="1" t="s">
-        <v>1800</v>
+        <v>442</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H512" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="513" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A513" s="1" t="s">
-        <v>1801</v>
+        <v>424</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1802</v>
+        <v>1846</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>139</v>
+        <v>1847</v>
       </c>
       <c r="D513" s="1" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="E513" s="1">
-        <v>14225</v>
+        <v>32256</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>1803</v>
+        <v>1848</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H513" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="514" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A514" s="1" t="s">
-        <v>435</v>
+        <v>1849</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>436</v>
+        <v>1850</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>437</v>
+        <v>1851</v>
       </c>
       <c r="D514" s="1" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>46280</v>
+        <v>470</v>
+      </c>
+      <c r="E514" s="1" t="s">
+        <v>1852</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>438</v>
+        <v>1853</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H514" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="515" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A515" s="1" t="s">
-        <v>435</v>
+        <v>1854</v>
       </c>
       <c r="B515" s="1" t="s">
-        <v>1804</v>
+        <v>1855</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1137</v>
+        <v>931</v>
       </c>
       <c r="D515" s="1" t="s">
-        <v>30</v>
+        <v>271</v>
       </c>
       <c r="E515" s="1">
-        <v>43230</v>
+        <v>91301</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>1805</v>
+        <v>1856</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H515" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="516" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A516" s="1" t="s">
-        <v>1806</v>
+        <v>1857</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>1807</v>
+        <v>1858</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>1808</v>
+        <v>1859</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>1809</v>
+        <v>34</v>
+      </c>
+      <c r="E516" s="1">
+        <v>60555</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>1810</v>
+        <v>1860</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H516" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="517" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A517" s="1" t="s">
-        <v>2365</v>
+        <v>1861</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>2366</v>
+        <v>1862</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>1211</v>
+        <v>1863</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>181</v>
+        <v>34</v>
       </c>
       <c r="E517" s="1">
-        <v>30339</v>
+        <v>60178</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>2367</v>
+        <v>1864</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H517" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="518" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A518" s="1" t="s">
-        <v>1811</v>
+        <v>1865</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>802</v>
+        <v>1866</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>803</v>
+        <v>341</v>
       </c>
       <c r="D518" s="1" t="s">
-        <v>3</v>
+        <v>271</v>
       </c>
       <c r="E518" s="1">
-        <v>37072</v>
+        <v>93021</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>1812</v>
+        <v>1867</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H518" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="519" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A519" s="1" t="s">
-        <v>1813</v>
+        <v>1868</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>1814</v>
+        <v>1866</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>193</v>
+        <v>341</v>
       </c>
       <c r="D519" s="1" t="s">
-        <v>34</v>
+        <v>271</v>
       </c>
       <c r="E519" s="1">
-        <v>60601</v>
+        <v>93201</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>1815</v>
+        <v>1869</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H519" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="520" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A520" s="1" t="s">
-        <v>1816</v>
+        <v>1870</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>1817</v>
+        <v>1871</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>152</v>
+        <v>1872</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="E520" s="1">
-        <v>33614</v>
+        <v>11749</v>
       </c>
       <c r="F520" s="1" t="s">
-        <v>1818</v>
+        <v>1873</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H520" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="521" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A521" s="1" t="s">
-        <v>1819</v>
+        <v>1874</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>1820</v>
+        <v>1875</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1044</v>
+        <v>1876</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>1045</v>
+        <v>271</v>
+      </c>
+      <c r="E521" s="1">
+        <v>95661</v>
       </c>
       <c r="F521" s="1" t="s">
-        <v>1821</v>
+        <v>1877</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H521" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="522" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A522" s="1" t="s">
-        <v>1822</v>
+        <v>1878</v>
       </c>
       <c r="B522" s="1" t="s">
-        <v>1823</v>
+        <v>1879</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>863</v>
+        <v>1880</v>
       </c>
       <c r="D522" s="1" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>29601</v>
+        <v>384</v>
+      </c>
+      <c r="E522" s="3" t="s">
+        <v>1881</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>1824</v>
+        <v>1882</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H522" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="523" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A523" s="1" t="s">
-        <v>1825</v>
+        <v>1883</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>1826</v>
+        <v>1884</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>863</v>
+        <v>1131</v>
       </c>
       <c r="D523" s="1" t="s">
-        <v>697</v>
+        <v>197</v>
       </c>
       <c r="E523" s="1">
-        <v>29601</v>
+        <v>53045</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>1827</v>
+        <v>1885</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H523" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="524" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A524" s="1" t="s">
-        <v>1828</v>
+        <v>1886</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>1829</v>
+        <v>1887</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>863</v>
+        <v>724</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>697</v>
+        <v>8</v>
       </c>
       <c r="E524" s="1">
-        <v>29601</v>
+        <v>78216</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>1830</v>
+        <v>1888</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H524" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="525" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A525" s="1" t="s">
-        <v>1831</v>
+        <v>1889</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>1832</v>
+        <v>1890</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>863</v>
+        <v>147</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>29601</v>
+        <v>70</v>
+      </c>
+      <c r="E525" s="3" t="s">
+        <v>148</v>
       </c>
       <c r="F525" s="1" t="s">
-        <v>1833</v>
+        <v>1891</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H525" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="526" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A526" s="1" t="s">
-        <v>1834</v>
+        <v>443</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>1835</v>
+        <v>444</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>863</v>
+        <v>445</v>
       </c>
       <c r="D526" s="1" t="s">
-        <v>697</v>
+        <v>65</v>
       </c>
       <c r="E526" s="1">
-        <v>29601</v>
+        <v>34243</v>
       </c>
       <c r="F526" s="1" t="s">
-        <v>1836</v>
+        <v>446</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H526" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="527" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A527" s="1" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>440</v>
+        <v>1892</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>441</v>
+        <v>1893</v>
       </c>
       <c r="D527" s="1" t="s">
-        <v>315</v>
+        <v>26</v>
       </c>
       <c r="E527" s="1">
-        <v>48820</v>
+        <v>98011</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>442</v>
+        <v>1894</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H527" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="528" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A528" s="1" t="s">
-        <v>439</v>
+        <v>1895</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>443</v>
+        <v>1896</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>444</v>
+        <v>600</v>
       </c>
       <c r="D528" s="1" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="E528" s="1">
-        <v>45414</v>
+        <v>78744</v>
       </c>
       <c r="F528" s="1" t="s">
-        <v>445</v>
+        <v>1897</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H528" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="529" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A529" s="1" t="s">
-        <v>439</v>
+        <v>1898</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>446</v>
+        <v>1899</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>447</v>
+        <v>885</v>
       </c>
       <c r="D529" s="1" t="s">
-        <v>430</v>
+        <v>206</v>
       </c>
       <c r="E529" s="1">
-        <v>27713</v>
+        <v>30096</v>
       </c>
       <c r="F529" s="1" t="s">
-        <v>448</v>
+        <v>1900</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H529" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="530" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A530" s="1" t="s">
-        <v>439</v>
+        <v>1901</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>449</v>
+        <v>1902</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>450</v>
+        <v>1903</v>
       </c>
       <c r="D530" s="1" t="s">
-        <v>451</v>
+        <v>1253</v>
       </c>
       <c r="E530" s="1">
-        <v>68134</v>
+        <v>38655</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>452</v>
+        <v>1904</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H530" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="531" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A531" s="1" t="s">
-        <v>439</v>
+        <v>1905</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>453</v>
+        <v>1906</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>274</v>
+        <v>1907</v>
       </c>
       <c r="D531" s="1" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="E531" s="1">
-        <v>46240</v>
+        <v>84119</v>
       </c>
       <c r="F531" s="1" t="s">
-        <v>454</v>
+        <v>1908</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H531" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="532" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A532" s="1" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>456</v>
+        <v>113</v>
       </c>
       <c r="D532" s="1" t="s">
-        <v>3</v>
+        <v>65</v>
       </c>
       <c r="E532" s="1">
-        <v>37923</v>
+        <v>32256</v>
       </c>
       <c r="F532" s="1" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="G532" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H532" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="533" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A533" s="1" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>1837</v>
+        <v>1909</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>1838</v>
+        <v>75</v>
       </c>
       <c r="D533" s="1" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="E533" s="1">
-        <v>32256</v>
+        <v>75019</v>
       </c>
       <c r="F533" s="1" t="s">
-        <v>1839</v>
+        <v>1910</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H533" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="534" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A534" s="1" t="s">
-        <v>1840</v>
+        <v>2287</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1841</v>
+        <v>2288</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>1842</v>
+        <v>990</v>
       </c>
       <c r="D534" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>1843</v>
+        <v>26</v>
+      </c>
+      <c r="E534" s="1">
+        <v>98201</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>1844</v>
+        <v>2289</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H534" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="535" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A535" s="1" t="s">
-        <v>1845</v>
+        <v>1911</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1846</v>
+        <v>1912</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1847</v>
+        <v>1217</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>1848</v>
+        <v>206</v>
+      </c>
+      <c r="E535" s="1">
+        <v>30339</v>
       </c>
       <c r="F535" s="1" t="s">
-        <v>1849</v>
+        <v>1913</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H535" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="536" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A536" s="1" t="s">
-        <v>1850</v>
+        <v>2290</v>
       </c>
       <c r="B536" s="1" t="s">
-        <v>1851</v>
+        <v>2291</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>930</v>
+        <v>2292</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="E536" s="1">
         <v>91301</v>
       </c>
       <c r="F536" s="1" t="s">
-        <v>1852</v>
+        <v>2293</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H536" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="537" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A537" s="1" t="s">
-        <v>1853</v>
+        <v>1914</v>
       </c>
       <c r="B537" s="1" t="s">
-        <v>1854</v>
+        <v>1915</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>1855</v>
+        <v>866</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>34</v>
+        <v>685</v>
       </c>
       <c r="E537" s="1">
-        <v>60555</v>
+        <v>29607</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>1856</v>
+        <v>1916</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H537" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="538" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A538" s="1" t="s">
-        <v>1857</v>
+        <v>2294</v>
       </c>
       <c r="B538" s="1" t="s">
-        <v>1858</v>
+        <v>2295</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>1859</v>
+        <v>2296</v>
       </c>
       <c r="D538" s="1" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>60178</v>
+        <v>470</v>
+      </c>
+      <c r="E538" s="3" t="s">
+        <v>2297</v>
       </c>
       <c r="F538" s="1" t="s">
-        <v>1860</v>
+        <v>2298</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H538" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="539" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A539" s="1" t="s">
-        <v>1861</v>
+        <v>1917</v>
       </c>
       <c r="B539" s="1" t="s">
-        <v>1862</v>
+        <v>1918</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>355</v>
+        <v>926</v>
       </c>
       <c r="D539" s="1" t="s">
-        <v>279</v>
+        <v>234</v>
       </c>
       <c r="E539" s="1">
-        <v>93021</v>
+        <v>19702</v>
       </c>
       <c r="F539" s="1" t="s">
-        <v>1863</v>
+        <v>1919</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H539" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="540" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A540" s="1" t="s">
-        <v>1864</v>
+        <v>2299</v>
       </c>
       <c r="B540" s="1" t="s">
-        <v>1862</v>
+        <v>2300</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>355</v>
+        <v>2301</v>
       </c>
       <c r="D540" s="1" t="s">
-        <v>279</v>
+        <v>39</v>
       </c>
       <c r="E540" s="1">
-        <v>93201</v>
+        <v>13088</v>
       </c>
       <c r="F540" s="1" t="s">
-        <v>1865</v>
+        <v>2302</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H540" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="541" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A541" s="1" t="s">
-        <v>1866</v>
+        <v>1920</v>
       </c>
       <c r="B541" s="1" t="s">
-        <v>1867</v>
+        <v>1921</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>1868</v>
+        <v>1922</v>
       </c>
       <c r="D541" s="1" t="s">
-        <v>39</v>
+        <v>416</v>
       </c>
       <c r="E541" s="1">
-        <v>11749</v>
+        <v>28314</v>
       </c>
       <c r="F541" s="1" t="s">
-        <v>1869</v>
+        <v>1923</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H541" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="542" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A542" s="1" t="s">
-        <v>2368</v>
+        <v>450</v>
       </c>
       <c r="B542" s="1" t="s">
-        <v>2369</v>
+        <v>451</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>2370</v>
+        <v>452</v>
       </c>
       <c r="D542" s="1" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="E542" s="1">
-        <v>95661</v>
+        <v>95501</v>
       </c>
       <c r="F542" s="1" t="s">
-        <v>2371</v>
+        <v>453</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H542" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="543" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A543" s="1" t="s">
-        <v>2372</v>
+        <v>450</v>
       </c>
       <c r="B543" s="1" t="s">
-        <v>2373</v>
+        <v>1924</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>2374</v>
+        <v>1925</v>
       </c>
       <c r="D543" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>2375</v>
+        <v>16</v>
+      </c>
+      <c r="E543" s="1">
+        <v>70817</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>2376</v>
+        <v>1926</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H543" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="544" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A544" s="1" t="s">
-        <v>1870</v>
+        <v>1927</v>
       </c>
       <c r="B544" s="1" t="s">
-        <v>1871</v>
+        <v>1928</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>1773</v>
+        <v>1929</v>
       </c>
       <c r="D544" s="1" t="s">
-        <v>198</v>
+        <v>12</v>
       </c>
       <c r="E544" s="1">
-        <v>53045</v>
+        <v>84121</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>1872</v>
+        <v>1930</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H544" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="545" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A545" s="1" t="s">
-        <v>1873</v>
+        <v>1931</v>
       </c>
       <c r="B545" s="1" t="s">
-        <v>1874</v>
+        <v>1932</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>736</v>
+        <v>1933</v>
       </c>
       <c r="D545" s="1" t="s">
-        <v>8</v>
+        <v>238</v>
       </c>
       <c r="E545" s="1">
-        <v>78216</v>
+        <v>23320</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>1875</v>
+        <v>1934</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H545" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="546" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A546" s="1" t="s">
-        <v>2377</v>
+        <v>1935</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>2378</v>
+        <v>1936</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>143</v>
+        <v>1937</v>
       </c>
       <c r="D546" s="1" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>21</v>
+      </c>
+      <c r="E546" s="1">
+        <v>85288</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>2379</v>
+        <v>1938</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H546" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="547" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A547" s="1" t="s">
-        <v>458</v>
+        <v>1939</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>459</v>
+        <v>1940</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>460</v>
+        <v>738</v>
       </c>
       <c r="D547" s="1" t="s">
-        <v>61</v>
+        <v>416</v>
       </c>
       <c r="E547" s="1">
-        <v>34243</v>
+        <v>27407</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>461</v>
+        <v>1941</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H547" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="548" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A548" s="1" t="s">
-        <v>458</v>
+        <v>1942</v>
       </c>
       <c r="B548" s="1" t="s">
-        <v>1876</v>
+        <v>1943</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>1877</v>
+        <v>1944</v>
       </c>
       <c r="D548" s="1" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="E548" s="1">
-        <v>98011</v>
+        <v>32905</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>1878</v>
+        <v>1945</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H548" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="549" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A549" s="1" t="s">
-        <v>1879</v>
+        <v>1946</v>
       </c>
       <c r="B549" s="1" t="s">
-        <v>1880</v>
+        <v>1947</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>1451</v>
+        <v>344</v>
       </c>
       <c r="D549" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E549" s="1">
-        <v>78744</v>
+        <v>75007</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>1881</v>
+        <v>1948</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H549" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="550" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A550" s="1" t="s">
-        <v>1882</v>
+        <v>1949</v>
       </c>
       <c r="B550" s="1" t="s">
-        <v>1883</v>
+        <v>1950</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>882</v>
+        <v>1951</v>
       </c>
       <c r="D550" s="1" t="s">
-        <v>181</v>
+        <v>21</v>
       </c>
       <c r="E550" s="1">
-        <v>30096</v>
+        <v>85286</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>1884</v>
+        <v>1952</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H550" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="551" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A551" s="1" t="s">
-        <v>1885</v>
+        <v>1953</v>
       </c>
       <c r="B551" s="1" t="s">
-        <v>1886</v>
+        <v>1954</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>1887</v>
+        <v>1955</v>
       </c>
       <c r="D551" s="1" t="s">
-        <v>1247</v>
+        <v>238</v>
       </c>
       <c r="E551" s="1">
-        <v>38655</v>
+        <v>20166</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>1888</v>
+        <v>1956</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H551" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="552" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A552" s="1" t="s">
-        <v>2380</v>
+        <v>1957</v>
       </c>
       <c r="B552" s="1" t="s">
-        <v>2381</v>
+        <v>1958</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>38</v>
+        <v>1933</v>
       </c>
       <c r="D552" s="1" t="s">
-        <v>39</v>
+        <v>238</v>
       </c>
       <c r="E552" s="1">
-        <v>14207</v>
+        <v>23320</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>2382</v>
+        <v>1959</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H552" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="553" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A553" s="1" t="s">
-        <v>1889</v>
+        <v>2303</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>1890</v>
+        <v>1958</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>1891</v>
+        <v>1933</v>
       </c>
       <c r="D553" s="1" t="s">
-        <v>12</v>
+        <v>238</v>
       </c>
       <c r="E553" s="1">
-        <v>84119</v>
+        <v>23320</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>1892</v>
+        <v>2304</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H553" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="554" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A554" s="1" t="s">
-        <v>462</v>
+        <v>1960</v>
       </c>
       <c r="B554" s="1" t="s">
-        <v>463</v>
+        <v>1961</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>109</v>
+        <v>1962</v>
       </c>
       <c r="D554" s="1" t="s">
-        <v>61</v>
+        <v>271</v>
       </c>
       <c r="E554" s="1">
-        <v>32256</v>
+        <v>94612</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>464</v>
+        <v>1963</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H554" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="555" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A555" s="1" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>1893</v>
+        <v>455</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>71</v>
+        <v>456</v>
       </c>
       <c r="D555" s="1" t="s">
-        <v>8</v>
+        <v>98</v>
       </c>
       <c r="E555" s="1">
-        <v>75019</v>
+        <v>19053</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>1894</v>
+        <v>457</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H555" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="556" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A556" s="1" t="s">
-        <v>2383</v>
+        <v>454</v>
       </c>
       <c r="B556" s="1" t="s">
-        <v>2384</v>
+        <v>1964</v>
       </c>
       <c r="C556" s="1" t="s">
-        <v>987</v>
+        <v>1965</v>
       </c>
       <c r="D556" s="1" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="E556" s="1">
-        <v>98201</v>
+        <v>33441</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>2385</v>
+        <v>1966</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H556" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="557" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A557" s="1" t="s">
-        <v>1895</v>
+        <v>1967</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>1896</v>
+        <v>1968</v>
       </c>
       <c r="C557" s="1" t="s">
-        <v>1211</v>
+        <v>1969</v>
       </c>
       <c r="D557" s="1" t="s">
-        <v>181</v>
+        <v>197</v>
       </c>
       <c r="E557" s="1">
-        <v>30339</v>
+        <v>53716</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>1897</v>
+        <v>1970</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H557" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="558" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A558" s="1" t="s">
-        <v>2386</v>
+        <v>2305</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>2387</v>
+        <v>2306</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>2388</v>
+        <v>389</v>
       </c>
       <c r="D558" s="1" t="s">
-        <v>279</v>
+        <v>262</v>
       </c>
       <c r="E558" s="1">
-        <v>91301</v>
+        <v>80111</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>2389</v>
+        <v>2307</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H558" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="559" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A559" s="1" t="s">
-        <v>1898</v>
+        <v>458</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>1899</v>
+        <v>459</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>863</v>
+        <v>460</v>
       </c>
       <c r="D559" s="1" t="s">
-        <v>697</v>
+        <v>8</v>
       </c>
       <c r="E559" s="1">
-        <v>29607</v>
+        <v>77802</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>1900</v>
+        <v>461</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H559" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="560" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A560" s="1" t="s">
-        <v>1901</v>
+        <v>458</v>
       </c>
       <c r="B560" s="1" t="s">
-        <v>1902</v>
+        <v>1971</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>1903</v>
+        <v>1972</v>
       </c>
       <c r="D560" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>1904</v>
+        <v>271</v>
+      </c>
+      <c r="E560" s="1">
+        <v>95670</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>1905</v>
+        <v>1973</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H560" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="561" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A561" s="1" t="s">
-        <v>1906</v>
+        <v>1974</v>
       </c>
       <c r="B561" s="1" t="s">
-        <v>1907</v>
+        <v>1975</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>925</v>
+        <v>1976</v>
       </c>
       <c r="D561" s="1" t="s">
-        <v>234</v>
+        <v>39</v>
       </c>
       <c r="E561" s="1">
-        <v>19702</v>
+        <v>11566</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>1908</v>
+        <v>1977</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H561" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="562" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A562" s="1" t="s">
-        <v>1909</v>
+        <v>1978</v>
       </c>
       <c r="B562" s="1" t="s">
-        <v>1910</v>
+        <v>1979</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>1911</v>
+        <v>1980</v>
       </c>
       <c r="D562" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E562" s="1">
-        <v>13088</v>
+        <v>61071</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>1912</v>
+        <v>1981</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H562" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="563" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A563" s="1" t="s">
-        <v>1913</v>
+        <v>462</v>
       </c>
       <c r="B563" s="1" t="s">
-        <v>1914</v>
+        <v>463</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>1915</v>
+        <v>464</v>
       </c>
       <c r="D563" s="1" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-        <v>28314</v>
+        <v>393</v>
+      </c>
+      <c r="E563" s="3" t="s">
+        <v>465</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>1916</v>
+        <v>466</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H563" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="564" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A564" s="1" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="B564" s="1" t="s">
-        <v>466</v>
+        <v>1982</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>467</v>
+        <v>702</v>
       </c>
       <c r="D564" s="1" t="s">
-        <v>279</v>
+        <v>301</v>
       </c>
       <c r="E564" s="1">
-        <v>95501</v>
+        <v>48334</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>468</v>
+        <v>1983</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H564" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="565" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A565" s="1" t="s">
-        <v>465</v>
+        <v>1984</v>
       </c>
       <c r="B565" s="1" t="s">
-        <v>1917</v>
+        <v>1985</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>1918</v>
+        <v>20</v>
       </c>
       <c r="D565" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="E565" s="1">
-        <v>70817</v>
+        <v>85711</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>1919</v>
+        <v>1986</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H565" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="566" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A566" s="1" t="s">
-        <v>1920</v>
+        <v>1987</v>
       </c>
       <c r="B566" s="1" t="s">
-        <v>1921</v>
+        <v>1988</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>1922</v>
+        <v>1989</v>
       </c>
       <c r="D566" s="1" t="s">
-        <v>12</v>
+        <v>685</v>
       </c>
       <c r="E566" s="1">
-        <v>84121</v>
+        <v>29730</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>1923</v>
+        <v>1990</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H566" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="567" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A567" s="1" t="s">
-        <v>2390</v>
+        <v>1991</v>
       </c>
       <c r="B567" s="1" t="s">
-        <v>2391</v>
+        <v>1992</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>166</v>
+        <v>1993</v>
       </c>
       <c r="D567" s="1" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="E567" s="1">
-        <v>77024</v>
+        <v>11747</v>
       </c>
       <c r="F567" s="1" t="s">
-        <v>2392</v>
+        <v>1994</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H567" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="568" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A568" s="1" t="s">
-        <v>2393</v>
+        <v>1995</v>
       </c>
       <c r="B568" s="1" t="s">
-        <v>2394</v>
+        <v>1996</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>1949</v>
+        <v>1997</v>
       </c>
       <c r="D568" s="1" t="s">
-        <v>238</v>
+        <v>8</v>
       </c>
       <c r="E568" s="1">
-        <v>23320</v>
+        <v>77478</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>2395</v>
+        <v>1998</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H568" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="569" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A569" s="1" t="s">
-        <v>1924</v>
+        <v>1999</v>
       </c>
       <c r="B569" s="1" t="s">
-        <v>1925</v>
+        <v>2000</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>1926</v>
+        <v>750</v>
       </c>
       <c r="D569" s="1" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E569" s="1">
-        <v>85288</v>
+        <v>77478</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>1927</v>
+        <v>2001</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H569" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="570" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A570" s="1" t="s">
-        <v>1928</v>
+        <v>2002</v>
       </c>
       <c r="B570" s="1" t="s">
-        <v>1929</v>
+        <v>2003</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>750</v>
+        <v>221</v>
       </c>
       <c r="D570" s="1" t="s">
-        <v>430</v>
+        <v>222</v>
       </c>
       <c r="E570" s="1">
-        <v>27407</v>
+        <v>89120</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>1930</v>
+        <v>2004</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H570" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="571" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A571" s="1" t="s">
-        <v>1931</v>
+        <v>2308</v>
       </c>
       <c r="B571" s="1" t="s">
-        <v>1932</v>
+        <v>2309</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>1933</v>
+        <v>47</v>
       </c>
       <c r="D571" s="1" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="E571" s="1">
-        <v>32905</v>
+        <v>77092</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>1934</v>
+        <v>2310</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H571" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="572" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A572" s="1" t="s">
-        <v>1935</v>
+        <v>2005</v>
       </c>
       <c r="B572" s="1" t="s">
-        <v>1936</v>
+        <v>2006</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>1937</v>
+        <v>2007</v>
       </c>
       <c r="D572" s="1" t="s">
-        <v>8</v>
+        <v>380</v>
       </c>
       <c r="E572" s="1">
-        <v>75007</v>
+        <v>66202</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>1938</v>
+        <v>2008</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H572" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="573" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A573" s="1" t="s">
-        <v>1939</v>
+        <v>2009</v>
       </c>
       <c r="B573" s="1" t="s">
-        <v>1940</v>
+        <v>2010</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>1941</v>
+        <v>2011</v>
       </c>
       <c r="D573" s="1" t="s">
-        <v>21</v>
+        <v>685</v>
       </c>
       <c r="E573" s="1">
-        <v>85286</v>
+        <v>29406</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>1942</v>
+        <v>2012</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H573" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="574" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A574" s="1" t="s">
-        <v>1943</v>
+        <v>2013</v>
       </c>
       <c r="B574" s="1" t="s">
-        <v>1944</v>
+        <v>2014</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>1945</v>
+        <v>2015</v>
       </c>
       <c r="D574" s="1" t="s">
-        <v>238</v>
+        <v>98</v>
       </c>
       <c r="E574" s="1">
-        <v>20166</v>
+        <v>19053</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>1946</v>
+        <v>2016</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H574" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="575" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A575" s="1" t="s">
-        <v>2396</v>
+        <v>467</v>
       </c>
       <c r="B575" s="1" t="s">
-        <v>2397</v>
+        <v>468</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>1501</v>
+        <v>469</v>
       </c>
       <c r="D575" s="1" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>14094</v>
+        <v>470</v>
+      </c>
+      <c r="E575" s="3" t="s">
+        <v>471</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>2398</v>
+        <v>472</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H575" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="576" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A576" s="1" t="s">
-        <v>1947</v>
+        <v>467</v>
       </c>
       <c r="B576" s="1" t="s">
-        <v>1948</v>
+        <v>473</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>1949</v>
+        <v>474</v>
       </c>
       <c r="D576" s="1" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>23320</v>
+        <v>65</v>
+      </c>
+      <c r="E576" s="1" t="s">
+        <v>475</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>1950</v>
+        <v>476</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H576" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="577" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A577" s="1" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="B577" s="1" t="s">
-        <v>470</v>
+        <v>2017</v>
       </c>
       <c r="C577" s="1" t="s">
-        <v>471</v>
+        <v>2018</v>
       </c>
       <c r="D577" s="1" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>87109</v>
+        <v>238</v>
+      </c>
+      <c r="E577" s="1" t="s">
+        <v>2019</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>473</v>
+        <v>2020</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H577" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="578" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A578" s="1" t="s">
-        <v>469</v>
+        <v>2311</v>
       </c>
       <c r="B578" s="1" t="s">
-        <v>1948</v>
+        <v>2312</v>
       </c>
       <c r="C578" s="1" t="s">
-        <v>1949</v>
+        <v>556</v>
       </c>
       <c r="D578" s="1" t="s">
-        <v>238</v>
+        <v>30</v>
       </c>
       <c r="E578" s="1">
-        <v>23320</v>
+        <v>45245</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>1951</v>
+        <v>2313</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H578" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="579" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A579" s="1" t="s">
-        <v>1952</v>
+        <v>2021</v>
       </c>
       <c r="B579" s="1" t="s">
-        <v>1953</v>
+        <v>2022</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>1954</v>
+        <v>2023</v>
       </c>
       <c r="D579" s="1" t="s">
-        <v>279</v>
+        <v>65</v>
       </c>
       <c r="E579" s="1">
-        <v>94612</v>
+        <v>33432</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>1955</v>
+        <v>2024</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H579" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="580" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A580" s="1" t="s">
-        <v>474</v>
+        <v>2025</v>
       </c>
       <c r="B580" s="1" t="s">
-        <v>475</v>
+        <v>2026</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>476</v>
+        <v>1014</v>
       </c>
       <c r="D580" s="1" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="E580" s="1">
-        <v>19053</v>
+        <v>85251</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>477</v>
+        <v>2027</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H580" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="581" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A581" s="1" t="s">
-        <v>474</v>
+        <v>2028</v>
       </c>
       <c r="B581" s="1" t="s">
-        <v>1956</v>
+        <v>2029</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>1957</v>
+        <v>2030</v>
       </c>
       <c r="D581" s="1" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="E581" s="1">
-        <v>33441</v>
+        <v>11710</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>1958</v>
+        <v>2031</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H581" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="582" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A582" s="1" t="s">
-        <v>1959</v>
+        <v>2032</v>
       </c>
       <c r="B582" s="1" t="s">
-        <v>1960</v>
+        <v>2033</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>1961</v>
+        <v>2034</v>
       </c>
       <c r="D582" s="1" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>53716</v>
+        <v>393</v>
+      </c>
+      <c r="E582" s="3" t="s">
+        <v>2035</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>1962</v>
+        <v>2036</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H582" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="583" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A583" s="1" t="s">
-        <v>1963</v>
+        <v>2037</v>
       </c>
       <c r="B583" s="1" t="s">
-        <v>1964</v>
+        <v>2038</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>586</v>
+        <v>2039</v>
       </c>
       <c r="D583" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E583" s="1">
-        <v>80111</v>
+        <v>90230</v>
       </c>
       <c r="F583" s="1" t="s">
-        <v>1965</v>
+        <v>2040</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H583" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="584" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A584" s="1" t="s">
-        <v>478</v>
+        <v>2041</v>
       </c>
       <c r="B584" s="1" t="s">
-        <v>479</v>
+        <v>2042</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>480</v>
+        <v>2043</v>
       </c>
       <c r="D584" s="1" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="E584" s="1">
-        <v>77802</v>
+        <v>60191</v>
       </c>
       <c r="F584" s="1" t="s">
-        <v>481</v>
+        <v>2044</v>
       </c>
       <c r="G584" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H584" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="585" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A585" s="1" t="s">
-        <v>478</v>
+        <v>2045</v>
       </c>
       <c r="B585" s="1" t="s">
-        <v>1966</v>
+        <v>876</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>1967</v>
+        <v>877</v>
       </c>
       <c r="D585" s="1" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>95670</v>
+        <v>30</v>
+      </c>
+      <c r="E585" s="1" t="s">
+        <v>2046</v>
       </c>
       <c r="F585" s="1" t="s">
-        <v>1968</v>
+        <v>2047</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H585" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="586" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A586" s="1" t="s">
-        <v>2399</v>
+        <v>477</v>
       </c>
       <c r="B586" s="1" t="s">
-        <v>2400</v>
+        <v>116</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>2401</v>
+        <v>117</v>
       </c>
       <c r="D586" s="1" t="s">
-        <v>39</v>
+        <v>3</v>
       </c>
       <c r="E586" s="1">
-        <v>11566</v>
+        <v>37042</v>
       </c>
       <c r="F586" s="1" t="s">
-        <v>2402</v>
+        <v>478</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H586" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="587" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A587" s="1" t="s">
-        <v>1969</v>
+        <v>477</v>
       </c>
       <c r="B587" s="1" t="s">
-        <v>1970</v>
+        <v>2048</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>1971</v>
+        <v>2049</v>
       </c>
       <c r="D587" s="1" t="s">
-        <v>34</v>
+        <v>275</v>
       </c>
       <c r="E587" s="1">
-        <v>61071</v>
+        <v>50613</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>1972</v>
+        <v>2050</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H587" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="588" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A588" s="1" t="s">
-        <v>482</v>
+        <v>2051</v>
       </c>
       <c r="B588" s="1" t="s">
-        <v>483</v>
+        <v>2052</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>484</v>
+        <v>2053</v>
       </c>
       <c r="D588" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>485</v>
+        <v>39</v>
+      </c>
+      <c r="E588" s="1">
+        <v>14150</v>
       </c>
       <c r="F588" s="1" t="s">
-        <v>486</v>
+        <v>2054</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H588" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="589" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A589" s="1" t="s">
-        <v>482</v>
+        <v>2055</v>
       </c>
       <c r="B589" s="1" t="s">
-        <v>2403</v>
+        <v>2056</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>714</v>
+        <v>2057</v>
       </c>
       <c r="D589" s="1" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>48334</v>
+        <v>470</v>
+      </c>
+      <c r="E589" s="3" t="s">
+        <v>2058</v>
       </c>
       <c r="F589" s="1" t="s">
-        <v>2404</v>
+        <v>2059</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H589" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="590" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A590" s="1" t="s">
-        <v>1973</v>
+        <v>479</v>
       </c>
       <c r="B590" s="1" t="s">
-        <v>1974</v>
+        <v>480</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>20</v>
+        <v>481</v>
       </c>
       <c r="D590" s="1" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>85711</v>
+        <v>470</v>
+      </c>
+      <c r="E590" s="3" t="s">
+        <v>482</v>
       </c>
       <c r="F590" s="1" t="s">
-        <v>1975</v>
+        <v>483</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H590" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="591" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A591" s="1" t="s">
-        <v>1976</v>
+        <v>479</v>
       </c>
       <c r="B591" s="1" t="s">
-        <v>1977</v>
+        <v>484</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>1978</v>
+        <v>485</v>
       </c>
       <c r="D591" s="1" t="s">
-        <v>697</v>
+        <v>34</v>
       </c>
       <c r="E591" s="1">
-        <v>29730</v>
+        <v>60563</v>
       </c>
       <c r="F591" s="1" t="s">
-        <v>1979</v>
+        <v>486</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H591" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="592" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A592" s="1" t="s">
-        <v>1980</v>
+        <v>479</v>
       </c>
       <c r="B592" s="1" t="s">
-        <v>1981</v>
+        <v>487</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>1982</v>
+        <v>488</v>
       </c>
       <c r="D592" s="1" t="s">
-        <v>39</v>
+        <v>262</v>
       </c>
       <c r="E592" s="1">
-        <v>11747</v>
+        <v>81003</v>
       </c>
       <c r="F592" s="1" t="s">
-        <v>1983</v>
+        <v>489</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H592" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="593" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A593" s="1" t="s">
-        <v>1984</v>
+        <v>479</v>
       </c>
       <c r="B593" s="1" t="s">
-        <v>1985</v>
+        <v>490</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>1986</v>
+        <v>491</v>
       </c>
       <c r="D593" s="1" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E593" s="1">
-        <v>77478</v>
+        <v>44286</v>
       </c>
       <c r="F593" s="1" t="s">
-        <v>1987</v>
+        <v>492</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H593" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="594" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A594" s="1" t="s">
-        <v>1988</v>
+        <v>479</v>
       </c>
       <c r="B594" s="1" t="s">
-        <v>1989</v>
+        <v>664</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>763</v>
+        <v>665</v>
       </c>
       <c r="D594" s="1" t="s">
-        <v>8</v>
+        <v>98</v>
       </c>
       <c r="E594" s="1">
-        <v>77478</v>
+        <v>18106</v>
       </c>
       <c r="F594" s="1" t="s">
-        <v>1990</v>
+        <v>2060</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H594" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="595" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A595" s="1" t="s">
-        <v>1991</v>
+        <v>2061</v>
       </c>
       <c r="B595" s="1" t="s">
-        <v>1992</v>
+        <v>2062</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>221</v>
+        <v>2063</v>
       </c>
       <c r="D595" s="1" t="s">
-        <v>222</v>
+        <v>39</v>
       </c>
       <c r="E595" s="1">
-        <v>89120</v>
+        <v>11731</v>
       </c>
       <c r="F595" s="1" t="s">
-        <v>1993</v>
+        <v>2064</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H595" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="596" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A596" s="1" t="s">
-        <v>1994</v>
+        <v>2065</v>
       </c>
       <c r="B596" s="1" t="s">
-        <v>1995</v>
+        <v>2066</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>166</v>
+        <v>293</v>
       </c>
       <c r="D596" s="1" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="E596" s="1">
-        <v>77092</v>
+        <v>32904</v>
       </c>
       <c r="F596" s="1" t="s">
-        <v>1996</v>
+        <v>2067</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H596" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="597" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A597" s="1" t="s">
-        <v>1997</v>
+        <v>2068</v>
       </c>
       <c r="B597" s="1" t="s">
-        <v>1998</v>
+        <v>2069</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>1999</v>
+        <v>1989</v>
       </c>
       <c r="D597" s="1" t="s">
-        <v>697</v>
+        <v>685</v>
       </c>
       <c r="E597" s="1">
-        <v>29406</v>
+        <v>29732</v>
       </c>
       <c r="F597" s="1" t="s">
-        <v>2000</v>
+        <v>2070</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H597" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="598" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A598" s="1" t="s">
-        <v>2001</v>
+        <v>2071</v>
       </c>
       <c r="B598" s="1" t="s">
-        <v>2002</v>
+        <v>2072</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>2003</v>
+        <v>79</v>
       </c>
       <c r="D598" s="1" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="E598" s="1">
-        <v>19053</v>
+        <v>60173</v>
       </c>
       <c r="F598" s="1" t="s">
-        <v>2004</v>
+        <v>2073</v>
       </c>
       <c r="G598" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H598" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="599" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A599" s="1" t="s">
-        <v>487</v>
+        <v>2074</v>
       </c>
       <c r="B599" s="1" t="s">
-        <v>488</v>
+        <v>2075</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>489</v>
+        <v>2076</v>
       </c>
       <c r="D599" s="1" t="s">
-        <v>490</v>
+        <v>384</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>491</v>
+        <v>2077</v>
       </c>
       <c r="F599" s="1" t="s">
-        <v>492</v>
+        <v>2078</v>
       </c>
       <c r="G599" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H599" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="600" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A600" s="1" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="B600" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>494</v>
+        <v>362</v>
       </c>
       <c r="D600" s="1" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="E600" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E600" s="1">
+        <v>60045</v>
+      </c>
+      <c r="F600" s="1" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
       <c r="G600" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H600" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="601" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A601" s="1" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="B601" s="1" t="s">
-        <v>2005</v>
+        <v>496</v>
       </c>
       <c r="C601" s="1" t="s">
-        <v>2006</v>
+        <v>162</v>
       </c>
       <c r="D601" s="1" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>26</v>
+      </c>
+      <c r="E601" s="1">
+        <v>98003</v>
       </c>
       <c r="F601" s="1" t="s">
-        <v>2008</v>
+        <v>497</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H601" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="602" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A602" s="1" t="s">
-        <v>2405</v>
+        <v>493</v>
       </c>
       <c r="B602" s="1" t="s">
-        <v>2406</v>
+        <v>498</v>
       </c>
       <c r="C602" s="1" t="s">
-        <v>576</v>
+        <v>499</v>
       </c>
       <c r="D602" s="1" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>45245</v>
+        <v>500</v>
+      </c>
+      <c r="E602" s="3" t="s">
+        <v>501</v>
       </c>
       <c r="F602" s="1" t="s">
-        <v>2407</v>
+        <v>502</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H602" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="603" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A603" s="1" t="s">
-        <v>2408</v>
+        <v>493</v>
       </c>
       <c r="B603" s="1" t="s">
-        <v>2409</v>
+        <v>503</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>2410</v>
+        <v>47</v>
       </c>
       <c r="D603" s="1" t="s">
-        <v>61</v>
+        <v>8</v>
       </c>
       <c r="E603" s="1">
-        <v>33432</v>
+        <v>77041</v>
       </c>
       <c r="F603" s="1" t="s">
-        <v>2411</v>
+        <v>504</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H603" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="604" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A604" s="1" t="s">
-        <v>2009</v>
+        <v>493</v>
       </c>
       <c r="B604" s="1" t="s">
-        <v>2010</v>
+        <v>505</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>1006</v>
+        <v>506</v>
       </c>
       <c r="D604" s="1" t="s">
-        <v>21</v>
+        <v>507</v>
       </c>
       <c r="E604" s="1">
-        <v>85251</v>
+        <v>42503</v>
       </c>
       <c r="F604" s="1" t="s">
-        <v>2011</v>
+        <v>508</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H604" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="605" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A605" s="1" t="s">
-        <v>2012</v>
+        <v>493</v>
       </c>
       <c r="B605" s="1" t="s">
-        <v>2013</v>
+        <v>509</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>2014</v>
+        <v>106</v>
       </c>
       <c r="D605" s="1" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="E605" s="1">
-        <v>11710</v>
+        <v>85029</v>
       </c>
       <c r="F605" s="1" t="s">
-        <v>2015</v>
+        <v>510</v>
       </c>
       <c r="G605" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H605" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="606" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A606" s="1" t="s">
-        <v>2016</v>
+        <v>493</v>
       </c>
       <c r="B606" s="1" t="s">
-        <v>2017</v>
+        <v>511</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>2018</v>
+        <v>512</v>
       </c>
       <c r="D606" s="1" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>30</v>
+      </c>
+      <c r="E606" s="1">
+        <v>45040</v>
       </c>
       <c r="F606" s="1" t="s">
-        <v>2020</v>
+        <v>513</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H606" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="607" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A607" s="1" t="s">
-        <v>2021</v>
+        <v>493</v>
       </c>
       <c r="B607" s="1" t="s">
-        <v>2022</v>
+        <v>2079</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>2023</v>
+        <v>2080</v>
       </c>
       <c r="D607" s="1" t="s">
-        <v>279</v>
+        <v>98</v>
       </c>
       <c r="E607" s="1">
-        <v>90230</v>
+        <v>19034</v>
       </c>
       <c r="F607" s="1" t="s">
-        <v>2024</v>
+        <v>2081</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H607" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="608" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A608" s="1" t="s">
-        <v>2025</v>
+        <v>2086</v>
       </c>
       <c r="B608" s="1" t="s">
-        <v>2026</v>
+        <v>2087</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>2027</v>
+        <v>1669</v>
       </c>
       <c r="D608" s="1" t="s">
-        <v>34</v>
+        <v>206</v>
       </c>
       <c r="E608" s="1">
-        <v>60191</v>
+        <v>30022</v>
       </c>
       <c r="F608" s="1" t="s">
-        <v>2028</v>
+        <v>2088</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H608" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="609" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A609" s="1" t="s">
-        <v>2029</v>
+        <v>2089</v>
       </c>
       <c r="B609" s="1" t="s">
-        <v>873</v>
+        <v>2090</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>874</v>
+        <v>2091</v>
       </c>
       <c r="D609" s="1" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>2030</v>
+        <v>65</v>
+      </c>
+      <c r="E609" s="1">
+        <v>33410</v>
       </c>
       <c r="F609" s="1" t="s">
-        <v>2031</v>
+        <v>2092</v>
       </c>
       <c r="G609" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H609" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="610" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A610" s="1" t="s">
-        <v>497</v>
+        <v>2082</v>
       </c>
       <c r="B610" s="1" t="s">
-        <v>112</v>
+        <v>2083</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>113</v>
+        <v>2084</v>
       </c>
       <c r="D610" s="1" t="s">
-        <v>3</v>
+        <v>197</v>
       </c>
       <c r="E610" s="1">
-        <v>37042</v>
+        <v>54601</v>
       </c>
       <c r="F610" s="1" t="s">
-        <v>498</v>
+        <v>2085</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H610" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="611" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A611" s="1" t="s">
-        <v>497</v>
+        <v>2093</v>
       </c>
       <c r="B611" s="1" t="s">
-        <v>2032</v>
+        <v>2094</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>2033</v>
+        <v>338</v>
       </c>
       <c r="D611" s="1" t="s">
-        <v>283</v>
+        <v>8</v>
       </c>
       <c r="E611" s="1">
-        <v>50613</v>
+        <v>76155</v>
       </c>
       <c r="F611" s="1" t="s">
-        <v>2034</v>
+        <v>2095</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H611" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="612" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A612" s="1" t="s">
-        <v>2035</v>
+        <v>2096</v>
       </c>
       <c r="B612" s="1" t="s">
-        <v>2036</v>
+        <v>2097</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>2037</v>
+        <v>221</v>
       </c>
       <c r="D612" s="1" t="s">
-        <v>39</v>
+        <v>222</v>
       </c>
       <c r="E612" s="1">
-        <v>14150</v>
+        <v>89146</v>
       </c>
       <c r="F612" s="1" t="s">
-        <v>2038</v>
+        <v>2098</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H612" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="613" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A613" s="1" t="s">
-        <v>2039</v>
+        <v>514</v>
       </c>
       <c r="B613" s="1" t="s">
-        <v>2040</v>
+        <v>515</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>2041</v>
+        <v>516</v>
       </c>
       <c r="D613" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>2042</v>
+        <v>65</v>
+      </c>
+      <c r="E613" s="1">
+        <v>33065</v>
       </c>
       <c r="F613" s="1" t="s">
-        <v>2043</v>
+        <v>517</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H613" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="614" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A614" s="1" t="s">
-        <v>2044</v>
+        <v>514</v>
       </c>
       <c r="B614" s="1" t="s">
-        <v>2045</v>
+        <v>2099</v>
       </c>
       <c r="C614" s="1" t="s">
-        <v>286</v>
+        <v>2100</v>
       </c>
       <c r="D614" s="1" t="s">
-        <v>39</v>
+        <v>206</v>
       </c>
       <c r="E614" s="1">
-        <v>10017</v>
+        <v>30067</v>
       </c>
       <c r="F614" s="1" t="s">
-        <v>2046</v>
+        <v>2101</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H614" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="615" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A615" s="1" t="s">
-        <v>499</v>
+        <v>2102</v>
       </c>
       <c r="B615" s="1" t="s">
-        <v>500</v>
+        <v>2103</v>
       </c>
       <c r="C615" s="1" t="s">
-        <v>501</v>
+        <v>379</v>
       </c>
       <c r="D615" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>502</v>
+        <v>380</v>
+      </c>
+      <c r="E615" s="1">
+        <v>66219</v>
       </c>
       <c r="F615" s="1" t="s">
-        <v>503</v>
+        <v>2104</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H615" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="616" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A616" s="1" t="s">
-        <v>499</v>
+        <v>518</v>
       </c>
       <c r="B616" s="1" t="s">
-        <v>504</v>
+        <v>519</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>505</v>
+        <v>520</v>
       </c>
       <c r="D616" s="1" t="s">
-        <v>34</v>
+        <v>201</v>
       </c>
       <c r="E616" s="1">
-        <v>60563</v>
+        <v>57108</v>
       </c>
       <c r="F616" s="1" t="s">
-        <v>506</v>
+        <v>521</v>
       </c>
       <c r="G616" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H616" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="617" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A617" s="1" t="s">
-        <v>499</v>
+        <v>518</v>
       </c>
       <c r="B617" s="1" t="s">
-        <v>507</v>
+        <v>2105</v>
       </c>
       <c r="C617" s="1" t="s">
-        <v>508</v>
+        <v>1533</v>
       </c>
       <c r="D617" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E617" s="1">
-        <v>81003</v>
+        <v>92101</v>
       </c>
       <c r="F617" s="1" t="s">
-        <v>509</v>
+        <v>2106</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H617" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="618" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A618" s="1" t="s">
-        <v>499</v>
+        <v>2107</v>
       </c>
       <c r="B618" s="1" t="s">
-        <v>510</v>
+        <v>2108</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>511</v>
+        <v>2109</v>
       </c>
       <c r="D618" s="1" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>44286</v>
+        <v>470</v>
+      </c>
+      <c r="E618" s="3" t="s">
+        <v>2110</v>
       </c>
       <c r="F618" s="1" t="s">
-        <v>512</v>
+        <v>2111</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H618" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="619" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A619" s="1" t="s">
-        <v>499</v>
+        <v>2112</v>
       </c>
       <c r="B619" s="1" t="s">
-        <v>676</v>
+        <v>2113</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>677</v>
+        <v>2114</v>
       </c>
       <c r="D619" s="1" t="s">
-        <v>94</v>
+        <v>262</v>
       </c>
       <c r="E619" s="1">
-        <v>18106</v>
+        <v>80134</v>
       </c>
       <c r="F619" s="1" t="s">
-        <v>2047</v>
+        <v>2115</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H619" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="620" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A620" s="1" t="s">
-        <v>2048</v>
+        <v>2116</v>
       </c>
       <c r="B620" s="1" t="s">
-        <v>2049</v>
+        <v>2117</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>2050</v>
+        <v>2118</v>
       </c>
       <c r="D620" s="1" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E620" s="1">
-        <v>11731</v>
+        <v>60714</v>
       </c>
       <c r="F620" s="1" t="s">
-        <v>2051</v>
+        <v>2119</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H620" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="621" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A621" s="1" t="s">
-        <v>2052</v>
+        <v>2120</v>
       </c>
       <c r="B621" s="1" t="s">
-        <v>2053</v>
+        <v>1107</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>307</v>
+        <v>1108</v>
       </c>
       <c r="D621" s="1" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="E621" s="1">
-        <v>32904</v>
+        <v>45242</v>
       </c>
       <c r="F621" s="1" t="s">
-        <v>2054</v>
+        <v>2121</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H621" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="622" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A622" s="1" t="s">
-        <v>2055</v>
+        <v>2314</v>
       </c>
       <c r="B622" s="1" t="s">
-        <v>2056</v>
+        <v>1107</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>1978</v>
+        <v>1108</v>
       </c>
       <c r="D622" s="1" t="s">
-        <v>697</v>
+        <v>30</v>
       </c>
       <c r="E622" s="1">
-        <v>29732</v>
+        <v>45242</v>
       </c>
       <c r="F622" s="1" t="s">
-        <v>2057</v>
+        <v>2315</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H622" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="623" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A623" s="1" t="s">
-        <v>2058</v>
+        <v>2316</v>
       </c>
       <c r="B623" s="1" t="s">
-        <v>2059</v>
+        <v>1107</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>75</v>
+        <v>1108</v>
       </c>
       <c r="D623" s="1" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E623" s="1">
-        <v>60173</v>
+        <v>45242</v>
       </c>
       <c r="F623" s="1" t="s">
-        <v>2060</v>
+        <v>2317</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H623" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="624" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A624" s="1" t="s">
-        <v>2061</v>
+        <v>2122</v>
       </c>
       <c r="B624" s="1" t="s">
-        <v>2062</v>
+        <v>1107</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>2063</v>
+        <v>1108</v>
       </c>
       <c r="D624" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>2064</v>
+        <v>30</v>
+      </c>
+      <c r="E624" s="1">
+        <v>45242</v>
       </c>
       <c r="F624" s="1" t="s">
-        <v>2065</v>
+        <v>2123</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H624" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="625" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A625" s="1" t="s">
-        <v>2066</v>
+        <v>2124</v>
       </c>
       <c r="B625" s="1" t="s">
-        <v>2067</v>
+        <v>2125</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>286</v>
+        <v>530</v>
       </c>
       <c r="D625" s="1" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="E625" s="1">
-        <v>10105</v>
+        <v>47130</v>
       </c>
       <c r="F625" s="1" t="s">
-        <v>2068</v>
+        <v>2126</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H625" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="626" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A626" s="1" t="s">
-        <v>2069</v>
+        <v>522</v>
       </c>
       <c r="B626" s="1" t="s">
-        <v>2067</v>
+        <v>523</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>286</v>
+        <v>524</v>
       </c>
       <c r="D626" s="1" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="E626" s="1">
-        <v>10105</v>
+        <v>33324</v>
       </c>
       <c r="F626" s="1" t="s">
-        <v>2070</v>
+        <v>525</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H626" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="627" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A627" s="1" t="s">
-        <v>2071</v>
+        <v>522</v>
       </c>
       <c r="B627" s="1" t="s">
-        <v>2072</v>
+        <v>526</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>286</v>
+        <v>527</v>
       </c>
       <c r="D627" s="1" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="E627" s="1">
-        <v>10105</v>
+        <v>43614</v>
       </c>
       <c r="F627" s="1" t="s">
-        <v>2073</v>
+        <v>528</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H627" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="628" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A628" s="1" t="s">
-        <v>2074</v>
+        <v>522</v>
       </c>
       <c r="B628" s="1" t="s">
-        <v>2072</v>
+        <v>529</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>286</v>
+        <v>530</v>
       </c>
       <c r="D628" s="1" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="E628" s="1">
-        <v>10105</v>
+        <v>47130</v>
       </c>
       <c r="F628" s="1" t="s">
-        <v>2075</v>
+        <v>531</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H628" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="629" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A629" s="1" t="s">
-        <v>513</v>
+        <v>522</v>
       </c>
       <c r="B629" s="1" t="s">
-        <v>514</v>
+        <v>2127</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>380</v>
+        <v>527</v>
       </c>
       <c r="D629" s="1" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E629" s="1">
-        <v>60045</v>
+        <v>43614</v>
       </c>
       <c r="F629" s="1" t="s">
-        <v>515</v>
+        <v>2128</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H629" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="630" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A630" s="1" t="s">
-        <v>513</v>
+        <v>2129</v>
       </c>
       <c r="B630" s="1" t="s">
-        <v>516</v>
+        <v>2130</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>158</v>
+        <v>2131</v>
       </c>
       <c r="D630" s="1" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="E630" s="1">
-        <v>98003</v>
+        <v>32317</v>
       </c>
       <c r="F630" s="1" t="s">
-        <v>517</v>
+        <v>2132</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H630" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="631" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A631" s="1" t="s">
-        <v>513</v>
+        <v>2318</v>
       </c>
       <c r="B631" s="1" t="s">
-        <v>518</v>
+        <v>2319</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>519</v>
+        <v>47</v>
       </c>
       <c r="D631" s="1" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-        <v>521</v>
+        <v>8</v>
+      </c>
+      <c r="E631" s="1" t="s">
+        <v>2320</v>
       </c>
       <c r="F631" s="1" t="s">
-        <v>522</v>
+        <v>2321</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H631" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="632" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A632" s="1" t="s">
-        <v>513</v>
+        <v>2133</v>
       </c>
       <c r="B632" s="1" t="s">
-        <v>523</v>
+        <v>2134</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>166</v>
+        <v>616</v>
       </c>
       <c r="D632" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>77041</v>
+        <v>393</v>
+      </c>
+      <c r="E632" s="3" t="s">
+        <v>617</v>
       </c>
       <c r="F632" s="1" t="s">
-        <v>524</v>
+        <v>2135</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H632" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="633" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A633" s="1" t="s">
-        <v>513</v>
+        <v>2136</v>
       </c>
       <c r="B633" s="1" t="s">
-        <v>525</v>
+        <v>2137</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>526</v>
+        <v>2138</v>
       </c>
       <c r="D633" s="1" t="s">
-        <v>527</v>
+        <v>98</v>
       </c>
       <c r="E633" s="1">
-        <v>42503</v>
+        <v>18403</v>
       </c>
       <c r="F633" s="1" t="s">
-        <v>528</v>
+        <v>2139</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H633" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="634" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A634" s="1" t="s">
-        <v>513</v>
+        <v>2140</v>
       </c>
       <c r="B634" s="1" t="s">
-        <v>529</v>
+        <v>2141</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>102</v>
+        <v>2142</v>
       </c>
       <c r="D634" s="1" t="s">
-        <v>21</v>
+        <v>271</v>
       </c>
       <c r="E634" s="1">
-        <v>85029</v>
+        <v>90071</v>
       </c>
       <c r="F634" s="1" t="s">
-        <v>530</v>
+        <v>2143</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H634" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="635" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A635" s="1" t="s">
-        <v>513</v>
+        <v>2144</v>
       </c>
       <c r="B635" s="1" t="s">
-        <v>531</v>
+        <v>2145</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>532</v>
+        <v>2146</v>
       </c>
       <c r="D635" s="1" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="E635" s="1">
-        <v>45040</v>
+        <v>85302</v>
       </c>
       <c r="F635" s="1" t="s">
-        <v>533</v>
+        <v>2147</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H635" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="636" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A636" s="1" t="s">
-        <v>513</v>
+        <v>532</v>
       </c>
       <c r="B636" s="1" t="s">
-        <v>2076</v>
+        <v>533</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>2077</v>
+        <v>156</v>
       </c>
       <c r="D636" s="1" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
       <c r="E636" s="1">
-        <v>19034</v>
+        <v>33619</v>
       </c>
       <c r="F636" s="1" t="s">
-        <v>2078</v>
+        <v>534</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H636" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="637" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A637" s="1" t="s">
-        <v>2412</v>
+        <v>532</v>
       </c>
       <c r="B637" s="1" t="s">
-        <v>2413</v>
+        <v>2148</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>1649</v>
+        <v>75</v>
       </c>
       <c r="D637" s="1" t="s">
-        <v>181</v>
+        <v>8</v>
       </c>
       <c r="E637" s="1">
-        <v>30022</v>
+        <v>75234</v>
       </c>
       <c r="F637" s="1" t="s">
-        <v>2414</v>
+        <v>2149</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H637" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="638" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A638" s="1" t="s">
-        <v>2083</v>
+        <v>2150</v>
       </c>
       <c r="B638" s="1" t="s">
-        <v>2084</v>
+        <v>2151</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>2085</v>
+        <v>604</v>
       </c>
       <c r="D638" s="1" t="s">
-        <v>61</v>
+        <v>238</v>
       </c>
       <c r="E638" s="1">
-        <v>33410</v>
+        <v>23430</v>
       </c>
       <c r="F638" s="1" t="s">
-        <v>2086</v>
+        <v>2152</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H638" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="639" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A639" s="1" t="s">
-        <v>2079</v>
+        <v>2153</v>
       </c>
       <c r="B639" s="1" t="s">
-        <v>2080</v>
+        <v>2154</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>2081</v>
+        <v>956</v>
       </c>
       <c r="D639" s="1" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>54601</v>
+        <v>384</v>
+      </c>
+      <c r="E639" s="3" t="s">
+        <v>957</v>
       </c>
       <c r="F639" s="1" t="s">
-        <v>2082</v>
+        <v>2155</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H639" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="640" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A640" s="1" t="s">
-        <v>2087</v>
+        <v>535</v>
       </c>
       <c r="B640" s="1" t="s">
-        <v>2088</v>
+        <v>536</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>352</v>
+        <v>537</v>
       </c>
       <c r="D640" s="1" t="s">
-        <v>8</v>
+        <v>271</v>
       </c>
       <c r="E640" s="1">
-        <v>76155</v>
+        <v>92806</v>
       </c>
       <c r="F640" s="1" t="s">
-        <v>2089</v>
+        <v>538</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H640" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="641" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A641" s="1" t="s">
-        <v>2090</v>
+        <v>535</v>
       </c>
       <c r="B641" s="1" t="s">
-        <v>2091</v>
+        <v>2156</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>221</v>
+        <v>2157</v>
       </c>
       <c r="D641" s="1" t="s">
-        <v>222</v>
+        <v>65</v>
       </c>
       <c r="E641" s="1">
-        <v>89146</v>
+        <v>34202</v>
       </c>
       <c r="F641" s="1" t="s">
-        <v>2092</v>
+        <v>2158</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H641" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="642" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A642" s="1" t="s">
-        <v>534</v>
+        <v>2159</v>
       </c>
       <c r="B642" s="1" t="s">
-        <v>535</v>
+        <v>2160</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>536</v>
+        <v>2161</v>
       </c>
       <c r="D642" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="E642" s="1">
-        <v>33065</v>
+        <v>55344</v>
       </c>
       <c r="F642" s="1" t="s">
-        <v>537</v>
+        <v>2162</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H642" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="643" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A643" s="1" t="s">
-        <v>534</v>
+        <v>2163</v>
       </c>
       <c r="B643" s="1" t="s">
-        <v>2093</v>
+        <v>2164</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>2094</v>
+        <v>2146</v>
       </c>
       <c r="D643" s="1" t="s">
-        <v>181</v>
+        <v>262</v>
       </c>
       <c r="E643" s="1">
-        <v>30067</v>
+        <v>80246</v>
       </c>
       <c r="F643" s="1" t="s">
-        <v>2095</v>
+        <v>2165</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H643" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="644" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A644" s="1" t="s">
-        <v>2096</v>
+        <v>2322</v>
       </c>
       <c r="B644" s="1" t="s">
-        <v>2097</v>
+        <v>2323</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>397</v>
+        <v>2324</v>
       </c>
       <c r="D644" s="1" t="s">
-        <v>398</v>
+        <v>65</v>
       </c>
       <c r="E644" s="1">
-        <v>66219</v>
+        <v>33062</v>
       </c>
       <c r="F644" s="1" t="s">
-        <v>2098</v>
+        <v>2325</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H644" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="645" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A645" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B645" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D645" s="1" t="s">
-        <v>202</v>
+        <v>262</v>
       </c>
       <c r="E645" s="1">
-        <v>57108</v>
+        <v>80014</v>
       </c>
       <c r="F645" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="G645" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H645" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="646" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A646" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B646" s="1" t="s">
-        <v>2099</v>
+        <v>543</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>1512</v>
+        <v>544</v>
       </c>
       <c r="D646" s="1" t="s">
-        <v>279</v>
+        <v>122</v>
       </c>
       <c r="E646" s="1">
-        <v>92101</v>
+        <v>65109</v>
       </c>
       <c r="F646" s="1" t="s">
-        <v>2100</v>
+        <v>545</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H646" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="647" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A647" s="1" t="s">
-        <v>2101</v>
+        <v>539</v>
       </c>
       <c r="B647" s="1" t="s">
-        <v>2102</v>
+        <v>546</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>2103</v>
+        <v>441</v>
       </c>
       <c r="D647" s="1" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-        <v>2104</v>
+        <v>3</v>
+      </c>
+      <c r="E647" s="1">
+        <v>37909</v>
       </c>
       <c r="F647" s="1" t="s">
-        <v>2105</v>
+        <v>547</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H647" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="648" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A648" s="1" t="s">
-        <v>2106</v>
+        <v>539</v>
       </c>
       <c r="B648" s="1" t="s">
-        <v>2107</v>
+        <v>2326</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>2108</v>
+        <v>2327</v>
       </c>
       <c r="D648" s="1" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="E648" s="1">
-        <v>80134</v>
+        <v>80701</v>
       </c>
       <c r="F648" s="1" t="s">
-        <v>2109</v>
+        <v>2328</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H648" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="649" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A649" s="1" t="s">
-        <v>2110</v>
+        <v>2166</v>
       </c>
       <c r="B649" s="1" t="s">
-        <v>2111</v>
+        <v>2167</v>
       </c>
       <c r="C649" s="1" t="s">
-        <v>2112</v>
+        <v>2168</v>
       </c>
       <c r="D649" s="1" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>60714</v>
+        <v>384</v>
+      </c>
+      <c r="E649" s="3" t="s">
+        <v>2169</v>
       </c>
       <c r="F649" s="1" t="s">
-        <v>2113</v>
+        <v>2170</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H649" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="650" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A650" s="1" t="s">
-        <v>2114</v>
+        <v>548</v>
       </c>
       <c r="B650" s="1" t="s">
-        <v>1102</v>
+        <v>549</v>
       </c>
       <c r="C650" s="1" t="s">
-        <v>1103</v>
+        <v>113</v>
       </c>
       <c r="D650" s="1" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="E650" s="1">
-        <v>45242</v>
+        <v>32256</v>
       </c>
       <c r="F650" s="1" t="s">
-        <v>2115</v>
+        <v>550</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H650" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="651" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A651" s="1" t="s">
-        <v>2415</v>
+        <v>548</v>
       </c>
       <c r="B651" s="1" t="s">
-        <v>1102</v>
+        <v>2171</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>1103</v>
+        <v>2172</v>
       </c>
       <c r="D651" s="1" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="E651" s="1">
-        <v>45242</v>
+        <v>84123</v>
       </c>
       <c r="F651" s="1" t="s">
-        <v>2416</v>
+        <v>2173</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H651" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="652" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A652" s="1" t="s">
-        <v>2417</v>
+        <v>551</v>
       </c>
       <c r="B652" s="1" t="s">
-        <v>1102</v>
+        <v>552</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>1103</v>
+        <v>553</v>
       </c>
       <c r="D652" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E652" s="1">
-        <v>45242</v>
+        <v>44131</v>
       </c>
       <c r="F652" s="1" t="s">
-        <v>2418</v>
+        <v>554</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H652" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="653" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A653" s="1" t="s">
-        <v>2116</v>
+        <v>551</v>
       </c>
       <c r="B653" s="1" t="s">
-        <v>1102</v>
+        <v>555</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>1103</v>
+        <v>556</v>
       </c>
       <c r="D653" s="1" t="s">
         <v>30</v>
       </c>
       <c r="E653" s="1">
-        <v>45242</v>
+        <v>45202</v>
       </c>
       <c r="F653" s="1" t="s">
-        <v>2117</v>
+        <v>557</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H653" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="654" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A654" s="1" t="s">
-        <v>2118</v>
+        <v>551</v>
       </c>
       <c r="B654" s="1" t="s">
-        <v>2119</v>
+        <v>558</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="D654" s="1" t="s">
-        <v>83</v>
+        <v>30</v>
       </c>
       <c r="E654" s="1">
-        <v>47130</v>
+        <v>43017</v>
       </c>
       <c r="F654" s="1" t="s">
-        <v>2120</v>
+        <v>560</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H654" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="655" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A655" s="1" t="s">
-        <v>542</v>
+        <v>551</v>
       </c>
       <c r="B655" s="1" t="s">
-        <v>543</v>
+        <v>2174</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>544</v>
+        <v>2175</v>
       </c>
       <c r="D655" s="1" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="E655" s="1">
-        <v>33324</v>
+        <v>44131</v>
       </c>
       <c r="F655" s="1" t="s">
-        <v>545</v>
+        <v>2176</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H655" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="656" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A656" s="1" t="s">
-        <v>542</v>
+        <v>2177</v>
       </c>
       <c r="B656" s="1" t="s">
-        <v>546</v>
+        <v>2178</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>547</v>
+        <v>2179</v>
       </c>
       <c r="D656" s="1" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>43614</v>
+        <v>393</v>
+      </c>
+      <c r="E656" s="3" t="s">
+        <v>2180</v>
       </c>
       <c r="F656" s="1" t="s">
-        <v>548</v>
+        <v>2181</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H656" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="657" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A657" s="1" t="s">
-        <v>542</v>
+        <v>2182</v>
       </c>
       <c r="B657" s="1" t="s">
-        <v>549</v>
+        <v>2183</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>550</v>
+        <v>2142</v>
       </c>
       <c r="D657" s="1" t="s">
-        <v>83</v>
+        <v>271</v>
       </c>
       <c r="E657" s="1">
-        <v>47130</v>
+        <v>90010</v>
       </c>
       <c r="F657" s="1" t="s">
-        <v>551</v>
+        <v>2184</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H657" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="658" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A658" s="1" t="s">
-        <v>542</v>
+        <v>2185</v>
       </c>
       <c r="B658" s="1" t="s">
-        <v>2121</v>
+        <v>2186</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>547</v>
+        <v>2187</v>
       </c>
       <c r="D658" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E658" s="1">
-        <v>43614</v>
+        <v>61761</v>
       </c>
       <c r="F658" s="1" t="s">
-        <v>2122</v>
+        <v>2188</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H658" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="659" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A659" s="1" t="s">
-        <v>2123</v>
+        <v>2189</v>
       </c>
       <c r="B659" s="1" t="s">
-        <v>2124</v>
+        <v>2190</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>2125</v>
+        <v>2187</v>
       </c>
       <c r="D659" s="1" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="E659" s="1">
-        <v>32317</v>
+        <v>61761</v>
       </c>
       <c r="F659" s="1" t="s">
-        <v>2126</v>
+        <v>2191</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H659" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="660" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A660" s="1" t="s">
-        <v>2419</v>
+        <v>2192</v>
       </c>
       <c r="B660" s="1" t="s">
-        <v>2420</v>
+        <v>2193</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>166</v>
+        <v>1989</v>
       </c>
       <c r="D660" s="1" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2421</v>
+        <v>685</v>
+      </c>
+      <c r="E660" s="1">
+        <v>29730</v>
       </c>
       <c r="F660" s="1" t="s">
-        <v>2422</v>
+        <v>2194</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H660" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="661" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A661" s="1" t="s">
-        <v>2127</v>
+        <v>2195</v>
       </c>
       <c r="B661" s="1" t="s">
-        <v>2128</v>
+        <v>2196</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>628</v>
+        <v>2197</v>
       </c>
       <c r="D661" s="1" t="s">
-        <v>407</v>
+        <v>384</v>
       </c>
       <c r="E661" s="3" t="s">
-        <v>629</v>
+        <v>2198</v>
       </c>
       <c r="F661" s="1" t="s">
-        <v>2129</v>
+        <v>2199</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H661" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="662" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A662" s="1" t="s">
-        <v>2130</v>
+        <v>2200</v>
       </c>
       <c r="B662" s="1" t="s">
-        <v>2131</v>
+        <v>1037</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>2132</v>
+        <v>221</v>
       </c>
       <c r="D662" s="1" t="s">
-        <v>94</v>
+        <v>222</v>
       </c>
       <c r="E662" s="1">
-        <v>18403</v>
+        <v>89109</v>
       </c>
       <c r="F662" s="1" t="s">
-        <v>2133</v>
+        <v>2201</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H662" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="663" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A663" s="1" t="s">
-        <v>2134</v>
+        <v>2202</v>
       </c>
       <c r="B663" s="1" t="s">
-        <v>2135</v>
+        <v>2203</v>
       </c>
       <c r="C663" s="1" t="s">
-        <v>2136</v>
+        <v>689</v>
       </c>
       <c r="D663" s="1" t="s">
-        <v>279</v>
+        <v>65</v>
       </c>
       <c r="E663" s="1">
-        <v>90071</v>
+        <v>33431</v>
       </c>
       <c r="F663" s="1" t="s">
-        <v>2137</v>
+        <v>2204</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H663" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="664" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A664" s="1" t="s">
-        <v>2138</v>
+        <v>561</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>2139</v>
+        <v>120</v>
       </c>
       <c r="C664" s="1" t="s">
-        <v>2140</v>
+        <v>121</v>
       </c>
       <c r="D664" s="1" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="E664" s="1">
-        <v>85302</v>
+        <v>63045</v>
       </c>
       <c r="F664" s="1" t="s">
-        <v>2141</v>
+        <v>562</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H664" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="665" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A665" s="1" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="B665" s="1" t="s">
-        <v>553</v>
+        <v>933</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>152</v>
+        <v>934</v>
       </c>
       <c r="D665" s="1" t="s">
-        <v>61</v>
+        <v>290</v>
       </c>
       <c r="E665" s="1">
-        <v>33619</v>
+        <v>36609</v>
       </c>
       <c r="F665" s="1" t="s">
-        <v>554</v>
+        <v>2205</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H665" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="666" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A666" s="1" t="s">
-        <v>552</v>
+        <v>563</v>
       </c>
       <c r="B666" s="1" t="s">
-        <v>2142</v>
+        <v>327</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>71</v>
+        <v>221</v>
       </c>
       <c r="D666" s="1" t="s">
-        <v>8</v>
+        <v>222</v>
       </c>
       <c r="E666" s="1">
-        <v>75234</v>
+        <v>89147</v>
       </c>
       <c r="F666" s="1" t="s">
-        <v>2143</v>
+        <v>564</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>592</v>
+        <v>5</v>
       </c>
       <c r="H666" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="667" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A667" s="1" t="s">
-        <v>2144</v>
+        <v>563</v>
       </c>
       <c r="B667" s="1" t="s">
-        <v>2145</v>
+        <v>1265</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>616</v>
+        <v>1217</v>
       </c>
       <c r="D667" s="1" t="s">
-        <v>238</v>
+        <v>206</v>
       </c>
       <c r="E667" s="1">
-        <v>23430</v>
+        <v>30339</v>
       </c>
       <c r="F667" s="1" t="s">
-        <v>2146</v>
+        <v>2206</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H667" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="668" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A668" s="1" t="s">
-        <v>2147</v>
+        <v>2207</v>
       </c>
       <c r="B668" s="1" t="s">
-        <v>2148</v>
+        <v>1037</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>955</v>
+        <v>221</v>
       </c>
       <c r="D668" s="1" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>956</v>
+        <v>222</v>
+      </c>
+      <c r="E668" s="1">
+        <v>89109</v>
       </c>
       <c r="F668" s="1" t="s">
-        <v>2149</v>
+        <v>2208</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H668" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="669" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A669" s="1" t="s">
-        <v>555</v>
+        <v>2209</v>
       </c>
       <c r="B669" s="1" t="s">
-        <v>556</v>
+        <v>2210</v>
       </c>
       <c r="C669" s="1" t="s">
-        <v>557</v>
+        <v>166</v>
       </c>
       <c r="D669" s="1" t="s">
-        <v>279</v>
+        <v>238</v>
       </c>
       <c r="E669" s="1">
-        <v>92806</v>
+        <v>22209</v>
       </c>
       <c r="F669" s="1" t="s">
-        <v>558</v>
+        <v>2211</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>5</v>
+        <v>576</v>
       </c>
       <c r="H669" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="670" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A670" s="1" t="s">
-        <v>555</v>
+        <v>2212</v>
       </c>
       <c r="B670" s="1" t="s">
-        <v>2150</v>
+        <v>2213</v>
       </c>
       <c r="C670" s="1" t="s">
-        <v>2151</v>
+        <v>2214</v>
       </c>
       <c r="D670" s="1" t="s">
-        <v>61</v>
+        <v>201</v>
       </c>
       <c r="E670" s="1">
-        <v>34202</v>
+        <v>57401</v>
       </c>
       <c r="F670" s="1" t="s">
-        <v>2152</v>
+        <v>2215</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>592</v>
+        <v>576</v>
       </c>
       <c r="H670" s="2">
-        <v>45996</v>
-[...779 lines deleted...]
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W700">
-    <sortCondition ref="A3:A700"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W670">
+    <sortCondition ref="A3:A670"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>