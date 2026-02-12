--- v0 (2025-12-23)
+++ v1 (2026-02-12)
@@ -1,2139 +1,1725 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - December 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - February 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EDAC6D66-FF0A-462E-8680-2FE205D849FA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3CB7DC6D-3EC5-48C4-B72A-92008FC9428F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{D686933C-E781-4552-8BE1-68CF533A7DD8}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{ACC74FB6-3DD8-4AB3-92B7-DBFBBA842E58}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1118" uniqueCount="686">
-[...4 lines deleted...]
-    <t>464 Kings Highway 2nd Floor</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="893" uniqueCount="548">
+  <si>
+    <t>Approvd LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">103-11 Metropolitan Ave </t>
+  </si>
+  <si>
+    <t>Forest Hills</t>
+  </si>
+  <si>
+    <t>NY</t>
+  </si>
+  <si>
+    <t>CFBR-2653036</t>
+  </si>
+  <si>
+    <t>CT Commercial Financing Broker Registration</t>
+  </si>
+  <si>
+    <t>Better Business Funding, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">201 LOMAS SANTA FE DR STE 520 </t>
+  </si>
+  <si>
+    <t>Solana Beach</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>CFBR-2295351</t>
+  </si>
+  <si>
+    <t>Big Think Capital Inc.</t>
+  </si>
+  <si>
+    <t>201 Old Country Road Suite 302</t>
+  </si>
+  <si>
+    <t>Melville</t>
+  </si>
+  <si>
+    <t>CFBR-2598100</t>
+  </si>
+  <si>
+    <t>BitXFunding, L.L.C.</t>
+  </si>
+  <si>
+    <t>160 Fairfield Wood Rd Unit 55</t>
+  </si>
+  <si>
+    <t>Fairfield</t>
+  </si>
+  <si>
+    <t>CT</t>
+  </si>
+  <si>
+    <t>06825</t>
+  </si>
+  <si>
+    <t>CFBR-2324279</t>
+  </si>
+  <si>
+    <t>Byzloan Corp.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3550 Buschwood Park Drive #190 </t>
+  </si>
+  <si>
+    <t>Tampa</t>
+  </si>
+  <si>
+    <t>FL</t>
+  </si>
+  <si>
+    <t>CFBR-2444972</t>
+  </si>
+  <si>
+    <t>Cardiff, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4039 Arroyo Sorrento Rd </t>
+  </si>
+  <si>
+    <t>San Diego</t>
+  </si>
+  <si>
+    <t>CFBR-2293694</t>
+  </si>
+  <si>
+    <t>Coast Funding Services LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4350 Executive Drive, Suite 305 </t>
+  </si>
+  <si>
+    <t>CFBR-2192090</t>
+  </si>
+  <si>
+    <t>Coast Premier LLC</t>
+  </si>
+  <si>
+    <t>CFBR-2434993</t>
+  </si>
+  <si>
+    <t>Direct Business Financing, Inc.</t>
+  </si>
+  <si>
+    <t>1680 Michigan Ave Suite 700</t>
+  </si>
+  <si>
+    <t>Miami Beach</t>
+  </si>
+  <si>
+    <t>CFBR-2296805</t>
+  </si>
+  <si>
+    <t>Direct Funding Now LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15420 Laguna Canyon Road #200 </t>
+  </si>
+  <si>
+    <t>Irvine</t>
+  </si>
+  <si>
+    <t>CFBR-2326202</t>
+  </si>
+  <si>
+    <t>eBay Commerce Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2065 Hamilton Avenue </t>
+  </si>
+  <si>
+    <t>San Jose</t>
+  </si>
+  <si>
+    <t>CFBR-1774459</t>
+  </si>
+  <si>
+    <t>Express Capital Funding, Inc</t>
+  </si>
+  <si>
+    <t>160 N. Riverview Dr Suite 225</t>
+  </si>
+  <si>
+    <t>Anaheim</t>
+  </si>
+  <si>
+    <t>CFBR-2337683</t>
+  </si>
+  <si>
+    <t>First Path Capital Ventures LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">55 N County Line Road </t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>NJ</t>
+  </si>
+  <si>
+    <t>08527</t>
+  </si>
+  <si>
+    <t>CFBR-2683528</t>
+  </si>
+  <si>
+    <t>Fundera, Inc.</t>
+  </si>
+  <si>
+    <t>4150 N Drinkwater Suite 200</t>
+  </si>
+  <si>
+    <t>Scottsdale</t>
+  </si>
+  <si>
+    <t>AZ</t>
+  </si>
+  <si>
+    <t>CFBR-1240038</t>
+  </si>
+  <si>
+    <t>Fundwell, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 Liberty Plz #2002 </t>
+  </si>
+  <si>
+    <t>New York</t>
+  </si>
+  <si>
+    <t>CFBR-2320591</t>
+  </si>
+  <si>
+    <t>GlossGenius, Inc.</t>
+  </si>
+  <si>
+    <t>838 Broadway Floor 3</t>
+  </si>
+  <si>
+    <t>CFBR-2779546</t>
+  </si>
+  <si>
+    <t>GM Funding, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">750 Main St. Suite 1210 </t>
+  </si>
+  <si>
+    <t>Hartford</t>
+  </si>
+  <si>
+    <t>06103</t>
+  </si>
+  <si>
+    <t>CFBR-2620820</t>
+  </si>
+  <si>
+    <t>Innovative Funding Solutions, Inc.</t>
+  </si>
+  <si>
+    <t>25 First Avenue SW Suite A</t>
+  </si>
+  <si>
+    <t>Watertown</t>
+  </si>
+  <si>
+    <t>SD</t>
+  </si>
+  <si>
+    <t>CFBR-2377302</t>
+  </si>
+  <si>
+    <t>IOU CENTRAL INC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">600 TownPark Lane, Suite 100 </t>
+  </si>
+  <si>
+    <t>Kennesaw</t>
+  </si>
+  <si>
+    <t>GA</t>
+  </si>
+  <si>
+    <t>CFBR-37051</t>
+  </si>
+  <si>
+    <t>JayDee Ventures, LLC</t>
+  </si>
+  <si>
+    <t>33 South Wood Avenue 6th Flr.</t>
+  </si>
+  <si>
+    <t>Iselin</t>
+  </si>
+  <si>
+    <t>08830</t>
+  </si>
+  <si>
+    <t>CFBR-2425060</t>
+  </si>
+  <si>
+    <t>Lendflow, Inc.</t>
+  </si>
+  <si>
+    <t>2222 Rio Grande Suite 110-B</t>
+  </si>
+  <si>
+    <t>Austin</t>
+  </si>
+  <si>
+    <t>TX</t>
+  </si>
+  <si>
+    <t>CFBR-2234899</t>
+  </si>
+  <si>
+    <t>LendingTree, LLC</t>
+  </si>
+  <si>
+    <t>1415 Vantage Park Drive Suite 700</t>
+  </si>
+  <si>
+    <t>Charlotte</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>CFBR-1136</t>
+  </si>
+  <si>
+    <t>Lendio Partners, LLC</t>
+  </si>
+  <si>
+    <t>4100 North Chapel Ridge Rd Suite 400</t>
+  </si>
+  <si>
+    <t>Lehi</t>
+  </si>
+  <si>
+    <t>UT</t>
+  </si>
+  <si>
+    <t>CFBR-1998423</t>
+  </si>
+  <si>
+    <t>Mission Capital LLC</t>
+  </si>
+  <si>
+    <t>264 W 40TH ST FLOOR 10</t>
+  </si>
+  <si>
+    <t>CFBR-2364370</t>
+  </si>
+  <si>
+    <t>MMP CAPITAL, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19 Engineers Lane </t>
+  </si>
+  <si>
+    <t>Farmingdale</t>
+  </si>
+  <si>
+    <t>CFBR-2453066</t>
+  </si>
+  <si>
+    <t>National Biz LLC</t>
+  </si>
+  <si>
+    <t>80 Arkay Drive Suite 215</t>
+  </si>
+  <si>
+    <t>Hauppauge</t>
+  </si>
+  <si>
+    <t>CFBR-2348619</t>
+  </si>
+  <si>
+    <t>ONE PARK FINANCIAL LLC</t>
+  </si>
+  <si>
+    <t>3390 Mary Street Suite 310</t>
+  </si>
+  <si>
+    <t>Coconut Grove</t>
+  </si>
+  <si>
+    <t>CFBR-2442370</t>
+  </si>
+  <si>
+    <t>Platform Funding LLC</t>
+  </si>
+  <si>
+    <t>150 West Flagler Street Suite 1600</t>
+  </si>
+  <si>
+    <t>Miami</t>
+  </si>
+  <si>
+    <t>CFBR-2244437</t>
+  </si>
+  <si>
+    <t>Premium Merchant Funding 18, LLC.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">55 Water Street 50th Floor </t>
+  </si>
+  <si>
+    <t>New york</t>
+  </si>
+  <si>
+    <t>CFBR-2453697</t>
+  </si>
+  <si>
+    <t>QUALIFI, LLC</t>
+  </si>
+  <si>
+    <t>1974 Sproul Rd Suite 200</t>
+  </si>
+  <si>
+    <t>Broomall</t>
+  </si>
+  <si>
+    <t>PA</t>
+  </si>
+  <si>
+    <t>CFBR-2351906</t>
+  </si>
+  <si>
+    <t>Retail Capital LLC</t>
+  </si>
+  <si>
+    <t>25200 Telegraph Rd. Suite 350</t>
+  </si>
+  <si>
+    <t>Southfield</t>
+  </si>
+  <si>
+    <t>MI</t>
+  </si>
+  <si>
+    <t>CFBR-2249639</t>
+  </si>
+  <si>
+    <t>SIGNET CAPITAL GROUP INC.</t>
+  </si>
+  <si>
+    <t>550 S Andrews Ave Ste 620</t>
+  </si>
+  <si>
+    <t>Fort Lauderdale</t>
+  </si>
+  <si>
+    <t>CFBR-2655937</t>
+  </si>
+  <si>
+    <t>Sky Bridge Business Funding, LLC.</t>
+  </si>
+  <si>
+    <t>55 Almeria Ave 2nd Fl</t>
+  </si>
+  <si>
+    <t>Coral Gables</t>
+  </si>
+  <si>
+    <t>CFBR-2435231</t>
+  </si>
+  <si>
+    <t>STREAMLINE FUNDING, LLC</t>
+  </si>
+  <si>
+    <t>60 Cuttermill Road Suite 507</t>
+  </si>
+  <si>
+    <t>Great Neck</t>
+  </si>
+  <si>
+    <t>CFBR-2554442</t>
+  </si>
+  <si>
+    <t>United Capital Source Inc.</t>
+  </si>
+  <si>
+    <t>1399 Franklin Avenue Suite 200</t>
+  </si>
+  <si>
+    <t>Garden City</t>
+  </si>
+  <si>
+    <t>CFBR-2273089</t>
+  </si>
+  <si>
+    <t>ZIP CAPITAL GROUP, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26 EXECUTIVE PARK, SUITE 100 </t>
+  </si>
+  <si>
+    <t>IRVINE</t>
+  </si>
+  <si>
+    <t>CFBR-2266008</t>
+  </si>
+  <si>
+    <t>1st Alliance Group, LLC</t>
+  </si>
+  <si>
+    <t>2875 NE 191st Street Suite 500</t>
+  </si>
+  <si>
+    <t>Aventura</t>
+  </si>
+  <si>
+    <t>CFPR-2561183</t>
+  </si>
+  <si>
+    <t>CT Commercial Financing Provider Registration</t>
+  </si>
+  <si>
+    <t>AKF, INC.</t>
+  </si>
+  <si>
+    <t>2 S Biscayne Blvd. Suite 2350</t>
+  </si>
+  <si>
+    <t>CFPR-2567800</t>
+  </si>
+  <si>
+    <t>APEX FUNDING GOLD LLC</t>
+  </si>
+  <si>
+    <t>2875 NE 191st St Ste 304</t>
+  </si>
+  <si>
+    <t>CFPR-2606369</t>
+  </si>
+  <si>
+    <t>APEX FUNDING SILVER LLC</t>
+  </si>
+  <si>
+    <t>2875 NE 191 ST SUITE 304</t>
+  </si>
+  <si>
+    <t>AVENTURA</t>
+  </si>
+  <si>
+    <t>CFPR-2606365</t>
+  </si>
+  <si>
+    <t>Austin Business Finance, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1949 S I-35 Frontage Rd Suite 300 </t>
+  </si>
+  <si>
+    <t>CFPR-2293123</t>
+  </si>
+  <si>
+    <t>BCA Capital Partners LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">100 Oceanside Drive </t>
+  </si>
+  <si>
+    <t>Nashville</t>
+  </si>
+  <si>
+    <t>TN</t>
+  </si>
+  <si>
+    <t>CFPR-2751371</t>
+  </si>
+  <si>
+    <t>BizPoint Capital LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">333 SE 2nd Avenue STE 200 </t>
+  </si>
+  <si>
+    <t>CFPR-2748463</t>
+  </si>
+  <si>
+    <t>Black Olive Capital LLC</t>
+  </si>
+  <si>
+    <t>7200 Wisconsin Ave 500</t>
+  </si>
+  <si>
+    <t>Bethesda</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>CFPR-2309203</t>
+  </si>
+  <si>
+    <t>BYZFUNDER NY LLC</t>
+  </si>
+  <si>
+    <t>3350 Buschwood Park Drive Number 190</t>
+  </si>
+  <si>
+    <t>CFPR-2439911</t>
+  </si>
+  <si>
+    <t>CAPFLOW FUNDING GROUP MANAGERS LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">65 Harristown Road, Suite 200 </t>
+  </si>
+  <si>
+    <t>Glen Rock</t>
+  </si>
+  <si>
+    <t>07452</t>
+  </si>
+  <si>
+    <t>CFPR-2339176</t>
+  </si>
+  <si>
+    <t>Capital Express Holdings LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">418 Broadway STE N </t>
+  </si>
+  <si>
+    <t>Albany</t>
+  </si>
+  <si>
+    <t>CFPR-2735979</t>
+  </si>
+  <si>
+    <t>CapitalDomain LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">300 Tice Blvd, Suite 160 </t>
+  </si>
+  <si>
+    <t>Woodcliff Lake</t>
+  </si>
+  <si>
+    <t>07677</t>
+  </si>
+  <si>
+    <t>CFPR-2726124</t>
+  </si>
+  <si>
+    <t>CARLTON CAPITAL GROUP LLC</t>
+  </si>
+  <si>
+    <t>1108 KANE CONCOURSE 201</t>
+  </si>
+  <si>
+    <t>BAY HARBOR ISLANDS</t>
+  </si>
+  <si>
+    <t>CFPR-2694531</t>
+  </si>
+  <si>
+    <t>Celtic Advance LLC</t>
+  </si>
+  <si>
+    <t>600 Summer Street Suite 204</t>
+  </si>
+  <si>
+    <t>Stamford</t>
+  </si>
+  <si>
+    <t>06901</t>
+  </si>
+  <si>
+    <t>CFPR-2766967</t>
+  </si>
+  <si>
+    <t>CFG Merchant Solutions, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">180 Maiden Lane, 15th Floor </t>
+  </si>
+  <si>
+    <t>CFPR-2462639</t>
+  </si>
+  <si>
+    <t>Channel Partners Capital, LLC</t>
+  </si>
+  <si>
+    <t>10900 Wayzata Boulevard Suite 300</t>
+  </si>
+  <si>
+    <t>Minnetonka</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>CFPR-1979641</t>
+  </si>
+  <si>
+    <t>Clear Finance Technology (U.S.) Corp.</t>
+  </si>
+  <si>
+    <t>1390 Market Street Suite 200</t>
+  </si>
+  <si>
+    <t>San Francisco</t>
+  </si>
+  <si>
+    <t>CFPR-2467237</t>
+  </si>
+  <si>
+    <t>Core Funding Source, LLC</t>
+  </si>
+  <si>
+    <t>124 Grove Avenue Unit 309</t>
+  </si>
+  <si>
+    <t>Cedarhurst</t>
+  </si>
+  <si>
+    <t>CFPR-2687592</t>
+  </si>
+  <si>
+    <t>Creditline Capital Group Inc.</t>
+  </si>
+  <si>
+    <t>124 Grove Avenue Unit 194</t>
+  </si>
+  <si>
+    <t>CFPR-2656494</t>
+  </si>
+  <si>
+    <t>Crestmont Capital California LLC</t>
+  </si>
+  <si>
+    <t>1422 Edinger Ave Suite 210</t>
+  </si>
+  <si>
+    <t>Tustin</t>
+  </si>
+  <si>
+    <t>CFPR-2419952</t>
+  </si>
+  <si>
+    <t>Crusader Group LLC</t>
+  </si>
+  <si>
+    <t>CFPR-2765279</t>
+  </si>
+  <si>
+    <t>Cucumber Capital LLC</t>
+  </si>
+  <si>
+    <t>125 strawberryhill ave Suite 101</t>
+  </si>
+  <si>
+    <t>06902</t>
+  </si>
+  <si>
+    <t>CFPR-2526545</t>
+  </si>
+  <si>
+    <t>Direct Capital Source Inc</t>
+  </si>
+  <si>
+    <t>132 Franklin Place Unit 490</t>
+  </si>
+  <si>
+    <t>Woodmere</t>
+  </si>
+  <si>
+    <t>CFPR-2335579</t>
+  </si>
+  <si>
+    <t>DMKA LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11 West 25th Street, 10th Floor </t>
+  </si>
+  <si>
+    <t>CFPR-2478418</t>
+  </si>
+  <si>
+    <t>East Hudson Capital LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">27-01 Queens Plaza North, Suite 802 </t>
+  </si>
+  <si>
+    <t>Long Island City</t>
+  </si>
+  <si>
+    <t>CFPR-2545408</t>
+  </si>
+  <si>
+    <t>Expansion Capital Group, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5801 S Corporate Pl </t>
+  </si>
+  <si>
+    <t>Sioux Falls</t>
+  </si>
+  <si>
+    <t>57108-2319</t>
+  </si>
+  <si>
+    <t>CFPR-1926953</t>
+  </si>
+  <si>
+    <t>Fast Track Cash Advance LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20283 State Road 7 </t>
+  </si>
+  <si>
+    <t>Boca Raton</t>
+  </si>
+  <si>
+    <t>CFPR-2734301</t>
+  </si>
+  <si>
+    <t>Fenix Capital Funding, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9265 4th Ave Ste 2 </t>
   </si>
   <si>
     <t>Brooklyn</t>
   </si>
   <si>
-    <t>NY</t>
-[...245 lines deleted...]
-    <t>CFBR-1240038</t>
+    <t>CFPR-2485852</t>
+  </si>
+  <si>
+    <t>First Data Merchant Services LLC</t>
+  </si>
+  <si>
+    <t>2900 Westside Parkway 2900 Westside Parkway</t>
+  </si>
+  <si>
+    <t>Alpharetta</t>
+  </si>
+  <si>
+    <t>CFPR-2450601</t>
+  </si>
+  <si>
+    <t>Fora Financial East LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1385 Broadway, 15th Floor </t>
+  </si>
+  <si>
+    <t>CFPR-2651010</t>
+  </si>
+  <si>
+    <t>FOREST CAPITAL GROUP LLC</t>
+  </si>
+  <si>
+    <t>650 E PALISADE AVE 650 E PALISADE AVE</t>
+  </si>
+  <si>
+    <t>ENGLEWOOD CLIFFS</t>
+  </si>
+  <si>
+    <t>07632</t>
+  </si>
+  <si>
+    <t>CFPR-2678657</t>
+  </si>
+  <si>
+    <t>Forward Financing LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">53 State Street, 20th Flr. </t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>02109</t>
+  </si>
+  <si>
+    <t>CFPR-2447879</t>
+  </si>
+  <si>
+    <t>Fratello Capital LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2001 Marcus Avenue, Suite W83 </t>
+  </si>
+  <si>
+    <t>New Hyde Park</t>
+  </si>
+  <si>
+    <t>CFPR-2688392</t>
+  </si>
+  <si>
+    <t>Fundbox, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8580 Belleview Drive, Suite #300 </t>
+  </si>
+  <si>
+    <t>Plano</t>
+  </si>
+  <si>
+    <t>CFPR-1639811</t>
+  </si>
+  <si>
+    <t>FUNDERS APP LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3323 NE 163RD ST STE 401 </t>
+  </si>
+  <si>
+    <t>N MIAMI BEACH</t>
+  </si>
+  <si>
+    <t>CFPR-2544998</t>
   </si>
   <si>
     <t>FUNDERZGROUP LLC</t>
   </si>
   <si>
     <t>20200 WEST DIXIE HWAY 20200 WEST DIXIE HWAY SUITE 1205</t>
   </si>
   <si>
-    <t>AVENTURA</t>
-[...368 lines deleted...]
-    <t>1635 N. Cahuenga Boulevard Suite 550</t>
+    <t>CFPR-2653571</t>
+  </si>
+  <si>
+    <t>FUNDKITE DIRECT LLC</t>
+  </si>
+  <si>
+    <t>2 S Biscayne Blvd, Suite 2350 2 S Biscayne Blvd, Suite 2350</t>
+  </si>
+  <si>
+    <t>CFPR-2517408</t>
+  </si>
+  <si>
+    <t>Fundomate Technologies Inc</t>
+  </si>
+  <si>
+    <t>8201 Beverly Blvd 505</t>
   </si>
   <si>
     <t>Los Angeles</t>
   </si>
   <si>
-    <t>CFBR-2542478</t>
-[...107 lines deleted...]
-    <t xml:space="preserve">2371 MCDONALD  AVENUE </t>
+    <t>CFPR-2458798</t>
+  </si>
+  <si>
+    <t>GCM Funding LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">515 N Flagler Drive, Suite 350 </t>
+  </si>
+  <si>
+    <t>West Palm Beach</t>
+  </si>
+  <si>
+    <t>CFPR-2723754</t>
+  </si>
+  <si>
+    <t>GCM Prime LLC</t>
+  </si>
+  <si>
+    <t>CFPR-2723750</t>
+  </si>
+  <si>
+    <t>GreenBridge Funding LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">440 Park Avenue South Floor 4 </t>
+  </si>
+  <si>
+    <t>CFPR-2793462</t>
+  </si>
+  <si>
+    <t>HIGH OCTANE FUNDING LLC</t>
+  </si>
+  <si>
+    <t>633 NE 167th St Ste 1205</t>
+  </si>
+  <si>
+    <t>CFPR-2648669</t>
+  </si>
+  <si>
+    <t>Kapitus LLC</t>
+  </si>
+  <si>
+    <t>2500 Wilson Blvd Ste 350</t>
+  </si>
+  <si>
+    <t>Arlington</t>
+  </si>
+  <si>
+    <t>VA</t>
+  </si>
+  <si>
+    <t>CFPR-2430842</t>
+  </si>
+  <si>
+    <t>LAG Holdings LLC</t>
+  </si>
+  <si>
+    <t>CFPR-2734962</t>
+  </si>
+  <si>
+    <t>Legend Advance Funding II, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">800 Brickell Ave, Suite 902 </t>
+  </si>
+  <si>
+    <t>CFPR-2444943</t>
+  </si>
+  <si>
+    <t>LEN LUXE LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31-00 47th Avenue, Suite 3100 </t>
+  </si>
+  <si>
+    <t>CFPR-2767193</t>
+  </si>
+  <si>
+    <t>Lend Bug LLC</t>
+  </si>
+  <si>
+    <t>1266 E Main St #700R</t>
+  </si>
+  <si>
+    <t>CFPR-2673292</t>
+  </si>
+  <si>
+    <t>Lendero LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1116 A Main St. </t>
+  </si>
+  <si>
+    <t>Branford</t>
+  </si>
+  <si>
+    <t>06405</t>
+  </si>
+  <si>
+    <t>CFPR-2780773</t>
+  </si>
+  <si>
+    <t>Liberis US Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">228 EAST 45TH ST STE 9E </t>
+  </si>
+  <si>
+    <t>NEW YORK</t>
+  </si>
+  <si>
+    <t>CFPR-2454620</t>
+  </si>
+  <si>
+    <t>Libertas Funding, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">411 West Putnam Avenue, Suite 220 </t>
+  </si>
+  <si>
+    <t>Greenwich</t>
+  </si>
+  <si>
+    <t>06830</t>
+  </si>
+  <si>
+    <t>CFPR-1972553</t>
+  </si>
+  <si>
+    <t>Likety Capital LLC</t>
+  </si>
+  <si>
+    <t>6320 Canoga Ave. Suite 1460E</t>
+  </si>
+  <si>
+    <t>Woodland Hills</t>
+  </si>
+  <si>
+    <t>CFPR-2633419</t>
+  </si>
+  <si>
+    <t>Lily Advance LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">767 E Brookhaven Circle </t>
+  </si>
+  <si>
+    <t>Memphis</t>
+  </si>
+  <si>
+    <t>CFPR-2727296</t>
+  </si>
+  <si>
+    <t>Lionheart Funding LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">900 E Marion Ave, Unit 1206 </t>
+  </si>
+  <si>
+    <t>Punta Gorda</t>
+  </si>
+  <si>
+    <t>CFPR-2726149</t>
+  </si>
+  <si>
+    <t>LoanQo, LLC</t>
+  </si>
+  <si>
+    <t>300 Cadman Plaza West One Pierrepont Plaza #1200</t>
+  </si>
+  <si>
+    <t>CFPR-2620821</t>
+  </si>
+  <si>
+    <t>Luminar Capital, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">25 SE 2nd Ave Ste 550-789 </t>
+  </si>
+  <si>
+    <t>CFPR-2782927</t>
+  </si>
+  <si>
+    <t>Madison Advance LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2050 W County Line Rd STE 3 </t>
+  </si>
+  <si>
+    <t>CFPR-2708926</t>
+  </si>
+  <si>
+    <t>Maison Capital Group Inc.</t>
+  </si>
+  <si>
+    <t>4601 SHERIDAN ST 320</t>
+  </si>
+  <si>
+    <t>HOLLYWOOD</t>
+  </si>
+  <si>
+    <t>CFPR-2525423</t>
+  </si>
+  <si>
+    <t>MCKENZIE CAPITAL LLC</t>
+  </si>
+  <si>
+    <t>CFPR-2442452</t>
+  </si>
+  <si>
+    <t>Merchant First, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19 Squadron Blvd, Ste 1 </t>
+  </si>
+  <si>
+    <t>New City</t>
+  </si>
+  <si>
+    <t>CFPR-2767362</t>
+  </si>
+  <si>
+    <t>MERCURY FUNDING GROUP INC</t>
+  </si>
+  <si>
+    <t>1950 Swarthmore Ave UNIT 2</t>
+  </si>
+  <si>
+    <t>LAKEWOOD</t>
+  </si>
+  <si>
+    <t>08701</t>
+  </si>
+  <si>
+    <t>CFPR-2722450</t>
+  </si>
+  <si>
+    <t>MrBizCap INC</t>
+  </si>
+  <si>
+    <t>1224 Mill Street. Building B Building B</t>
+  </si>
+  <si>
+    <t>East Berlin</t>
+  </si>
+  <si>
+    <t>06023</t>
+  </si>
+  <si>
+    <t>CFPR-2762335</t>
+  </si>
+  <si>
+    <t>NEWCO CAPITAL GROUP LLC</t>
+  </si>
+  <si>
+    <t>1801 NE 123rd Street Suite 421</t>
+  </si>
+  <si>
+    <t>North Miami</t>
+  </si>
+  <si>
+    <t>CFPR-2162183</t>
+  </si>
+  <si>
+    <t>OWENS CAPITAL GROUP INC.</t>
+  </si>
+  <si>
+    <t>CFPR-2707788</t>
+  </si>
+  <si>
+    <t>Parafin, Inc.</t>
+  </si>
+  <si>
+    <t>301 Howard Street Suite 1500</t>
+  </si>
+  <si>
+    <t>CFPR-2429880</t>
+  </si>
+  <si>
+    <t>Parkview Advance LLC</t>
+  </si>
+  <si>
+    <t>CFPR-2766969</t>
+  </si>
+  <si>
+    <t>Path 2 Capital LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">418 Broadway #6032 </t>
+  </si>
+  <si>
+    <t>CFPR-2766723</t>
+  </si>
+  <si>
+    <t>PayPal, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2211 N. First Street </t>
+  </si>
+  <si>
+    <t>CFPR-910457</t>
+  </si>
+  <si>
+    <t>Pearl Alpha Funding, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">55 Almeria Ave, 2nd Fl </t>
+  </si>
+  <si>
+    <t>CFPR-2292368</t>
+  </si>
+  <si>
+    <t>Pearl Beta Funding, LLC</t>
+  </si>
+  <si>
+    <t>CFPR-2326777</t>
+  </si>
+  <si>
+    <t>Pearl Delta Funding, LLC</t>
+  </si>
+  <si>
+    <t>CFPR-2435221</t>
+  </si>
+  <si>
+    <t>Pinnacle Business Funding LLC</t>
+  </si>
+  <si>
+    <t>1777 Reiserstown Rd Suite 390</t>
+  </si>
+  <si>
+    <t>Pikesville</t>
+  </si>
+  <si>
+    <t>CFPR-2687877</t>
+  </si>
+  <si>
+    <t>Pipe Advance LLC</t>
+  </si>
+  <si>
+    <t>548 Market Street PMB 93796</t>
+  </si>
+  <si>
+    <t>CFPR-2546110</t>
+  </si>
+  <si>
+    <t>Prosperity Funding Group LLC</t>
+  </si>
+  <si>
+    <t>20200 West Dixie Hwy Suite 601</t>
+  </si>
+  <si>
+    <t>CFPR-2734942</t>
+  </si>
+  <si>
+    <t>Pure Financial Funding LLC</t>
+  </si>
+  <si>
+    <t>160 Chambers Bridge Road Unit 471</t>
+  </si>
+  <si>
+    <t>Brick</t>
+  </si>
+  <si>
+    <t>08723</t>
+  </si>
+  <si>
+    <t>CFPR-2669834</t>
+  </si>
+  <si>
+    <t>QFS Capital LLC</t>
+  </si>
+  <si>
+    <t>110 E BROWARD BLVD STE 1550</t>
+  </si>
+  <si>
+    <t>FORT LAUDERDALE</t>
+  </si>
+  <si>
+    <t>CFPR-2339165</t>
+  </si>
+  <si>
+    <t>RDM Capital Funding LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">777 Passaic Ave Ste 375 </t>
+  </si>
+  <si>
+    <t>Clifton</t>
+  </si>
+  <si>
+    <t>07012</t>
+  </si>
+  <si>
+    <t>CFPR-2468779</t>
+  </si>
+  <si>
+    <t>Receivables Portfolio Management, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9600 Koger Blvd N, Suite 236 </t>
+  </si>
+  <si>
+    <t>St Petersburg</t>
+  </si>
+  <si>
+    <t>CFPR-2656760</t>
+  </si>
+  <si>
+    <t>Revenued LLC</t>
+  </si>
+  <si>
+    <t>CFPR-2433242</t>
+  </si>
+  <si>
+    <t>Rewards Network Establishment Services Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">540 W Madison St Suite 2400 </t>
+  </si>
+  <si>
+    <t>Chicago</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>CFPR-2441768</t>
+  </si>
+  <si>
+    <t>RF Servicing LLC</t>
+  </si>
+  <si>
+    <t>CFPR-2656742</t>
+  </si>
+  <si>
+    <t>ROCKET CAPITAL NY LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1250 E Hallandale Beach Blvd Ste 505 </t>
+  </si>
+  <si>
+    <t>Hallandale Beach</t>
+  </si>
+  <si>
+    <t>CFPR-2456447</t>
+  </si>
+  <si>
+    <t>SellersFunding Corp.</t>
+  </si>
+  <si>
+    <t>750 Lexington Ave. Suite 7-112</t>
+  </si>
+  <si>
+    <t>CFPR-2043051</t>
+  </si>
+  <si>
+    <t>Shine Capital Group LLC</t>
+  </si>
+  <si>
+    <t>124 Grove Ave Suite 309</t>
+  </si>
+  <si>
+    <t>CFPR-2656505</t>
+  </si>
+  <si>
+    <t>Shopify Capital Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">85 10th Avenue, Suite 800 </t>
+  </si>
+  <si>
+    <t>CFPR-2444950</t>
+  </si>
+  <si>
+    <t>Smart Step Funding LLC</t>
+  </si>
+  <si>
+    <t>20283 State Road 7 Ste 330</t>
+  </si>
+  <si>
+    <t>CFPR-2440472</t>
+  </si>
+  <si>
+    <t>Sound Advance LLC</t>
+  </si>
+  <si>
+    <t>CFPR-2766971</t>
+  </si>
+  <si>
+    <t>STELLAR CAPITAL LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">600 Summer St Ste 204 </t>
+  </si>
+  <si>
+    <t>CFPR-2770430</t>
+  </si>
+  <si>
+    <t>Stripe Brokering, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">354 Oyster Point Boulevard </t>
+  </si>
+  <si>
+    <t>South San Francisco</t>
+  </si>
+  <si>
+    <t>CFPR-1912151</t>
+  </si>
+  <si>
+    <t>The Fundworks, LLC</t>
+  </si>
+  <si>
+    <t>420 E. South Temple Suite 480</t>
+  </si>
+  <si>
+    <t>Salt Lake City</t>
+  </si>
+  <si>
+    <t>CFPR-2292851</t>
+  </si>
+  <si>
+    <t>The LCF Group, Inc.</t>
+  </si>
+  <si>
+    <t>3000 Marcus Ave Suite 2w15</t>
+  </si>
+  <si>
+    <t>Lake Success</t>
+  </si>
+  <si>
+    <t>CFPR-2477452</t>
+  </si>
+  <si>
+    <t>Thoro Corp</t>
+  </si>
+  <si>
+    <t>800 SE 4th Ave Ste 601</t>
+  </si>
+  <si>
+    <t>CFPR-2654045</t>
+  </si>
+  <si>
+    <t>Toast Capital LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">333 Summer Street </t>
+  </si>
+  <si>
+    <t>02210</t>
+  </si>
+  <si>
+    <t>CFPR-2448781</t>
+  </si>
+  <si>
+    <t>UFS WEST LLC</t>
+  </si>
+  <si>
+    <t>381 Sunrise Highway Suite 301</t>
+  </si>
+  <si>
+    <t>Lynbrook</t>
+  </si>
+  <si>
+    <t>CFPR-2449813</t>
+  </si>
+  <si>
+    <t>Unify Capital, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">750 E Main Street </t>
+  </si>
+  <si>
+    <t>CFPR-2738265</t>
+  </si>
+  <si>
+    <t>Union Funding Source, Inc.</t>
+  </si>
+  <si>
+    <t>1835 E. Hallandale Beach Blvd #278</t>
+  </si>
+  <si>
+    <t>CFPR-2687482</t>
+  </si>
+  <si>
+    <t>UNITED CAPITAL WEST LLC</t>
+  </si>
+  <si>
+    <t>121 NJ 36 STE 325</t>
+  </si>
+  <si>
+    <t>WEST LONG BRANCH</t>
+  </si>
+  <si>
+    <t>07764</t>
+  </si>
+  <si>
+    <t>CFPR-2679074</t>
+  </si>
+  <si>
+    <t>United First, LLC</t>
+  </si>
+  <si>
+    <t>CFPR-2545099</t>
+  </si>
+  <si>
+    <t>Velocity Capital Group LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">333 Pearsall Ave </t>
+  </si>
+  <si>
+    <t>CFPR-2458260</t>
+  </si>
+  <si>
+    <t>Vernon Capital Group LLC</t>
+  </si>
+  <si>
+    <t>383 KINGSTON AVENUE Suite 343</t>
   </si>
   <si>
     <t>BROOKLYN</t>
   </si>
   <si>
-    <t>CFPR-2323711</t>
-[...1162 lines deleted...]
-  <si>
     <t>CFPR-2353357</t>
   </si>
   <si>
-    <t>VIKING FUNDING II LLC</t>
-[...7 lines deleted...]
-  <si>
     <t>Vox Funding, LLC</t>
   </si>
   <si>
     <t>100 Park Avenue 30th Floor</t>
   </si>
   <si>
     <t>CFPR-2447433</t>
   </si>
   <si>
     <t>Wayflyer Advances, LLC</t>
   </si>
   <si>
     <t>1175 Peachtree ST NE Suite 09-120</t>
   </si>
   <si>
     <t>Atlanta</t>
   </si>
   <si>
     <t>CFPR-2446904</t>
   </si>
   <si>
     <t>Wayflyer Financial LLC</t>
   </si>
   <si>
     <t>CFPR-2154808</t>
   </si>
   <si>
-    <t>Westwood Funding Solutions LLC</t>
-[...7 lines deleted...]
-  <si>
     <t>X CAPITAL GROUP CORP</t>
   </si>
   <si>
     <t>100 CEDARHURST AVE #200</t>
   </si>
   <si>
     <t>CEDARHURST</t>
   </si>
   <si>
     <t>CFPR-2663547</t>
   </si>
   <si>
     <t>Yamaha Motor Finance Corporation, U.S.A.</t>
   </si>
   <si>
     <t xml:space="preserve">6555 Katella Avenue </t>
   </si>
   <si>
     <t>Cypress</t>
   </si>
   <si>
     <t>CFPR-1324405</t>
   </si>
   <si>
     <t>YouLend US LLC</t>
   </si>
   <si>
     <t xml:space="preserve">1175 Peachtree St NE </t>
   </si>
   <si>
     <t>CFPR-2458006</t>
   </si>
   <si>
+    <t>CFPR-2266008</t>
+  </si>
+  <si>
     <t>ZLUR FUNDING LLC</t>
   </si>
   <si>
     <t>25 SE 2nd Ave Ste 550</t>
   </si>
   <si>
     <t>CFPR-2725830</t>
   </si>
   <si>
-    <t>Expansion Capital Group, LLC</t>
-[...22 lines deleted...]
-  <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Postal Code</t>
   </si>
   <si>
     <t>License Number</t>
   </si>
   <si>
     <t>License Name</t>
   </si>
   <si>
     <t>Report Current As Of</t>
   </si>
   <si>
-    <t>Commercial Financing Broker and Provider Licensees as of December 5, 2025</t>
+    <t>Commercial Financing Broker and Provider Licensees as of February 5, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
@@ -2502,4761 +2088,3825 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1E2BB778-7583-4BC8-8B2B-74D457B6B759}">
-  <dimension ref="A1:H181"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FD90F9A1-E478-46BA-9A32-2EB5438258B5}">
+  <dimension ref="A1:H145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="38" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="8" width="17.88671875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="40.44140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="52.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.44140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.5546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="15.44140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="42.109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="19.44140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.3">
       <c r="A1" s="5" t="s">
-        <v>685</v>
+        <v>547</v>
       </c>
       <c r="B1" s="6"/>
       <c r="C1" s="6"/>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
       <c r="G1" s="6"/>
     </row>
     <row r="2" spans="1:8" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4" t="s">
-        <v>677</v>
+        <v>539</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>678</v>
+        <v>540</v>
       </c>
       <c r="C2" s="4" t="s">
-        <v>679</v>
+        <v>541</v>
       </c>
       <c r="D2" s="4" t="s">
-        <v>680</v>
+        <v>542</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>681</v>
+        <v>543</v>
       </c>
       <c r="F2" s="4" t="s">
-        <v>682</v>
+        <v>544</v>
       </c>
       <c r="G2" s="4" t="s">
-        <v>683</v>
+        <v>545</v>
       </c>
       <c r="H2" s="4" t="s">
-        <v>684</v>
+        <v>546</v>
       </c>
     </row>
     <row r="3" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
-        <v>222</v>
+        <v>157</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>223</v>
+        <v>158</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>224</v>
+        <v>159</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E3" s="1">
         <v>33180</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>225</v>
+        <v>160</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H3" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="4" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
-        <v>0</v>
+        <v>162</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>1</v>
+        <v>163</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>2</v>
+        <v>121</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="E4" s="1">
-        <v>11223</v>
+        <v>33131</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>4</v>
+        <v>164</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H4" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="5" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A5" s="1" t="s">
-        <v>227</v>
+        <v>165</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>228</v>
+        <v>166</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E5" s="1">
-        <v>33131</v>
+        <v>33180</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>229</v>
+        <v>167</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H5" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="6" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
-        <v>230</v>
+        <v>168</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>231</v>
+        <v>169</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>232</v>
+        <v>170</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E6" s="1">
-        <v>33140</v>
+        <v>33180</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>233</v>
+        <v>171</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H6" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="7" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E7" s="1">
-        <v>10038</v>
+        <v>11375</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H7" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="8" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="1" t="s">
-        <v>234</v>
+        <v>172</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>235</v>
+        <v>173</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>42</v>
+        <v>92</v>
       </c>
       <c r="E8" s="1">
-        <v>33180</v>
+        <v>78741</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>236</v>
+        <v>174</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H8" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="9" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
-        <v>237</v>
+        <v>175</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>238</v>
+        <v>176</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>88</v>
+        <v>177</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>42</v>
+        <v>178</v>
       </c>
       <c r="E9" s="1">
-        <v>33180</v>
+        <v>37204</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>239</v>
+        <v>179</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H9" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="10" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" s="1">
+        <v>92075</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>10</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H10" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="11" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="1" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E11" s="1">
-        <v>10005</v>
+        <v>11747</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H11" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="12" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="C12" s="1" t="s">
+      <c r="E12" s="3" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>10977</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H12" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="13" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
-        <v>240</v>
+        <v>180</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>241</v>
+        <v>181</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>134</v>
+        <v>24</v>
       </c>
       <c r="E13" s="1">
-        <v>78741</v>
+        <v>33131</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>242</v>
+        <v>182</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H13" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="14" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
-        <v>243</v>
+        <v>183</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>244</v>
+        <v>184</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>245</v>
+        <v>185</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>246</v>
+        <v>186</v>
       </c>
       <c r="E14" s="1">
-        <v>37204</v>
+        <v>20814</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>247</v>
+        <v>187</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H14" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="15" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
-        <v>21</v>
+        <v>188</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>22</v>
+        <v>189</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E15" s="1">
-        <v>92075</v>
+        <v>33618</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>25</v>
+        <v>190</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H15" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="E16" s="1">
-        <v>11747</v>
+        <v>33618</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H16" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="17" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
-        <v>30</v>
+        <v>191</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>31</v>
+        <v>192</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>32</v>
+        <v>193</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>34</v>
+        <v>194</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>35</v>
+        <v>195</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H17" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="1" t="s">
-        <v>36</v>
+        <v>196</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>37</v>
+        <v>197</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>2</v>
+        <v>198</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E18" s="1">
-        <v>11223</v>
+        <v>12207</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>38</v>
+        <v>199</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H18" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="1" t="s">
-        <v>248</v>
+        <v>200</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>249</v>
+        <v>201</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>250</v>
+        <v>202</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>11223</v>
+        <v>54</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>203</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>251</v>
+        <v>204</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H19" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="20" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="1" t="s">
-        <v>252</v>
+        <v>26</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>253</v>
+        <v>27</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>254</v>
+        <v>28</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>255</v>
+        <v>9</v>
       </c>
       <c r="E20" s="1">
-        <v>20814</v>
+        <v>92130</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>256</v>
+        <v>29</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H20" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="1" t="s">
-        <v>257</v>
+        <v>205</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>231</v>
+        <v>206</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>232</v>
+        <v>207</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E21" s="1">
-        <v>33140</v>
+        <v>33154</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>258</v>
+        <v>208</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H21" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
-        <v>259</v>
+        <v>209</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>260</v>
+        <v>210</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>41</v>
+        <v>211</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>33618</v>
+        <v>18</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>212</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>261</v>
+        <v>213</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H22" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="1" t="s">
-        <v>39</v>
+        <v>214</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>40</v>
+        <v>215</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>42</v>
+        <v>3</v>
       </c>
       <c r="E23" s="1">
-        <v>33618</v>
+        <v>10038</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>43</v>
+        <v>216</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H23" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="1" t="s">
-        <v>262</v>
+        <v>217</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>263</v>
+        <v>218</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>264</v>
+        <v>219</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>220</v>
+      </c>
+      <c r="E24" s="1">
+        <v>55305</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>266</v>
+        <v>221</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H24" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="1" t="s">
-        <v>267</v>
+        <v>222</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>268</v>
+        <v>223</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>269</v>
+        <v>224</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E25" s="1">
-        <v>12207</v>
+        <v>94101</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>270</v>
+        <v>225</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H25" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A26" s="1" t="s">
-        <v>271</v>
+        <v>30</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>272</v>
+        <v>31</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>273</v>
+        <v>28</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E26" s="1">
-        <v>10174</v>
+        <v>92121</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>274</v>
+        <v>32</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H26" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A27" s="1" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>89135</v>
+        <v>31</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>28</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="E27" s="1">
-        <v>89135</v>
+        <v>92121</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H27" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A28" s="1" t="s">
-        <v>275</v>
+        <v>226</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>276</v>
+        <v>227</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>277</v>
+        <v>228</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>3</v>
+      </c>
+      <c r="E28" s="1">
+        <v>11516</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>279</v>
+        <v>229</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H28" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="1" t="s">
-        <v>48</v>
+        <v>230</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>49</v>
+        <v>231</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>50</v>
+        <v>228</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="E29" s="1">
-        <v>92130</v>
+        <v>11516</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>51</v>
+        <v>232</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H29" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A30" s="1" t="s">
-        <v>280</v>
+        <v>233</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>281</v>
+        <v>234</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>282</v>
+        <v>235</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="E30" s="1">
-        <v>33154</v>
+        <v>92780</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>283</v>
+        <v>236</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H30" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="1" t="s">
-        <v>284</v>
+        <v>237</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>285</v>
+        <v>210</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>286</v>
+        <v>211</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>287</v>
+        <v>212</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>288</v>
+        <v>238</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H31" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A32" s="1" t="s">
-        <v>289</v>
+        <v>239</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>290</v>
+        <v>240</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>291</v>
+        <v>211</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>292</v>
+        <v>241</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>293</v>
+        <v>242</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H32" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="33" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="1" t="s">
-        <v>294</v>
+        <v>35</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>295</v>
+        <v>36</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="E33" s="1">
-        <v>10038</v>
+        <v>33139</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>296</v>
+        <v>38</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H33" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="34" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A34" s="1" t="s">
-        <v>297</v>
+        <v>243</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>298</v>
+        <v>244</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>299</v>
+        <v>245</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>300</v>
+        <v>3</v>
       </c>
       <c r="E34" s="1">
-        <v>80202</v>
+        <v>11598</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>301</v>
+        <v>246</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H34" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="35" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="1" t="s">
-        <v>302</v>
+        <v>39</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>303</v>
+        <v>40</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>304</v>
+        <v>41</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>305</v>
+        <v>9</v>
       </c>
       <c r="E35" s="1">
-        <v>55305</v>
+        <v>92618</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>306</v>
+        <v>42</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H35" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="36" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A36" s="1" t="s">
-        <v>307</v>
+        <v>247</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>308</v>
+        <v>248</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>309</v>
+        <v>64</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E36" s="1">
-        <v>11797</v>
+        <v>10010</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>310</v>
+        <v>249</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H36" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="37" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A37" s="1" t="s">
-        <v>311</v>
+        <v>250</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>312</v>
+        <v>251</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>313</v>
+        <v>252</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="E37" s="1">
-        <v>94101</v>
+        <v>11101</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>314</v>
+        <v>253</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H37" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="38" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A38" s="1" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="E38" s="1">
-        <v>92121</v>
+        <v>95125</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H38" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="39" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="1" t="s">
-        <v>55</v>
+        <v>254</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>53</v>
+        <v>255</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>50</v>
+        <v>256</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>92121</v>
+        <v>77</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>257</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>56</v>
+        <v>258</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H39" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="40" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A40" s="1" t="s">
-        <v>315</v>
+        <v>47</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>316</v>
+        <v>48</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>8</v>
+        <v>49</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E40" s="1">
-        <v>10005</v>
+        <v>92808</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>317</v>
+        <v>50</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H40" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="41" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="1" t="s">
-        <v>318</v>
+        <v>259</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>319</v>
+        <v>260</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>320</v>
+        <v>261</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E41" s="1">
-        <v>92660</v>
+        <v>33498</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>321</v>
+        <v>262</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H41" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="42" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A42" s="1" t="s">
-        <v>322</v>
+        <v>263</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>323</v>
+        <v>264</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>324</v>
+        <v>265</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E42" s="1">
-        <v>11516</v>
+        <v>11209</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>325</v>
+        <v>266</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H42" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="43" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A43" s="1" t="s">
-        <v>326</v>
+        <v>267</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>327</v>
+        <v>268</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>324</v>
+        <v>269</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>3</v>
+        <v>82</v>
       </c>
       <c r="E43" s="1">
-        <v>11516</v>
+        <v>30004</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>328</v>
+        <v>270</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H43" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="44" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
-        <v>329</v>
+        <v>51</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>290</v>
+        <v>52</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>291</v>
+        <v>53</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>292</v>
+        <v>55</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>330</v>
+        <v>56</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H44" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="45" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="1" t="s">
-        <v>331</v>
+        <v>271</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>332</v>
+        <v>272</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>291</v>
+        <v>64</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>333</v>
+        <v>3</v>
+      </c>
+      <c r="E45" s="1">
+        <v>10018</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>334</v>
+        <v>273</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H45" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="46" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A46" s="1" t="s">
-        <v>57</v>
+        <v>274</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>58</v>
+        <v>275</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>59</v>
+        <v>276</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>90292</v>
+        <v>54</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>277</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>60</v>
+        <v>278</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H46" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="47" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="1" t="s">
-        <v>335</v>
+        <v>279</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>336</v>
+        <v>280</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>337</v>
+        <v>281</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>11598</v>
+        <v>282</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>283</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>338</v>
+        <v>284</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H47" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="48" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="1" t="s">
-        <v>61</v>
+        <v>285</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>62</v>
+        <v>286</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>63</v>
+        <v>287</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E48" s="1">
-        <v>11223</v>
+        <v>11042</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>64</v>
+        <v>288</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H48" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="49" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="1" t="s">
-        <v>65</v>
+        <v>289</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>66</v>
+        <v>290</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>67</v>
+        <v>291</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="E49" s="1">
-        <v>92618</v>
+        <v>75024</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>68</v>
+        <v>292</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H49" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="50" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="1" t="s">
-        <v>339</v>
+        <v>57</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>340</v>
+        <v>58</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>3</v>
+        <v>60</v>
       </c>
       <c r="E50" s="1">
-        <v>10010</v>
+        <v>85251</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>341</v>
+        <v>61</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H50" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="51" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A51" s="1" t="s">
-        <v>69</v>
+        <v>293</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>70</v>
+        <v>294</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>71</v>
+        <v>295</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E51" s="1">
-        <v>33131</v>
+        <v>33160</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>72</v>
+        <v>296</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H51" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="52" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="1" t="s">
-        <v>342</v>
+        <v>297</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>343</v>
+        <v>298</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>344</v>
+        <v>170</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="E52" s="1">
-        <v>11101</v>
+        <v>33180</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>345</v>
+        <v>299</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H52" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="53" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A53" s="1" t="s">
-        <v>73</v>
+        <v>300</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>74</v>
+        <v>301</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>75</v>
+        <v>121</v>
       </c>
       <c r="D53" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E53" s="1">
-        <v>95125</v>
+        <v>33131</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>76</v>
+        <v>302</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H53" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="54" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="1" t="s">
-        <v>346</v>
+        <v>303</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>347</v>
+        <v>304</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>348</v>
+        <v>305</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="E54" s="1">
-        <v>33067</v>
+        <v>90048</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>349</v>
+        <v>306</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H54" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="55" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="1" t="s">
-        <v>669</v>
+        <v>62</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>670</v>
+        <v>63</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>671</v>
+        <v>64</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>672</v>
+        <v>3</v>
+      </c>
+      <c r="E55" s="1">
+        <v>10006</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>673</v>
+        <v>65</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H55" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="56" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="1" t="s">
-        <v>77</v>
+        <v>307</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>78</v>
+        <v>308</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>79</v>
+        <v>309</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E56" s="1">
-        <v>92808</v>
+        <v>33401</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>80</v>
+        <v>310</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H56" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="57" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A57" s="1" t="s">
-        <v>350</v>
+        <v>311</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>351</v>
+        <v>308</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>352</v>
+        <v>309</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E57" s="1">
-        <v>33498</v>
+        <v>33401</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>353</v>
+        <v>312</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H57" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="58" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="1" t="s">
-        <v>354</v>
+        <v>66</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>355</v>
+        <v>67</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>2</v>
+        <v>64</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E58" s="1">
-        <v>11209</v>
+        <v>10003</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>356</v>
+        <v>68</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H58" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="59" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A59" s="1" t="s">
-        <v>357</v>
+        <v>69</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>358</v>
+        <v>70</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>359</v>
+        <v>71</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>30004</v>
+        <v>18</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>72</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>360</v>
+        <v>73</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H59" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="60" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="1" t="s">
-        <v>361</v>
+        <v>313</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>362</v>
+        <v>314</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E60" s="1">
-        <v>10018</v>
+        <v>10016</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>363</v>
+        <v>315</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H60" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="61" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A61" s="1" t="s">
-        <v>364</v>
+        <v>316</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>365</v>
+        <v>317</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>366</v>
+        <v>121</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>367</v>
+        <v>24</v>
+      </c>
+      <c r="E61" s="1">
+        <v>33162</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>368</v>
+        <v>318</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H61" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="62" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="1" t="s">
-        <v>369</v>
+        <v>74</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>370</v>
+        <v>75</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>371</v>
+        <v>76</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>77</v>
+      </c>
+      <c r="E62" s="1">
+        <v>57201</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>374</v>
+        <v>78</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H62" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="63" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A63" s="1" t="s">
-        <v>375</v>
+        <v>79</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>376</v>
+        <v>80</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>377</v>
+        <v>81</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>42</v>
+        <v>82</v>
       </c>
       <c r="E63" s="1">
-        <v>34236</v>
+        <v>30144</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>378</v>
+        <v>83</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H63" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="64" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="1" t="s">
-        <v>379</v>
+        <v>84</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>380</v>
+        <v>85</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>381</v>
+        <v>86</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>11042</v>
+        <v>54</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>87</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>382</v>
+        <v>88</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H64" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="65" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A65" s="1" t="s">
-        <v>383</v>
+        <v>319</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>384</v>
+        <v>320</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>2</v>
+        <v>321</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>385</v>
+        <v>322</v>
+      </c>
+      <c r="E65" s="1">
+        <v>22201</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>386</v>
+        <v>323</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H65" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="66" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A66" s="1" t="s">
-        <v>387</v>
+        <v>324</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>388</v>
+        <v>1</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>389</v>
+        <v>2</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>134</v>
+        <v>3</v>
       </c>
       <c r="E66" s="1">
-        <v>75024</v>
+        <v>11375</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>390</v>
+        <v>325</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H66" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="67" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A67" s="1" t="s">
-        <v>81</v>
+        <v>326</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>82</v>
+        <v>327</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>83</v>
+        <v>121</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="E67" s="1">
-        <v>85251</v>
+        <v>33131</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>85</v>
+        <v>328</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H67" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="68" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="1" t="s">
-        <v>391</v>
+        <v>329</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>392</v>
+        <v>330</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>393</v>
+        <v>252</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>42</v>
+        <v>3</v>
       </c>
       <c r="E68" s="1">
-        <v>33160</v>
+        <v>11101</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>394</v>
+        <v>331</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H68" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="69" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A69" s="1" t="s">
-        <v>86</v>
+        <v>332</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>87</v>
+        <v>333</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>88</v>
+        <v>211</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>33180</v>
+        <v>18</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>241</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>89</v>
+        <v>334</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H69" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="70" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A70" s="1" t="s">
-        <v>395</v>
+        <v>335</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>396</v>
+        <v>336</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>71</v>
+        <v>337</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>33131</v>
+        <v>18</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>338</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>397</v>
+        <v>339</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H70" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="71" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A71" s="1" t="s">
-        <v>398</v>
+        <v>89</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>399</v>
+        <v>90</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>400</v>
+        <v>91</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="E71" s="1">
-        <v>90245</v>
+        <v>78705</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>401</v>
+        <v>93</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H71" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="72" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A72" s="1" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>3</v>
+        <v>97</v>
       </c>
       <c r="E72" s="1">
-        <v>10006</v>
+        <v>28203</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H72" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="73" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A73" s="1" t="s">
-        <v>402</v>
+        <v>99</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>403</v>
+        <v>100</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>286</v>
+        <v>101</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>102</v>
+      </c>
+      <c r="E73" s="1">
+        <v>84043</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>404</v>
+        <v>103</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H73" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="74" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="1" t="s">
-        <v>405</v>
+        <v>340</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>406</v>
+        <v>341</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>407</v>
+        <v>342</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>42</v>
+        <v>3</v>
       </c>
       <c r="E74" s="1">
-        <v>33401</v>
+        <v>10017</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>408</v>
+        <v>343</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H74" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="75" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A75" s="1" t="s">
-        <v>409</v>
+        <v>344</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>406</v>
+        <v>345</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>407</v>
+        <v>346</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>33401</v>
+        <v>18</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>347</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>410</v>
+        <v>348</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H75" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="76" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A76" s="1" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>412</v>
+        <v>350</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>8</v>
+        <v>351</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E76" s="1">
-        <v>10004</v>
+        <v>91367</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>413</v>
+        <v>352</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H76" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="77" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A77" s="1" t="s">
-        <v>93</v>
+        <v>353</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>94</v>
+        <v>354</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>95</v>
+        <v>355</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>178</v>
+      </c>
+      <c r="E77" s="1">
+        <v>38117</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>97</v>
+        <v>356</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H77" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="78" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A78" s="1" t="s">
-        <v>98</v>
+        <v>357</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>99</v>
+        <v>358</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>100</v>
+        <v>359</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="E78" s="1">
-        <v>11557</v>
+        <v>33950</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>101</v>
+        <v>360</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H78" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="79" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A79" s="1" t="s">
-        <v>102</v>
+        <v>361</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>103</v>
+        <v>362</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>104</v>
+        <v>265</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>46</v>
+        <v>3</v>
       </c>
       <c r="E79" s="1">
-        <v>89113</v>
+        <v>11201</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>105</v>
+        <v>363</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H79" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="80" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="1" t="s">
-        <v>414</v>
+        <v>364</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>415</v>
+        <v>365</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>71</v>
+        <v>121</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E80" s="1">
-        <v>33162</v>
+        <v>33131</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>416</v>
+        <v>366</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H80" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="81" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A81" s="1" t="s">
-        <v>417</v>
+        <v>367</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>418</v>
+        <v>368</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>419</v>
+        <v>53</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>420</v>
+        <v>55</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>421</v>
+        <v>369</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H81" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="82" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A82" s="1" t="s">
-        <v>106</v>
+        <v>370</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>107</v>
+        <v>371</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>108</v>
+        <v>372</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="E82" s="1">
-        <v>57201</v>
+        <v>33021</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>110</v>
+        <v>373</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H82" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="83" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A83" s="1" t="s">
-        <v>422</v>
+        <v>374</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>423</v>
+        <v>116</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>291</v>
+        <v>117</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>292</v>
+        <v>24</v>
+      </c>
+      <c r="E83" s="1">
+        <v>33133</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>424</v>
+        <v>375</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H83" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="84" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A84" s="1" t="s">
-        <v>111</v>
+        <v>376</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>112</v>
+        <v>377</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>113</v>
+        <v>378</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>114</v>
+        <v>3</v>
       </c>
       <c r="E84" s="1">
-        <v>30144</v>
+        <v>10956</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>115</v>
+        <v>379</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H84" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="85" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A85" s="1" t="s">
-        <v>425</v>
+        <v>380</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>426</v>
+        <v>381</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>8</v>
+        <v>382</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>10119</v>
+        <v>54</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>383</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>427</v>
+        <v>384</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H85" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="86" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A86" s="1" t="s">
-        <v>428</v>
+        <v>104</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>429</v>
+        <v>105</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>286</v>
+        <v>64</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>3</v>
+      </c>
+      <c r="E86" s="1">
+        <v>10018</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>430</v>
+        <v>106</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H86" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="87" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A87" s="1" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>3</v>
+      </c>
+      <c r="E87" s="1">
+        <v>11735</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>5</v>
       </c>
       <c r="H87" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="88" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A88" s="1" t="s">
-        <v>122</v>
+        <v>385</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>123</v>
+        <v>386</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>124</v>
+        <v>387</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>29745</v>
+        <v>18</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>388</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>126</v>
+        <v>389</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H88" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="89" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A89" s="1" t="s">
-        <v>431</v>
+        <v>111</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>432</v>
+        <v>112</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>433</v>
+        <v>113</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>434</v>
+        <v>3</v>
       </c>
       <c r="E89" s="1">
-        <v>22201</v>
+        <v>11788</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>435</v>
+        <v>114</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H89" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="90" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A90" s="1" t="s">
-        <v>127</v>
+        <v>390</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>128</v>
+        <v>391</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>129</v>
+        <v>392</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E90" s="1">
-        <v>33759</v>
+        <v>33181</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>130</v>
+        <v>393</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H90" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="91" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A91" s="1" t="s">
-        <v>436</v>
+        <v>115</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>437</v>
+        <v>116</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>71</v>
+        <v>117</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E91" s="1">
-        <v>33131</v>
+        <v>33133</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>438</v>
+        <v>118</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H91" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="92" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A92" s="1" t="s">
-        <v>439</v>
+        <v>394</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>440</v>
+        <v>371</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>344</v>
+        <v>372</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="E92" s="1">
-        <v>11101</v>
+        <v>33021</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>441</v>
+        <v>395</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H92" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="93" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A93" s="1" t="s">
-        <v>442</v>
+        <v>396</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>443</v>
+        <v>397</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>291</v>
+        <v>224</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>333</v>
+        <v>9</v>
+      </c>
+      <c r="E93" s="1">
+        <v>94105</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>444</v>
+        <v>398</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H93" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="94" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A94" s="1" t="s">
-        <v>445</v>
+        <v>399</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>446</v>
+        <v>210</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>447</v>
+        <v>211</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>448</v>
+        <v>212</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>449</v>
+        <v>400</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H94" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="95" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A95" s="1" t="s">
-        <v>131</v>
+        <v>401</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>132</v>
+        <v>402</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>133</v>
+        <v>198</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>134</v>
+        <v>3</v>
       </c>
       <c r="E95" s="1">
-        <v>78705</v>
+        <v>12207</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>135</v>
+        <v>403</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H95" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="96" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A96" s="1" t="s">
-        <v>136</v>
+        <v>404</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>137</v>
+        <v>405</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>138</v>
+        <v>45</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>139</v>
+        <v>9</v>
       </c>
       <c r="E96" s="1">
-        <v>28203</v>
+        <v>95131</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>140</v>
+        <v>406</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H96" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="97" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A97" s="1" t="s">
-        <v>141</v>
+        <v>407</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>142</v>
+        <v>408</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>143</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="E97" s="1">
-        <v>84043</v>
+        <v>33134</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>145</v>
+        <v>409</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H97" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="98" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A98" s="1" t="s">
-        <v>146</v>
+        <v>410</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>147</v>
+        <v>408</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="E98" s="1">
-        <v>11720</v>
+        <v>33134</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>149</v>
+        <v>411</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H98" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="99" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A99" s="1" t="s">
-        <v>450</v>
+        <v>412</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>451</v>
+        <v>142</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>452</v>
+        <v>143</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="E99" s="1">
-        <v>10017</v>
+        <v>33134</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>453</v>
+        <v>413</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H99" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="100" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A100" s="1" t="s">
-        <v>454</v>
+        <v>414</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>455</v>
+        <v>415</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>456</v>
+        <v>416</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>420</v>
+        <v>186</v>
+      </c>
+      <c r="E100" s="1">
+        <v>21208</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>457</v>
+        <v>417</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H100" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="101" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A101" s="1" t="s">
-        <v>458</v>
+        <v>418</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>459</v>
+        <v>419</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>460</v>
+        <v>224</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="E101" s="1">
-        <v>91367</v>
+        <v>94104</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>461</v>
+        <v>420</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H101" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="102" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A102" s="1" t="s">
-        <v>462</v>
+        <v>119</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>463</v>
+        <v>120</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>464</v>
+        <v>121</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E102" s="1">
-        <v>33950</v>
+        <v>33130</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>465</v>
+        <v>122</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H102" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="103" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A103" s="1" t="s">
-        <v>466</v>
+        <v>123</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>467</v>
+        <v>124</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>468</v>
+        <v>125</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>469</v>
+        <v>3</v>
+      </c>
+      <c r="E103" s="1">
+        <v>10004</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>470</v>
+        <v>126</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H103" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="104" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A104" s="1" t="s">
-        <v>150</v>
+        <v>421</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>151</v>
+        <v>422</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>153</v>
+        <v>24</v>
       </c>
       <c r="E104" s="1">
-        <v>19046</v>
+        <v>33180</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>154</v>
+        <v>423</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H104" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="105" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A105" s="1" t="s">
-        <v>471</v>
+        <v>424</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>472</v>
+        <v>425</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>2</v>
+        <v>426</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>11201</v>
+        <v>54</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>427</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>473</v>
+        <v>428</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H105" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="106" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A106" s="1" t="s">
-        <v>674</v>
+        <v>429</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>675</v>
+        <v>430</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>71</v>
+        <v>431</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E106" s="1">
-        <v>33131</v>
+        <v>33301</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>676</v>
+        <v>432</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H106" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="107" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A107" s="1" t="s">
-        <v>474</v>
+        <v>127</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>475</v>
+        <v>128</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>476</v>
+        <v>129</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>130</v>
+      </c>
+      <c r="E107" s="1">
+        <v>19008</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>478</v>
+        <v>131</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H107" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="108" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A108" s="1" t="s">
-        <v>479</v>
+        <v>433</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>480</v>
+        <v>434</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>481</v>
+        <v>435</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>33021</v>
+        <v>54</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>436</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>482</v>
+        <v>437</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H108" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="109" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A109" s="1" t="s">
-        <v>483</v>
+        <v>438</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>484</v>
+        <v>439</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>352</v>
+        <v>440</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E109" s="1">
-        <v>33431</v>
+        <v>33702</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>485</v>
+        <v>441</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H109" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="110" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A110" s="1" t="s">
-        <v>486</v>
+        <v>132</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>167</v>
+        <v>133</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>168</v>
+        <v>134</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>42</v>
+        <v>135</v>
       </c>
       <c r="E110" s="1">
-        <v>33133</v>
+        <v>48033</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>487</v>
+        <v>136</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H110" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="111" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A111" s="1" t="s">
-        <v>488</v>
+        <v>442</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>489</v>
+        <v>142</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>490</v>
+        <v>143</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="E111" s="1">
-        <v>10956</v>
+        <v>33134</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>491</v>
+        <v>443</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H111" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="112" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A112" s="1" t="s">
-        <v>492</v>
+        <v>444</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>493</v>
+        <v>445</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>494</v>
+        <v>446</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>495</v>
+        <v>447</v>
+      </c>
+      <c r="E112" s="1">
+        <v>60661</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>496</v>
+        <v>448</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H112" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="113" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A113" s="1" t="s">
-        <v>497</v>
+        <v>449</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>498</v>
+        <v>439</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>499</v>
+        <v>440</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="E113" s="1">
-        <v>10950</v>
+        <v>33702</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>500</v>
+        <v>450</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H113" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="114" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A114" s="1" t="s">
-        <v>155</v>
+        <v>451</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>156</v>
+        <v>452</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>8</v>
+        <v>453</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="E114" s="1">
-        <v>10018</v>
+        <v>33009</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>157</v>
+        <v>454</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H114" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="115" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A115" s="1" t="s">
-        <v>158</v>
+        <v>455</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>159</v>
+        <v>456</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>160</v>
+        <v>64</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E115" s="1">
-        <v>11735</v>
+        <v>10022</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>161</v>
+        <v>457</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H115" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="116" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A116" s="1" t="s">
-        <v>501</v>
+        <v>458</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>502</v>
+        <v>459</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>503</v>
+        <v>228</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>504</v>
+        <v>3</v>
+      </c>
+      <c r="E116" s="1">
+        <v>11516</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>505</v>
+        <v>460</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H116" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="117" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A117" s="1" t="s">
-        <v>162</v>
+        <v>461</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>163</v>
+        <v>462</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>164</v>
+        <v>64</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E117" s="1">
-        <v>11788</v>
+        <v>10011</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>165</v>
+        <v>463</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H117" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="118" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A118" s="1" t="s">
-        <v>506</v>
+        <v>137</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>507</v>
+        <v>138</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>508</v>
+        <v>139</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E118" s="1">
-        <v>33181</v>
+        <v>33301</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>509</v>
+        <v>140</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H118" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="119" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A119" s="1" t="s">
-        <v>510</v>
+        <v>141</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>511</v>
+        <v>142</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>71</v>
+        <v>143</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E119" s="1">
-        <v>33131</v>
+        <v>33134</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>512</v>
+        <v>144</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H119" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="120" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A120" s="1" t="s">
-        <v>166</v>
+        <v>464</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>167</v>
+        <v>465</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>168</v>
+        <v>261</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E120" s="1">
-        <v>33133</v>
+        <v>33498</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>169</v>
+        <v>466</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H120" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="121" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A121" s="1" t="s">
-        <v>513</v>
+        <v>467</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>480</v>
+        <v>210</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>481</v>
+        <v>211</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>33021</v>
+        <v>18</v>
+      </c>
+      <c r="E121" s="3" t="s">
+        <v>212</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>514</v>
+        <v>468</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H121" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="122" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A122" s="1" t="s">
-        <v>515</v>
+        <v>469</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>516</v>
+        <v>470</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>286</v>
+        <v>211</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>287</v>
+        <v>212</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>517</v>
+        <v>471</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H122" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="123" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A123" s="1" t="s">
-        <v>518</v>
+        <v>145</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>519</v>
+        <v>146</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>313</v>
+        <v>147</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="E123" s="1">
-        <v>94105</v>
+        <v>11021</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>520</v>
+        <v>148</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H123" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="124" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A124" s="1" t="s">
-        <v>521</v>
+        <v>472</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>290</v>
+        <v>473</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>291</v>
+        <v>474</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>292</v>
+        <v>9</v>
+      </c>
+      <c r="E124" s="1">
+        <v>94080</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>522</v>
+        <v>475</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H124" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="125" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A125" s="1" t="s">
-        <v>523</v>
+        <v>476</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>524</v>
+        <v>477</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>75</v>
+        <v>478</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>24</v>
+        <v>102</v>
       </c>
       <c r="E125" s="1">
-        <v>95131</v>
+        <v>84111</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>525</v>
+        <v>479</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H125" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="126" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A126" s="1" t="s">
-        <v>526</v>
+        <v>480</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>527</v>
+        <v>481</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>208</v>
+        <v>482</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>42</v>
+        <v>3</v>
       </c>
       <c r="E126" s="1">
-        <v>33134</v>
+        <v>11042</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>528</v>
+        <v>483</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H126" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="127" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A127" s="1" t="s">
-        <v>529</v>
+        <v>484</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>527</v>
+        <v>485</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>208</v>
+        <v>453</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="E127" s="1">
-        <v>33134</v>
+        <v>33009</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>530</v>
+        <v>486</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H127" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="128" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A128" s="1" t="s">
-        <v>531</v>
+        <v>487</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>207</v>
+        <v>488</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>208</v>
+        <v>281</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>33134</v>
+        <v>282</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>489</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>532</v>
+        <v>490</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H128" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="129" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A129" s="1" t="s">
-        <v>533</v>
+        <v>491</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>534</v>
+        <v>492</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>313</v>
+        <v>493</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="E129" s="1">
-        <v>94104</v>
+        <v>11563</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>535</v>
+        <v>494</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H129" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="130" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A130" s="1" t="s">
-        <v>170</v>
+        <v>495</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>171</v>
+        <v>496</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>71</v>
+        <v>211</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>33130</v>
+        <v>18</v>
+      </c>
+      <c r="E130" s="3" t="s">
+        <v>241</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>172</v>
+        <v>497</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H130" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="131" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A131" s="1" t="s">
-        <v>173</v>
+        <v>498</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>174</v>
+        <v>499</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>175</v>
+        <v>453</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="E131" s="1">
-        <v>10004</v>
+        <v>33009</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>176</v>
+        <v>500</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H131" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="132" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A132" s="1" t="s">
-        <v>536</v>
+        <v>149</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>537</v>
+        <v>150</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>456</v>
+        <v>151</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>538</v>
+        <v>3</v>
+      </c>
+      <c r="E132" s="1">
+        <v>11530</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>539</v>
+        <v>152</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H132" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="133" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A133" s="1" t="s">
-        <v>540</v>
+        <v>501</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>541</v>
+        <v>502</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>542</v>
+        <v>503</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>119</v>
+        <v>54</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>543</v>
+        <v>504</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>544</v>
+        <v>505</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H133" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="134" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A134" s="1" t="s">
-        <v>545</v>
+        <v>506</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>546</v>
+        <v>251</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>547</v>
+        <v>252</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>42</v>
+        <v>3</v>
       </c>
       <c r="E134" s="1">
-        <v>33301</v>
+        <v>11101</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>548</v>
+        <v>507</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H134" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="135" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A135" s="1" t="s">
-        <v>177</v>
+        <v>508</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>178</v>
+        <v>509</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>179</v>
+        <v>228</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>153</v>
+        <v>3</v>
       </c>
       <c r="E135" s="1">
-        <v>19008</v>
+        <v>11516</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>180</v>
+        <v>510</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H135" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="136" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A136" s="1" t="s">
-        <v>549</v>
+        <v>511</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>550</v>
+        <v>512</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>551</v>
+        <v>513</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>552</v>
+        <v>3</v>
+      </c>
+      <c r="E136" s="1">
+        <v>11213</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>553</v>
+        <v>514</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H136" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="137" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A137" s="1" t="s">
-        <v>554</v>
+        <v>515</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>555</v>
+        <v>516</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>556</v>
+        <v>64</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>42</v>
+        <v>3</v>
       </c>
       <c r="E137" s="1">
-        <v>33702</v>
+        <v>10017</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>557</v>
+        <v>517</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H137" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="138" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A138" s="1" t="s">
-        <v>181</v>
+        <v>518</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>182</v>
+        <v>519</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>183</v>
+        <v>520</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>184</v>
+        <v>82</v>
       </c>
       <c r="E138" s="1">
-        <v>48033</v>
+        <v>30361</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>185</v>
+        <v>521</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H138" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="139" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A139" s="1" t="s">
-        <v>558</v>
+        <v>522</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>207</v>
+        <v>519</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>208</v>
+        <v>520</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>42</v>
+        <v>82</v>
       </c>
       <c r="E139" s="1">
-        <v>33134</v>
+        <v>30361</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>559</v>
+        <v>523</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H139" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="140" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A140" s="1" t="s">
-        <v>560</v>
+        <v>524</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>561</v>
+        <v>525</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>562</v>
+        <v>526</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>563</v>
+        <v>3</v>
       </c>
       <c r="E140" s="1">
-        <v>60661</v>
+        <v>11516</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>564</v>
+        <v>527</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H140" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="141" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A141" s="1" t="s">
-        <v>565</v>
+        <v>528</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>555</v>
+        <v>529</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>556</v>
+        <v>530</v>
       </c>
       <c r="D141" s="1" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="E141" s="1">
-        <v>33702</v>
+        <v>90630</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>566</v>
+        <v>531</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H141" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="142" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A142" s="1" t="s">
-        <v>567</v>
+        <v>532</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>568</v>
+        <v>533</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>224</v>
+        <v>520</v>
       </c>
       <c r="D142" s="1" t="s">
-        <v>42</v>
+        <v>82</v>
       </c>
       <c r="E142" s="1">
-        <v>33180</v>
+        <v>30361</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>569</v>
+        <v>534</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H142" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="143" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A143" s="1" t="s">
-        <v>570</v>
+        <v>153</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>571</v>
+        <v>154</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>572</v>
+        <v>155</v>
       </c>
       <c r="D143" s="1" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="E143" s="1">
-        <v>33009</v>
+        <v>92614</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>573</v>
+        <v>156</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>226</v>
+        <v>5</v>
       </c>
       <c r="H143" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="144" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A144" s="1" t="s">
-        <v>186</v>
+        <v>153</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>187</v>
+        <v>154</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>188</v>
+        <v>155</v>
       </c>
       <c r="D144" s="1" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E144" s="1">
-        <v>11739</v>
+        <v>92614</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>189</v>
+        <v>535</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>5</v>
+        <v>161</v>
       </c>
       <c r="H144" s="2">
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="145" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A145" s="1" t="s">
-        <v>574</v>
+        <v>536</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>575</v>
+        <v>537</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>8</v>
+        <v>121</v>
       </c>
       <c r="D145" s="1" t="s">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="E145" s="1">
-        <v>10022</v>
+        <v>33131</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>576</v>
+        <v>538</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>226</v>
+        <v>161</v>
       </c>
       <c r="H145" s="2">
-        <v>45996</v>
-[...935 lines deleted...]
-        <v>45996</v>
+        <v>46058</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W181">
-    <sortCondition ref="A3:A181"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:W145">
+    <sortCondition ref="A3:A145"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>