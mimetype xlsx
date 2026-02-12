--- v0 (2025-12-19)
+++ v1 (2026-02-12)
@@ -1,55 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - December 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\DOB-Consumer Credit Division\Consumer Credit Documents\STATISTIC\Website - February 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{377B2456-DB34-49C2-A517-3EF3BE44F62E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D784F2AD-364A-43AE-963A-19B161E397E9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="29">
   <si>
     <t>Company Name</t>
   </si>
   <si>
     <t>Street</t>
   </si>
   <si>
     <t>City</t>
@@ -108,51 +108,51 @@
   <si>
     <t>Neighborhood Housing Services of New Britain, Inc.</t>
   </si>
   <si>
     <t>223 Broad Street</t>
   </si>
   <si>
     <t>New Britain</t>
   </si>
   <si>
     <t>Habitat for Humanity of Coastal Fairfield County, Inc.</t>
   </si>
   <si>
     <t>Habitat for Humanity of North Central Connecticut, Inc.</t>
   </si>
   <si>
     <t>34 Shunpike Rd, Unit 24-26</t>
   </si>
   <si>
     <t>Cromwell</t>
   </si>
   <si>
     <t>Middlesex Habitat for Humanity of CT, Inc.</t>
   </si>
   <si>
-    <t>Bona Fide Nonprofit Organizations - Currently Approved as of December 2025</t>
+    <t>Bona Fide Nonprofit Organizations - Currently Approved as of February 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="00000"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>