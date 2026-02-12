--- v0 (2025-12-18)
+++ v1 (2026-02-12)
@@ -6,60 +6,60 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="23801"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="25225"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ctgovexec.sharepoint.com/sites/AGRAg.DevelopmentResourceConservation/Shared Documents/Farm to School/CTG4CTK grant/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ctgovexec.sharepoint.com/sites/AGRAg.DevelopmentResourceConservation/Shared Documents/Bureau Grants/CT Grown 4 CT Kids Grant/FY 23 Application Materials/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{195090B4-42C7-4706-9721-E43A68EC9298}" xr6:coauthVersionLast="46" xr6:coauthVersionMax="46" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2832E5FB-FE5B-4B13-878C-255A7BAB88C1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="204" yWindow="0" windowWidth="15972" windowHeight="10008" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-7590" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Intstructions" sheetId="4" r:id="rId1"/>
     <sheet name="Budget" sheetId="1" r:id="rId2"/>
     <sheet name="Budget Narrative" sheetId="2" r:id="rId3"/>
     <sheet name="Timeline" sheetId="3" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -118,140 +118,66 @@
     <t>GRANT FUNDS REQUESTED</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">ITEMIZED SUBTOTALS - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF00B050"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>MATCH FUNDS</t>
     </r>
   </si>
   <si>
     <t>CASH MATCH BY APPLICANT</t>
   </si>
   <si>
     <t>TOTAL COST</t>
   </si>
   <si>
-    <r>
-[...28 lines deleted...]
-  <si>
     <t>Leave blank</t>
   </si>
   <si>
     <t xml:space="preserve">     Salary 1:</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
-    <r>
-[...28 lines deleted...]
-  <si>
     <t xml:space="preserve">     Fringe 1:</t>
   </si>
   <si>
     <t xml:space="preserve">     Item 1: </t>
   </si>
   <si>
     <t xml:space="preserve">     Item 2: </t>
-  </si>
-[...12 lines deleted...]
-    </r>
   </si>
   <si>
     <t xml:space="preserve">     Item 2:</t>
   </si>
   <si>
     <t xml:space="preserve">     Item 3:</t>
   </si>
   <si>
     <t xml:space="preserve">     Item 4:</t>
   </si>
   <si>
     <t xml:space="preserve">     Item 5:</t>
   </si>
   <si>
     <t xml:space="preserve">     Contractor 1:</t>
   </si>
   <si>
     <t xml:space="preserve">     Contractor 2:</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">OTHER COSTS.  </t>
     </r>
     <r>
       <rPr>
@@ -297,126 +223,156 @@
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">category. </t>
     </r>
   </si>
   <si>
     <r>
       <t>EQUIPMENT.</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Equipment to be purchased per the project.  Attaching estimates or quotes to justify the expense is required</t>
     </r>
   </si>
   <si>
+    <t xml:space="preserve"> Budget Narrative Justification</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Project Workplan and Timeline</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Budget Form</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Please complete all 3 worksheets titled "Budget" "Budget Narrative" and "Timeline" and attach the completed workbook to your application through Salesforce. </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Budget, Budget Narrative Justification, Workplan and Timeline </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Please attach any required estimates and quotes to your application through Salesforce. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">For any questions in completing this workbook, contact Cyrena Thibodeau at cyrena.thibodeau@ct.gov, 860-895-3094. </t>
+  </si>
+  <si>
+    <t>PROJECT ACTIVITY</t>
+  </si>
+  <si>
+    <t>ANTICIPATED TIMELINE (start/end) can be by month</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Directions: Activities to begin February 1, 2024 and extend for up to 18 mo.  Project activities and reporting must be completed and submitted by July 31, 2024. </t>
+  </si>
+  <si>
+    <t>FY 2023 CT Grown for CT Kids Grant</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRINGE. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">In addition to the itemized budget below, please also include a budget narrative on the next worksheet. The amount awarded to any applicant through the CTG4CTK Grant shall not exceed $24,999. </t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">*RENTAL OF EQUIPMENT. </t>
+      <t xml:space="preserve">*CONTRACTUAL/CONSULTANT. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Expenses associated with procuring services performed by an individual or organization other than the applicant.  If more than one, each contractor/consultant hired must be described separately.  Attaching estimates or quotes to justify the expense is required</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">MATERIALS &amp; SUPPLIES. </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>A list of materials and supplies required for the project.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">RENTAL OF EQUIPMENT. </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Rented equipment required to complete the project if applicable</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">CONTRACTUAL/CONSULTANT. </t>
+      <t xml:space="preserve">SALARIES. </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
-        <color rgb="FF000000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Expenses associated with procuring services performed by an individual or organization other than the applicant.  If more than one, each contractor/consultant hired must be described separately.  Attaching estimates or quotes to justify the expense is required</t>
+      <t xml:space="preserve">Salary expenses are meant to cover expenses directly related to the project, not general expenses. Combined employee salary and fringe paid to execute and directly administer the project cannot exceed 25% of grant funds requested. For example, for a project that requested the full $24,999, no more than $6,250 in salary &amp; fringe can be requested. </t>
     </r>
   </si>
   <si>
-    <t>2021 CT Grown for CT Kids Grant</t>
-[...32 lines deleted...]
-    <t xml:space="preserve">Your budget narrative should be details for each line item how the cost was arrived at. For example for staffing (x # of hours @ x rate with a fringe rate of X%), for infrastructrue/supplies could include a link to the product. Please include estimates and quotes with your application if applicable. Expenses only after contract starts (April 1, 20220) can be covered under this grant. 
+    <t xml:space="preserve">Your budget narrative should be details for each line item how the cost was arrived at. For example for staffing (x # of hours @ x rate with a fringe rate of X%), for infrastructrue/supplies could include a link to the product. Please include estimates and quotes with your application if applicable. Expenses only after contract starts (Februaru 1, 2024) can be covered under this grant. 
 </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Directions: Activities to begin April 1, 2022 and extend for up to 18 mo.  3 months of planning required within the project period (i.e. within the up to 18 months). Please include a 30 day period after project completion for final reporting. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
   </numFmts>
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -465,56 +421,50 @@
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0" tint="-0.249977111117893"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
-      <name val="Arial"/>
-[...4 lines deleted...]
-      <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -672,93 +622,93 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1011,865 +961,852 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A9894640-32ED-4AF0-9E4D-5E568BE13959}">
   <dimension ref="A1:Q6"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="F12" sqref="F12"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:F2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="6" max="6" width="38.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" s="35" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A1" s="38" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="B1" s="39"/>
       <c r="C1" s="39"/>
       <c r="D1" s="39"/>
       <c r="E1" s="39"/>
       <c r="F1" s="40"/>
     </row>
     <row r="2" spans="1:17" s="35" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A2" s="38" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B2" s="39"/>
       <c r="C2" s="39"/>
       <c r="D2" s="39"/>
       <c r="E2" s="39"/>
       <c r="F2" s="40"/>
     </row>
     <row r="3" spans="1:17" s="35" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A3" s="36" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="B3" s="36"/>
       <c r="C3" s="36"/>
       <c r="D3" s="36"/>
       <c r="E3" s="36"/>
       <c r="F3" s="36"/>
       <c r="G3" s="36"/>
       <c r="H3" s="36"/>
       <c r="I3" s="36"/>
       <c r="J3" s="36"/>
       <c r="K3" s="36"/>
       <c r="L3" s="36"/>
       <c r="M3" s="36"/>
       <c r="N3" s="36"/>
       <c r="O3" s="36"/>
       <c r="P3" s="36"/>
       <c r="Q3" s="36"/>
     </row>
     <row r="4" spans="1:17" s="35" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A4" s="36" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="B4" s="36"/>
       <c r="C4" s="36"/>
       <c r="D4" s="36"/>
       <c r="E4" s="36"/>
       <c r="F4" s="36"/>
       <c r="G4" s="36"/>
       <c r="H4" s="36"/>
       <c r="I4" s="36"/>
       <c r="J4" s="36"/>
       <c r="K4" s="36"/>
       <c r="L4" s="36"/>
       <c r="M4" s="36"/>
       <c r="N4" s="36"/>
       <c r="O4" s="36"/>
       <c r="P4" s="36"/>
       <c r="Q4" s="36"/>
     </row>
     <row r="5" spans="1:17" s="35" customFormat="1" ht="18" x14ac:dyDescent="0.35">
       <c r="A5" s="36" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="B5" s="36"/>
       <c r="C5" s="36"/>
       <c r="D5" s="36"/>
       <c r="E5" s="36"/>
       <c r="F5" s="36"/>
       <c r="G5" s="36"/>
       <c r="H5" s="36"/>
       <c r="I5" s="36"/>
       <c r="J5" s="36"/>
       <c r="K5" s="36"/>
       <c r="L5" s="36"/>
       <c r="M5" s="36"/>
       <c r="N5" s="36"/>
       <c r="O5" s="36"/>
       <c r="P5" s="36"/>
       <c r="Q5" s="36"/>
     </row>
     <row r="6" spans="1:17" s="35" customFormat="1" ht="18" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:F34"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A4" sqref="A4:F4"/>
+      <selection activeCell="K16" sqref="K16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="73" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.5546875" style="24" customWidth="1"/>
     <col min="3" max="3" width="12.5546875" style="25" customWidth="1"/>
     <col min="4" max="4" width="12.6640625" style="25" customWidth="1"/>
     <col min="5" max="5" width="11.109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5546875" style="1" customWidth="1"/>
     <col min="7" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A1" s="41" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="B1" s="42"/>
       <c r="C1" s="42"/>
       <c r="D1" s="42"/>
       <c r="E1" s="42"/>
       <c r="F1" s="43"/>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A2" s="41" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B2" s="42"/>
       <c r="C2" s="42"/>
       <c r="D2" s="42"/>
       <c r="E2" s="42"/>
       <c r="F2" s="43"/>
     </row>
     <row r="3" spans="1:6" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A3" s="32"/>
       <c r="B3" s="2"/>
       <c r="C3" s="33"/>
       <c r="D3" s="33"/>
       <c r="E3" s="33"/>
       <c r="F3" s="3"/>
     </row>
     <row r="4" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="47" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="48"/>
       <c r="C4" s="48"/>
       <c r="D4" s="48"/>
       <c r="E4" s="48"/>
       <c r="F4" s="49"/>
     </row>
     <row r="5" spans="1:6" ht="64.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="50" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B5" s="51"/>
       <c r="C5" s="51"/>
       <c r="D5" s="51"/>
       <c r="E5" s="51"/>
       <c r="F5" s="52"/>
     </row>
     <row r="6" spans="1:6" s="27" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="26" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="8" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="7" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="1:6" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:6" ht="66" x14ac:dyDescent="0.3">
       <c r="A7" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B7" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="B7" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C7" s="11">
         <v>0</v>
       </c>
       <c r="D7" s="10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E7" s="11">
         <f>SUM(D8)</f>
         <v>0</v>
       </c>
       <c r="F7" s="11">
         <f>SUM(C7:E7)</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A8" s="30" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" s="12" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="14">
         <v>0</v>
       </c>
       <c r="E8" s="15"/>
       <c r="F8" s="15"/>
     </row>
-    <row r="9" spans="1:6" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A9" s="9" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="B9" s="10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C9" s="11">
         <v>0</v>
       </c>
       <c r="D9" s="10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E9" s="11">
         <f>SUM(D10)</f>
         <v>0</v>
       </c>
       <c r="F9" s="11">
         <f>SUM(C9:E9)</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A10" s="30" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B10" s="12" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="14">
         <v>0</v>
       </c>
       <c r="E10" s="15"/>
       <c r="F10" s="15"/>
     </row>
     <row r="11" spans="1:6" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A11" s="9" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B11" s="10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C11" s="11">
         <f>SUM(B12)</f>
         <v>0</v>
       </c>
       <c r="D11" s="10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E11" s="11">
         <f>SUM(D12)</f>
         <v>0</v>
       </c>
       <c r="F11" s="11">
         <f>SUM(C11:E11)</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A12" s="30" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B12" s="14">
         <v>0</v>
       </c>
       <c r="C12" s="15"/>
       <c r="D12" s="16">
         <v>0</v>
       </c>
       <c r="E12" s="15"/>
       <c r="F12" s="15"/>
     </row>
     <row r="13" spans="1:6" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A13" s="17" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="B13" s="10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C13" s="11">
         <f>SUM(B14:B15)</f>
         <v>0</v>
       </c>
       <c r="D13" s="10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E13" s="11">
         <f>SUM(D14:D15)</f>
         <v>0</v>
       </c>
       <c r="F13" s="11">
         <f>SUM(C13:E13)</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A14" s="31" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B14" s="14">
         <v>0</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="16">
         <v>0</v>
       </c>
       <c r="E14" s="15"/>
       <c r="F14" s="15"/>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A15" s="31" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B15" s="14">
         <v>0</v>
       </c>
       <c r="C15" s="15"/>
       <c r="D15" s="16">
         <v>0</v>
       </c>
       <c r="E15" s="15"/>
       <c r="F15" s="15"/>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A16" s="17" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="B16" s="10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C16" s="11">
         <f>SUM(B17:B21)</f>
         <v>0</v>
       </c>
       <c r="D16" s="10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E16" s="11">
         <f>SUM(D17:D21)</f>
         <v>0</v>
       </c>
       <c r="F16" s="11">
         <f>SUM(C16:E16)</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A17" s="31" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B17" s="14">
         <v>0</v>
       </c>
       <c r="C17" s="15"/>
       <c r="D17" s="16">
         <v>0</v>
       </c>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A18" s="31" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="B18" s="14">
         <v>0</v>
       </c>
       <c r="C18" s="15"/>
       <c r="D18" s="16">
         <v>0</v>
       </c>
       <c r="E18" s="15"/>
       <c r="F18" s="15"/>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A19" s="31" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B19" s="14">
         <v>0</v>
       </c>
       <c r="C19" s="15"/>
       <c r="D19" s="16">
         <v>0</v>
       </c>
       <c r="E19" s="15"/>
       <c r="F19" s="15"/>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A20" s="31" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B20" s="14">
         <v>0</v>
       </c>
       <c r="C20" s="15"/>
       <c r="D20" s="16">
         <v>0</v>
       </c>
       <c r="E20" s="15"/>
       <c r="F20" s="15"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A21" s="31" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B21" s="14">
         <v>0</v>
       </c>
       <c r="C21" s="15"/>
       <c r="D21" s="16">
         <v>0</v>
       </c>
       <c r="E21" s="15"/>
       <c r="F21" s="15"/>
     </row>
     <row r="22" spans="1:6" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A22" s="17" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="B22" s="18" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C22" s="11">
         <f>SUM(B23:B24)</f>
         <v>0</v>
       </c>
       <c r="D22" s="10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E22" s="11">
         <f>SUM(D23:D24)</f>
         <v>0</v>
       </c>
       <c r="F22" s="11">
         <f>SUM(C22:E22)</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A23" s="31" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="B23" s="14">
         <v>0</v>
       </c>
       <c r="C23" s="15"/>
       <c r="D23" s="16">
         <v>0</v>
       </c>
       <c r="E23" s="15"/>
       <c r="F23" s="15"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A24" s="31" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B24" s="14">
         <v>0</v>
       </c>
       <c r="C24" s="15"/>
       <c r="D24" s="16">
         <v>0</v>
       </c>
       <c r="E24" s="15"/>
       <c r="F24" s="15"/>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A25" s="17" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B25" s="10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C25" s="11">
         <f>SUM(B26:B30)</f>
         <v>0</v>
       </c>
       <c r="D25" s="10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E25" s="11">
         <f>SUM(D26:D30)</f>
         <v>0</v>
       </c>
       <c r="F25" s="11">
         <f>SUM(C25:E25)</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A26" s="31" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B26" s="14">
         <v>0</v>
       </c>
       <c r="C26" s="15"/>
       <c r="D26" s="16">
         <v>0</v>
       </c>
       <c r="E26" s="15"/>
       <c r="F26" s="15"/>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A27" s="31" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B27" s="14">
         <v>0</v>
       </c>
       <c r="C27" s="15"/>
       <c r="D27" s="16">
         <v>0</v>
       </c>
       <c r="E27" s="15"/>
       <c r="F27" s="15"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A28" s="31" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B28" s="14">
         <v>0</v>
       </c>
       <c r="C28" s="15"/>
       <c r="D28" s="16">
         <v>0</v>
       </c>
       <c r="E28" s="15"/>
       <c r="F28" s="15"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A29" s="31" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B29" s="14">
         <v>0</v>
       </c>
       <c r="C29" s="15"/>
       <c r="D29" s="16">
         <v>0</v>
       </c>
       <c r="E29" s="15"/>
       <c r="F29" s="15"/>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A30" s="31" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B30" s="14">
         <v>0</v>
       </c>
       <c r="C30" s="15"/>
       <c r="D30" s="16">
         <v>0</v>
       </c>
       <c r="E30" s="15"/>
       <c r="F30" s="15"/>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A31" s="17" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B31" s="19" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C31" s="11">
         <f>SUM(C7,C9,C11,C13,C16,C22,C25)</f>
         <v>0</v>
       </c>
       <c r="D31" s="10" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E31" s="11">
         <f>SUM(E7:E11,E13,E16,E22,E25)</f>
         <v>0</v>
       </c>
       <c r="F31" s="11">
         <f>SUM(F7:F25)</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A32" s="20"/>
       <c r="B32" s="21"/>
       <c r="C32" s="22"/>
       <c r="D32" s="22"/>
       <c r="E32" s="20"/>
       <c r="F32" s="20"/>
     </row>
     <row r="33" spans="1:6" s="23" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="44" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B33" s="45"/>
       <c r="C33" s="45"/>
       <c r="D33" s="45"/>
       <c r="E33" s="45"/>
       <c r="F33" s="46"/>
     </row>
     <row r="34" spans="1:6" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B34" s="28"/>
       <c r="C34" s="29"/>
       <c r="D34" s="29"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A33:F33"/>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="A5:F5"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5589EF2D-4966-449A-960F-F8E3AC011AF4}">
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H5" sqref="H5"/>
+      <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="5" max="5" width="16.109375" customWidth="1"/>
     <col min="6" max="6" width="61.109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A1" s="41" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="B1" s="42"/>
       <c r="C1" s="42"/>
       <c r="D1" s="42"/>
       <c r="E1" s="42"/>
       <c r="F1" s="43"/>
     </row>
     <row r="2" spans="1:6" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A2" s="41" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B2" s="42"/>
       <c r="C2" s="42"/>
       <c r="D2" s="42"/>
       <c r="E2" s="42"/>
       <c r="F2" s="43"/>
     </row>
     <row r="3" spans="1:6" s="1" customFormat="1" ht="64.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="50" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="52"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B0CF38F2-6048-42CE-81ED-38991C5EC8C3}">
   <dimension ref="A1:F4"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C8" sqref="C8"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B12" sqref="B12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="35.44140625" customWidth="1"/>
     <col min="2" max="2" width="46.88671875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="1" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A1" s="41" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="B1" s="42"/>
       <c r="C1" s="42"/>
       <c r="D1" s="42"/>
       <c r="E1" s="42"/>
       <c r="F1" s="43"/>
     </row>
     <row r="2" spans="1:6" s="1" customFormat="1" ht="22.8" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="41" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="B2" s="42"/>
       <c r="C2" s="42"/>
       <c r="D2" s="42"/>
       <c r="E2" s="42"/>
       <c r="F2" s="43"/>
     </row>
     <row r="3" spans="1:6" s="34" customFormat="1" ht="32.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="47" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="B3" s="48"/>
       <c r="C3" s="48"/>
       <c r="D3" s="48"/>
       <c r="E3" s="48"/>
       <c r="F3" s="49"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.3">
       <c r="A4" s="37" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="B4" s="37" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="C4" s="34"/>
       <c r="D4" s="34"/>
       <c r="E4" s="34"/>
       <c r="F4" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b73e03fc-2c2a-4eb5-9efb-9038c02c6da4" xmlns:ns3="fddfbcf2-9f8c-42e4-85dc-cc5232653894" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="58da7e4958739bfe085b30460e1f61b7" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008032C6921B094A4CB6C759F89BBAF4E8" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bd7a7b4e3430630b288e99c3879fe65e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b73e03fc-2c2a-4eb5-9efb-9038c02c6da4" xmlns:ns3="fddfbcf2-9f8c-42e4-85dc-cc5232653894" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c8c153e8e78ca39828c52e520d291e97" ns2:_="" ns3:_="">
     <xsd:import namespace="b73e03fc-2c2a-4eb5-9efb-9038c02c6da4"/>
     <xsd:import namespace="fddfbcf2-9f8c-42e4-85dc-cc5232653894"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b73e03fc-2c2a-4eb5-9efb-9038c02c6da4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -1883,79 +1820,97 @@
     <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="15" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="69be3ee5-5d72-4a78-bfe6-04ec158992b3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fddfbcf2-9f8c-42e4-85dc-cc5232653894" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="21" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{4d22b03d-0548-4dad-8729-6c585d12858a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="fddfbcf2-9f8c-42e4-85dc-cc5232653894">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -2013,90 +1968,95 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b73e03fc-2c2a-4eb5-9efb-9038c02c6da4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="fddfbcf2-9f8c-42e4-85dc-cc5232653894" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA9388E0-B427-4915-897E-6DB93E6D09F8}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53A27355-9229-4082-9BD9-26B45E4BEA7A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06D3A4CA-D661-4EA7-B477-079EA6A2ADC0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="fddfbcf2-9f8c-42e4-85dc-cc5232653894"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="b73e03fc-2c2a-4eb5-9efb-9038c02c6da4"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-  </ds:schemaRefs>
-[...25 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Intstructions</vt:lpstr>
       <vt:lpstr>Budget</vt:lpstr>
       <vt:lpstr>Budget Narrative</vt:lpstr>
       <vt:lpstr>Timeline</vt:lpstr>