--- v0 (2025-12-15)
+++ v1 (2026-02-12)
@@ -5,79 +5,79 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\deepisilon\horizon\redirectedfolders\olsonl\My Documents\Remediation webpage\LEP\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{01DB2EA2-EBD5-4C87-AB73-F07BA167100D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6F9864E7-1DD1-48ED-9BF5-62C7F9C4AA1C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Courses" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1774" uniqueCount="987">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1824" uniqueCount="1004">
   <si>
     <t># of CECs</t>
   </si>
   <si>
     <t>Course Title</t>
   </si>
   <si>
     <t>Provider</t>
   </si>
   <si>
     <t>Provider Address</t>
   </si>
   <si>
     <t>Email/Webpage</t>
   </si>
   <si>
     <t>Course Start Date</t>
   </si>
   <si>
     <t>Course Location</t>
   </si>
   <si>
     <t>2 CECs</t>
   </si>
   <si>
@@ -2126,53 +2126,50 @@
     <t xml:space="preserve">Boxborough, MA </t>
   </si>
   <si>
     <t>PFAs Treatment Technologies - Overview &amp; Case Studies</t>
   </si>
   <si>
     <t>Facility Roundtable : Managing Remediation &amp; Hazardous Waste</t>
   </si>
   <si>
     <t>1/2 credit for sessions and 1:1 credit for workshops</t>
   </si>
   <si>
     <t>Soils, Sediments, Water and Energy Conference October 21-24, 2024.  All attended sessions and workshops must be listed on the LEP certification list submitted in 2025 with renewal.</t>
   </si>
   <si>
     <t>MeazureLearning</t>
   </si>
   <si>
     <t>Examination Item Development and Review Workshop</t>
   </si>
   <si>
     <t>PROCTORU, Inc 2200 Riverchase Center, Suite 600, Birmingham, AL 35244</t>
   </si>
   <si>
     <t>live on line</t>
-  </si>
-[...1 lines deleted...]
-    <t>meazurelearning,com</t>
   </si>
   <si>
     <t>Report Form Validation Workshop</t>
   </si>
   <si>
     <t>Meeting the Challenges of Groundwater in Fractured Rock Conference.</t>
   </si>
   <si>
     <t>NGWA</t>
   </si>
   <si>
     <t>ngwa.org</t>
   </si>
   <si>
     <t>Burlington, VT</t>
   </si>
   <si>
     <t>Plumes in Bedrock Aquafers</t>
   </si>
   <si>
     <t>Geology Days Conference</t>
   </si>
   <si>
     <t>NYSCPG</t>
   </si>
@@ -3509,50 +3506,106 @@
       </rPr>
       <t xml:space="preserve">lspa.michelle@gmail.com </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Tw Cen MT"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">                  PO Box 176, Amston, CT </t>
     </r>
   </si>
   <si>
     <t>CTLEP-436 W &amp; CTLEP-436 D</t>
   </si>
   <si>
     <t>1:1 credit</t>
   </si>
   <si>
     <t>CTLEP-618 W &amp;    CTLEP-618 D</t>
   </si>
   <si>
     <t>CTLEP-616 W  &amp;     CTLEP-616 D</t>
+  </si>
+  <si>
+    <t>CTLEP-635 W</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 9 CECs max 1:1 credit hour</t>
+  </si>
+  <si>
+    <t>Job Analysis</t>
+  </si>
+  <si>
+    <t>meazurelearning.com</t>
+  </si>
+  <si>
+    <t>CTLEP-634  the following are excluded: Overview of NYS Freshwater Wetlands Reqs, Id of GW Discharge to SW using FLIR Tech in a Wetland Complex at a Closed Landfill, Implementing the Lower Esopus Stream Mgt Plan: WQ Monitoring and Microbial Source Tracking in Marbletown, 
+Understanding Your Role: Legal and Ethical in NYS Prof Geology,
+A Breath of Fresh Air—How Air Monitoring is Helping Transform.</t>
+  </si>
+  <si>
+    <t>max 6 CECs max with 1/2 credit for sessions</t>
+  </si>
+  <si>
+    <t>November 11,2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">live in person </t>
+  </si>
+  <si>
+    <t>CT LEP 640 W</t>
+  </si>
+  <si>
+    <t>Best Practices for High Resolution Site Characterization LNAPL and DNAPL</t>
+  </si>
+  <si>
+    <t>CT LEP 639 W</t>
+  </si>
+  <si>
+    <t>Making Risk Make Sense, Public Communication Strategies for Environmental Practitioners</t>
+  </si>
+  <si>
+    <t>CT LEP 638 W</t>
+  </si>
+  <si>
+    <t>Fundamentals of Organic Chemistry, Part II</t>
+  </si>
+  <si>
+    <t>CT LEP-637 W</t>
+  </si>
+  <si>
+    <t>Fundamentals of Organic Chemistry, Part I</t>
+  </si>
+  <si>
+    <t>CT LEP-636 W</t>
+  </si>
+  <si>
+    <t>Introduction to the RBCRs</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="14">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Tw Cen MT"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
@@ -3665,158 +3718,169 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="7" tint="0.39997558519241921"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="7" tint="0.39997558519241921"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="7" tint="0.39997558519241921"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="17" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
       <color rgb="FF0066FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -4079,6769 +4143,6909 @@
                 <a:satMod val="250000"/>
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:tile tx="0" ty="0" sx="40000" sy="40000" flip="none" algn="tl"/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Integral" id="{3577F8C9-A904-41D8-97D2-FD898F53F20E}" vid="{682D6EBE-8D36-4FF2-9DB3-F3D8D7B6715D}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:svptrainer@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:esnyder@alphalab.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pspring@njaes.rutgers.edu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosolgo@cpesnj.com" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:travis@enviroworkshops.com" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tbarton@thermalrs.com" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aveilleux@virtualmgmt.com" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rschneiker@seview.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MZELCH@LSPA.ORG" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosolgo@cpesnj.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csmith@ngwa.org" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20ebc@ebcne.org" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ngwa.org/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MZELCH@LSPA.ORG" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dan@midwestgeo.com" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgriffith@newmoa.org" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:blayne@hartmaneg.com" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MZELCH@LSPA.ORG" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mzelch@lspa.org" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\local_olsonl\INetCache\local_braisj\INetCache\Content.Outlook\BC19CVN3\agwt.org\events" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vasilis.vasiliou@yale.edu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20epoc@epoc.org" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dliddell@gesonline.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ocpe@njaes.rutgers.edu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amine.dahmani@uconn.edu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian@geopractical.com" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aveilleux@virtualmgmt.com" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aveilleux@virtualmgmt.com" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosolgo@cpesnj.com" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pspring@njaes.rutgers.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MZELCH@LSPA.ORG" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brenna@aehsfoundation.org" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20brenna@aehsfoundation.org" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mzelch@lspa.org" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:www.newmoa.org" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ngwa.org/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ngwa.org/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20ebc@ebcne.org" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erin.kirby@usace.army.mil" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:www.agwt.org" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.midwestgeo.com/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@atlas-environmental.com" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afehn@insituoxidation.com" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian@geopractical.com" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aveilleux@virtualmgmt.com" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MZELCH@LSPA.ORG" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebc@ebcne.org" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MZELCH@LSPA.ORG" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mzelch@lspa.org" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csmith@ngwa.org" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newmoa.org/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ocpe@njaes.rutgers.edu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosolgo@cpesnj.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ngwa.org/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aehsfoundation.org/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jnadeau@nyscpg.org" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian@geopractical.com" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aveilleux@virtualmgmt.com" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brenna@aehsfoundation.org" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgriffith@newmoa.org" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20evansmaa@ccsu.edu" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ngwa.org/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ngwa.org/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ngwa.org/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:www.ngwa.org" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lmartin@geo-solutions.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dan@midwestgeo.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dan@midwestgeo.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian@geopractical.com" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmclane@mclaneenv.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CONNECT@BATTELLE.ORG" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosolgo@cpesnj.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ocpe@njaes.rutgers.edu" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pspring@njaes.rutgers.edu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pspring@njaes.rutgers.edu" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosolgo@cpesnj.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20epoc@epoc.org" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebc@ebcne.org" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cweber@alphalab.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aehsfoundation.org/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.newmoa.org/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:snadeau@honigman.com" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lspa.org/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20%20%20%20%20brenna@aehsfoundation.org" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ocpe@njaes.rutgers.edu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aveilleux@virtualmgmt.com" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosolgo@cpesnj.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.midwestgeo.com/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20j.nadeay@nyscpg.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pspring@njaes.rutgers.edu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:csmith@ngwa.org" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:balent.jean@epa.gov" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dan@midwestgeo.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.midwestgeo.com/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian@geopractical.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebc@ebcne.org" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20Eileen.snyder@pacelabs.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ngwa.org/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:www.AEHSFoundation.org" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chatch@geo.umass.edu" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joyce.patterson2@navy.mil" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aveilleux@virtualmgmt.com" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmclane@mclaneenv.com" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosolgo@cpesnj.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pspring@njaes.rutgers.edu" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20epoc@epoc.org" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\local_olsonl\INetCache\local_braisj\INetCache\Content.Outlook\BC19CVN3\agwt.org\events" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sherri.scott@tersusenv.com" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melaragm@battelle.org" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:esnyder@alphalab.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosolgo@cpesnj.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dan@midwestgeo.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nstruenski@alphalab.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cgehret@premiermagnesia.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgriffith@newmoa.org" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:itrc@itrcweb.org" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brenna@aehsfoundation.org" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aehsfoundation.org/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosolgo@cpesnj.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.nadeay@nyscpg.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pspring@njaes.rutgers.edu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20brenna@aehsfoundation.org" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:llszelch@lspa.org" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brian@geopractical.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosolgo@cpesnj.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20ebc@ebcne.org" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosolgo@cpesnj.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ngwa.org/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.midwestgeo.com/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgriffith@newmoa.org" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afehn@insituoxidation.com" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stephanie@enviroworkshops.com" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afehn@insituoxidation.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pspring@njaes.rutgers.edu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dan@midwestgeo.com" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jgriffith@newmoa.org" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20epoc@epoc.org" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20epoc@epoc.org" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.midwestgeo.com/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:todd@jesscomarketing.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:www.AEHSFoundation.org" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michelle@enviroclass.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:esnyder@alphalab.com" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosolgo@cpesnj.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mzelch@lspa.org" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mosolgo@cpesnj.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cheryl@agwt.org" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lspa.michelle@gmail.com" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epoc@epoc.org" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cweber@alphalab.com" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afehn@insituoxidation.com" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:afehn@insituoxidation.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{29089493-8060-451B-A64A-82A1A8A3F7FF}">
-  <dimension ref="A1:H276"/>
+  <dimension ref="A1:H283"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="M5" sqref="M5"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="19.625" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
     <col min="3" max="3" width="27.375" customWidth="1"/>
     <col min="4" max="4" width="16.25" customWidth="1"/>
     <col min="5" max="5" width="30.375" customWidth="1"/>
-    <col min="6" max="6" width="26.125" customWidth="1"/>
-    <col min="7" max="7" width="14" style="28" customWidth="1"/>
+    <col min="6" max="6" width="26.125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="14" style="26" customWidth="1"/>
     <col min="8" max="8" width="18.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="15">
-      <c r="A1" s="17" t="s">
-[...2 lines deleted...]
-      <c r="B1" s="18" t="s">
+      <c r="A1" s="15" t="s">
+        <v>657</v>
+      </c>
+      <c r="B1" s="16" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="18" t="s">
+      <c r="C1" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="18" t="s">
+      <c r="D1" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="E1" s="18" t="s">
+      <c r="E1" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="F1" s="29" t="s">
+      <c r="F1" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="19" t="s">
+      <c r="G1" s="17" t="s">
         <v>5</v>
       </c>
-      <c r="H1" s="18" t="s">
+      <c r="H1" s="16" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:8" ht="42.75">
-[...3 lines deleted...]
-      <c r="B2" s="21" t="s">
+    <row r="2" spans="1:8" ht="57">
+      <c r="A2" s="37" t="s">
+        <v>994</v>
+      </c>
+      <c r="B2" s="37" t="s">
+        <v>152</v>
+      </c>
+      <c r="C2" s="37" t="s">
+        <v>995</v>
+      </c>
+      <c r="D2" s="37" t="s">
+        <v>61</v>
+      </c>
+      <c r="E2" s="37" t="s">
+        <v>10</v>
+      </c>
+      <c r="F2" s="37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" s="42">
+        <v>46079</v>
+      </c>
+      <c r="H2" s="37" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="57">
+      <c r="A3" s="39" t="s">
+        <v>996</v>
+      </c>
+      <c r="B3" s="39" t="s">
         <v>7</v>
       </c>
-      <c r="C2" s="14" t="s">
-[...29 lines deleted...]
-        <v>88</v>
+      <c r="C3" s="37" t="s">
+        <v>997</v>
+      </c>
+      <c r="D3" s="39" t="s">
+        <v>61</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>961</v>
-[...22 lines deleted...]
-        <v>83</v>
+        <v>10</v>
+      </c>
+      <c r="F3" s="39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" s="43">
+        <v>46107</v>
+      </c>
+      <c r="H3" s="39" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="28.5">
+      <c r="A4" s="39" t="s">
+        <v>998</v>
+      </c>
+      <c r="B4" s="39" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" s="37" t="s">
+        <v>999</v>
+      </c>
+      <c r="D4" s="39" t="s">
+        <v>61</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>84</v>
-[...16 lines deleted...]
-        <v>152</v>
+        <v>10</v>
+      </c>
+      <c r="F4" s="39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" s="43">
+        <v>46176</v>
+      </c>
+      <c r="H4" s="39" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="28.5">
+      <c r="A5" s="39" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B5" s="39" t="s">
+        <v>26</v>
       </c>
       <c r="C5" s="37" t="s">
-        <v>966</v>
-[...1 lines deleted...]
-      <c r="D5" s="21" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D5" s="39" t="s">
         <v>61</v>
       </c>
       <c r="E5" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="F5" s="4" t="s">
+      <c r="F5" s="39" t="s">
         <v>11</v>
       </c>
-      <c r="G5" s="23">
+      <c r="G5" s="43">
+        <v>46085</v>
+      </c>
+      <c r="H5" s="39" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" s="39" t="s">
+        <v>1002</v>
+      </c>
+      <c r="B6" s="39" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" s="37" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D6" s="39" t="s">
+        <v>597</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F6" s="39" t="s">
+        <v>17</v>
+      </c>
+      <c r="G6" s="43">
+        <v>46043</v>
+      </c>
+      <c r="H6" s="39" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="42.75">
+      <c r="A7" s="18" t="s">
+        <v>986</v>
+      </c>
+      <c r="B7" s="19" t="s">
+        <v>987</v>
+      </c>
+      <c r="C7" s="24" t="s">
+        <v>988</v>
+      </c>
+      <c r="D7" s="24" t="s">
+        <v>630</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="G7" s="36">
+        <v>45993</v>
+      </c>
+      <c r="H7" s="36" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="342">
+      <c r="A8" s="24" t="s">
+        <v>990</v>
+      </c>
+      <c r="B8" s="37" t="s">
+        <v>991</v>
+      </c>
+      <c r="C8" s="38" t="s">
+        <v>640</v>
+      </c>
+      <c r="D8" s="39" t="s">
+        <v>641</v>
+      </c>
+      <c r="E8" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>645</v>
+      </c>
+      <c r="G8" s="10" t="s">
+        <v>992</v>
+      </c>
+      <c r="H8" s="12" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="42.75">
+      <c r="A9" s="18" t="s">
+        <v>954</v>
+      </c>
+      <c r="B9" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="C9" s="12" t="s">
+        <v>955</v>
+      </c>
+      <c r="D9" s="19" t="s">
+        <v>956</v>
+      </c>
+      <c r="E9" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G9" s="21">
+        <v>45897</v>
+      </c>
+      <c r="H9" s="4" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="28.5">
+      <c r="A10" s="18" t="s">
+        <v>958</v>
+      </c>
+      <c r="B10" s="19" t="s">
+        <v>188</v>
+      </c>
+      <c r="C10" s="12" t="s">
+        <v>959</v>
+      </c>
+      <c r="D10" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>960</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="G10" s="21">
+        <v>45973</v>
+      </c>
+      <c r="H10" s="19" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" ht="99.75">
+      <c r="A11" s="31" t="s">
+        <v>962</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>628</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>963</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="G11" s="21">
+        <v>45950</v>
+      </c>
+      <c r="H11" s="19" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="31.5">
+      <c r="A12" s="18" t="s">
+        <v>964</v>
+      </c>
+      <c r="B12" s="19" t="s">
+        <v>152</v>
+      </c>
+      <c r="C12" s="32" t="s">
+        <v>965</v>
+      </c>
+      <c r="D12" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="E12" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" s="21">
         <v>45994</v>
       </c>
-      <c r="H5" s="21" t="s">
+      <c r="H12" s="19" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="6" spans="1:8" ht="47.25">
-      <c r="A6" s="20" t="s">
+    <row r="13" spans="1:8" ht="47.25">
+      <c r="A13" s="18" t="s">
+        <v>966</v>
+      </c>
+      <c r="B13" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" s="33" t="s">
         <v>967</v>
       </c>
-      <c r="B6" s="21" t="s">
+      <c r="D13" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="E13" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" s="21">
+        <v>45967</v>
+      </c>
+      <c r="H13" s="19" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" ht="94.5">
+      <c r="A14" s="18" t="s">
+        <v>969</v>
+      </c>
+      <c r="B14" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="C6" s="38" t="s">
+      <c r="C14" s="34" t="s">
+        <v>970</v>
+      </c>
+      <c r="D14" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="21">
+        <v>45967</v>
+      </c>
+      <c r="H14" s="19" t="s">
         <v>968</v>
       </c>
-      <c r="D6" s="21" t="s">
+    </row>
+    <row r="15" spans="1:8" ht="47.25">
+      <c r="A15" s="18" t="s">
+        <v>971</v>
+      </c>
+      <c r="B15" s="19" t="s">
+        <v>152</v>
+      </c>
+      <c r="C15" s="34" t="s">
+        <v>972</v>
+      </c>
+      <c r="D15" s="19" t="s">
         <v>61</v>
       </c>
-      <c r="E6" s="4" t="s">
+      <c r="E15" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="F6" s="4" t="s">
+      <c r="F15" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G6" s="23">
-[...10 lines deleted...]
-      <c r="B7" s="21" t="s">
+      <c r="G15" s="21">
+        <v>45925</v>
+      </c>
+      <c r="H15" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="42.75">
+      <c r="A16" s="24" t="s">
+        <v>973</v>
+      </c>
+      <c r="B16" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="C7" s="39" t="s">
-[...40 lines deleted...]
-      <c r="H8" s="21" t="s">
+      <c r="C16" s="35" t="s">
+        <v>974</v>
+      </c>
+      <c r="D16" s="19" t="s">
+        <v>975</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G16" s="21">
+        <v>45917</v>
+      </c>
+      <c r="H16" s="19" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" ht="57">
+      <c r="A17" s="24" t="s">
+        <v>943</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>944</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>945</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="E17" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G17" s="5">
+        <v>45930</v>
+      </c>
+      <c r="H17" s="6" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="9" spans="1:8" ht="42.75">
-[...3 lines deleted...]
-      <c r="B9" s="21" t="s">
+    <row r="18" spans="1:8" ht="57">
+      <c r="A18" s="24" t="s">
+        <v>946</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>947</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>948</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="E18" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G18" s="5">
+        <v>45937</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" ht="57">
+      <c r="A19" s="24" t="s">
+        <v>949</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>950</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>951</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="E19" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G19" s="5">
+        <v>45959</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="42.75">
+      <c r="A20" s="18" t="s">
+        <v>932</v>
+      </c>
+      <c r="B20" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="C9" s="40" t="s">
-[...77 lines deleted...]
-      <c r="C12" s="4" t="s">
+      <c r="C20" s="12" t="s">
+        <v>933</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>934</v>
+      </c>
+      <c r="E20" s="4" t="s">
+        <v>935</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="G20" s="21">
+        <v>45792</v>
+      </c>
+      <c r="H20" s="19" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" ht="42.75">
+      <c r="A21" s="18" t="s">
+        <v>938</v>
+      </c>
+      <c r="B21" s="19" t="s">
+        <v>939</v>
+      </c>
+      <c r="C21" s="12" t="s">
         <v>952</v>
       </c>
-      <c r="D12" s="4" t="s">
-[...45 lines deleted...]
-      <c r="B14" s="21" t="s">
+      <c r="D21" s="19" t="s">
         <v>940</v>
       </c>
-      <c r="C14" s="14" t="s">
-[...2 lines deleted...]
-      <c r="D14" s="21" t="s">
+      <c r="E21" s="29" t="s">
         <v>941</v>
       </c>
-      <c r="E14" s="33" t="s">
+      <c r="F21" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="F14" s="22" t="s">
-[...2 lines deleted...]
-      <c r="G14" s="34">
+      <c r="G21" s="30">
         <v>45574</v>
       </c>
-      <c r="H14" s="21" t="s">
-[...4 lines deleted...]
-      <c r="A15" s="20" t="s">
+      <c r="H21" s="19" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" ht="114">
+      <c r="A22" s="18" t="s">
+        <v>921</v>
+      </c>
+      <c r="B22" s="4" t="s">
         <v>922</v>
       </c>
-      <c r="B15" s="4" t="s">
+      <c r="C22" s="12" t="s">
         <v>923</v>
       </c>
-      <c r="C15" s="14" t="s">
-[...184 lines deleted...]
-      <c r="D22" s="21" t="s">
+      <c r="D22" s="19" t="s">
         <v>61</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="F22" s="4" t="s">
+      <c r="F22" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G22" s="23">
+      <c r="G22" s="21">
+        <v>45762</v>
+      </c>
+      <c r="H22" s="4" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="28.5">
+      <c r="A23" s="18" t="s">
+        <v>925</v>
+      </c>
+      <c r="B23" s="19" t="s">
+        <v>953</v>
+      </c>
+      <c r="C23" s="12" t="s">
+        <v>926</v>
+      </c>
+      <c r="D23" s="19" t="s">
+        <v>88</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="G23" s="27">
+        <v>45790</v>
+      </c>
+      <c r="H23" s="19" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="42.75">
+      <c r="A24" s="24" t="s">
+        <v>984</v>
+      </c>
+      <c r="B24" s="19" t="s">
+        <v>929</v>
+      </c>
+      <c r="C24" s="12" t="s">
+        <v>930</v>
+      </c>
+      <c r="D24" s="19" t="s">
+        <v>54</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G24" s="22" t="s">
+        <v>651</v>
+      </c>
+      <c r="H24" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="42.75">
+      <c r="A25" s="18" t="s">
+        <v>658</v>
+      </c>
+      <c r="B25" s="19" t="s">
+        <v>648</v>
+      </c>
+      <c r="C25" s="20" t="s">
+        <v>912</v>
+      </c>
+      <c r="D25" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E25" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="G25" s="21">
+        <v>45701</v>
+      </c>
+      <c r="H25" s="19" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" ht="57">
+      <c r="A26" s="24" t="s">
+        <v>985</v>
+      </c>
+      <c r="B26" s="19" t="s">
+        <v>7</v>
+      </c>
+      <c r="C26" s="12" t="s">
+        <v>650</v>
+      </c>
+      <c r="D26" s="19" t="s">
+        <v>54</v>
+      </c>
+      <c r="E26" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="22" t="s">
+        <v>651</v>
+      </c>
+      <c r="H26" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="42.75">
+      <c r="A27" s="24" t="s">
+        <v>977</v>
+      </c>
+      <c r="B27" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="C27" s="12" t="s">
+        <v>652</v>
+      </c>
+      <c r="D27" s="19" t="s">
+        <v>54</v>
+      </c>
+      <c r="E27" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="21">
+        <v>45748</v>
+      </c>
+      <c r="H27" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" ht="42.75">
+      <c r="A28" s="18" t="s">
+        <v>659</v>
+      </c>
+      <c r="B28" s="19" t="s">
+        <v>32</v>
+      </c>
+      <c r="C28" s="12" t="s">
+        <v>653</v>
+      </c>
+      <c r="D28" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="21">
+        <v>45728</v>
+      </c>
+      <c r="H28" s="19" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="28.5">
+      <c r="A29" s="18" t="s">
+        <v>660</v>
+      </c>
+      <c r="B29" s="19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29" s="12" t="s">
+        <v>654</v>
+      </c>
+      <c r="D29" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="21">
         <v>45720</v>
       </c>
-      <c r="H22" s="21" t="s">
+      <c r="H29" s="19" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="42.75">
-[...183 lines deleted...]
-        <v>667</v>
+    <row r="30" spans="1:8" ht="42.75">
+      <c r="A30" s="23" t="s">
+        <v>978</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G30" s="40">
+        <v>45757</v>
+      </c>
+      <c r="H30" s="41" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="358.5">
+      <c r="A31" s="23" t="s">
+        <v>913</v>
+      </c>
+      <c r="B31" s="10" t="s">
+        <v>643</v>
+      </c>
+      <c r="C31" s="10" t="s">
+        <v>640</v>
+      </c>
+      <c r="D31" s="10" t="s">
+        <v>641</v>
+      </c>
+      <c r="E31" s="10" t="s">
+        <v>71</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="G31" s="2">
+        <v>45607</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" ht="57">
+      <c r="A32" s="24" t="s">
+        <v>661</v>
+      </c>
+      <c r="B32" s="4" t="s">
+        <v>644</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>639</v>
+      </c>
+      <c r="D32" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G32" s="5">
+        <v>45636</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="57">
+      <c r="A33" s="23" t="s">
+        <v>662</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="G33" s="2">
+        <v>45558</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="42.75">
+      <c r="A34" s="24" t="s">
+        <v>663</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>983</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>634</v>
+      </c>
+      <c r="D34" s="4" t="s">
+        <v>630</v>
+      </c>
+      <c r="E34" s="4" t="s">
+        <v>632</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="G34" s="5">
+        <v>45573</v>
+      </c>
+      <c r="H34" s="6" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8" ht="42.75">
+      <c r="A35" s="23" t="s">
+        <v>664</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="G35" s="2">
+        <v>45552</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="42.75">
+      <c r="A36" s="24" t="s">
+        <v>665</v>
+      </c>
+      <c r="B36" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>627</v>
+      </c>
+      <c r="D36" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E36" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="H36" s="6" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" ht="28.5">
+      <c r="A37" s="23" t="s">
+        <v>666</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C37" s="1" t="s">
         <v>626</v>
       </c>
-      <c r="D30" s="1" t="s">
+      <c r="D37" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="E30" s="1" t="s">
+      <c r="E37" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="F30" s="1" t="s">
+      <c r="F37" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="G30" s="2">
+      <c r="G37" s="2">
         <v>45603</v>
       </c>
-      <c r="H30" s="3" t="s">
+      <c r="H37" s="3" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="31" spans="1:8" ht="42.75">
-      <c r="A31" s="26" t="s">
+    <row r="38" spans="1:8" ht="42.75">
+      <c r="A38" s="24" t="s">
+        <v>667</v>
+      </c>
+      <c r="B38" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>623</v>
+      </c>
+      <c r="D38" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E38" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" s="5">
+        <v>45595</v>
+      </c>
+      <c r="H38" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="85.5">
+      <c r="A39" s="23" t="s">
         <v>668</v>
       </c>
-      <c r="B31" s="4" t="s">
+      <c r="B39" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="G39" s="2">
+        <v>45586</v>
+      </c>
+      <c r="H39" s="3" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8" ht="42.75">
+      <c r="A40" s="24" t="s">
+        <v>669</v>
+      </c>
+      <c r="B40" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>620</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="E40" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G40" s="5">
+        <v>45603</v>
+      </c>
+      <c r="H40" s="6" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8" ht="28.5">
+      <c r="A41" s="23" t="s">
+        <v>670</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" s="2">
+        <v>45560</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8" ht="57">
+      <c r="A42" s="24" t="s">
+        <v>671</v>
+      </c>
+      <c r="B42" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D42" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G42" s="5">
+        <v>45510</v>
+      </c>
+      <c r="H42" s="6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" ht="57">
+      <c r="A43" s="23" t="s">
+        <v>672</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" ht="42.75">
+      <c r="A44" s="24" t="s">
+        <v>673</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E44" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G44" s="5">
+        <v>45715</v>
+      </c>
+      <c r="H44" s="6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8" ht="42.75">
+      <c r="A45" s="23" t="s">
+        <v>674</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" s="2">
+        <v>45433</v>
+      </c>
+      <c r="H45" s="3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8" ht="42.75">
+      <c r="A46" s="24" t="s">
+        <v>675</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D46" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E46" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="G46" s="5">
+        <v>45407</v>
+      </c>
+      <c r="H46" s="6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="142.5">
+      <c r="A47" s="25" t="s">
+        <v>676</v>
+      </c>
+      <c r="B47" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="C47" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D47" s="10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E47" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="G47" s="2">
+        <v>45445</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" ht="42.75">
+      <c r="A48" s="24" t="s">
+        <v>677</v>
+      </c>
+      <c r="B48" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D48" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E48" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="G48" s="5">
+        <v>45348</v>
+      </c>
+      <c r="H48" s="6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8" ht="57">
+      <c r="A49" s="23" t="s">
+        <v>678</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D49" s="11" t="s">
+        <v>979</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G49" s="2" t="s">
+        <v>656</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" ht="42.75">
+      <c r="A50" s="24" t="s">
+        <v>679</v>
+      </c>
+      <c r="B50" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D50" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E50" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H50" s="6"/>
+    </row>
+    <row r="51" spans="1:8" ht="57">
+      <c r="A51" s="23" t="s">
+        <v>680</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" s="2">
+        <v>45392</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" ht="42.75">
+      <c r="A52" s="24" t="s">
+        <v>681</v>
+      </c>
+      <c r="B52" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D52" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" s="5">
+        <v>45354</v>
+      </c>
+      <c r="H52" s="6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="42.75">
+      <c r="A53" s="23" t="s">
+        <v>682</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G53" s="2">
+        <v>45301</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8" ht="42.75">
+      <c r="A54" s="24" t="s">
+        <v>683</v>
+      </c>
+      <c r="B54" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="D54" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G54" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H54" s="6"/>
+    </row>
+    <row r="55" spans="1:8" ht="85.5">
+      <c r="A55" s="23" t="s">
+        <v>684</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="G55" s="2">
+        <v>45244</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" ht="57">
+      <c r="A56" s="24" t="s">
+        <v>685</v>
+      </c>
+      <c r="B56" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="D56" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="E56" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="G56" s="5"/>
+      <c r="H56" s="6" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" ht="42.75">
+      <c r="A57" s="23" t="s">
+        <v>686</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="E57" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G57" s="2">
+        <v>45183</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" ht="99.75">
+      <c r="A58" s="24" t="s">
+        <v>687</v>
+      </c>
+      <c r="B58" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D58" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="E58" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="G58" s="5">
+        <v>45215</v>
+      </c>
+      <c r="H58" s="6"/>
+    </row>
+    <row r="59" spans="1:8" ht="85.5">
+      <c r="A59" s="23" t="s">
+        <v>688</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="G59" s="2">
+        <v>45063</v>
+      </c>
+      <c r="H59" s="3"/>
+    </row>
+    <row r="60" spans="1:8" ht="57">
+      <c r="A60" s="24" t="s">
+        <v>689</v>
+      </c>
+      <c r="B60" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="D60" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G60" s="5">
+        <v>45048</v>
+      </c>
+      <c r="H60" s="6"/>
+    </row>
+    <row r="61" spans="1:8" ht="71.25">
+      <c r="A61" s="23" t="s">
+        <v>690</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="G61" s="2"/>
+      <c r="H61" s="3" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" ht="57">
+      <c r="A62" s="24" t="s">
+        <v>691</v>
+      </c>
+      <c r="B62" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="D62" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="E62" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="G62" s="5"/>
+      <c r="H62" s="6" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8" ht="99.75">
+      <c r="A63" s="23" t="s">
+        <v>692</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" s="2">
+        <v>45020</v>
+      </c>
+      <c r="H63" s="3"/>
+    </row>
+    <row r="64" spans="1:8" ht="28.5">
+      <c r="A64" s="24" t="s">
+        <v>693</v>
+      </c>
+      <c r="B64" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="D64" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E64" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="H64" s="6" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8" ht="57">
+      <c r="A65" s="23" t="s">
+        <v>694</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>914</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G65" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="H65" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8" ht="57">
+      <c r="A66" s="24" t="s">
+        <v>695</v>
+      </c>
+      <c r="B66" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C66" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E66" s="8" t="s">
+        <v>914</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G66" s="5">
+        <v>44993</v>
+      </c>
+      <c r="H66" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8" ht="71.25">
+      <c r="A67" s="23" t="s">
+        <v>696</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" s="2">
+        <v>44966</v>
+      </c>
+      <c r="H67" s="3"/>
+    </row>
+    <row r="68" spans="1:8" ht="42.75">
+      <c r="A68" s="24" t="s">
+        <v>697</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="D68" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G68" s="5">
+        <v>44833</v>
+      </c>
+      <c r="H68" s="6"/>
+    </row>
+    <row r="69" spans="1:8" ht="57">
+      <c r="A69" s="23" t="s">
+        <v>698</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="G69" s="2">
+        <v>44803</v>
+      </c>
+      <c r="H69" s="3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8" ht="28.5">
+      <c r="A70" s="24" t="s">
+        <v>699</v>
+      </c>
+      <c r="B70" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="D70" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E70" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G70" s="5">
+        <v>44902</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8" ht="142.5">
+      <c r="A71" s="23" t="s">
+        <v>700</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E71" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="H71" s="3" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" ht="57">
+      <c r="A72" s="24" t="s">
+        <v>701</v>
+      </c>
+      <c r="B72" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C72" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="D72" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="E72" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G72" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="H72" s="6"/>
+    </row>
+    <row r="73" spans="1:8" ht="57">
+      <c r="A73" s="23" t="s">
+        <v>702</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G73" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="H73" s="3"/>
+    </row>
+    <row r="74" spans="1:8" ht="99.75">
+      <c r="A74" s="24" t="s">
+        <v>703</v>
+      </c>
+      <c r="B74" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C74" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="E74" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="G74" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="H74" s="6"/>
+    </row>
+    <row r="75" spans="1:8" ht="28.5">
+      <c r="A75" s="23" t="s">
+        <v>704</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="H75" s="3"/>
+    </row>
+    <row r="76" spans="1:8" ht="57">
+      <c r="A76" s="24" t="s">
+        <v>705</v>
+      </c>
+      <c r="B76" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="C76" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="D76" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E76" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G76" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="H76" s="6" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8" ht="57">
+      <c r="A77" s="23" t="s">
+        <v>706</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G77" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="H77" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8" ht="57">
+      <c r="A78" s="24" t="s">
+        <v>707</v>
+      </c>
+      <c r="B78" s="4" t="s">
         <v>152</v>
       </c>
-      <c r="C31" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D31" s="4" t="s">
+      <c r="C78" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="D78" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E31" s="4" t="s">
-[...22 lines deleted...]
-      <c r="D32" s="1" t="s">
+      <c r="E78" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="G78" s="5">
+        <v>44693</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8" ht="57">
+      <c r="A79" s="23" t="s">
+        <v>708</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="G79" s="2">
+        <v>44726</v>
+      </c>
+      <c r="H79" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8" ht="57">
+      <c r="A80" s="24" t="s">
+        <v>709</v>
+      </c>
+      <c r="B80" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C80" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="D80" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="E80" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="G80" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8" ht="57">
+      <c r="A81" s="23" t="s">
+        <v>710</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G81" s="2">
+        <v>44650</v>
+      </c>
+      <c r="H81" s="3"/>
+    </row>
+    <row r="82" spans="1:8" ht="57">
+      <c r="A82" s="24" t="s">
+        <v>711</v>
+      </c>
+      <c r="B82" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C82" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="D82" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E82" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G82" s="5">
+        <v>44658</v>
+      </c>
+      <c r="H82" s="6" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="71.25">
+      <c r="A83" s="23" t="s">
+        <v>712</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G83" s="2">
+        <v>44642</v>
+      </c>
+      <c r="H83" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8" ht="71.25">
+      <c r="A84" s="24" t="s">
+        <v>713</v>
+      </c>
+      <c r="B84" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C84" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="D84" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E84" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G84" s="5">
+        <v>44630</v>
+      </c>
+      <c r="H84" s="6" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8" ht="57">
+      <c r="A85" s="23" t="s">
+        <v>714</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="H85" s="3" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8" ht="42.75">
+      <c r="A86" s="24" t="s">
+        <v>715</v>
+      </c>
+      <c r="B86" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C86" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E86" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="G86" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="H86" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8" ht="42.75">
+      <c r="A87" s="23" t="s">
+        <v>716</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E87" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="G87" s="2">
+        <v>44645</v>
+      </c>
+      <c r="H87" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8" ht="57">
+      <c r="A88" s="24" t="s">
+        <v>717</v>
+      </c>
+      <c r="B88" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C88" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="D88" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="E88" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G88" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="H88" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" ht="42.75">
+      <c r="A89" s="23" t="s">
+        <v>718</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="G89" s="2">
+        <v>44489</v>
+      </c>
+      <c r="H89" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8" ht="114">
+      <c r="A90" s="24" t="s">
+        <v>719</v>
+      </c>
+      <c r="B90" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C90" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="D90" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="E90" s="8" t="s">
+        <v>916</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G90" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="H90" s="6" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8" ht="28.5">
+      <c r="A91" s="23" t="s">
+        <v>720</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="H91" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8" ht="28.5">
+      <c r="A92" s="24" t="s">
+        <v>721</v>
+      </c>
+      <c r="B92" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C92" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="D92" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E92" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G92" s="5">
+        <v>44474</v>
+      </c>
+      <c r="H92" s="6" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8" ht="156.75">
+      <c r="A93" s="23" t="s">
+        <v>722</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E93" s="7" t="s">
+        <v>916</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G93" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8" ht="71.25">
+      <c r="A94" s="24" t="s">
+        <v>723</v>
+      </c>
+      <c r="B94" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="C94" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="E94" s="8" t="s">
+        <v>916</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G94" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="H94" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8" ht="114">
+      <c r="A95" s="23" t="s">
+        <v>724</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D95" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="E32" s="1" t="s">
+      <c r="E95" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="F32" s="31" t="s">
-[...13 lines deleted...]
-      <c r="B33" s="4" t="s">
+      <c r="F95" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="H95" s="3" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8" ht="57">
+      <c r="A96" s="24" t="s">
+        <v>725</v>
+      </c>
+      <c r="B96" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="C96" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="D96" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="E96" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="G96" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="H96" s="6" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8" ht="28.5">
+      <c r="A97" s="23" t="s">
+        <v>726</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G97" s="2">
+        <v>44413</v>
+      </c>
+      <c r="H97" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8" ht="42.75">
+      <c r="A98" s="24" t="s">
+        <v>727</v>
+      </c>
+      <c r="B98" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C98" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E98" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G98" s="5">
+        <v>44391</v>
+      </c>
+      <c r="H98" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8" ht="57">
+      <c r="A99" s="23" t="s">
+        <v>728</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G99" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8" ht="42.75">
+      <c r="A100" s="24" t="s">
+        <v>729</v>
+      </c>
+      <c r="B100" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C100" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="D100" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="E100" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="G100" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="H100" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8" ht="57">
+      <c r="A101" s="23" t="s">
+        <v>730</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E101" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G101" s="2">
+        <v>44327</v>
+      </c>
+      <c r="H101" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8" ht="71.25">
+      <c r="A102" s="24" t="s">
+        <v>731</v>
+      </c>
+      <c r="B102" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="C102" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="D102" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="E102" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="G102" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H102" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8" ht="57">
+      <c r="A103" s="23" t="s">
+        <v>732</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="E103" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G103" s="2">
+        <v>44279</v>
+      </c>
+      <c r="H103" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8" ht="42.75">
+      <c r="A104" s="24" t="s">
+        <v>733</v>
+      </c>
+      <c r="B104" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C104" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="D104" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="E104" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G104" s="5">
+        <v>44272</v>
+      </c>
+      <c r="H104" s="6" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8" ht="57">
+      <c r="A105" s="23" t="s">
+        <v>734</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="E105" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G105" s="2">
+        <v>44264</v>
+      </c>
+      <c r="H105" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8" ht="42.75">
+      <c r="A106" s="24" t="s">
+        <v>735</v>
+      </c>
+      <c r="B106" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C106" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="E106" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G106" s="5">
+        <v>44251</v>
+      </c>
+      <c r="H106" s="6" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8" ht="42.75">
+      <c r="A107" s="23" t="s">
+        <v>736</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="E107" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G107" s="2">
+        <v>44244</v>
+      </c>
+      <c r="H107" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8" ht="42.75">
+      <c r="A108" s="24" t="s">
+        <v>737</v>
+      </c>
+      <c r="B108" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C108" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="E108" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G108" s="5">
+        <v>44243</v>
+      </c>
+      <c r="H108" s="6" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8" ht="42.75">
+      <c r="A109" s="23" t="s">
+        <v>738</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="E109" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G109" s="2">
+        <v>44230</v>
+      </c>
+      <c r="H109" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8" ht="42.75">
+      <c r="A110" s="24" t="s">
+        <v>739</v>
+      </c>
+      <c r="B110" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C110" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="E110" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G110" s="5">
+        <v>44223</v>
+      </c>
+      <c r="H110" s="6" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8" ht="42.75">
+      <c r="A111" s="23" t="s">
+        <v>740</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="E111" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G111" s="2">
+        <v>44222</v>
+      </c>
+      <c r="H111" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8" ht="42.75">
+      <c r="A112" s="24" t="s">
+        <v>741</v>
+      </c>
+      <c r="B112" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C112" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="D112" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="E112" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G112" s="5">
+        <v>44217</v>
+      </c>
+      <c r="H112" s="6" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8" ht="42.75">
+      <c r="A113" s="23" t="s">
+        <v>742</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="E113" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G113" s="2">
+        <v>44215</v>
+      </c>
+      <c r="H113" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8" ht="57">
+      <c r="A114" s="24" t="s">
+        <v>743</v>
+      </c>
+      <c r="B114" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="C114" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="D114" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="E114" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="G114" s="5"/>
+      <c r="H114" s="6"/>
+    </row>
+    <row r="115" spans="1:8" ht="28.5">
+      <c r="A115" s="23" t="s">
+        <v>744</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G115" s="2">
+        <v>44371</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" ht="42.75">
+      <c r="A116" s="24" t="s">
+        <v>745</v>
+      </c>
+      <c r="B116" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C116" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="D116" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E116" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="G116" s="5">
+        <v>44224</v>
+      </c>
+      <c r="H116" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8" ht="42.75">
+      <c r="A117" s="23" t="s">
+        <v>746</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="G117" s="2">
+        <v>44299</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8" ht="57">
+      <c r="A118" s="24" t="s">
+        <v>747</v>
+      </c>
+      <c r="B118" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="C33" s="4" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="4" t="s">
+      <c r="C118" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="E118" s="28" t="s">
+        <v>981</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="G118" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="H118" s="6" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8" ht="57">
+      <c r="A119" s="23" t="s">
+        <v>748</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="E119" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G119" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8" ht="85.5">
+      <c r="A120" s="24" t="s">
+        <v>749</v>
+      </c>
+      <c r="B120" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C120" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="D120" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="E120" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="G120" s="5">
+        <v>44257</v>
+      </c>
+      <c r="H120" s="6" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8" ht="57">
+      <c r="A121" s="23" t="s">
+        <v>750</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="G121" s="2">
+        <v>44236</v>
+      </c>
+      <c r="H121" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" ht="71.25">
+      <c r="A122" s="24" t="s">
+        <v>751</v>
+      </c>
+      <c r="B122" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C122" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="D122" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E122" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="G122" s="5">
+        <v>43760</v>
+      </c>
+      <c r="H122" s="6"/>
+    </row>
+    <row r="123" spans="1:8" ht="42.75">
+      <c r="A123" s="23" t="s">
+        <v>752</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="G123" s="2">
+        <v>44222</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" ht="42.75">
+      <c r="A124" s="24" t="s">
+        <v>753</v>
+      </c>
+      <c r="B124" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C124" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="D124" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="E124" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G124" s="5"/>
+      <c r="H124" s="6"/>
+    </row>
+    <row r="125" spans="1:8" ht="71.25">
+      <c r="A125" s="23" t="s">
+        <v>754</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="G125" s="2"/>
+      <c r="H125" s="3"/>
+    </row>
+    <row r="126" spans="1:8" ht="42.75">
+      <c r="A126" s="24" t="s">
+        <v>755</v>
+      </c>
+      <c r="B126" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C126" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="D126" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="E126" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="G126" s="5"/>
+      <c r="H126" s="6" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8" ht="42.75">
+      <c r="A127" s="23" t="s">
+        <v>756</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="E127" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="G127" s="2"/>
+      <c r="H127" s="3" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8" ht="57">
+      <c r="A128" s="24" t="s">
+        <v>757</v>
+      </c>
+      <c r="B128" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="C128" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="E128" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="G128" s="5"/>
+      <c r="H128" s="1" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8" ht="28.5">
+      <c r="A129" s="23" t="s">
+        <v>758</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="E129" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="G129" s="2"/>
+      <c r="H129" s="3" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8" ht="71.25">
+      <c r="A130" s="24" t="s">
+        <v>759</v>
+      </c>
+      <c r="B130" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="C130" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="E130" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="G130" s="5"/>
+      <c r="H130" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8" ht="28.5">
+      <c r="A131" s="23" t="s">
+        <v>760</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="G131" s="2"/>
+      <c r="H131" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8" ht="28.5">
+      <c r="A132" s="24" t="s">
+        <v>761</v>
+      </c>
+      <c r="B132" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C132" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="E132" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G132" s="5"/>
+      <c r="H132" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8" ht="42.75">
+      <c r="A133" s="23" t="s">
+        <v>762</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E133" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G133" s="2"/>
+      <c r="H133" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8" ht="114">
+      <c r="A134" s="24" t="s">
+        <v>763</v>
+      </c>
+      <c r="B134" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="C134" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="D134" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="E134" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="G134" s="5"/>
+      <c r="H134" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8" ht="128.25">
+      <c r="A135" s="23" t="s">
+        <v>764</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="E135" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F135" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="F33" s="32" t="s">
-[...19 lines deleted...]
-      <c r="D34" s="1" t="s">
+      <c r="G135" s="2"/>
+      <c r="H135" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8" ht="57">
+      <c r="A136" s="24" t="s">
+        <v>765</v>
+      </c>
+      <c r="B136" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C136" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="D136" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="E136" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="G136" s="5"/>
+      <c r="H136" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8" ht="57">
+      <c r="A137" s="23" t="s">
+        <v>766</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="G137" s="2"/>
+      <c r="H137" s="3"/>
+    </row>
+    <row r="138" spans="1:8" ht="57">
+      <c r="A138" s="24" t="s">
+        <v>767</v>
+      </c>
+      <c r="B138" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C138" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E138" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G138" s="5"/>
+      <c r="H138" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8" ht="85.5">
+      <c r="A139" s="23" t="s">
+        <v>768</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G139" s="2"/>
+      <c r="H139" s="3"/>
+    </row>
+    <row r="140" spans="1:8" ht="28.5">
+      <c r="A140" s="24" t="s">
+        <v>769</v>
+      </c>
+      <c r="B140" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C140" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="D140" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="E140" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="G140" s="5"/>
+      <c r="H140" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8" ht="99.75">
+      <c r="A141" s="23" t="s">
+        <v>770</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="D141" s="14" t="s">
+        <v>917</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="G141" s="2"/>
+      <c r="H141" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8" ht="28.5">
+      <c r="A142" s="24" t="s">
+        <v>771</v>
+      </c>
+      <c r="B142" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C142" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="D142" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="E142" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="G142" s="5"/>
+      <c r="H142" s="6"/>
+    </row>
+    <row r="143" spans="1:8" ht="71.25">
+      <c r="A143" s="23" t="s">
+        <v>772</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="G143" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="H143" s="3"/>
+    </row>
+    <row r="144" spans="1:8" ht="71.25">
+      <c r="A144" s="24" t="s">
+        <v>773</v>
+      </c>
+      <c r="B144" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="C144" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="D144" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="E144" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="G144" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="H144" s="6"/>
+    </row>
+    <row r="145" spans="1:8" ht="28.5">
+      <c r="A145" s="23" t="s">
+        <v>774</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E145" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="G145" s="2"/>
+      <c r="H145" s="3"/>
+    </row>
+    <row r="146" spans="1:8" ht="42.75">
+      <c r="A146" s="24" t="s">
+        <v>775</v>
+      </c>
+      <c r="B146" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="C146" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="E146" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="G146" s="5"/>
+      <c r="H146" s="6"/>
+    </row>
+    <row r="147" spans="1:8" ht="71.25">
+      <c r="A147" s="23" t="s">
+        <v>776</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="G147" s="2"/>
+      <c r="H147" s="3"/>
+    </row>
+    <row r="148" spans="1:8" ht="85.5">
+      <c r="A148" s="24" t="s">
+        <v>777</v>
+      </c>
+      <c r="B148" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="C148" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>321</v>
+      </c>
+      <c r="E148" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="G148" s="5"/>
+      <c r="H148" s="6"/>
+    </row>
+    <row r="149" spans="1:8" ht="28.5">
+      <c r="A149" s="23" t="s">
+        <v>778</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="E149" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="G149" s="2"/>
+      <c r="H149" s="3"/>
+    </row>
+    <row r="150" spans="1:8" ht="57">
+      <c r="A150" s="24" t="s">
+        <v>779</v>
+      </c>
+      <c r="B150" s="4" t="s">
+        <v>326</v>
+      </c>
+      <c r="C150" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="D150" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="E150" s="4" t="s">
+        <v>328</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="G150" s="5"/>
+      <c r="H150" s="6"/>
+    </row>
+    <row r="151" spans="1:8" ht="71.25">
+      <c r="A151" s="23" t="s">
+        <v>780</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="G151" s="2"/>
+      <c r="H151" s="3"/>
+    </row>
+    <row r="152" spans="1:8" ht="85.5">
+      <c r="A152" s="24" t="s">
+        <v>781</v>
+      </c>
+      <c r="B152" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="C152" s="4" t="s">
+        <v>334</v>
+      </c>
+      <c r="D152" s="13" t="s">
+        <v>918</v>
+      </c>
+      <c r="E152" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G152" s="5"/>
+      <c r="H152" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8" ht="42.75">
+      <c r="A153" s="23" t="s">
+        <v>782</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="G153" s="2"/>
+      <c r="H153" s="3"/>
+    </row>
+    <row r="154" spans="1:8" ht="28.5">
+      <c r="A154" s="24" t="s">
+        <v>783</v>
+      </c>
+      <c r="B154" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C154" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="D154" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E154" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="G154" s="5"/>
+      <c r="H154" s="6"/>
+    </row>
+    <row r="155" spans="1:8" ht="71.25">
+      <c r="A155" s="23" t="s">
+        <v>784</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="G155" s="2"/>
+      <c r="H155" s="3"/>
+    </row>
+    <row r="156" spans="1:8" ht="71.25">
+      <c r="A156" s="24" t="s">
+        <v>785</v>
+      </c>
+      <c r="B156" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="C156" s="4" t="s">
+        <v>343</v>
+      </c>
+      <c r="D156" s="4" t="s">
+        <v>344</v>
+      </c>
+      <c r="E156" s="4" t="s">
+        <v>345</v>
+      </c>
+      <c r="G156" s="5"/>
+      <c r="H156" s="6" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8" ht="71.25">
+      <c r="A157" s="23" t="s">
+        <v>786</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="E157" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="G157" s="2"/>
+      <c r="H157" s="3"/>
+    </row>
+    <row r="158" spans="1:8" ht="42.75">
+      <c r="A158" s="24" t="s">
+        <v>787</v>
+      </c>
+      <c r="B158" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C158" s="4" t="s">
+        <v>347</v>
+      </c>
+      <c r="D158" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="E158" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G158" s="5"/>
+      <c r="H158" s="6"/>
+    </row>
+    <row r="159" spans="1:8" ht="57">
+      <c r="A159" s="23" t="s">
+        <v>788</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E159" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G159" s="2"/>
+      <c r="H159" s="3" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8" ht="57">
+      <c r="A160" s="24" t="s">
+        <v>789</v>
+      </c>
+      <c r="B160" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C160" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="D160" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E160" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G160" s="5"/>
+      <c r="H160" s="6"/>
+    </row>
+    <row r="161" spans="1:8" ht="42.75">
+      <c r="A161" s="23" t="s">
+        <v>790</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G161" s="2"/>
+      <c r="H161" s="3"/>
+    </row>
+    <row r="162" spans="1:8" ht="57">
+      <c r="A162" s="24" t="s">
+        <v>791</v>
+      </c>
+      <c r="B162" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C162" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="D162" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E162" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G162" s="5"/>
+      <c r="H162" s="6"/>
+    </row>
+    <row r="163" spans="1:8" ht="99.75">
+      <c r="A163" s="23" t="s">
+        <v>792</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D163" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="E34" s="1" t="s">
-[...28 lines deleted...]
-      <c r="F35" s="11" t="s">
+      <c r="E163" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="G163" s="2">
+        <v>44866</v>
+      </c>
+      <c r="H163" s="3" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8" ht="28.5">
+      <c r="A164" s="24" t="s">
+        <v>793</v>
+      </c>
+      <c r="B164" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C164" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="D164" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="E164" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="G164" s="5"/>
+      <c r="H164" s="6"/>
+    </row>
+    <row r="165" spans="1:8" ht="42.75">
+      <c r="A165" s="23" t="s">
+        <v>794</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E165" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G165" s="2"/>
+      <c r="H165" s="3"/>
+    </row>
+    <row r="166" spans="1:8" ht="28.5">
+      <c r="A166" s="24" t="s">
+        <v>795</v>
+      </c>
+      <c r="B166" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C166" s="4" t="s">
+        <v>361</v>
+      </c>
+      <c r="D166" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E166" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G166" s="5"/>
+      <c r="H166" s="6"/>
+    </row>
+    <row r="167" spans="1:8" ht="28.5">
+      <c r="A167" s="23" t="s">
+        <v>796</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="E167" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="G167" s="2"/>
+      <c r="H167" s="3"/>
+    </row>
+    <row r="168" spans="1:8" ht="42.75">
+      <c r="A168" s="24" t="s">
+        <v>797</v>
+      </c>
+      <c r="B168" s="4" t="s">
+        <v>365</v>
+      </c>
+      <c r="C168" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="D168" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="E168" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G168" s="5"/>
+      <c r="H168" s="6"/>
+    </row>
+    <row r="169" spans="1:8" ht="57">
+      <c r="A169" s="23" t="s">
+        <v>798</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E169" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G169" s="2"/>
+      <c r="H169" s="3"/>
+    </row>
+    <row r="170" spans="1:8" ht="42.75">
+      <c r="A170" s="24" t="s">
+        <v>799</v>
+      </c>
+      <c r="B170" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C170" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="D170" s="4" t="s">
+        <v>370</v>
+      </c>
+      <c r="E170" s="4" t="s">
+        <v>371</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="G170" s="5"/>
+      <c r="H170" s="6"/>
+    </row>
+    <row r="171" spans="1:8" ht="42.75">
+      <c r="A171" s="23" t="s">
+        <v>800</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="G171" s="2"/>
+      <c r="H171" s="3"/>
+    </row>
+    <row r="172" spans="1:8" ht="42.75">
+      <c r="A172" s="24" t="s">
+        <v>801</v>
+      </c>
+      <c r="B172" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C172" s="4" t="s">
+        <v>377</v>
+      </c>
+      <c r="D172" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E172" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="G172" s="5"/>
+      <c r="H172" s="6"/>
+    </row>
+    <row r="173" spans="1:8" ht="85.5">
+      <c r="A173" s="23" t="s">
+        <v>802</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E173" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="G173" s="2"/>
+      <c r="H173" s="3"/>
+    </row>
+    <row r="174" spans="1:8" ht="42.75">
+      <c r="A174" s="24" t="s">
+        <v>803</v>
+      </c>
+      <c r="B174" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C174" s="4" t="s">
+        <v>381</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>382</v>
+      </c>
+      <c r="E174" s="4" t="s">
+        <v>383</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>384</v>
+      </c>
+      <c r="G174" s="5"/>
+      <c r="H174" s="6"/>
+    </row>
+    <row r="175" spans="1:8" ht="71.25">
+      <c r="A175" s="23" t="s">
+        <v>804</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="E175" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="G175" s="2"/>
+      <c r="H175" s="3"/>
+    </row>
+    <row r="176" spans="1:8" ht="42.75">
+      <c r="A176" s="24" t="s">
+        <v>805</v>
+      </c>
+      <c r="B176" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C176" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="D176" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="E176" s="4" t="s">
+        <v>391</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="G176" s="5"/>
+      <c r="H176" s="6"/>
+    </row>
+    <row r="177" spans="1:8" ht="42.75">
+      <c r="A177" s="23" t="s">
+        <v>806</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C177" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="E177" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="G177" s="2"/>
+      <c r="H177" s="3"/>
+    </row>
+    <row r="178" spans="1:8" ht="42.75">
+      <c r="A178" s="24" t="s">
+        <v>807</v>
+      </c>
+      <c r="B178" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C178" s="4" t="s">
+        <v>393</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="E178" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="G178" s="5"/>
+      <c r="H178" s="6"/>
+    </row>
+    <row r="179" spans="1:8" ht="42.75">
+      <c r="A179" s="23" t="s">
+        <v>808</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="E179" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G179" s="2"/>
+      <c r="H179" s="3"/>
+    </row>
+    <row r="180" spans="1:8" ht="57">
+      <c r="A180" s="24" t="s">
+        <v>809</v>
+      </c>
+      <c r="B180" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C180" s="4" t="s">
+        <v>397</v>
+      </c>
+      <c r="D180" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E180" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="F180" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="G35" s="5">
-[...22 lines deleted...]
-      <c r="F36" s="12" t="s">
+      <c r="G180" s="5"/>
+      <c r="H180" s="6"/>
+    </row>
+    <row r="181" spans="1:8" ht="42.75">
+      <c r="A181" s="23" t="s">
+        <v>810</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E181" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G181" s="2"/>
+      <c r="H181" s="3"/>
+    </row>
+    <row r="182" spans="1:8" ht="28.5">
+      <c r="A182" s="24" t="s">
+        <v>811</v>
+      </c>
+      <c r="B182" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C182" s="4" t="s">
+        <v>399</v>
+      </c>
+      <c r="D182" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E182" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G182" s="5"/>
+      <c r="H182" s="6"/>
+    </row>
+    <row r="183" spans="1:8" ht="42.75">
+      <c r="A183" s="23" t="s">
+        <v>812</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E183" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="G183" s="2"/>
+      <c r="H183" s="3"/>
+    </row>
+    <row r="184" spans="1:8" ht="85.5">
+      <c r="A184" s="24" t="s">
+        <v>813</v>
+      </c>
+      <c r="B184" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="C184" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="D184" s="13" t="s">
+        <v>919</v>
+      </c>
+      <c r="E184" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G184" s="5"/>
+      <c r="H184" s="6"/>
+    </row>
+    <row r="185" spans="1:8" ht="42.75">
+      <c r="A185" s="23" t="s">
+        <v>814</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C185" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="E185" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="G185" s="2"/>
+      <c r="H185" s="3"/>
+    </row>
+    <row r="186" spans="1:8" ht="71.25">
+      <c r="A186" s="24" t="s">
+        <v>815</v>
+      </c>
+      <c r="B186" s="4" t="s">
+        <v>408</v>
+      </c>
+      <c r="C186" s="4" t="s">
+        <v>409</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="E186" s="4" t="s">
+        <v>328</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="G186" s="5"/>
+      <c r="H186" s="6"/>
+    </row>
+    <row r="187" spans="1:8" ht="71.25">
+      <c r="A187" s="23" t="s">
+        <v>816</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="C187" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E187" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="G187" s="2"/>
+      <c r="H187" s="3"/>
+    </row>
+    <row r="188" spans="1:8" ht="28.5">
+      <c r="A188" s="24" t="s">
+        <v>817</v>
+      </c>
+      <c r="B188" s="4" t="s">
+        <v>411</v>
+      </c>
+      <c r="C188" s="4" t="s">
+        <v>412</v>
+      </c>
+      <c r="D188" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="E188" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="G188" s="5"/>
+      <c r="H188" s="6"/>
+    </row>
+    <row r="189" spans="1:8" ht="57">
+      <c r="A189" s="23" t="s">
+        <v>818</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E189" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="G189" s="2"/>
+      <c r="H189" s="3"/>
+    </row>
+    <row r="190" spans="1:8" ht="42.75">
+      <c r="A190" s="24" t="s">
+        <v>819</v>
+      </c>
+      <c r="B190" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="C190" s="4" t="s">
+        <v>416</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E190" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="G190" s="5"/>
+      <c r="H190" s="6"/>
+    </row>
+    <row r="191" spans="1:8" ht="42.75">
+      <c r="A191" s="23" t="s">
+        <v>820</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C191" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="E191" s="4" t="s">
+        <v>646</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="G191" s="2"/>
+      <c r="H191" s="3"/>
+    </row>
+    <row r="192" spans="1:8" ht="71.25">
+      <c r="A192" s="24" t="s">
+        <v>821</v>
+      </c>
+      <c r="B192" s="4" t="s">
+        <v>417</v>
+      </c>
+      <c r="C192" s="4" t="s">
+        <v>418</v>
+      </c>
+      <c r="D192" s="4" t="s">
+        <v>419</v>
+      </c>
+      <c r="E192" s="4" t="s">
+        <v>420</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="G192" s="5"/>
+      <c r="H192" s="6"/>
+    </row>
+    <row r="193" spans="1:8" ht="99.75">
+      <c r="A193" s="23" t="s">
+        <v>822</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C193" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="E193" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G193" s="2"/>
+      <c r="H193" s="3"/>
+    </row>
+    <row r="194" spans="1:8" ht="28.5">
+      <c r="A194" s="24" t="s">
+        <v>823</v>
+      </c>
+      <c r="B194" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C194" s="4" t="s">
+        <v>425</v>
+      </c>
+      <c r="D194" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E194" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G194" s="5"/>
+      <c r="H194" s="6"/>
+    </row>
+    <row r="195" spans="1:8" ht="114">
+      <c r="A195" s="23" t="s">
+        <v>824</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="C195" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E195" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="G195" s="2"/>
+      <c r="H195" s="3"/>
+    </row>
+    <row r="196" spans="1:8" ht="57">
+      <c r="A196" s="24" t="s">
+        <v>825</v>
+      </c>
+      <c r="B196" s="4" t="s">
+        <v>417</v>
+      </c>
+      <c r="C196" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="E196" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="G196" s="5"/>
+      <c r="H196" s="6"/>
+    </row>
+    <row r="197" spans="1:8" ht="57">
+      <c r="A197" s="23" t="s">
+        <v>826</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="C197" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E197" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="G197" s="2"/>
+      <c r="H197" s="3"/>
+    </row>
+    <row r="198" spans="1:8" ht="42.75">
+      <c r="A198" s="24" t="s">
+        <v>827</v>
+      </c>
+      <c r="B198" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C198" s="4" t="s">
+        <v>434</v>
+      </c>
+      <c r="D198" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E198" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G198" s="5"/>
+      <c r="H198" s="6"/>
+    </row>
+    <row r="199" spans="1:8" ht="57">
+      <c r="A199" s="23" t="s">
+        <v>828</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="C199" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="E199" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="G199" s="2"/>
+      <c r="H199" s="3"/>
+    </row>
+    <row r="200" spans="1:8" ht="85.5">
+      <c r="A200" s="24" t="s">
+        <v>829</v>
+      </c>
+      <c r="B200" s="4" t="s">
+        <v>440</v>
+      </c>
+      <c r="C200" s="4" t="s">
+        <v>441</v>
+      </c>
+      <c r="D200" s="13" t="s">
+        <v>919</v>
+      </c>
+      <c r="E200" s="4" t="s">
+        <v>403</v>
+      </c>
+      <c r="F200" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="G200" s="5"/>
+      <c r="H200" s="6"/>
+    </row>
+    <row r="201" spans="1:8" ht="42.75">
+      <c r="A201" s="23" t="s">
+        <v>830</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="C201" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="E201" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="F201" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="G201" s="2"/>
+      <c r="H201" s="3"/>
+    </row>
+    <row r="202" spans="1:8" ht="28.5">
+      <c r="A202" s="24" t="s">
+        <v>831</v>
+      </c>
+      <c r="B202" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C202" s="4" t="s">
+        <v>447</v>
+      </c>
+      <c r="D202" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E202" s="4" t="s">
+        <v>448</v>
+      </c>
+      <c r="F202" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G202" s="5"/>
+      <c r="H202" s="6"/>
+    </row>
+    <row r="203" spans="1:8" ht="28.5">
+      <c r="A203" s="23" t="s">
+        <v>832</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="C203" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="E203" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="F203" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="G203" s="2"/>
+      <c r="H203" s="3"/>
+    </row>
+    <row r="204" spans="1:8" ht="57">
+      <c r="A204" s="24" t="s">
+        <v>833</v>
+      </c>
+      <c r="B204" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C204" s="4" t="s">
+        <v>454</v>
+      </c>
+      <c r="D204" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E204" s="4" t="s">
+        <v>455</v>
+      </c>
+      <c r="G204" s="5"/>
+      <c r="H204" s="6"/>
+    </row>
+    <row r="205" spans="1:8" ht="85.5">
+      <c r="A205" s="23" t="s">
+        <v>834</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C205" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E205" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="F205" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G205" s="2"/>
+      <c r="H205" s="3"/>
+    </row>
+    <row r="206" spans="1:8" ht="57">
+      <c r="A206" s="24" t="s">
+        <v>835</v>
+      </c>
+      <c r="B206" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C206" s="4" t="s">
+        <v>458</v>
+      </c>
+      <c r="D206" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E206" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="F206" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G206" s="5"/>
+      <c r="H206" s="6"/>
+    </row>
+    <row r="207" spans="1:8" ht="42.75">
+      <c r="A207" s="23" t="s">
+        <v>836</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C207" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E207" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F207" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="G207" s="2"/>
+      <c r="H207" s="3"/>
+    </row>
+    <row r="208" spans="1:8" ht="71.25">
+      <c r="A208" s="31" t="s">
+        <v>982</v>
+      </c>
+      <c r="B208" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C208" s="4" t="s">
+        <v>460</v>
+      </c>
+      <c r="D208" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E208" s="4" t="s">
+        <v>457</v>
+      </c>
+      <c r="F208" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G208" s="5">
+        <v>45785</v>
+      </c>
+      <c r="H208" s="6"/>
+    </row>
+    <row r="209" spans="1:8" ht="42.75">
+      <c r="A209" s="23" t="s">
+        <v>837</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C209" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="E209" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="F209" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="G209" s="2"/>
+      <c r="H209" s="3"/>
+    </row>
+    <row r="210" spans="1:8" ht="57">
+      <c r="A210" s="24" t="s">
+        <v>838</v>
+      </c>
+      <c r="B210" s="4" t="s">
+        <v>465</v>
+      </c>
+      <c r="C210" s="4" t="s">
+        <v>466</v>
+      </c>
+      <c r="D210" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="E210" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="F210" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="G36" s="2" t="s">
-[...22 lines deleted...]
-      <c r="F37" s="11" t="s">
+      <c r="G210" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="H210" s="6" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8" ht="85.5">
+      <c r="A211" s="23" t="s">
+        <v>839</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="C211" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E211" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="F211" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="G211" s="2"/>
+      <c r="H211" s="3"/>
+    </row>
+    <row r="212" spans="1:8" ht="57">
+      <c r="A212" s="24" t="s">
+        <v>840</v>
+      </c>
+      <c r="B212" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C212" s="4" t="s">
+        <v>474</v>
+      </c>
+      <c r="D212" s="4" t="s">
+        <v>475</v>
+      </c>
+      <c r="E212" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="F212" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="G212" s="5"/>
+      <c r="H212" s="6"/>
+    </row>
+    <row r="213" spans="1:8" ht="57">
+      <c r="A213" s="23" t="s">
+        <v>841</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="C213" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="E213" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="F213" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="G213" s="2"/>
+      <c r="H213" s="3"/>
+    </row>
+    <row r="214" spans="1:8" ht="57">
+      <c r="A214" s="24" t="s">
+        <v>842</v>
+      </c>
+      <c r="B214" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C214" s="4" t="s">
+        <v>474</v>
+      </c>
+      <c r="D214" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="E214" s="4" t="s">
+        <v>476</v>
+      </c>
+      <c r="F214" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="G214" s="5"/>
+      <c r="H214" s="6"/>
+    </row>
+    <row r="215" spans="1:8" ht="57">
+      <c r="A215" s="23" t="s">
+        <v>843</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C215" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E215" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="F215" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G215" s="2"/>
+      <c r="H215" s="3"/>
+    </row>
+    <row r="216" spans="1:8" ht="57">
+      <c r="A216" s="24" t="s">
+        <v>844</v>
+      </c>
+      <c r="B216" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C216" s="4" t="s">
+        <v>481</v>
+      </c>
+      <c r="D216" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E216" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="F216" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G216" s="5"/>
+      <c r="H216" s="6"/>
+    </row>
+    <row r="217" spans="1:8" ht="71.25">
+      <c r="A217" s="23" t="s">
+        <v>845</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C217" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="E217" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="F217" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="G217" s="2"/>
+      <c r="H217" s="3"/>
+    </row>
+    <row r="218" spans="1:8" ht="57">
+      <c r="A218" s="24" t="s">
+        <v>846</v>
+      </c>
+      <c r="B218" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C218" s="4" t="s">
+        <v>484</v>
+      </c>
+      <c r="D218" s="4" t="s">
+        <v>405</v>
+      </c>
+      <c r="E218" s="4" t="s">
+        <v>483</v>
+      </c>
+      <c r="F218" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="G218" s="5"/>
+      <c r="H218" s="6"/>
+    </row>
+    <row r="219" spans="1:8" ht="57">
+      <c r="A219" s="23" t="s">
+        <v>847</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C219" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="E219" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="F219" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="G219" s="2"/>
+      <c r="H219" s="3"/>
+    </row>
+    <row r="220" spans="1:8" ht="57">
+      <c r="A220" s="24" t="s">
+        <v>848</v>
+      </c>
+      <c r="B220" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C220" s="4" t="s">
+        <v>489</v>
+      </c>
+      <c r="D220" s="4" t="s">
+        <v>490</v>
+      </c>
+      <c r="E220" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="F220" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="G220" s="5"/>
+      <c r="H220" s="6"/>
+    </row>
+    <row r="221" spans="1:8" ht="57">
+      <c r="A221" s="23" t="s">
+        <v>849</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="E221" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="F221" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="G221" s="2"/>
+      <c r="H221" s="3"/>
+    </row>
+    <row r="222" spans="1:8" ht="28.5">
+      <c r="A222" s="24" t="s">
+        <v>850</v>
+      </c>
+      <c r="B222" s="4" t="s">
+        <v>469</v>
+      </c>
+      <c r="C222" s="4" t="s">
+        <v>494</v>
+      </c>
+      <c r="D222" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E222" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="F222" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G222" s="5"/>
+      <c r="H222" s="6"/>
+    </row>
+    <row r="223" spans="1:8" ht="42.75">
+      <c r="A223" s="23" t="s">
+        <v>851</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C223" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="E223" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="F223" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="G223" s="2"/>
+      <c r="H223" s="3"/>
+    </row>
+    <row r="224" spans="1:8" ht="42.75">
+      <c r="A224" s="24" t="s">
+        <v>852</v>
+      </c>
+      <c r="B224" s="4" t="s">
+        <v>497</v>
+      </c>
+      <c r="C224" s="4" t="s">
+        <v>498</v>
+      </c>
+      <c r="D224" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="E224" s="4" t="s">
+        <v>391</v>
+      </c>
+      <c r="F224" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="G224" s="5"/>
+      <c r="H224" s="6"/>
+    </row>
+    <row r="225" spans="1:8" ht="42.75">
+      <c r="A225" s="23" t="s">
+        <v>853</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="C225" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E225" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="F225" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="G225" s="2"/>
+      <c r="H225" s="3"/>
+    </row>
+    <row r="226" spans="1:8" ht="142.5">
+      <c r="A226" s="24" t="s">
+        <v>854</v>
+      </c>
+      <c r="B226" s="4" t="s">
+        <v>426</v>
+      </c>
+      <c r="C226" s="4" t="s">
+        <v>501</v>
+      </c>
+      <c r="D226" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="E226" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="F226" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="G226" s="5"/>
+      <c r="H226" s="6"/>
+    </row>
+    <row r="227" spans="1:8" ht="85.5">
+      <c r="A227" s="23" t="s">
+        <v>855</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C227" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E227" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="F227" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="G227" s="2"/>
+      <c r="H227" s="3"/>
+    </row>
+    <row r="228" spans="1:8" ht="28.5">
+      <c r="A228" s="24" t="s">
+        <v>856</v>
+      </c>
+      <c r="B228" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C228" s="4" t="s">
+        <v>505</v>
+      </c>
+      <c r="D228" s="4" t="s">
+        <v>405</v>
+      </c>
+      <c r="E228" s="4" t="s">
+        <v>506</v>
+      </c>
+      <c r="G228" s="5"/>
+      <c r="H228" s="6"/>
+    </row>
+    <row r="229" spans="1:8" ht="57">
+      <c r="A229" s="23" t="s">
+        <v>857</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C229" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="E229" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="G229" s="2"/>
+      <c r="H229" s="3"/>
+    </row>
+    <row r="230" spans="1:8" ht="28.5">
+      <c r="A230" s="24" t="s">
+        <v>858</v>
+      </c>
+      <c r="B230" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C230" s="4" t="s">
+        <v>508</v>
+      </c>
+      <c r="D230" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E230" s="4" t="s">
+        <v>495</v>
+      </c>
+      <c r="F230" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G230" s="5"/>
+      <c r="H230" s="6"/>
+    </row>
+    <row r="231" spans="1:8" ht="57">
+      <c r="A231" s="23" t="s">
+        <v>859</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C231" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="E231" s="14" t="s">
+        <v>920</v>
+      </c>
+      <c r="F231" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G231" s="2">
+        <v>44292</v>
+      </c>
+      <c r="H231" s="3" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8" ht="57">
+      <c r="A232" s="24" t="s">
+        <v>860</v>
+      </c>
+      <c r="B232" s="4" t="s">
+        <v>410</v>
+      </c>
+      <c r="C232" s="4" t="s">
+        <v>510</v>
+      </c>
+      <c r="D232" s="4" t="s">
+        <v>511</v>
+      </c>
+      <c r="E232" s="4" t="s">
+        <v>512</v>
+      </c>
+      <c r="F232" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="G232" s="5"/>
+      <c r="H232" s="6"/>
+    </row>
+    <row r="233" spans="1:8" ht="42.75">
+      <c r="A233" s="23" t="s">
+        <v>861</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C233" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E233" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="F233" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="G233" s="2"/>
+      <c r="H233" s="3"/>
+    </row>
+    <row r="234" spans="1:8" ht="42.75">
+      <c r="A234" s="24" t="s">
+        <v>862</v>
+      </c>
+      <c r="B234" s="4" t="s">
+        <v>515</v>
+      </c>
+      <c r="C234" s="4" t="s">
+        <v>516</v>
+      </c>
+      <c r="D234" s="4" t="s">
+        <v>517</v>
+      </c>
+      <c r="E234" s="4" t="s">
+        <v>518</v>
+      </c>
+      <c r="F234" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="G234" s="5"/>
+      <c r="H234" s="6"/>
+    </row>
+    <row r="235" spans="1:8" ht="57">
+      <c r="A235" s="23" t="s">
+        <v>863</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C235" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="E235" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="F235" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="G235" s="2"/>
+      <c r="H235" s="3"/>
+    </row>
+    <row r="236" spans="1:8" ht="142.5">
+      <c r="A236" s="24" t="s">
+        <v>864</v>
+      </c>
+      <c r="B236" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="C236" s="4" t="s">
+        <v>521</v>
+      </c>
+      <c r="D236" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="E236" s="4" t="s">
+        <v>523</v>
+      </c>
+      <c r="F236" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G236" s="5"/>
+      <c r="H236" s="6"/>
+    </row>
+    <row r="237" spans="1:8" ht="57">
+      <c r="A237" s="23" t="s">
+        <v>865</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="E237" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="F237" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="G37" s="5">
-[...16 lines deleted...]
-      <c r="D38" s="1" t="s">
+      <c r="G237" s="2" t="s">
+        <v>525</v>
+      </c>
+      <c r="H237" s="3"/>
+    </row>
+    <row r="238" spans="1:8" ht="28.5">
+      <c r="A238" s="24" t="s">
+        <v>866</v>
+      </c>
+      <c r="B238" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="C238" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="D238" s="4" t="s">
+        <v>956</v>
+      </c>
+      <c r="E238" s="4" t="s">
+        <v>348</v>
+      </c>
+      <c r="G238" s="5"/>
+      <c r="H238" s="6"/>
+    </row>
+    <row r="239" spans="1:8" ht="28.5">
+      <c r="A239" s="23" t="s">
+        <v>867</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C239" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="D239" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="E38" s="1" t="s">
-[...126 lines deleted...]
-      <c r="D43" s="4" t="s">
+      <c r="E239" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="F239" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="G239" s="2"/>
+      <c r="H239" s="3"/>
+    </row>
+    <row r="240" spans="1:8" ht="99.75">
+      <c r="A240" s="24" t="s">
+        <v>868</v>
+      </c>
+      <c r="B240" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C240" s="4" t="s">
+        <v>528</v>
+      </c>
+      <c r="D240" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="E240" s="4" t="s">
+        <v>529</v>
+      </c>
+      <c r="F240" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="G240" s="5"/>
+      <c r="H240" s="6"/>
+    </row>
+    <row r="241" spans="1:8" ht="57">
+      <c r="A241" s="23" t="s">
+        <v>869</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="C241" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="E241" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="F241" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="G241" s="2"/>
+      <c r="H241" s="3"/>
+    </row>
+    <row r="242" spans="1:8" ht="42.75">
+      <c r="A242" s="24" t="s">
+        <v>870</v>
+      </c>
+      <c r="B242" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C242" s="4" t="s">
+        <v>534</v>
+      </c>
+      <c r="D242" s="4" t="s">
+        <v>535</v>
+      </c>
+      <c r="E242" s="4" t="s">
+        <v>536</v>
+      </c>
+      <c r="F242" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="G242" s="5"/>
+      <c r="H242" s="6"/>
+    </row>
+    <row r="243" spans="1:8" ht="42.75">
+      <c r="A243" s="23" t="s">
+        <v>871</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C243" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="E243" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="F243" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="G243" s="2"/>
+      <c r="H243" s="3"/>
+    </row>
+    <row r="244" spans="1:8" ht="114">
+      <c r="A244" s="24" t="s">
+        <v>872</v>
+      </c>
+      <c r="B244" s="4" t="s">
+        <v>426</v>
+      </c>
+      <c r="C244" s="4" t="s">
+        <v>538</v>
+      </c>
+      <c r="D244" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="E244" s="4" t="s">
+        <v>331</v>
+      </c>
+      <c r="F244" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="G244" s="5"/>
+      <c r="H244" s="6"/>
+    </row>
+    <row r="245" spans="1:8" ht="57">
+      <c r="A245" s="23" t="s">
+        <v>873</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C245" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E245" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="F245" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="G245" s="2"/>
+      <c r="H245" s="3"/>
+    </row>
+    <row r="246" spans="1:8" ht="28.5">
+      <c r="A246" s="24" t="s">
+        <v>874</v>
+      </c>
+      <c r="B246" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="C246" s="4" t="s">
+        <v>542</v>
+      </c>
+      <c r="D246" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E246" s="4" t="s">
+        <v>543</v>
+      </c>
+      <c r="G246" s="5"/>
+      <c r="H246" s="6"/>
+    </row>
+    <row r="247" spans="1:8" ht="28.5">
+      <c r="A247" s="23" t="s">
+        <v>875</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="C247" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="E247" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="G247" s="2"/>
+      <c r="H247" s="3"/>
+    </row>
+    <row r="248" spans="1:8" ht="85.5">
+      <c r="A248" s="24" t="s">
+        <v>876</v>
+      </c>
+      <c r="B248" s="4" t="s">
+        <v>548</v>
+      </c>
+      <c r="C248" s="4" t="s">
+        <v>549</v>
+      </c>
+      <c r="D248" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="E248" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="G248" s="5"/>
+      <c r="H248" s="6"/>
+    </row>
+    <row r="249" spans="1:8" ht="28.5">
+      <c r="A249" s="23" t="s">
+        <v>877</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C249" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E249" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="F249" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="G249" s="2"/>
+      <c r="H249" s="3"/>
+    </row>
+    <row r="250" spans="1:8" ht="85.5">
+      <c r="A250" s="24" t="s">
+        <v>878</v>
+      </c>
+      <c r="B250" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C250" s="4" t="s">
+        <v>550</v>
+      </c>
+      <c r="D250" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E250" s="4" t="s">
+        <v>503</v>
+      </c>
+      <c r="F250" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="G250" s="5"/>
+      <c r="H250" s="6"/>
+    </row>
+    <row r="251" spans="1:8" ht="42.75">
+      <c r="A251" s="23" t="s">
+        <v>879</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C251" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E251" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="F251" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="G251" s="2"/>
+      <c r="H251" s="3"/>
+    </row>
+    <row r="252" spans="1:8" ht="42.75">
+      <c r="A252" s="24" t="s">
+        <v>880</v>
+      </c>
+      <c r="B252" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C252" s="4" t="s">
+        <v>552</v>
+      </c>
+      <c r="D252" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E252" s="4" t="s">
+        <v>503</v>
+      </c>
+      <c r="F252" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="G252" s="5"/>
+      <c r="H252" s="6"/>
+    </row>
+    <row r="253" spans="1:8" ht="57">
+      <c r="A253" s="23" t="s">
+        <v>881</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="C253" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="E253" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="G253" s="2"/>
+      <c r="H253" s="3"/>
+    </row>
+    <row r="254" spans="1:8" ht="128.25">
+      <c r="A254" s="24" t="s">
+        <v>882</v>
+      </c>
+      <c r="B254" s="4" t="s">
+        <v>557</v>
+      </c>
+      <c r="C254" s="4" t="s">
+        <v>558</v>
+      </c>
+      <c r="D254" s="4" t="s">
+        <v>559</v>
+      </c>
+      <c r="E254" s="4" t="s">
+        <v>560</v>
+      </c>
+      <c r="G254" s="5"/>
+      <c r="H254" s="6"/>
+    </row>
+    <row r="255" spans="1:8" ht="71.25">
+      <c r="A255" s="23" t="s">
+        <v>883</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="C255" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="E255" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="G255" s="2"/>
+      <c r="H255" s="3"/>
+    </row>
+    <row r="256" spans="1:8" ht="57">
+      <c r="A256" s="24" t="s">
+        <v>884</v>
+      </c>
+      <c r="B256" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="C256" s="4" t="s">
+        <v>564</v>
+      </c>
+      <c r="D256" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E256" s="4" t="s">
+        <v>565</v>
+      </c>
+      <c r="G256" s="5"/>
+      <c r="H256" s="6"/>
+    </row>
+    <row r="257" spans="1:8" ht="71.25">
+      <c r="A257" s="23" t="s">
+        <v>885</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="C257" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="E257" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="G257" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="H257" s="3"/>
+    </row>
+    <row r="258" spans="1:8" ht="71.25">
+      <c r="A258" s="24" t="s">
+        <v>886</v>
+      </c>
+      <c r="B258" s="4" t="s">
+        <v>570</v>
+      </c>
+      <c r="C258" s="4" t="s">
+        <v>571</v>
+      </c>
+      <c r="D258" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="E258" s="4" t="s">
+        <v>563</v>
+      </c>
+      <c r="G258" s="5"/>
+      <c r="H258" s="6"/>
+    </row>
+    <row r="259" spans="1:8" ht="71.25">
+      <c r="A259" s="23" t="s">
+        <v>887</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C259" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="E259" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="G259" s="2">
+        <v>45378</v>
+      </c>
+      <c r="H259" s="3" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8" ht="28.5">
+      <c r="A260" s="24" t="s">
+        <v>888</v>
+      </c>
+      <c r="B260" s="4" t="s">
+        <v>575</v>
+      </c>
+      <c r="C260" s="4" t="s">
+        <v>576</v>
+      </c>
+      <c r="D260" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="E260" s="4" t="s">
+        <v>577</v>
+      </c>
+      <c r="G260" s="5"/>
+      <c r="H260" s="6"/>
+    </row>
+    <row r="261" spans="1:8" ht="71.25">
+      <c r="A261" s="23" t="s">
+        <v>889</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C261" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="E261" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="G261" s="2"/>
+      <c r="H261" s="3"/>
+    </row>
+    <row r="262" spans="1:8" ht="57">
+      <c r="A262" s="24" t="s">
+        <v>890</v>
+      </c>
+      <c r="B262" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C262" s="4" t="s">
+        <v>581</v>
+      </c>
+      <c r="D262" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E262" s="4" t="s">
+        <v>541</v>
+      </c>
+      <c r="G262" s="5"/>
+      <c r="H262" s="6"/>
+    </row>
+    <row r="263" spans="1:8" ht="57">
+      <c r="A263" s="23" t="s">
+        <v>891</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C263" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="E263" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="G263" s="2"/>
+      <c r="H263" s="3"/>
+    </row>
+    <row r="264" spans="1:8" ht="57">
+      <c r="A264" s="24" t="s">
+        <v>892</v>
+      </c>
+      <c r="B264" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C264" s="4" t="s">
+        <v>583</v>
+      </c>
+      <c r="D264" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="E43" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F43" s="11" t="s">
+      <c r="E264" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="F264" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="G43" s="5" t="s">
-[...14 lines deleted...]
-      <c r="D44" s="1" t="s">
+      <c r="G264" s="5"/>
+      <c r="H264" s="6"/>
+    </row>
+    <row r="265" spans="1:8" ht="57">
+      <c r="A265" s="23" t="s">
+        <v>893</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C265" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E265" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="F265" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G265" s="2"/>
+      <c r="H265" s="3"/>
+    </row>
+    <row r="266" spans="1:8" ht="57">
+      <c r="A266" s="24" t="s">
+        <v>894</v>
+      </c>
+      <c r="B266" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C266" s="4" t="s">
+        <v>585</v>
+      </c>
+      <c r="D266" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E266" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="F266" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G266" s="5"/>
+      <c r="H266" s="6"/>
+    </row>
+    <row r="267" spans="1:8" ht="57">
+      <c r="A267" s="23" t="s">
+        <v>895</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E267" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="F267" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G267" s="2"/>
+      <c r="H267" s="3"/>
+    </row>
+    <row r="268" spans="1:8" ht="57">
+      <c r="A268" s="24" t="s">
+        <v>896</v>
+      </c>
+      <c r="B268" s="4" t="s">
+        <v>449</v>
+      </c>
+      <c r="C268" s="4" t="s">
+        <v>587</v>
+      </c>
+      <c r="D268" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="E268" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="F268" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G268" s="5"/>
+      <c r="H268" s="6"/>
+    </row>
+    <row r="269" spans="1:8" ht="57">
+      <c r="A269" s="23" t="s">
+        <v>897</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="C269" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D269" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="E44" s="1" t="s">
-[...74 lines deleted...]
-      <c r="D47" s="4" t="s">
+      <c r="E269" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="G269" s="2"/>
+      <c r="H269" s="3"/>
+    </row>
+    <row r="270" spans="1:8" ht="57">
+      <c r="A270" s="24" t="s">
+        <v>898</v>
+      </c>
+      <c r="B270" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C270" s="4" t="s">
+        <v>589</v>
+      </c>
+      <c r="D270" s="4" t="s">
+        <v>590</v>
+      </c>
+      <c r="E270" s="4" t="s">
+        <v>591</v>
+      </c>
+      <c r="G270" s="5"/>
+      <c r="H270" s="6"/>
+    </row>
+    <row r="271" spans="1:8" ht="85.5">
+      <c r="A271" s="23" t="s">
+        <v>899</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C271" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="E271" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="G271" s="2"/>
+      <c r="H271" s="3"/>
+    </row>
+    <row r="272" spans="1:8" ht="57">
+      <c r="A272" s="24" t="s">
+        <v>900</v>
+      </c>
+      <c r="B272" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C272" s="4" t="s">
+        <v>594</v>
+      </c>
+      <c r="D272" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="E47" s="4" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="11" t="s">
+      <c r="E272" s="4" t="s">
+        <v>480</v>
+      </c>
+      <c r="F272" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="G47" s="5" t="s">
-[...240 lines deleted...]
-      <c r="F57" s="11" t="s">
+      <c r="G272" s="5"/>
+      <c r="H272" s="6"/>
+    </row>
+    <row r="273" spans="1:8" ht="71.25">
+      <c r="A273" s="23" t="s">
+        <v>901</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="C273" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="E273" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="F273" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="G57" s="5" t="s">
-[...28 lines deleted...]
-      <c r="H58" s="3" t="s">
+      <c r="G273" s="2"/>
+      <c r="H273" s="3" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="59" spans="1:8" ht="57">
-[...4762 lines deleted...]
-      <c r="A266" s="25" t="s">
+    <row r="274" spans="1:8" ht="85.5">
+      <c r="A274" s="24" t="s">
         <v>902</v>
       </c>
-      <c r="B266" s="1" t="s">
-[...20 lines deleted...]
-      <c r="A267" s="26" t="s">
+      <c r="B274" s="4" t="s">
+        <v>598</v>
+      </c>
+      <c r="C274" s="4" t="s">
+        <v>599</v>
+      </c>
+      <c r="D274" s="4" t="s">
+        <v>600</v>
+      </c>
+      <c r="E274" s="4" t="s">
+        <v>601</v>
+      </c>
+      <c r="G274" s="5"/>
+      <c r="H274" s="6"/>
+    </row>
+    <row r="275" spans="1:8" ht="85.5">
+      <c r="A275" s="23" t="s">
         <v>903</v>
       </c>
-      <c r="B267" s="4" t="s">
+      <c r="B275" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C275" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="E275" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="G275" s="2"/>
+      <c r="H275" s="3"/>
+    </row>
+    <row r="276" spans="1:8" ht="99.75">
+      <c r="A276" s="24" t="s">
+        <v>904</v>
+      </c>
+      <c r="B276" s="4" t="s">
+        <v>606</v>
+      </c>
+      <c r="C276" s="4" t="s">
+        <v>607</v>
+      </c>
+      <c r="D276" s="4" t="s">
+        <v>604</v>
+      </c>
+      <c r="E276" s="4" t="s">
+        <v>605</v>
+      </c>
+      <c r="G276" s="5"/>
+      <c r="H276" s="6"/>
+    </row>
+    <row r="277" spans="1:8" ht="85.5">
+      <c r="A277" s="23" t="s">
+        <v>905</v>
+      </c>
+      <c r="B277" s="1" t="s">
         <v>598</v>
       </c>
-      <c r="C267" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D267" s="4" t="s">
+      <c r="C277" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D277" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="E267" s="4" t="s">
+      <c r="E277" s="1" t="s">
         <v>601</v>
       </c>
-      <c r="F267" s="4"/>
-[...44 lines deleted...]
-      <c r="A270" s="25" t="s">
+      <c r="G277" s="2"/>
+      <c r="H277" s="3"/>
+    </row>
+    <row r="278" spans="1:8" ht="85.5">
+      <c r="A278" s="24" t="s">
         <v>906</v>
       </c>
-      <c r="B270" s="1" t="s">
+      <c r="B278" s="4" t="s">
+        <v>609</v>
+      </c>
+      <c r="C278" s="4" t="s">
+        <v>610</v>
+      </c>
+      <c r="D278" s="4" t="s">
+        <v>611</v>
+      </c>
+      <c r="E278" s="4" t="s">
+        <v>601</v>
+      </c>
+      <c r="G278" s="5"/>
+      <c r="H278" s="6"/>
+    </row>
+    <row r="279" spans="1:8" ht="99.75">
+      <c r="A279" s="23" t="s">
+        <v>907</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C279" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="E279" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="G279" s="2"/>
+      <c r="H279" s="3"/>
+    </row>
+    <row r="280" spans="1:8" ht="99.75">
+      <c r="A280" s="24" t="s">
+        <v>908</v>
+      </c>
+      <c r="B280" s="4" t="s">
+        <v>612</v>
+      </c>
+      <c r="C280" s="4" t="s">
+        <v>615</v>
+      </c>
+      <c r="D280" s="4" t="s">
+        <v>600</v>
+      </c>
+      <c r="E280" s="4" t="s">
+        <v>614</v>
+      </c>
+      <c r="G280" s="5"/>
+      <c r="H280" s="6"/>
+    </row>
+    <row r="281" spans="1:8" ht="99.75">
+      <c r="A281" s="23" t="s">
+        <v>909</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C281" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="E281" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="G281" s="2"/>
+      <c r="H281" s="3"/>
+    </row>
+    <row r="282" spans="1:8" ht="85.5">
+      <c r="A282" s="24" t="s">
+        <v>910</v>
+      </c>
+      <c r="B282" s="4" t="s">
         <v>598</v>
       </c>
-      <c r="C270" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D270" s="1" t="s">
+      <c r="C282" s="4" t="s">
+        <v>618</v>
+      </c>
+      <c r="D282" s="4" t="s">
         <v>600</v>
       </c>
-      <c r="E270" s="1" t="s">
+      <c r="E282" s="4" t="s">
         <v>601</v>
       </c>
-      <c r="F270" s="1"/>
-[...27 lines deleted...]
-      <c r="B272" s="1" t="s">
+      <c r="G282" s="5"/>
+      <c r="H282" s="6"/>
+    </row>
+    <row r="283" spans="1:8" ht="99.75">
+      <c r="A283" s="23" t="s">
+        <v>911</v>
+      </c>
+      <c r="B283" s="1" t="s">
         <v>612</v>
       </c>
-      <c r="C272" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D272" s="1" t="s">
+      <c r="C283" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="D283" s="1" t="s">
         <v>600</v>
       </c>
-      <c r="E272" s="1" t="s">
+      <c r="E283" s="1" t="s">
         <v>614</v>
       </c>
-      <c r="F272" s="1"/>
-[...81 lines deleted...]
-      <c r="H276" s="3"/>
+      <c r="G283" s="2"/>
+      <c r="H283" s="3"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F34" r:id="rId1" xr:uid="{E950D78E-427F-4A62-B6B2-39960EB141C7}"/>
-[...221 lines deleted...]
-    <hyperlink ref="F4" r:id="rId223" xr:uid="{C60616DF-2B62-420E-BE4C-CD4C73635104}"/>
+    <hyperlink ref="F41" r:id="rId1" xr:uid="{D6F1A780-FBEE-4BD5-8686-9D6CE60E1863}"/>
+    <hyperlink ref="F42" r:id="rId2" xr:uid="{4A8E4BE3-B0EB-4527-B7F4-95683C75CDE4}"/>
+    <hyperlink ref="F43" r:id="rId3" xr:uid="{5B4341C9-2CDC-4B24-B33E-0B5DE98370C4}"/>
+    <hyperlink ref="F44" r:id="rId4" xr:uid="{5D66D394-7FD3-4E5B-9884-D84A754242BB}"/>
+    <hyperlink ref="F45" r:id="rId5" xr:uid="{AB25F391-7671-46F6-B57F-72427A90F082}"/>
+    <hyperlink ref="F46" r:id="rId6" xr:uid="{AE98FE27-6748-41BA-A6C9-552E2A99B311}"/>
+    <hyperlink ref="F47" r:id="rId7" xr:uid="{F5989FFA-17D6-4D61-91CC-C1CF7B42A707}"/>
+    <hyperlink ref="F48" r:id="rId8" xr:uid="{829DA382-EDA6-4F03-B410-9F27678DAB44}"/>
+    <hyperlink ref="F49" r:id="rId9" xr:uid="{03FD3CB9-11D5-477E-9817-6F3658263B67}"/>
+    <hyperlink ref="F50" r:id="rId10" xr:uid="{CC54F71F-E61F-4F4E-AE90-142C8190D16D}"/>
+    <hyperlink ref="F51" r:id="rId11" xr:uid="{9C88284E-57B7-4DC0-BE6E-D6FE12E51D5A}"/>
+    <hyperlink ref="F52" r:id="rId12" xr:uid="{02B4A3F3-CAC7-45E3-8706-6F9910F06356}"/>
+    <hyperlink ref="F54" r:id="rId13" xr:uid="{5EE7810C-524F-4B28-A719-F41586593C63}"/>
+    <hyperlink ref="D49" r:id="rId14" display="http://www.midwestgeo.com/" xr:uid="{67645744-B283-4A3D-AB4E-C47168801A3A}"/>
+    <hyperlink ref="F55" r:id="rId15" xr:uid="{E3ADCD27-CBC7-487A-9FB6-67FB21B9F36C}"/>
+    <hyperlink ref="F56" r:id="rId16" xr:uid="{49610459-BF29-44F6-9739-0502EA4CB8DD}"/>
+    <hyperlink ref="F58" r:id="rId17" xr:uid="{A34DCFF4-AE6E-455E-85C8-D000D9C29571}"/>
+    <hyperlink ref="F59" r:id="rId18" xr:uid="{B2720FAA-C841-454A-A55C-4A58F57870DB}"/>
+    <hyperlink ref="F60" r:id="rId19" xr:uid="{520B7134-6676-44BE-AB9C-D8006F844CCB}"/>
+    <hyperlink ref="F61" r:id="rId20" xr:uid="{E7024DD1-E760-489B-A58D-195C406266E7}"/>
+    <hyperlink ref="F62" r:id="rId21" xr:uid="{21B85962-3E8F-4A60-B4F8-8E6078AA79FF}"/>
+    <hyperlink ref="F63" r:id="rId22" xr:uid="{C4BE5FD5-1DBD-40C3-925B-28F3C249CB3E}"/>
+    <hyperlink ref="F67" r:id="rId23" xr:uid="{12D3AE9D-F0C5-4693-9C72-2CEEDF91F6EB}"/>
+    <hyperlink ref="F64" r:id="rId24" xr:uid="{92A0EEB9-FBFF-44C6-B516-B81DB955C4EC}"/>
+    <hyperlink ref="F65" r:id="rId25" xr:uid="{BF3E2B89-B17A-49C5-8BB2-A216142ED4B4}"/>
+    <hyperlink ref="F66" r:id="rId26" xr:uid="{63331390-D496-426D-818C-2349A8B6E0A1}"/>
+    <hyperlink ref="E65" r:id="rId27" display="mailto:mzelch@lspa.org" xr:uid="{8362EB5B-228B-4516-BB86-49DBA5FCA72F}"/>
+    <hyperlink ref="E66" r:id="rId28" display="mailto:mzelch@lspa.org" xr:uid="{F2ABCC4E-D021-4D54-BF5A-1996EADBA9D1}"/>
+    <hyperlink ref="F70" r:id="rId29" xr:uid="{34FA4C8A-9DBB-46C1-80AA-4B6B36611156}"/>
+    <hyperlink ref="F71" r:id="rId30" xr:uid="{66BA6D5A-61C0-410F-8EA9-D7F1E7ADBAEC}"/>
+    <hyperlink ref="F72" r:id="rId31" xr:uid="{9E1BFCC8-4BED-4C84-9703-DC579A6524E2}"/>
+    <hyperlink ref="F73" r:id="rId32" xr:uid="{47D386D8-A218-4808-932A-61D0EF52A471}"/>
+    <hyperlink ref="F74" r:id="rId33" xr:uid="{8135F588-D96A-499D-95E0-F596104410A3}"/>
+    <hyperlink ref="F75" r:id="rId34" xr:uid="{41AD77DB-EA49-4A94-A478-82AA3FA53E75}"/>
+    <hyperlink ref="F76" r:id="rId35" xr:uid="{2CD7FBA4-3F93-4482-B886-59C7126A9FF2}"/>
+    <hyperlink ref="F77" r:id="rId36" xr:uid="{D45B242B-A108-4E0B-93E1-53DC298B1BDD}"/>
+    <hyperlink ref="F78" r:id="rId37" xr:uid="{9E65E438-532F-4621-8975-332BFD395316}"/>
+    <hyperlink ref="F79" r:id="rId38" xr:uid="{64E5867A-3AB9-413B-B686-EB0E419F2A3D}"/>
+    <hyperlink ref="F80" r:id="rId39" xr:uid="{7D1EAC4A-26A5-4667-A923-A3BE0533B5B5}"/>
+    <hyperlink ref="F81" r:id="rId40" xr:uid="{F8CE41A8-8137-462F-9FED-DB2164B9E699}"/>
+    <hyperlink ref="F82" r:id="rId41" xr:uid="{CD5696F8-FF7A-4810-BAAE-7C9F63DE4B0E}"/>
+    <hyperlink ref="F83" r:id="rId42" xr:uid="{5D7595E9-730B-4FAB-A3DE-1B3BBA88749D}"/>
+    <hyperlink ref="F84" r:id="rId43" xr:uid="{6D8BD408-179D-4597-8D7C-3300D751A179}"/>
+    <hyperlink ref="F88" r:id="rId44" xr:uid="{D613F524-F1BD-4E22-B195-8160F5057297}"/>
+    <hyperlink ref="F85" r:id="rId45" xr:uid="{C0F887B7-CDC1-48E7-BB44-5F5BDC6038AC}"/>
+    <hyperlink ref="F86" r:id="rId46" xr:uid="{A9612FD1-8894-4036-B15D-E17FC5B33E3B}"/>
+    <hyperlink ref="F87" r:id="rId47" xr:uid="{8EB61541-E128-41DC-B978-C8AE9B328E49}"/>
+    <hyperlink ref="F89" r:id="rId48" xr:uid="{EDC5C20F-F0D0-41EF-AFD7-EE96AF570B50}"/>
+    <hyperlink ref="F90" r:id="rId49" xr:uid="{D6BCD915-859C-4448-BF54-EEEA79B8FE43}"/>
+    <hyperlink ref="E90" r:id="rId50" display="http://www.ngwa.org/" xr:uid="{B067206B-2D7B-4043-9246-3F3118CDB7EF}"/>
+    <hyperlink ref="F91" r:id="rId51" xr:uid="{6EA67EFC-0F34-400F-AA5D-4C6BB3905C9D}"/>
+    <hyperlink ref="F92" r:id="rId52" xr:uid="{8CDB8D45-8AEF-45AA-A9FB-BD8641A1C095}"/>
+    <hyperlink ref="F93" r:id="rId53" xr:uid="{6B3DB1FA-FDDC-452B-A8BB-8033BF99117A}"/>
+    <hyperlink ref="E93" r:id="rId54" display="http://www.ngwa.org/" xr:uid="{AF8A0F57-AB5F-455A-9AA6-77ACC6269135}"/>
+    <hyperlink ref="E94" r:id="rId55" display="http://www.ngwa.org/" xr:uid="{2713690C-FACD-4A4A-986C-9048DCB60F7A}"/>
+    <hyperlink ref="F94" r:id="rId56" xr:uid="{32F60644-2346-4166-934D-F834D3F4854C}"/>
+    <hyperlink ref="F95" r:id="rId57" xr:uid="{0B65F704-EBFF-4B44-9089-0A0D267E705F}"/>
+    <hyperlink ref="F96" r:id="rId58" xr:uid="{C1983087-6648-4EEB-8288-CB85118DAFE5}"/>
+    <hyperlink ref="F97" r:id="rId59" xr:uid="{73D263EB-7D7F-48C1-8A2E-1B883B342F88}"/>
+    <hyperlink ref="F98" r:id="rId60" xr:uid="{D2C6C8D4-461F-429D-9233-5EB22D39EF4B}"/>
+    <hyperlink ref="F99" r:id="rId61" xr:uid="{45634150-AF35-438A-A779-079ED3A97748}"/>
+    <hyperlink ref="F101" r:id="rId62" xr:uid="{769D054B-BE4A-4FDD-887A-EF4981769B40}"/>
+    <hyperlink ref="F102" r:id="rId63" xr:uid="{9A07B3C1-7E61-4368-ACF0-42CA8BE8FE5E}"/>
+    <hyperlink ref="F114" r:id="rId64" xr:uid="{F9CC81C0-F904-4EB9-B32C-37DA04B8BA34}"/>
+    <hyperlink ref="F115" r:id="rId65" xr:uid="{275CDABB-A15C-47CE-8D34-9251F1156141}"/>
+    <hyperlink ref="F116" r:id="rId66" xr:uid="{3B7AF6EE-0D32-4F79-B177-A116C3759BA0}"/>
+    <hyperlink ref="F117" r:id="rId67" xr:uid="{C1148434-AF53-4F7A-99E1-0ABF45C3EB20}"/>
+    <hyperlink ref="F118" r:id="rId68" xr:uid="{6D45F333-04B8-4E7B-9A7E-E6642B9C4E3F}"/>
+    <hyperlink ref="F125" r:id="rId69" xr:uid="{87A8CC4D-1125-4566-92F2-FA76EF718522}"/>
+    <hyperlink ref="E118" r:id="rId70" display="mailto:lspa.michelle@gmail.com" xr:uid="{C1AD858B-E765-44EF-817F-BCF25A759605}"/>
+    <hyperlink ref="F119" r:id="rId71" xr:uid="{977C4DAB-BD0C-49FA-8072-705E7E57CCE9}"/>
+    <hyperlink ref="F120" r:id="rId72" xr:uid="{8E817466-A636-4F11-84B3-E52641EE108B}"/>
+    <hyperlink ref="F121" r:id="rId73" xr:uid="{94B2BC62-5FC7-4D29-85B8-FA63A8BD9B74}"/>
+    <hyperlink ref="F122" r:id="rId74" xr:uid="{F082CF1A-30DF-41B5-9538-995C3772769F}"/>
+    <hyperlink ref="F123" r:id="rId75" xr:uid="{57A9EC0C-BD0B-4205-9F78-CC662309568B}"/>
+    <hyperlink ref="F124" r:id="rId76" xr:uid="{94E70304-5459-42F5-AB69-4FF19FF9A7D6}"/>
+    <hyperlink ref="F127" r:id="rId77" xr:uid="{5E070D30-CDA9-48EC-8101-EFF74280F9F1}"/>
+    <hyperlink ref="F130" r:id="rId78" xr:uid="{936F4F9E-6493-4649-ADE4-6104BE159572}"/>
+    <hyperlink ref="F129" r:id="rId79" xr:uid="{618C9117-8F00-48C7-935C-EE01AFCF2524}"/>
+    <hyperlink ref="F132" r:id="rId80" xr:uid="{4D7C3DFB-B54E-4956-B941-47AA850DCDA3}"/>
+    <hyperlink ref="F133" r:id="rId81" xr:uid="{F87DE3FB-7D36-41D9-8277-4BD7E2F317A8}"/>
+    <hyperlink ref="F134" r:id="rId82" xr:uid="{EC0B073E-B27D-454C-845E-7AE8AD6E7BD5}"/>
+    <hyperlink ref="F136" r:id="rId83" xr:uid="{984E6F95-12E0-41BB-9A8A-E7A9AFDFC439}"/>
+    <hyperlink ref="F137" r:id="rId84" xr:uid="{3692006D-9735-4C26-A544-51DAD9890E6E}"/>
+    <hyperlink ref="F138" r:id="rId85" xr:uid="{9C68C1EC-9FF6-43E3-9C41-DB76D6DEA6F4}"/>
+    <hyperlink ref="F139" r:id="rId86" xr:uid="{3D8C8E39-9FA1-4343-9F5E-53AD097B1027}"/>
+    <hyperlink ref="F140" r:id="rId87" xr:uid="{91B7A90A-1960-4B42-A3B3-A14C59980762}"/>
+    <hyperlink ref="F141" r:id="rId88" xr:uid="{EDF0BDFF-7227-4311-B63B-742ED010B525}"/>
+    <hyperlink ref="D141" r:id="rId89" display="http://www.midwestgeo.com/" xr:uid="{CBD51098-D391-4FBB-8B1F-1CB8BB2C23BB}"/>
+    <hyperlink ref="F142" r:id="rId90" xr:uid="{90124411-CB1F-4368-9B1E-32904406D6E1}"/>
+    <hyperlink ref="F143" r:id="rId91" xr:uid="{4D25E6D8-3516-4245-891F-812864047DE3}"/>
+    <hyperlink ref="F144" r:id="rId92" xr:uid="{8112642E-EB16-45BC-BB20-1118850CA974}"/>
+    <hyperlink ref="F145" r:id="rId93" xr:uid="{5F9B9172-A0F3-4655-A685-E235E2AF7322}"/>
+    <hyperlink ref="F146" r:id="rId94" xr:uid="{8C36157C-D34D-4828-A3DE-6270E5ED4AD6}"/>
+    <hyperlink ref="F148" r:id="rId95" xr:uid="{2ABFDA71-7F7E-4916-98BC-DFA3A27BE7C3}"/>
+    <hyperlink ref="F149" r:id="rId96" xr:uid="{40006305-70EA-4B9C-A2E8-D97BF6FCA0BB}"/>
+    <hyperlink ref="F150" r:id="rId97" xr:uid="{C88277AB-89CA-4F15-837B-BA44532BD41E}"/>
+    <hyperlink ref="F151" r:id="rId98" xr:uid="{71D9EAF9-E37F-4668-9648-8178369403B4}"/>
+    <hyperlink ref="D152" r:id="rId99" display="http://www.midwestgeo.com/" xr:uid="{C951F0FE-B7B1-4BA0-BE79-8003FE2976C9}"/>
+    <hyperlink ref="F152" r:id="rId100" xr:uid="{10F19CF3-18A3-49DC-89D7-6F5ABDFBB0C9}"/>
+    <hyperlink ref="F154" r:id="rId101" xr:uid="{37BC5682-86C4-454F-8CCF-0335D5F8E476}"/>
+    <hyperlink ref="F159" r:id="rId102" xr:uid="{10ADE32E-731B-4B55-AD5D-AFC1A0B41C48}"/>
+    <hyperlink ref="F160" r:id="rId103" xr:uid="{7615C3B5-5B9F-4B69-ACEF-A61ED2A6C6E0}"/>
+    <hyperlink ref="F161" r:id="rId104" xr:uid="{BC358AD7-E25B-40D9-94F2-BDE39058D98C}"/>
+    <hyperlink ref="F162" r:id="rId105" xr:uid="{769E1CB7-7875-479C-92C2-C92480313EBE}"/>
+    <hyperlink ref="F163" r:id="rId106" xr:uid="{C8AF9CEC-328A-4058-87CB-C056538CAE2C}"/>
+    <hyperlink ref="F164" r:id="rId107" xr:uid="{F25584A5-9631-4B84-BFDA-4D223CF77011}"/>
+    <hyperlink ref="F165" r:id="rId108" xr:uid="{E881F578-1CCC-4D26-AC2D-9EC116EED3DA}"/>
+    <hyperlink ref="F166" r:id="rId109" xr:uid="{B4780BB4-9D78-4946-9901-2E4297BB18AB}"/>
+    <hyperlink ref="F169" r:id="rId110" xr:uid="{5EB2EE0F-A953-4C27-932A-A6E15838A858}"/>
+    <hyperlink ref="F167" r:id="rId111" xr:uid="{1A7A295F-6E54-4A8C-B516-70E43295DDE9}"/>
+    <hyperlink ref="F170" r:id="rId112" xr:uid="{EBAF9820-FA60-4BBF-8888-B9927D49BF5F}"/>
+    <hyperlink ref="F171" r:id="rId113" xr:uid="{A2030596-8B3C-4B7F-B1AB-F0B2F38EADDB}"/>
+    <hyperlink ref="F172" r:id="rId114" xr:uid="{E8EA480F-C7D7-400E-A409-09E395545A74}"/>
+    <hyperlink ref="F173" r:id="rId115" xr:uid="{150FEB2E-CB7C-4B47-A237-6DE7051A0007}"/>
+    <hyperlink ref="F174" r:id="rId116" xr:uid="{56E77A94-0FCF-4C08-B069-66C8A6AEDDE1}"/>
+    <hyperlink ref="F175" r:id="rId117" xr:uid="{7F2BEFEC-88C3-478F-91A8-59025993B53E}"/>
+    <hyperlink ref="F176" r:id="rId118" xr:uid="{C3E3B880-DAD5-4B5C-84AC-E38085744EC2}"/>
+    <hyperlink ref="F177" r:id="rId119" xr:uid="{D150998E-93F1-4CA0-9391-8CF1B532FF4E}"/>
+    <hyperlink ref="F178" r:id="rId120" xr:uid="{FCC36467-E40B-4EF8-8B4F-9FD061DDEAAE}"/>
+    <hyperlink ref="F180" r:id="rId121" xr:uid="{B535EBA0-0F79-4205-B8C5-7429FFEAB698}"/>
+    <hyperlink ref="F181" r:id="rId122" xr:uid="{6257893B-2995-4B39-BD4F-4E0F843F22CB}"/>
+    <hyperlink ref="F182" r:id="rId123" xr:uid="{076256A2-710D-4934-8ECB-C6A503DA8FDA}"/>
+    <hyperlink ref="F183" r:id="rId124" xr:uid="{58B45DA3-C4C4-4F86-881F-1D7CB57788F7}"/>
+    <hyperlink ref="F184" r:id="rId125" xr:uid="{F27746FD-707B-4D0E-8D95-A0AD80142CFC}"/>
+    <hyperlink ref="D184" r:id="rId126" display="http://www.midwestgeo.com/" xr:uid="{A64BCFDA-C4D3-4B6E-B103-A06526649B2B}"/>
+    <hyperlink ref="F185" r:id="rId127" xr:uid="{91EE8DEF-477D-4951-B6D7-91D8FBAB2B42}"/>
+    <hyperlink ref="F186" r:id="rId128" xr:uid="{6D1740AC-2E6E-48CA-A184-77C62237EE7F}"/>
+    <hyperlink ref="F187" r:id="rId129" xr:uid="{9EC24C15-9C65-4935-A20E-8300732BD5D5}"/>
+    <hyperlink ref="F189" r:id="rId130" xr:uid="{AF2B57BB-562F-46F8-8E5B-E03CE33CFE84}"/>
+    <hyperlink ref="F190" r:id="rId131" xr:uid="{EB3D1306-CD33-4989-BBB5-6250265214EB}"/>
+    <hyperlink ref="F192" r:id="rId132" xr:uid="{3B121A29-EE66-4E4A-94C8-C33741A02FE1}"/>
+    <hyperlink ref="F193" r:id="rId133" xr:uid="{594A3175-CD78-44A7-A481-F397CBD0559C}"/>
+    <hyperlink ref="F194" r:id="rId134" xr:uid="{BC1D8479-1F8E-4D42-9A9D-12E3D4D95A2B}"/>
+    <hyperlink ref="F195" r:id="rId135" xr:uid="{CE46BD0B-CCA2-4E4C-8A00-A58DBC8BCB7C}"/>
+    <hyperlink ref="F196" r:id="rId136" xr:uid="{D7DA5469-7065-4CA2-BB7B-31A2C53D8379}"/>
+    <hyperlink ref="F197" r:id="rId137" xr:uid="{9DB57107-F379-44B4-8F7B-E60AB63316D0}"/>
+    <hyperlink ref="F198" r:id="rId138" xr:uid="{EC6D6315-0D8C-430D-ADEC-E13B2C70015E}"/>
+    <hyperlink ref="F199" r:id="rId139" xr:uid="{275DA8E2-3658-40EC-BA00-8BC06246CAD9}"/>
+    <hyperlink ref="D200" r:id="rId140" display="http://www.midwestgeo.com/" xr:uid="{CFBB81B9-FA68-45D8-BEFA-5C2886BD60C6}"/>
+    <hyperlink ref="F200" r:id="rId141" xr:uid="{FCEBA369-111F-4B08-9989-E56370A8EBA9}"/>
+    <hyperlink ref="F201" r:id="rId142" xr:uid="{FB8BE210-BD8E-465F-A981-3B0E50007E5F}"/>
+    <hyperlink ref="F202" r:id="rId143" xr:uid="{06CFDAD2-9568-4B6D-AAB2-D52C07B3C67B}"/>
+    <hyperlink ref="F205" r:id="rId144" xr:uid="{2B5A2507-6DB5-43FC-8D8A-26403B54FB3E}"/>
+    <hyperlink ref="F206" r:id="rId145" xr:uid="{7A29E2C5-0D07-4395-863D-76D12A40BE92}"/>
+    <hyperlink ref="F208" r:id="rId146" xr:uid="{7007C53A-0A7B-4FA6-916E-4F70A9DB60DD}"/>
+    <hyperlink ref="F215" r:id="rId147" xr:uid="{87F1C71B-675E-4DC8-A220-7E6444AED6AE}"/>
+    <hyperlink ref="F216" r:id="rId148" xr:uid="{E3A1D4E6-DBB1-42B5-94E8-1C9034373BF4}"/>
+    <hyperlink ref="F222" r:id="rId149" xr:uid="{D138D5F4-A6EC-4BEF-B550-F09A69170613}"/>
+    <hyperlink ref="F230" r:id="rId150" xr:uid="{E3D36C4E-AD2C-4940-976F-08098195B67D}"/>
+    <hyperlink ref="F236" r:id="rId151" xr:uid="{7E59A56B-7C65-44D4-A08B-773DB52A5F5E}"/>
+    <hyperlink ref="F264" r:id="rId152" xr:uid="{DA433935-2793-4D83-AF6E-CFB5E90AA9D7}"/>
+    <hyperlink ref="F265" r:id="rId153" xr:uid="{4C0F02CD-7C2B-45BA-BF56-87043B6C72EA}"/>
+    <hyperlink ref="F266" r:id="rId154" xr:uid="{70C665E8-AC3A-4B3D-AAFC-5CD8946FE561}"/>
+    <hyperlink ref="F267" r:id="rId155" xr:uid="{A3F81091-F2A4-4052-B6BA-E424C5070857}"/>
+    <hyperlink ref="F268" r:id="rId156" xr:uid="{30D769FC-315C-4A42-A065-C0B12A0113DF}"/>
+    <hyperlink ref="F272" r:id="rId157" xr:uid="{8C55F30A-B407-4D4E-840D-0C4B18F695A2}"/>
+    <hyperlink ref="F273" r:id="rId158" xr:uid="{023A981F-E7FA-4256-AFFA-B302C93D5C4B}"/>
+    <hyperlink ref="F203" r:id="rId159" xr:uid="{93E6C290-183B-48A1-9AFE-454B5A5F758E}"/>
+    <hyperlink ref="F207" r:id="rId160" xr:uid="{5A92FC14-950C-44FB-84E9-E2F77DAEB888}"/>
+    <hyperlink ref="F209" r:id="rId161" xr:uid="{E86E2D61-C07F-4AF8-9C3E-FA7AB79C5B6E}"/>
+    <hyperlink ref="F210" r:id="rId162" xr:uid="{58FE3D5C-78C7-41D2-91FF-FAF2FEE0CBB3}"/>
+    <hyperlink ref="F211" r:id="rId163" xr:uid="{0C78E30D-C7BB-4C68-BA26-BE9F32BFEC67}"/>
+    <hyperlink ref="F212" r:id="rId164" xr:uid="{23C053C1-75A0-4C7E-A4C4-AF8A70A09B3C}"/>
+    <hyperlink ref="F213" r:id="rId165" xr:uid="{2B7C7CBD-BE86-4D95-9E61-19F831B16352}"/>
+    <hyperlink ref="F214" r:id="rId166" xr:uid="{E536B2D2-2DB7-430B-B884-703B0FF9693D}"/>
+    <hyperlink ref="F217" r:id="rId167" xr:uid="{DA1261B5-4C38-4B2C-BFA2-3798B2169F5D}"/>
+    <hyperlink ref="F218" r:id="rId168" xr:uid="{F1DF85C4-8FE0-40E8-8419-ED008B64DC64}"/>
+    <hyperlink ref="F219" r:id="rId169" xr:uid="{113629D0-261C-48A2-BF31-08CFBDEE5F6B}"/>
+    <hyperlink ref="F220" r:id="rId170" xr:uid="{1E7C083C-2E95-498D-B3E4-C333F7CFC606}"/>
+    <hyperlink ref="F221" r:id="rId171" xr:uid="{B5CADCF3-921B-4CA9-9B21-15B445CC654E}"/>
+    <hyperlink ref="F223" r:id="rId172" xr:uid="{9E5145BA-D4C7-45F5-B4FD-78FFFFC40613}"/>
+    <hyperlink ref="F224" r:id="rId173" xr:uid="{A36B2409-128E-49E4-9B24-31CF1F1FB6F7}"/>
+    <hyperlink ref="F225" r:id="rId174" xr:uid="{9A8B11C7-61E8-4DCB-B278-0B927CE327CC}"/>
+    <hyperlink ref="F226" r:id="rId175" xr:uid="{CB57A647-C298-4792-8BE3-1DB5287FB4AF}"/>
+    <hyperlink ref="F227" r:id="rId176" xr:uid="{62D61D6A-1ACC-45EA-8EA7-DE747B7F66C0}"/>
+    <hyperlink ref="F231" r:id="rId177" xr:uid="{CB27484C-ECA4-42D1-AD6C-0EA78020D542}"/>
+    <hyperlink ref="E231" r:id="rId178" display="http://www.lspa.org/" xr:uid="{AAE0F588-5382-4A54-A323-D8470F1B80F9}"/>
+    <hyperlink ref="F232" r:id="rId179" xr:uid="{811DD405-0DA5-45E5-8F33-D6A7576871F0}"/>
+    <hyperlink ref="F233" r:id="rId180" xr:uid="{404F2A69-68F9-43ED-A479-F2007CCE3100}"/>
+    <hyperlink ref="F234" r:id="rId181" xr:uid="{6EF81A2D-F885-4CE9-83B9-158D92BED541}"/>
+    <hyperlink ref="F235" r:id="rId182" xr:uid="{E7259017-F4D7-46DC-8704-9FF2E48B8E7A}"/>
+    <hyperlink ref="F237" r:id="rId183" xr:uid="{5A66880B-E27C-4C98-8D12-7503D03428CF}"/>
+    <hyperlink ref="F239" r:id="rId184" xr:uid="{1092A32B-2F24-486A-AE4F-A1B6F8D4D042}"/>
+    <hyperlink ref="F240" r:id="rId185" xr:uid="{3611BE71-A2B5-4CA5-A48E-233DF9E98A68}"/>
+    <hyperlink ref="F241" r:id="rId186" xr:uid="{49E00277-7B52-433D-9B85-992A9D63E5E5}"/>
+    <hyperlink ref="F245" r:id="rId187" xr:uid="{8E71227F-0F9A-45F6-A43B-2E1DD4EA8975}"/>
+    <hyperlink ref="F242" r:id="rId188" xr:uid="{9824E71D-D709-4DAE-9A5E-3734A7D181D3}"/>
+    <hyperlink ref="F243" r:id="rId189" xr:uid="{6D996C3B-8871-4A13-B34B-83411A12BBCD}"/>
+    <hyperlink ref="F244" r:id="rId190" xr:uid="{B9E01E3D-0821-4D39-821A-4B1EDB87B3A2}"/>
+    <hyperlink ref="F249" r:id="rId191" xr:uid="{CC40EC27-50F8-4B7F-ACE0-7009DC9D628C}"/>
+    <hyperlink ref="F250" r:id="rId192" xr:uid="{D03A45F1-BB44-4E53-B9EF-65C8E70AE857}"/>
+    <hyperlink ref="F251" r:id="rId193" xr:uid="{9C62A418-70E5-466D-8A35-72E77512EF4F}"/>
+    <hyperlink ref="F252" r:id="rId194" xr:uid="{CED0975D-8CCD-4EE5-800B-C2D9C0F4AFCB}"/>
+    <hyperlink ref="F39" r:id="rId195" xr:uid="{67CB34FE-1607-4CE7-8963-40C7656FB2D4}"/>
+    <hyperlink ref="F40" r:id="rId196" display="michelle@enviroclass.com" xr:uid="{B94D735B-56F6-4460-9880-55BDBA7ABF31}"/>
+    <hyperlink ref="F32" r:id="rId197" xr:uid="{947ECDBD-77D5-4E48-A440-A8AE1CF96FA2}"/>
+    <hyperlink ref="F31" r:id="rId198" xr:uid="{8AF5EB6C-458D-455C-A60D-572276DD5619}"/>
+    <hyperlink ref="F53" r:id="rId199" display="michelle@enviroclass.com" xr:uid="{2336F3C0-6802-4A47-AACF-F29BE927AD75}"/>
+    <hyperlink ref="F57" r:id="rId200" display="michelle@enviroclass.com" xr:uid="{C60EF89C-1877-4587-9980-3EBD4D7F6586}"/>
+    <hyperlink ref="F68" r:id="rId201" display="michelle@enviroclass.com" xr:uid="{A3337E6A-B691-468F-B702-02D163817A2A}"/>
+    <hyperlink ref="F103" r:id="rId202" display="michelle@enviroclass.com" xr:uid="{EFDB9210-13EF-4B09-AE8D-D53FC17F99DC}"/>
+    <hyperlink ref="F104" r:id="rId203" display="michelle@enviroclass.com" xr:uid="{B7F7C47A-A186-4F1A-9A99-40EE3B4B0232}"/>
+    <hyperlink ref="F105" r:id="rId204" display="michelle@enviroclass.com" xr:uid="{52D4AF8B-5C6D-4CD1-A173-CEAB05405676}"/>
+    <hyperlink ref="F106" r:id="rId205" display="michelle@enviroclass.com" xr:uid="{411D6188-FBE2-44E7-8E81-2D0917756306}"/>
+    <hyperlink ref="F107" r:id="rId206" display="michelle@enviroclass.com" xr:uid="{9DE2A839-3AAA-4DB0-9320-6D68DC309384}"/>
+    <hyperlink ref="F108" r:id="rId207" display="michelle@enviroclass.com" xr:uid="{773D98AB-BCD7-4C97-BF66-C6A816E6DCED}"/>
+    <hyperlink ref="F109" r:id="rId208" display="michelle@enviroclass.com" xr:uid="{F942BE8F-0F98-4EB2-AF23-38ED1619EABB}"/>
+    <hyperlink ref="F110" r:id="rId209" display="michelle@enviroclass.com" xr:uid="{A3EB84BF-5DFC-4E86-B941-65B6973F5D05}"/>
+    <hyperlink ref="F111" r:id="rId210" display="michelle@enviroclass.com" xr:uid="{54777F45-4726-4827-BE0B-74099E7504AA}"/>
+    <hyperlink ref="F112" r:id="rId211" display="michelle@enviroclass.com" xr:uid="{93AA1B02-6C39-42BD-9B15-18BDBFB6E321}"/>
+    <hyperlink ref="F113" r:id="rId212" display="michelle@enviroclass.com" xr:uid="{12467618-847A-4BE0-BECB-52C21C91D407}"/>
+    <hyperlink ref="F135" r:id="rId213" display="michelle@enviroclass.com" xr:uid="{FA7B5CB0-1B25-4195-BE9D-E38B18FE1092}"/>
+    <hyperlink ref="F158" r:id="rId214" display="michelle@enviroclass.com" xr:uid="{7446F939-4BFE-4523-B953-3E630A73A941}"/>
+    <hyperlink ref="F168" r:id="rId215" display="michelle@enviroclass.com" xr:uid="{F19345E5-D226-4DC6-85D6-77CAC01C74A0}"/>
+    <hyperlink ref="F179" r:id="rId216" display="michelle@enviroclass.com" xr:uid="{49B87FBB-8B39-4730-A718-534441C81269}"/>
+    <hyperlink ref="F191" r:id="rId217" display="michelle@enviroclass.com" xr:uid="{70FFD24D-BF61-42D9-B7DA-94A69F1B114B}"/>
+    <hyperlink ref="F30" r:id="rId218" xr:uid="{707F61A9-02B3-4CF7-AD85-20E0B19D166A}"/>
+    <hyperlink ref="F19" r:id="rId219" xr:uid="{474A9D66-403B-41F0-BFF2-086F9E7A400D}"/>
+    <hyperlink ref="F18" r:id="rId220" xr:uid="{4EA0DDF0-8EAC-43BC-97AA-15F57F172E2E}"/>
+    <hyperlink ref="F17" r:id="rId221" xr:uid="{084628CB-DC94-4EFE-94BD-0F8174325B9C}"/>
+    <hyperlink ref="F16" r:id="rId222" xr:uid="{2352C33F-8846-47D1-AEEA-44E6EC1A91D7}"/>
+    <hyperlink ref="F11" r:id="rId223" xr:uid="{C26D7BFC-00E4-4919-9F61-D1EC01A892FD}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Courses</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>