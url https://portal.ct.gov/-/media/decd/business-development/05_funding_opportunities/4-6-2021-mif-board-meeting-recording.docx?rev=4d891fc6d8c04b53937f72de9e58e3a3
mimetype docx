--- v0 (2025-12-15)
+++ v1 (2026-02-12)
@@ -28,130 +28,147 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Manufacturing Innovation Fund Advisory Board Meeting Recording</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF911CE" w14:textId="3809AF1E" w:rsidR="008618FE" w:rsidRDefault="008618FE" w:rsidP="008618FE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E8911C7" w14:textId="77777777" w:rsidR="004D09A0" w:rsidRDefault="004D09A0" w:rsidP="004D09A0"/>
-    <w:p w14:paraId="333DCA35" w14:textId="20547FF7" w:rsidR="004D09A0" w:rsidRDefault="004D09A0" w:rsidP="004D09A0">
+    <w:p w14:paraId="333DCA35" w14:textId="00BACBB2" w:rsidR="004D09A0" w:rsidRDefault="004D09A0" w:rsidP="004D09A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(Board Meeting held on </w:t>
       </w:r>
       <w:r w:rsidR="004F4948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="004F4948">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/2021)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0159800E" w14:textId="61925254" w:rsidR="004F4948" w:rsidRDefault="004F4948" w:rsidP="004D09A0">
+    <w:p w14:paraId="19252D61" w14:textId="424AA12E" w:rsidR="00A727E0" w:rsidRDefault="00A727E0" w:rsidP="004D09A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3165E50F" w14:textId="77777777" w:rsidR="004F4948" w:rsidRDefault="004F4948" w:rsidP="004F4948">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4644A0D1" w14:textId="77777777" w:rsidR="00A727E0" w:rsidRDefault="00A727E0" w:rsidP="00A727E0">
       <w:hyperlink r:id="rId4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...1 lines deleted...]
-            <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>https://ctvideo.ct.gov/decd/MIF</w:t>
+          <w:t>https://ctvideo.ct.gov/decd/MIF%20Advisory%20Board%20Meeting%204-6-21.mp4</w:t>
         </w:r>
       </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="441636DE" w14:textId="77777777" w:rsidR="00A727E0" w:rsidRDefault="00A727E0" w:rsidP="004D09A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0159800E" w14:textId="61925254" w:rsidR="004F4948" w:rsidRDefault="004F4948" w:rsidP="004D09A0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3165E50F" w14:textId="3C23EC33" w:rsidR="004F4948" w:rsidRDefault="004F4948" w:rsidP="004F4948">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Advisory Board Meeting 4-6-21.mp4</w:t>
+        <w:t>Advisory Board Meeting 4-6-21.mp4</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004F4948">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -173,50 +190,51 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008618FE"/>
     <w:rsid w:val="004D09A0"/>
     <w:rsid w:val="004F4948"/>
     <w:rsid w:val="008618FE"/>
     <w:rsid w:val="009B1EF7"/>
+    <w:rsid w:val="00A727E0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="437E0AAD"/>
@@ -704,84 +722,97 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="920337899">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1666857970">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1692804322">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1711831876">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctvideo.ct.gov/decd/MIF" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ctvideo.ct.gov/decd/MIF%20Advisory%20Board%20Meeting%204-6-21.mp4" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1040,54 +1071,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>31</Words>
-  <Characters>182</Characters>
+  <Words>44</Words>
+  <Characters>255</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
+  <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>212</CharactersWithSpaces>
+  <CharactersWithSpaces>298</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Spencer, Alvetta</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>