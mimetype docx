--- v0 (2025-12-15)
+++ v1 (2026-02-12)
@@ -1,43 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1CD61229" w14:textId="77777777" w:rsidR="001237BD" w:rsidRPr="001237BD" w:rsidRDefault="001237BD" w:rsidP="00165662">
       <w:pPr>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001237BD">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
@@ -1958,74 +1960,85 @@
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00D35C23">
         <w:rPr>
           <w:color w:val="000099"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00D35C23">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="000099"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Insert Email Address</w:t>
       </w:r>
       <w:r w:rsidRPr="00D35C23">
         <w:rPr>
           <w:color w:val="000099"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E49359E" w14:textId="77777777" w:rsidR="001237BD" w:rsidRPr="001237BD" w:rsidRDefault="001237BD" w:rsidP="001237BD">
+    <w:p w14:paraId="2E49359E" w14:textId="707D40A5" w:rsidR="001237BD" w:rsidRPr="001237BD" w:rsidRDefault="00034934" w:rsidP="001237BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001237BD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">G. Knapsack, DAS Fiscal Administrative Supervisor, </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>MJ Will</w:t>
+      </w:r>
+      <w:r w:rsidR="000C0F4F">
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">emin, Accountant, </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="00D35C23">
+        <w:r w:rsidR="00DC29FB" w:rsidRPr="00DC1C92">
           <w:rPr>
-            <w:color w:val="000099"/>
+            <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="18"/>
-            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>glenn.knapsack@ct.gov</w:t>
+          <w:t>mj.willemin@ct.gov</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00DC29FB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="499AB37B" w14:textId="77777777" w:rsidR="001237BD" w:rsidRPr="001237BD" w:rsidRDefault="001237BD" w:rsidP="001237BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B165E0">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Insert Name of DAS Project ADPM"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="Text14"/>
@@ -2302,54 +2315,57 @@
           <w:t>Alison.Kulas@ct.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A833A0E" w14:textId="2721F749" w:rsidR="001237BD" w:rsidRPr="001237BD" w:rsidRDefault="001237BD" w:rsidP="001237BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001237BD">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Email File: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C9E229A" w14:textId="5CA1420B" w:rsidR="008451A6" w:rsidRPr="008451A6" w:rsidRDefault="001237BD" w:rsidP="007A40EE">
+    <w:p w14:paraId="5C9E229A" w14:textId="5CA1420B" w:rsidR="008451A6" w:rsidRDefault="001237BD" w:rsidP="007A40EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B165E0">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Insert DAS Project Number"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="13" w:name="Text18"/>
       <w:r w:rsidRPr="00B165E0">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00B165E0">
         <w:rPr>
@@ -2358,96 +2374,96 @@
       </w:r>
       <w:r w:rsidRPr="00B165E0">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B165E0">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Insert DAS Project Number</w:t>
       </w:r>
       <w:r w:rsidRPr="00B165E0">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="001237BD">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Team Construction folder (Yellow Y-7) (in </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Document Manager)</w:t>
+        <w:t xml:space="preserve"> Team Construction folder (Yellow Y-7) (in PMWeb Document Manager)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008451A6" w:rsidRPr="008451A6" w:rsidSect="001237BD">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+    <w:p w14:paraId="7ECC58A9" w14:textId="77777777" w:rsidR="00DC29FB" w:rsidRPr="00DC29FB" w:rsidRDefault="00DC29FB" w:rsidP="00DC29FB"/>
+    <w:p w14:paraId="3A6F3971" w14:textId="77777777" w:rsidR="00DC29FB" w:rsidRPr="00DC29FB" w:rsidRDefault="00DC29FB" w:rsidP="00DC29FB"/>
+    <w:p w14:paraId="65DD13AE" w14:textId="6D48D565" w:rsidR="00DC29FB" w:rsidRPr="00DC29FB" w:rsidRDefault="00DC29FB" w:rsidP="00DC29FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2068"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00DC29FB" w:rsidRPr="00DC29FB" w:rsidSect="001237BD">
+      <w:headerReference w:type="even" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="even" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="1350" w:bottom="432" w:left="1440" w:header="907" w:footer="432" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EAE6536" w14:textId="77777777" w:rsidR="003812BC" w:rsidRDefault="003812BC" w:rsidP="00140664">
+    <w:p w14:paraId="51A1C20A" w14:textId="77777777" w:rsidR="005E0C89" w:rsidRDefault="005E0C89" w:rsidP="00140664">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23E6873F" w14:textId="77777777" w:rsidR="003812BC" w:rsidRDefault="003812BC" w:rsidP="00140664">
+    <w:p w14:paraId="5541DE0C" w14:textId="77777777" w:rsidR="005E0C89" w:rsidRDefault="005E0C89" w:rsidP="00140664">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2484,50 +2500,60 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D89CCF4" w14:textId="77777777" w:rsidR="00DC29FB" w:rsidRDefault="00DC29FB">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9450" w:type="dxa"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="919396"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3330"/>
       <w:gridCol w:w="2880"/>
       <w:gridCol w:w="3240"/>
     </w:tblGrid>
     <w:tr w:rsidR="002C125E" w:rsidRPr="002C125E" w14:paraId="265ECCFD" w14:textId="77777777" w:rsidTr="00B930CD">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3330" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="5DC8D204" w14:textId="77777777" w:rsidR="002C125E" w:rsidRPr="002C125E" w:rsidRDefault="002C125E" w:rsidP="003D75DB">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
@@ -2721,125 +2747,132 @@
             </w:tabs>
             <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="808285"/>
               <w:sz w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="1DEACDFE" w14:textId="77777777" w:rsidR="00796692" w:rsidRPr="000B2A01" w:rsidRDefault="00796692" w:rsidP="000B2A01">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4233D7FF" w14:textId="77777777" w:rsidR="00796692" w:rsidRPr="00165662" w:rsidRDefault="00796692" w:rsidP="001237BD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:color w:val="2F5496"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00165662">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:i/>
         <w:color w:val="2F5496"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t>An Affirmative Action / Equal Opportunity Employer</w:t>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid2"/>
       <w:tblW w:w="9360" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5381"/>
       <w:gridCol w:w="3979"/>
     </w:tblGrid>
     <w:tr w:rsidR="001237BD" w:rsidRPr="001237BD" w14:paraId="6BBDB161" w14:textId="77777777" w:rsidTr="005B0DE9">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5381" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="59F228ED" w14:textId="49E51752" w:rsidR="001237BD" w:rsidRPr="001237BD" w:rsidRDefault="001237BD" w:rsidP="004806EE">
+        <w:p w14:paraId="59F228ED" w14:textId="2917E4A9" w:rsidR="001237BD" w:rsidRPr="001237BD" w:rsidRDefault="001237BD" w:rsidP="004806EE">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="001237BD">
             <w:rPr>
               <w:b/>
               <w:sz w:val="18"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>CT DAS– 7840</w:t>
           </w:r>
           <w:r w:rsidRPr="001237BD">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t xml:space="preserve"> (Rev. </w:t>
           </w:r>
+          <w:r w:rsidR="00C97470">
+            <w:rPr>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="24"/>
+            </w:rPr>
+            <w:t>12/18</w:t>
+          </w:r>
           <w:r w:rsidR="009354FB">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="24"/>
             </w:rPr>
-            <w:t>5/5/2025</w:t>
+            <w:t>/2025</w:t>
           </w:r>
           <w:r w:rsidRPr="001237BD">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>)</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3979" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="3A18FD64" w14:textId="77777777" w:rsidR="001237BD" w:rsidRPr="001237BD" w:rsidRDefault="001237BD" w:rsidP="001237BD">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
@@ -2858,193 +2891,200 @@
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="674ABE16" w14:textId="77777777" w:rsidR="001237BD" w:rsidRPr="001237BD" w:rsidRDefault="001237BD" w:rsidP="00FE6A09">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri"/>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D46AC66" w14:textId="77777777" w:rsidR="003812BC" w:rsidRDefault="003812BC" w:rsidP="00140664">
+    <w:p w14:paraId="1FD28DB1" w14:textId="77777777" w:rsidR="005E0C89" w:rsidRDefault="005E0C89" w:rsidP="00140664">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="60BD7BF6" w14:textId="77777777" w:rsidR="003812BC" w:rsidRDefault="003812BC" w:rsidP="00140664">
+    <w:p w14:paraId="6C52AD93" w14:textId="77777777" w:rsidR="005E0C89" w:rsidRDefault="005E0C89" w:rsidP="00140664">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2037161D" w14:textId="77777777" w:rsidR="00DC29FB" w:rsidRDefault="00DC29FB">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="9450" w:type="dxa"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="9450"/>
     </w:tblGrid>
     <w:tr w:rsidR="002C125E" w:rsidRPr="002C125E" w14:paraId="3738334C" w14:textId="77777777" w:rsidTr="00B930CD">
       <w:trPr>
         <w:trHeight w:val="174"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9450" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="7A4EAC62" w14:textId="77777777" w:rsidR="002C125E" w:rsidRPr="002C125E" w:rsidRDefault="002C125E" w:rsidP="002C125E">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="002C125E" w:rsidRPr="002C125E" w14:paraId="717C448D" w14:textId="77777777" w:rsidTr="00B930CD">
       <w:trPr>
         <w:trHeight w:val="243"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9450" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="0214C2A7" w14:textId="77777777" w:rsidR="002C125E" w:rsidRPr="002C125E" w:rsidRDefault="002C125E" w:rsidP="002C125E">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="002C125E" w:rsidRPr="002C125E" w14:paraId="19B07BFC" w14:textId="77777777" w:rsidTr="00B930CD">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9450" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
-          <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w14:paraId="475EC4CB" w14:textId="77777777" w:rsidR="002C125E" w:rsidRPr="002C125E" w:rsidRDefault="002C125E" w:rsidP="002C125E">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:b/>
               <w:sz w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="22913D07" w14:textId="77777777" w:rsidR="00796692" w:rsidRDefault="00796692">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6A89D147" w14:textId="3DB4177A" w:rsidR="00AE7DD9" w:rsidRDefault="00AE7DD9" w:rsidP="00AE7DD9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D365F81" wp14:editId="34ED35A2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>458961</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-185420</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="5048250" cy="722247"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:wrapTopAndBottom/>
           <wp:docPr id="1252705115" name="Picture 1" descr="Icon&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -4482,99 +4522,100 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="2057504814">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2024041571">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="81"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00140664"/>
     <w:rsid w:val="0000103B"/>
     <w:rsid w:val="00002CFD"/>
     <w:rsid w:val="00007D68"/>
     <w:rsid w:val="00011B92"/>
     <w:rsid w:val="00012876"/>
     <w:rsid w:val="0001376E"/>
     <w:rsid w:val="00014D5F"/>
     <w:rsid w:val="00021150"/>
     <w:rsid w:val="00025540"/>
+    <w:rsid w:val="00034934"/>
     <w:rsid w:val="00034CC6"/>
     <w:rsid w:val="0003556A"/>
     <w:rsid w:val="000417A0"/>
     <w:rsid w:val="00056203"/>
     <w:rsid w:val="00057A10"/>
     <w:rsid w:val="00062063"/>
     <w:rsid w:val="000757FF"/>
     <w:rsid w:val="00077B00"/>
     <w:rsid w:val="00083E1A"/>
     <w:rsid w:val="0008436A"/>
     <w:rsid w:val="000A1644"/>
     <w:rsid w:val="000B2A01"/>
     <w:rsid w:val="000B3266"/>
+    <w:rsid w:val="000C0F4F"/>
     <w:rsid w:val="000C1F11"/>
     <w:rsid w:val="000C3EE9"/>
     <w:rsid w:val="000D31D7"/>
     <w:rsid w:val="000D49E0"/>
     <w:rsid w:val="000E4B10"/>
     <w:rsid w:val="000F54ED"/>
     <w:rsid w:val="000F704E"/>
     <w:rsid w:val="00101CE3"/>
     <w:rsid w:val="00106DD1"/>
     <w:rsid w:val="00110960"/>
     <w:rsid w:val="001205DF"/>
     <w:rsid w:val="00121604"/>
     <w:rsid w:val="00121723"/>
     <w:rsid w:val="001229B6"/>
     <w:rsid w:val="001237BD"/>
     <w:rsid w:val="00131AB4"/>
     <w:rsid w:val="00140461"/>
     <w:rsid w:val="00140664"/>
     <w:rsid w:val="00140751"/>
     <w:rsid w:val="00147066"/>
     <w:rsid w:val="0014738F"/>
     <w:rsid w:val="001506C6"/>
     <w:rsid w:val="001524F5"/>
     <w:rsid w:val="00163C42"/>
     <w:rsid w:val="00165662"/>
@@ -4657,64 +4698,66 @@
     <w:rsid w:val="004414E5"/>
     <w:rsid w:val="0045003C"/>
     <w:rsid w:val="004646DA"/>
     <w:rsid w:val="00465026"/>
     <w:rsid w:val="00470A2A"/>
     <w:rsid w:val="004806EE"/>
     <w:rsid w:val="00481544"/>
     <w:rsid w:val="004A1191"/>
     <w:rsid w:val="004A234B"/>
     <w:rsid w:val="004A3191"/>
     <w:rsid w:val="004B1D08"/>
     <w:rsid w:val="004B7889"/>
     <w:rsid w:val="004C09FC"/>
     <w:rsid w:val="004C36AF"/>
     <w:rsid w:val="004D10F7"/>
     <w:rsid w:val="004D70CB"/>
     <w:rsid w:val="004E45E8"/>
     <w:rsid w:val="004F1A5E"/>
     <w:rsid w:val="004F7A26"/>
     <w:rsid w:val="00503120"/>
     <w:rsid w:val="005165E3"/>
     <w:rsid w:val="00526115"/>
     <w:rsid w:val="00526FE9"/>
     <w:rsid w:val="0053072C"/>
     <w:rsid w:val="00544F22"/>
+    <w:rsid w:val="00557F84"/>
     <w:rsid w:val="00566DC3"/>
     <w:rsid w:val="0056710B"/>
     <w:rsid w:val="00576DB4"/>
     <w:rsid w:val="0057710F"/>
     <w:rsid w:val="005938C1"/>
     <w:rsid w:val="00596EA5"/>
     <w:rsid w:val="005A0407"/>
     <w:rsid w:val="005A6F63"/>
     <w:rsid w:val="005B0DE9"/>
     <w:rsid w:val="005B1F2B"/>
     <w:rsid w:val="005B7E22"/>
     <w:rsid w:val="005C14B6"/>
     <w:rsid w:val="005C6647"/>
     <w:rsid w:val="005D07F6"/>
+    <w:rsid w:val="005E0C89"/>
     <w:rsid w:val="005E26E9"/>
     <w:rsid w:val="00601E25"/>
     <w:rsid w:val="006217BF"/>
     <w:rsid w:val="0063635E"/>
     <w:rsid w:val="0064520C"/>
     <w:rsid w:val="00645A50"/>
     <w:rsid w:val="006541C0"/>
     <w:rsid w:val="00661D9B"/>
     <w:rsid w:val="00667270"/>
     <w:rsid w:val="00671BA6"/>
     <w:rsid w:val="0067703D"/>
     <w:rsid w:val="00681A77"/>
     <w:rsid w:val="0068330B"/>
     <w:rsid w:val="00687AE2"/>
     <w:rsid w:val="00690E14"/>
     <w:rsid w:val="006937A4"/>
     <w:rsid w:val="006A4DDA"/>
     <w:rsid w:val="006A4E54"/>
     <w:rsid w:val="006A6668"/>
     <w:rsid w:val="006B0202"/>
     <w:rsid w:val="006C1525"/>
     <w:rsid w:val="006D4B9D"/>
     <w:rsid w:val="006E0B2C"/>
     <w:rsid w:val="006E4DC5"/>
     <w:rsid w:val="006E7591"/>
@@ -4774,126 +4817,129 @@
     <w:rsid w:val="009354FB"/>
     <w:rsid w:val="00944B34"/>
     <w:rsid w:val="00947988"/>
     <w:rsid w:val="00947B9E"/>
     <w:rsid w:val="00953C68"/>
     <w:rsid w:val="00953E26"/>
     <w:rsid w:val="009770AF"/>
     <w:rsid w:val="00991D89"/>
     <w:rsid w:val="0099441A"/>
     <w:rsid w:val="00995F3A"/>
     <w:rsid w:val="009977F1"/>
     <w:rsid w:val="009C69F7"/>
     <w:rsid w:val="009D52F7"/>
     <w:rsid w:val="009E08B8"/>
     <w:rsid w:val="009E1FC5"/>
     <w:rsid w:val="009E20DE"/>
     <w:rsid w:val="009E4A8C"/>
     <w:rsid w:val="009F2B8E"/>
     <w:rsid w:val="00A1228A"/>
     <w:rsid w:val="00A163F0"/>
     <w:rsid w:val="00A17DFE"/>
     <w:rsid w:val="00A23ADA"/>
     <w:rsid w:val="00A256C0"/>
     <w:rsid w:val="00A27215"/>
     <w:rsid w:val="00A322C4"/>
+    <w:rsid w:val="00A33233"/>
     <w:rsid w:val="00A65C14"/>
     <w:rsid w:val="00A739C7"/>
     <w:rsid w:val="00A9474D"/>
     <w:rsid w:val="00AA0B1A"/>
     <w:rsid w:val="00AA4970"/>
     <w:rsid w:val="00AC7CC5"/>
     <w:rsid w:val="00AE715A"/>
     <w:rsid w:val="00AE7DD9"/>
     <w:rsid w:val="00AF2E73"/>
     <w:rsid w:val="00AF3338"/>
     <w:rsid w:val="00AF4320"/>
     <w:rsid w:val="00B155EC"/>
     <w:rsid w:val="00B165E0"/>
     <w:rsid w:val="00B303C1"/>
     <w:rsid w:val="00B325D9"/>
     <w:rsid w:val="00B34FE2"/>
     <w:rsid w:val="00B36F95"/>
     <w:rsid w:val="00B51EB6"/>
     <w:rsid w:val="00B56753"/>
     <w:rsid w:val="00B8154C"/>
     <w:rsid w:val="00B84B74"/>
     <w:rsid w:val="00B8603E"/>
     <w:rsid w:val="00B878DF"/>
     <w:rsid w:val="00B92127"/>
     <w:rsid w:val="00B94B4D"/>
     <w:rsid w:val="00BA3F94"/>
     <w:rsid w:val="00BB16E9"/>
     <w:rsid w:val="00BB1E08"/>
     <w:rsid w:val="00BB581D"/>
     <w:rsid w:val="00BC65DD"/>
     <w:rsid w:val="00BD6173"/>
     <w:rsid w:val="00BE6E5F"/>
     <w:rsid w:val="00BE7C8C"/>
     <w:rsid w:val="00BF1A61"/>
     <w:rsid w:val="00C004C0"/>
     <w:rsid w:val="00C0110A"/>
     <w:rsid w:val="00C02AB4"/>
     <w:rsid w:val="00C12D2A"/>
     <w:rsid w:val="00C162E5"/>
     <w:rsid w:val="00C269A9"/>
     <w:rsid w:val="00C42597"/>
     <w:rsid w:val="00C4651A"/>
     <w:rsid w:val="00C50E84"/>
     <w:rsid w:val="00C60BE8"/>
     <w:rsid w:val="00C720E8"/>
     <w:rsid w:val="00C82D14"/>
     <w:rsid w:val="00C93044"/>
+    <w:rsid w:val="00C97470"/>
     <w:rsid w:val="00CA15A1"/>
     <w:rsid w:val="00CB2DD7"/>
     <w:rsid w:val="00CB5F01"/>
     <w:rsid w:val="00CB601E"/>
     <w:rsid w:val="00CB68B5"/>
     <w:rsid w:val="00CC630D"/>
     <w:rsid w:val="00CD60E2"/>
     <w:rsid w:val="00CE187E"/>
     <w:rsid w:val="00CE540E"/>
     <w:rsid w:val="00CF1F3D"/>
     <w:rsid w:val="00CF231E"/>
     <w:rsid w:val="00CF31BE"/>
     <w:rsid w:val="00D01AAA"/>
     <w:rsid w:val="00D07C8C"/>
     <w:rsid w:val="00D16710"/>
     <w:rsid w:val="00D2666B"/>
     <w:rsid w:val="00D35C23"/>
     <w:rsid w:val="00D45A0E"/>
     <w:rsid w:val="00D51927"/>
     <w:rsid w:val="00D575DE"/>
     <w:rsid w:val="00D6503E"/>
     <w:rsid w:val="00D90E0A"/>
     <w:rsid w:val="00D9510F"/>
     <w:rsid w:val="00DA19E7"/>
     <w:rsid w:val="00DA4A4C"/>
     <w:rsid w:val="00DA6F90"/>
     <w:rsid w:val="00DB114C"/>
     <w:rsid w:val="00DB24F6"/>
     <w:rsid w:val="00DB64DF"/>
+    <w:rsid w:val="00DC29FB"/>
     <w:rsid w:val="00DC39B0"/>
     <w:rsid w:val="00DD6736"/>
     <w:rsid w:val="00DD7E18"/>
     <w:rsid w:val="00DE150B"/>
     <w:rsid w:val="00DE5497"/>
     <w:rsid w:val="00DF052D"/>
     <w:rsid w:val="00DF096D"/>
     <w:rsid w:val="00DF513B"/>
     <w:rsid w:val="00E02032"/>
     <w:rsid w:val="00E1618F"/>
     <w:rsid w:val="00E2613B"/>
     <w:rsid w:val="00E3075B"/>
     <w:rsid w:val="00E319D7"/>
     <w:rsid w:val="00E41494"/>
     <w:rsid w:val="00E41D02"/>
     <w:rsid w:val="00E43683"/>
     <w:rsid w:val="00E52116"/>
     <w:rsid w:val="00E6191E"/>
     <w:rsid w:val="00E63465"/>
     <w:rsid w:val="00E80796"/>
     <w:rsid w:val="00E845BD"/>
     <w:rsid w:val="00E85F0B"/>
     <w:rsid w:val="00E96CFF"/>
     <w:rsid w:val="00E97EEF"/>
     <w:rsid w:val="00EA0CD1"/>
@@ -5856,54 +5902,54 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2064912063">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osc.assets@ct.gov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alison.Kulas@ct.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Cathy.Phelps@ct.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:glenn.knapsack@ct.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melissa.frank@ct.gov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sherry.Chance@ct.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:osc.assets@ct.gov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Alison.Kulas@ct.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Cathy.Phelps@ct.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mj.willemin@ct.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:melissa.frank@ct.gov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sherry.Chance@ct.gov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -6145,70 +6191,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7802EA55-CD89-49A6-83FD-054FB3800FD6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>369</Words>
-  <Characters>2822</Characters>
+  <Words>459</Words>
+  <Characters>2704</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>217</Lines>
-  <Paragraphs>127</Paragraphs>
+  <Lines>73</Lines>
+  <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>7840 Transfer of Custody</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3064</CharactersWithSpaces>
+  <CharactersWithSpaces>3109</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>7840 Transfer of Custody</dc:title>
   <dc:subject/>
   <dc:creator>russellcr</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>